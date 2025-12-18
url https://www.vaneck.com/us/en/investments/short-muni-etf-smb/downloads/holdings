--- v0 (2025-12-05)
+++ v1 (2025-12-18)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca2464fa6e2b458f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f4bc96ea2f54b39" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="SMB_asof_20251204" sheetId="1" r:id="R16a88fbb1aac46a0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="SMB_asof_20251217" sheetId="1" r:id="R71f5c1c80c904cc6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3722" uniqueCount="1253">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  12/04/2025</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3755" uniqueCount="1263">
+  <x:si>
+    <x:t>Daily Holdings (%)  12/17/2025</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Maturity</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Coupon</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Par Value/ Contracts</x:t>
   </x:si>
@@ -61,3747 +61,3777 @@
   <x:si>
     <x:t>State</x:t>
   </x:si>
   <x:si>
     <x:t>Currency</x:t>
   </x:si>
   <x:si>
     <x:t>California Community Choice Financing A</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2052</x:t>
   </x:si>
   <x:si>
     <x:t>BBG012G412B0</x:t>
   </x:si>
   <x:si>
     <x:t>4.000</x:t>
   </x:si>
   <x:si>
     <x:t>Bond</x:t>
   </x:si>
   <x:si>
     <x:t>4,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,118,160.74</x:t>
+    <x:t>$4,116,065.32</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>1.41%</x:t>
+    <x:t>1.39%</x:t>
   </x:si>
   <x:si>
     <x:t>CA</x:t>
   </x:si>
   <x:si>
     <x:t>USD</x:t>
   </x:si>
   <x:si>
     <x:t>State Of California</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00NK8YS73</x:t>
   </x:si>
   <x:si>
     <x:t>5.000</x:t>
   </x:si>
   <x:si>
     <x:t>2,910,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,253,468.12</x:t>
-[...2 lines deleted...]
-    <x:t>1.11%</x:t>
+    <x:t>$3,260,747.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.10%</x:t>
   </x:si>
   <x:si>
     <x:t>Commonwealth Of Massachusetts</x:t>
   </x:si>
   <x:si>
     <x:t>05/01/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00P9J4CB0</x:t>
   </x:si>
   <x:si>
     <x:t>2,665,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,010,166.83</x:t>
-[...2 lines deleted...]
-    <x:t>1.03%</x:t>
+    <x:t>$3,020,637.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.02%</x:t>
   </x:si>
   <x:si>
     <x:t>MA</x:t>
   </x:si>
   <x:si>
     <x:t>State Of New Jersey</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0101NRJ96</x:t>
   </x:si>
   <x:si>
     <x:t>2.000</x:t>
   </x:si>
   <x:si>
     <x:t>3,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,841,313.13</x:t>
-[...2 lines deleted...]
-    <x:t>0.97%</x:t>
+    <x:t>$2,845,191.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.96%</x:t>
   </x:si>
   <x:si>
     <x:t>NJ</x:t>
   </x:si>
   <x:si>
     <x:t>New York City Housing Development Corp</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2064</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01THFY5X8</x:t>
   </x:si>
   <x:si>
     <x:t>3.950</x:t>
   </x:si>
   <x:si>
     <x:t>2,500,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,559,492.93</x:t>
+    <x:t>$2,565,062.66</x:t>
   </x:si>
   <x:si>
     <x:t>0.87%</x:t>
   </x:si>
   <x:si>
     <x:t>NY</x:t>
   </x:si>
   <x:si>
     <x:t>California Statewide Communities Develo</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG013FFC4D6</x:t>
   </x:si>
   <x:si>
     <x:t>1.750</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,352,890.89</x:t>
+    <x:t>$2,357,073.75</x:t>
   </x:si>
   <x:si>
     <x:t>0.80%</x:t>
   </x:si>
   <x:si>
     <x:t>Massachusetts Water Resources Authority</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0010JZ1W9</x:t>
   </x:si>
   <x:si>
     <x:t>5.250</x:t>
   </x:si>
   <x:si>
     <x:t>2,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,292,828.54</x:t>
+    <x:t>$2,294,806.60</x:t>
   </x:si>
   <x:si>
     <x:t>0.78%</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GNDSKC2</x:t>
   </x:si>
   <x:si>
     <x:t>2,115,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,238,695.59</x:t>
+    <x:t>$2,240,423.45</x:t>
   </x:si>
   <x:si>
     <x:t>0.76%</x:t>
   </x:si>
   <x:si>
     <x:t>Black Belt Energy Gas District</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2052</x:t>
   </x:si>
   <x:si>
     <x:t>BBG013V2S8D1</x:t>
   </x:si>
   <x:si>
     <x:t>2,200,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,213,303.74</x:t>
+    <x:t>$2,215,466.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.75%</x:t>
   </x:si>
   <x:si>
     <x:t>AL</x:t>
   </x:si>
   <x:si>
     <x:t>County Of King Wa</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00HTDY175</x:t>
   </x:si>
   <x:si>
     <x:t>2,110,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,185,935.99</x:t>
-[...2 lines deleted...]
-    <x:t>0.75%</x:t>
+    <x:t>$2,188,197.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.74%</x:t>
   </x:si>
   <x:si>
     <x:t>WA</x:t>
   </x:si>
   <x:si>
     <x:t>Main Street Natural Gas Inc</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2054</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01Q53CYM7</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,171,483.16</x:t>
-[...2 lines deleted...]
-    <x:t>0.74%</x:t>
+    <x:t>$2,170,379.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.73%</x:t>
   </x:si>
   <x:si>
     <x:t>GA</x:t>
   </x:si>
   <x:si>
     <x:t>City &amp; County Of Honolulu Hi</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00RN4PMM6</x:t>
   </x:si>
   <x:si>
     <x:t>1,930,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,150,630.93</x:t>
-[...2 lines deleted...]
-    <x:t>0.73%</x:t>
+    <x:t>$2,150,956.24</x:t>
   </x:si>
   <x:si>
     <x:t>HI</x:t>
   </x:si>
   <x:si>
     <x:t>City Of Chicago Il</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG013YVN9Q3</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,127,369.76</x:t>
+    <x:t>$2,135,785.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.72%</x:t>
   </x:si>
   <x:si>
     <x:t>IL</x:t>
   </x:si>
   <x:si>
     <x:t>Fort Bend Independent School District</x:t>
   </x:si>
   <x:si>
     <x:t>08/15/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00KRTP5H5</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,108,559.53</x:t>
-[...2 lines deleted...]
-    <x:t>0.72%</x:t>
+    <x:t>$2,110,996.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.71%</x:t>
   </x:si>
   <x:si>
     <x:t>TX</x:t>
   </x:si>
   <x:si>
     <x:t>Conroe Independent School District</x:t>
   </x:si>
   <x:si>
     <x:t>02/15/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00XP7HT20</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,087,297.13</x:t>
-[...2 lines deleted...]
-    <x:t>0.71%</x:t>
+    <x:t>$2,089,830.24</x:t>
   </x:si>
   <x:si>
     <x:t>Los Angeles Unified School District/Ca</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00NZWRVJ2</x:t>
   </x:si>
   <x:si>
     <x:t>1,720,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,927,843.22</x:t>
-[...2 lines deleted...]
-    <x:t>0.66%</x:t>
+    <x:t>$1,927,575.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.65%</x:t>
   </x:si>
   <x:si>
     <x:t>Energy Southeast A Cooperative District</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2053</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01GYZFNY4</x:t>
   </x:si>
   <x:si>
     <x:t>5.500</x:t>
   </x:si>
   <x:si>
     <x:t>1,710,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,905,096.05</x:t>
-[...2 lines deleted...]
-    <x:t>0.65%</x:t>
+    <x:t>$1,912,377.42</x:t>
   </x:si>
   <x:si>
     <x:t>State Of Connecticut Special Tax Revenu</x:t>
   </x:si>
   <x:si>
     <x:t>BBG010B6RCV2</x:t>
   </x:si>
   <x:si>
     <x:t>1,650,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,861,930.64</x:t>
-[...2 lines deleted...]
-    <x:t>0.64%</x:t>
+    <x:t>$1,864,888.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.63%</x:t>
   </x:si>
   <x:si>
     <x:t>CT</x:t>
   </x:si>
   <x:si>
     <x:t>North Texas Tollway Authority</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00CSS0GY8</x:t>
   </x:si>
   <x:si>
     <x:t>1,675,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,713,853.43</x:t>
-[...2 lines deleted...]
-    <x:t>0.59%</x:t>
+    <x:t>$1,715,452.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.58%</x:t>
   </x:si>
   <x:si>
     <x:t>New Jersey Educational Facilities Autho</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2064</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01V4YHLL3</x:t>
   </x:si>
   <x:si>
     <x:t>1,500,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,707,047.88</x:t>
-[...2 lines deleted...]
-    <x:t>0.58%</x:t>
+    <x:t>$1,708,354.77</x:t>
   </x:si>
   <x:si>
     <x:t>State Of Maryland</x:t>
   </x:si>
   <x:si>
     <x:t>03/15/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00S02XCH2</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,669,757.10</x:t>
+    <x:t>$1,670,920.28</x:t>
   </x:si>
   <x:si>
     <x:t>0.57%</x:t>
   </x:si>
   <x:si>
     <x:t>MD</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Q6M0R34</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,659,453.87</x:t>
+    <x:t>$1,659,248.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.56%</x:t>
   </x:si>
   <x:si>
     <x:t>State Of North Carolina</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00P8T8SS2</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,630,641.82</x:t>
-[...2 lines deleted...]
-    <x:t>0.56%</x:t>
+    <x:t>$1,632,533.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.55%</x:t>
   </x:si>
   <x:si>
     <x:t>NC</x:t>
   </x:si>
   <x:si>
     <x:t>New York City Transitional Finance Auth</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZN7KRG2</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,603,787.83</x:t>
-[...2 lines deleted...]
-    <x:t>0.55%</x:t>
+    <x:t>$1,600,072.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.54%</x:t>
   </x:si>
   <x:si>
     <x:t>Indiana Finance Authority</x:t>
   </x:si>
   <x:si>
     <x:t>BBG017SK4W30</x:t>
   </x:si>
   <x:si>
     <x:t>4.250</x:t>
   </x:si>
   <x:si>
     <x:t>1,545,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,592,606.77</x:t>
-[...2 lines deleted...]
-    <x:t>0.54%</x:t>
+    <x:t>$1,594,540.99</x:t>
   </x:si>
   <x:si>
     <x:t>IN</x:t>
   </x:si>
   <x:si>
     <x:t>City Of Mesa Az Utility System Revenue</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00CGF2LN8</x:t>
   </x:si>
   <x:si>
     <x:t>1,550,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,584,609.83</x:t>
+    <x:t>$1,586,537.63</x:t>
   </x:si>
   <x:si>
     <x:t>AZ</x:t>
   </x:si>
   <x:si>
     <x:t>Curators Of The University Of Missouri/</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00TJHB5J4</x:t>
   </x:si>
   <x:si>
     <x:t>1,400,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,567,824.04</x:t>
+    <x:t>$1,568,985.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.53%</x:t>
   </x:si>
   <x:si>
     <x:t>MO</x:t>
   </x:si>
   <x:si>
     <x:t>Pefa Inc</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2049</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00P82G986</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,534,589.76</x:t>
+    <x:t>$1,536,204.60</x:t>
   </x:si>
   <x:si>
     <x:t>0.52%</x:t>
   </x:si>
   <x:si>
     <x:t>IA</x:t>
   </x:si>
   <x:si>
     <x:t>California State University</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00CLB9M16</x:t>
   </x:si>
   <x:si>
     <x:t>1,510,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,533,391.43</x:t>
+    <x:t>$1,534,925.22</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2050</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00QZ0MS34</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,524,986.64</x:t>
+    <x:t>$1,526,341.95</x:t>
   </x:si>
   <x:si>
     <x:t>Kern High School District</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00X03G182</x:t>
   </x:si>
   <x:si>
     <x:t>1,600,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,506,276.39</x:t>
+    <x:t>$1,507,226.83</x:t>
   </x:si>
   <x:si>
     <x:t>0.51%</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01WJZY0Y5</x:t>
   </x:si>
   <x:si>
     <x:t>1,250,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,431,984.52</x:t>
+    <x:t>$1,434,180.08</x:t>
   </x:si>
   <x:si>
     <x:t>0.49%</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00HZFPQ23</x:t>
   </x:si>
   <x:si>
     <x:t>1,305,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,384,599.01</x:t>
+    <x:t>$1,385,178.37</x:t>
   </x:si>
   <x:si>
     <x:t>0.47%</x:t>
   </x:si>
   <x:si>
     <x:t>New York State Dormitory Authority</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00KWW7BF1</x:t>
   </x:si>
   <x:si>
     <x:t>1,325,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,360,139.64</x:t>
+    <x:t>$1,361,809.34</x:t>
   </x:si>
   <x:si>
     <x:t>0.46%</x:t>
   </x:si>
   <x:si>
     <x:t>City Of Columbus Oh</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00QB6WVH4</x:t>
   </x:si>
   <x:si>
     <x:t>1,245,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,356,281.18</x:t>
+    <x:t>$1,357,429.02</x:t>
   </x:si>
   <x:si>
     <x:t>OH</x:t>
   </x:si>
   <x:si>
     <x:t>County Of Allen Oh Hospital Facilities</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00T2SJDB1</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,352,567.44</x:t>
+    <x:t>$1,354,483.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Central Florida Expressway Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00CGSS673</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,279,863.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2052</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG013KDKGP6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,277,088.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New York Transportation Development Cor</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YGN5QM0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,150,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,267,002.27</x:t>
   </x:si>
   <x:si>
     <x:t>Jackson County School District No 549c</x:t>
   </x:si>
   <x:si>
     <x:t>12/15/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0087LGV75</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,281,008.25</x:t>
-[...2 lines deleted...]
-    <x:t>0.44%</x:t>
+    <x:t>$1,252,136.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
   </x:si>
   <x:si>
     <x:t>OR</x:t>
   </x:si>
   <x:si>
-    <x:t>Central Florida Expressway Authority</x:t>
-[...37 lines deleted...]
-  <x:si>
     <x:t>02/01/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GDCW597</x:t>
   </x:si>
   <x:si>
     <x:t>1,190,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,244,151.68</x:t>
+    <x:t>$1,245,792.27</x:t>
   </x:si>
   <x:si>
     <x:t>Kentucky Public Energy Authority</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2052</x:t>
   </x:si>
   <x:si>
     <x:t>BBG015MRTJ64</x:t>
   </x:si>
   <x:si>
     <x:t>1,200,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,234,450.06</x:t>
-[...2 lines deleted...]
-    <x:t>0.42%</x:t>
+    <x:t>$1,230,610.48</x:t>
   </x:si>
   <x:si>
     <x:t>KY</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00CSS0GX9</x:t>
   </x:si>
   <x:si>
     <x:t>1,195,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,222,719.31</x:t>
+    <x:t>$1,223,860.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41%</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00XP7PC46</x:t>
   </x:si>
   <x:si>
     <x:t>1,100,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,220,216.74</x:t>
+    <x:t>$1,220,981.96</x:t>
   </x:si>
   <x:si>
     <x:t>Jefferson County School District R-1</x:t>
   </x:si>
   <x:si>
     <x:t>12/15/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00MRS69S4</x:t>
   </x:si>
   <x:si>
     <x:t>1,110,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,217,278.73</x:t>
+    <x:t>$1,190,147.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.40%</x:t>
   </x:si>
   <x:si>
     <x:t>CO</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01396STN0</x:t>
   </x:si>
   <x:si>
     <x:t>1,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,150,969.08</x:t>
+    <x:t>$1,153,236.93</x:t>
   </x:si>
   <x:si>
     <x:t>0.39%</x:t>
   </x:si>
   <x:si>
     <x:t>Triborough Bridge &amp; Tunnel Authority</x:t>
   </x:si>
   <x:si>
     <x:t>11/15/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01C86DDF1</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,142,011.27</x:t>
+    <x:t>$1,144,291.22</x:t>
   </x:si>
   <x:si>
     <x:t>Minnesota Public Facilities Authority S</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01KDTK0Q5</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,139,285.94</x:t>
+    <x:t>$1,140,025.70</x:t>
   </x:si>
   <x:si>
     <x:t>MN</x:t>
   </x:si>
   <x:si>
     <x:t>Bay Area Toll Authority</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2047</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00FZMC078</x:t>
   </x:si>
   <x:si>
     <x:t>2.950</x:t>
   </x:si>
   <x:si>
     <x:t>1,130,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,136,566.08</x:t>
+    <x:t>$1,136,549.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38%</x:t>
   </x:si>
   <x:si>
     <x:t>Connecticut State Health &amp; Educational</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01TX98803</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,132,578.27</x:t>
+    <x:t>$1,132,803.83</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00CNP8WK1</x:t>
   </x:si>
   <x:si>
     <x:t>1,095,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,129,414.81</x:t>
+    <x:t>$1,129,663.65</x:t>
   </x:si>
   <x:si>
     <x:t>Metropolitan Government Nashville &amp; Dav</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0138633B8</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,118,097.48</x:t>
-[...2 lines deleted...]
-    <x:t>0.38%</x:t>
+    <x:t>$1,117,292.73</x:t>
   </x:si>
   <x:si>
     <x:t>TN</x:t>
   </x:si>
   <x:si>
     <x:t>Texas State Transportation Commission</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01LM4SVZ2</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,111,101.98</x:t>
+    <x:t>$1,112,793.13</x:t>
   </x:si>
   <x:si>
     <x:t>05/01/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00P9J4C84</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,109,308.41</x:t>
+    <x:t>$1,111,819.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kansas Development Finance Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011FJHTY9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,110,078.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01396STL2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,108,157.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.37%</x:t>
   </x:si>
   <x:si>
     <x:t>Metropolitan Transportation Authority</x:t>
   </x:si>
   <x:si>
     <x:t>11/15/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Y1CTQQ0</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,106,579.47</x:t>
-[...8 lines deleted...]
-    <x:t>$1,106,408.98</x:t>
+    <x:t>$1,107,462.32</x:t>
   </x:si>
   <x:si>
     <x:t>State Of Washington</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00QT7TS20</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,106,383.94</x:t>
+    <x:t>$1,105,578.80</x:t>
   </x:si>
   <x:si>
     <x:t>Board Of Regents Of The University Of T</x:t>
   </x:si>
   <x:si>
     <x:t>08/15/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00PGVK988</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,103,292.47</x:t>
+    <x:t>$1,103,990.32</x:t>
   </x:si>
   <x:si>
     <x:t>Denton Independent School District</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01H9Y5MX7</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,102,186.27</x:t>
+    <x:t>$1,103,625.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City Of New York Ny</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00WVL0YQ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,101,068.57</x:t>
   </x:si>
   <x:si>
     <x:t>New Jersey Health Care Facilities Finan</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00QXSMZW7</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,099,705.98</x:t>
-[...11 lines deleted...]
-    <x:t>$1,097,780.41</x:t>
+    <x:t>$1,099,778.73</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JGMWVQ0</x:t>
   </x:si>
   <x:si>
     <x:t>1,030,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,094,533.83</x:t>
-[...2 lines deleted...]
-    <x:t>0.37%</x:t>
+    <x:t>$1,095,244.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>State Of Louisiana</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014M83834</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,094,930.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA</x:t>
   </x:si>
   <x:si>
     <x:t>03/15/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00XRS6BD1</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,093,913.90</x:t>
+    <x:t>$1,094,629.05</x:t>
   </x:si>
   <x:si>
     <x:t>Colorado Health Facilities Authority</x:t>
   </x:si>
   <x:si>
     <x:t>11/15/2060</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01VD0ZWG9</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,092,884.07</x:t>
+    <x:t>$1,094,470.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Minneapolis-St Paul Metropolitan Airpor</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01J7FPMD6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,092,278.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00S02P3T8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,092,051.45</x:t>
   </x:si>
   <x:si>
     <x:t>Texas Municipal Gas Acquisition &amp; Suppl</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2054</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01K3HDTB3</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,092,695.16</x:t>
-[...32 lines deleted...]
-    <x:t>$1,090,824.48</x:t>
+    <x:t>$1,091,034.17</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00LDN85G1</x:t>
   </x:si>
   <x:si>
     <x:t>1,010,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,090,695.60</x:t>
+    <x:t>$1,090,010.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KXSJMD3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,089,309.90</x:t>
   </x:si>
   <x:si>
     <x:t>Arizona Department Of Transportation St</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00DM2RD77</x:t>
   </x:si>
   <x:si>
     <x:t>1,050,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,086,518.35</x:t>
+    <x:t>$1,087,707.64</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01075ZK42</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,084,841.84</x:t>
+    <x:t>$1,085,353.30</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00PG9ZN17</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,084,661.91</x:t>
+    <x:t>$1,083,110.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01C86DDB5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,079,222.02</x:t>
   </x:si>
   <x:si>
     <x:t>Southeast Energy Authority A Cooperativ</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01FPHV7K8</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,078,615.86</x:t>
+    <x:t>$1,078,439.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.36%</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2053</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01GX6CB14</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,078,038.65</x:t>
+    <x:t>$1,077,341.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Regional Transportation District Sales</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZCNC2Z2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,076,432.77</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2054</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01KD93SF9</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,077,737.76</x:t>
-[...8 lines deleted...]
-    <x:t>$1,076,709.67</x:t>
+    <x:t>$1,076,089.30</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2049</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01HMSS4Y9</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,075,392.22</x:t>
-[...11 lines deleted...]
-    <x:t>$1,075,052.01</x:t>
+    <x:t>$1,075,687.84</x:t>
   </x:si>
   <x:si>
     <x:t>County Of Miami-Dade Fl Water &amp; Sewer S</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG011FJ13B8</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,074,097.28</x:t>
+    <x:t>$1,075,524.63</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2053</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01F2ZPQF4</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,072,080.65</x:t>
+    <x:t>$1,073,116.20</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01H50THP9</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,070,931.67</x:t>
+    <x:t>$1,071,075.22</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01CD97GC2</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,066,441.01</x:t>
-[...2 lines deleted...]
-    <x:t>0.36%</x:t>
+    <x:t>$1,069,804.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GYYPVX9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,064,337.84</x:t>
   </x:si>
   <x:si>
     <x:t>University Of Connecticut</x:t>
   </x:si>
   <x:si>
     <x:t>04/15/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00KK2TJM1</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,063,129.73</x:t>
-[...8 lines deleted...]
-    <x:t>$1,062,478.02</x:t>
+    <x:t>$1,063,877.49</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00G5H6ZD3</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,060,110.88</x:t>
+    <x:t>$1,061,262.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LK87QX2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,060,247.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Commonwealth Of Pennsylvania</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PBGPC02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,060,144.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PA</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01J7T1TF5</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,059,024.24</x:t>
-[...20 lines deleted...]
-    <x:t>PA</x:t>
+    <x:t>$1,059,435.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012JCG3X7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,057,439.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01P7FLTZ7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,057,386.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0194FYXF5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KCFCW76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,056,875.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>County Of Baltimore Md</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RTTQYQ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>945,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,056,135.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>County Of Harris Tx Toll Road Revenue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00K0CXY34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,056,021.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HLD20B5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,055,475.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City Of Houston Tx Combined Utility Sys</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MBDHMZ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,051,085.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG018PMLN38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,050,896.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New York State Thruway Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KZLP4G6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,049,060.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Washington Convention &amp; Sports Authorit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00K1GB3F3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,046,321.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>State Of Illinois</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QQ8C5X5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,044,635.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>State Of Georgia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GX8Q5P3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,036,731.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PBGPBZ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,035,573.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/01/2040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00CP56KY6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,034,684.67</x:t>
   </x:si>
   <x:si>
     <x:t>Hillsboro School District No 1j</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JFF5K44</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,058,220.40</x:t>
-[...143 lines deleted...]
-    <x:t>$1,033,531.41</x:t>
+    <x:t>$1,034,676.36</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00CRD01K0</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,032,614.74</x:t>
+    <x:t>$1,033,224.20</x:t>
   </x:si>
   <x:si>
     <x:t>San Francisco City &amp; County Public Util</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01G2R1JY1</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,030,897.38</x:t>
+    <x:t>$1,032,237.83</x:t>
   </x:si>
   <x:si>
     <x:t>West Virginia Commissioner Of Highways</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00HYZBL80</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,030,467.34</x:t>
+    <x:t>$1,031,674.70</x:t>
   </x:si>
   <x:si>
     <x:t>WV</x:t>
   </x:si>
   <x:si>
     <x:t>05/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00TS9PPH5</x:t>
   </x:si>
   <x:si>
     <x:t>1,015,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,029,937.26</x:t>
+    <x:t>$1,031,074.52</x:t>
   </x:si>
   <x:si>
     <x:t>11/15/2026</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01C86DD89</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,026,659.97</x:t>
+    <x:t>$1,027,817.82</x:t>
   </x:si>
   <x:si>
     <x:t>Metropolitan Council</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZWVLVX0</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,024,485.44</x:t>
+    <x:t>$1,025,683.00</x:t>
   </x:si>
   <x:si>
     <x:t>Ohio Water Development Authority</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00D61KVY4</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,023,613.14</x:t>
+    <x:t>$1,024,788.10</x:t>
   </x:si>
   <x:si>
     <x:t>Louisville/Jefferson County Metropolita</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2047</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00RZF0XM1</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,023,346.88</x:t>
+    <x:t>$1,024,776.84</x:t>
   </x:si>
   <x:si>
     <x:t>University Of Houston</x:t>
   </x:si>
   <x:si>
     <x:t>02/15/2026</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00RCXQ7S0</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,020,094.87</x:t>
+    <x:t>$1,021,143.42</x:t>
   </x:si>
   <x:si>
     <x:t>Central Florida Tourism Oversight Distr</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00HMV90B7</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,019,240.86</x:t>
+    <x:t>$1,020,092.80</x:t>
   </x:si>
   <x:si>
     <x:t>Pennsylvania Higher Educational Facilit</x:t>
   </x:si>
   <x:si>
     <x:t>08/15/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00CLLNJ51</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,017,598.53</x:t>
+    <x:t>$1,018,913.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00K8G5CK7</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,017,054.78</x:t>
+    <x:t>$1,017,771.73</x:t>
   </x:si>
   <x:si>
     <x:t>Texas Water Development Board</x:t>
   </x:si>
   <x:si>
     <x:t>04/15/2026</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00DW0PGD8</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,015,622.73</x:t>
+    <x:t>$1,016,715.29</x:t>
   </x:si>
   <x:si>
     <x:t>California State Public Works Board</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00DYPXRM8</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,013,558.29</x:t>
+    <x:t>$1,014,544.03</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00QT7TRX8</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,012,812.44</x:t>
+    <x:t>$1,013,766.60</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00DGWMJX1</x:t>
   </x:si>
   <x:si>
     <x:t>935,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,012,359.61</x:t>
+    <x:t>$1,013,687.17</x:t>
   </x:si>
   <x:si>
     <x:t>State Of Connecticut</x:t>
   </x:si>
   <x:si>
     <x:t>BBG010Z728R5</x:t>
   </x:si>
   <x:si>
     <x:t>3.000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,009,731.37</x:t>
-[...2 lines deleted...]
-    <x:t>0.34%</x:t>
+    <x:t>$1,011,134.30</x:t>
   </x:si>
   <x:si>
     <x:t>State Of Minnesota</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00HSFV3S7</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,009,628.17</x:t>
+    <x:t>$1,010,646.00</x:t>
   </x:si>
   <x:si>
     <x:t>City &amp; County Of San Francisco Ca</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00H15CBP4</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,007,860.62</x:t>
+    <x:t>$1,008,823.07</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01SSNX3Q5</x:t>
   </x:si>
   <x:si>
     <x:t>3.250</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,005,950.32</x:t>
+    <x:t>$1,008,144.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>State Of Hawaii</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00B63VHY3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,002,380.30</x:t>
   </x:si>
   <x:si>
     <x:t>State Of Florida</x:t>
   </x:si>
   <x:si>
     <x:t>BBG009S7LNW5</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,000,451.27</x:t>
-[...8 lines deleted...]
-    <x:t>$999,917.27</x:t>
+    <x:t>$1,001,555.50</x:t>
   </x:si>
   <x:si>
     <x:t>Long Island Power Authority</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2055</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01WN6S3N7</x:t>
   </x:si>
   <x:si>
-    <x:t>$999,700.56</x:t>
+    <x:t>$1,001,338.20</x:t>
   </x:si>
   <x:si>
     <x:t>State Of Florida Department Of Transpor</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00QK4CZC7</x:t>
   </x:si>
   <x:si>
     <x:t>880,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$988,649.18</x:t>
+    <x:t>$989,659.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.33%</x:t>
   </x:si>
   <x:si>
     <x:t>Golden State Tobacco Securitization Cor</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000ZPZPZ3</x:t>
   </x:si>
   <x:si>
-    <x:t>$987,688.00</x:t>
+    <x:t>$988,772.20</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00QRXP333</x:t>
   </x:si>
   <x:si>
     <x:t>910,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$983,601.17</x:t>
+    <x:t>$984,006.27</x:t>
   </x:si>
   <x:si>
     <x:t>02/15/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00NWR6Q73</x:t>
   </x:si>
   <x:si>
-    <x:t>$971,075.53</x:t>
-[...2 lines deleted...]
-    <x:t>0.33%</x:t>
+    <x:t>$972,365.96</x:t>
   </x:si>
   <x:si>
     <x:t>Collin County Community College Distric</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00K6990D5</x:t>
   </x:si>
   <x:si>
     <x:t>925,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$959,040.86</x:t>
+    <x:t>$955,343.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32%</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00HLD2052</x:t>
   </x:si>
   <x:si>
     <x:t>915,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$941,260.88</x:t>
-[...2 lines deleted...]
-    <x:t>0.32%</x:t>
+    <x:t>$941,722.27</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JCP0J52</x:t>
   </x:si>
   <x:si>
-    <x:t>$928,767.59</x:t>
+    <x:t>$929,984.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31%</x:t>
   </x:si>
   <x:si>
     <x:t>Beverly Hills Unified School District C</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0011KRZ95</x:t>
   </x:si>
   <x:si>
-    <x:t>$893,885.10</x:t>
-[...2 lines deleted...]
-    <x:t>0.31%</x:t>
+    <x:t>$894,904.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
   </x:si>
   <x:si>
     <x:t>State Of New Mexico Severance Tax Perma</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00L4H4VJ8</x:t>
   </x:si>
   <x:si>
     <x:t>840,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$889,592.40</x:t>
-[...2 lines deleted...]
-    <x:t>0.30%</x:t>
+    <x:t>$890,714.69</x:t>
   </x:si>
   <x:si>
     <x:t>NM</x:t>
   </x:si>
   <x:si>
     <x:t>Harris County Cultural Education Facili</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JCP3H53</x:t>
   </x:si>
   <x:si>
     <x:t>850,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$889,374.53</x:t>
+    <x:t>$890,023.29</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01FRPGS29</x:t>
   </x:si>
   <x:si>
-    <x:t>$888,758.39</x:t>
+    <x:t>$889,519.96</x:t>
   </x:si>
   <x:si>
     <x:t>05/15/2045</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0106YJTK1</x:t>
   </x:si>
   <x:si>
     <x:t>875,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$872,968.93</x:t>
+    <x:t>$873,990.59</x:t>
   </x:si>
   <x:si>
     <x:t>Georgia State Road &amp; Tollway Authority</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00YGN6BF0</x:t>
   </x:si>
   <x:si>
     <x:t>800,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$865,911.80</x:t>
+    <x:t>$867,050.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.29%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00DM2RD68</x:t>
   </x:si>
   <x:si>
     <x:t>835,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$864,040.78</x:t>
+    <x:t>$864,986.54</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01JNTXS55</x:t>
   </x:si>
   <x:si>
     <x:t>830,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$854,891.52</x:t>
-[...2 lines deleted...]
-    <x:t>0.29%</x:t>
+    <x:t>$855,971.06</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00D5Y4PL8</x:t>
   </x:si>
   <x:si>
     <x:t>825,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$851,121.41</x:t>
+    <x:t>$852,111.95</x:t>
   </x:si>
   <x:si>
     <x:t>Los Angeles County Metropolitan Transpo</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00FS7R4V8</x:t>
   </x:si>
   <x:si>
     <x:t>795,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$846,990.20</x:t>
+    <x:t>$847,751.22</x:t>
   </x:si>
   <x:si>
     <x:t>Public Finance Authority</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2041</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01SQ8MTB1</x:t>
   </x:si>
   <x:si>
     <x:t>810,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$841,076.56</x:t>
+    <x:t>$841,991.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28%</x:t>
   </x:si>
   <x:si>
     <x:t>WI</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Q6LZ359</x:t>
   </x:si>
   <x:si>
     <x:t>750,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$830,571.43</x:t>
-[...2 lines deleted...]
-    <x:t>0.28%</x:t>
+    <x:t>$831,194.43</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01JNTXS73</x:t>
   </x:si>
   <x:si>
     <x:t>785,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$828,342.27</x:t>
+    <x:t>$829,270.58</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00J35P862</x:t>
   </x:si>
   <x:si>
-    <x:t>$818,513.61</x:t>
+    <x:t>$819,874.05</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00H56QFJ1</x:t>
   </x:si>
   <x:si>
-    <x:t>$800,402.05</x:t>
+    <x:t>$801,053.44</x:t>
   </x:si>
   <x:si>
     <x:t>0.27%</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>BBG011RWVC41</x:t>
   </x:si>
   <x:si>
-    <x:t>$800,011.59</x:t>
+    <x:t>$800,722.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>County Of Montgomery Md</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00W0YNSS7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$800,106.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>County Of Fairfax Va</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JNKXBW2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$799,917.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PZT5372</x:t>
+  </x:si>
+  <x:si>
+    <x:t>780,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$794,920.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>California Health Facilities Financing</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JKZG7M1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$792,966.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Comal Independent School District</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00H1CVLC0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>775,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$792,144.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00J3640H8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$791,093.35</x:t>
   </x:si>
   <x:si>
     <x:t>New Jersey Transportation Trust Fund Au</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F3BMD87</x:t>
   </x:si>
   <x:si>
     <x:t>4.100</x:t>
   </x:si>
   <x:si>
-    <x:t>780,000</x:t>
-[...65 lines deleted...]
-    <x:t>$790,079.46</x:t>
+    <x:t>$784,200.96</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00NW3PTH8</x:t>
   </x:si>
   <x:si>
-    <x:t>$782,895.81</x:t>
+    <x:t>$783,304.83</x:t>
   </x:si>
   <x:si>
     <x:t>01/15/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00FN166S8</x:t>
   </x:si>
   <x:si>
     <x:t>745,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$779,936.42</x:t>
+    <x:t>$780,080.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26%</x:t>
   </x:si>
   <x:si>
     <x:t>State Of Maryland Department Of Transpo</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00KRWZ364</x:t>
   </x:si>
   <x:si>
-    <x:t>$775,428.00</x:t>
-[...2 lines deleted...]
-    <x:t>0.26%</x:t>
+    <x:t>$776,264.65</x:t>
   </x:si>
   <x:si>
     <x:t>Regional Transportation Authority</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00HC12C89</x:t>
   </x:si>
   <x:si>
     <x:t>735,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$775,149.95</x:t>
+    <x:t>$776,252.27</x:t>
   </x:si>
   <x:si>
     <x:t>Energy Northwest</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GDCVZS1</x:t>
   </x:si>
   <x:si>
     <x:t>725,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$768,355.49</x:t>
+    <x:t>$769,379.67</x:t>
   </x:si>
   <x:si>
     <x:t>City Of Milwaukee Wi</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00SY2C0G5</x:t>
   </x:si>
   <x:si>
-    <x:t>$761,622.58</x:t>
+    <x:t>$762,527.50</x:t>
   </x:si>
   <x:si>
     <x:t>Virginia Public Building Authority</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JDKG6X2</x:t>
   </x:si>
   <x:si>
     <x:t>720,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$761,549.34</x:t>
+    <x:t>$762,067.78</x:t>
   </x:si>
   <x:si>
     <x:t>Parish Of St John The Baptist La</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2037</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00WKH94Z3</x:t>
   </x:si>
   <x:si>
     <x:t>2.375</x:t>
   </x:si>
   <x:si>
-    <x:t>$755,284.90</x:t>
+    <x:t>$754,981.33</x:t>
   </x:si>
   <x:si>
     <x:t>City Of South Miami Health Facilities A</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JHP0G35</x:t>
   </x:si>
   <x:si>
     <x:t>710,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$747,017.74</x:t>
+    <x:t>$747,939.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25%</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG013B87852</x:t>
   </x:si>
   <x:si>
     <x:t>675,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$744,638.61</x:t>
-[...2 lines deleted...]
-    <x:t>0.25%</x:t>
+    <x:t>$746,354.77</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00N0WWZH7</x:t>
   </x:si>
   <x:si>
-    <x:t>$743,818.62</x:t>
+    <x:t>$745,200.98</x:t>
   </x:si>
   <x:si>
     <x:t>Montgomery County Industrial Developmen</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01FQZ0WZ0</x:t>
   </x:si>
   <x:si>
     <x:t>705,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$733,176.79</x:t>
+    <x:t>$738,320.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Illinois Finance Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YJKPVJ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>685,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$726,146.39</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00SBXFMB6</x:t>
   </x:si>
   <x:si>
     <x:t>700,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$725,235.12</x:t>
-[...11 lines deleted...]
-    <x:t>$725,226.27</x:t>
+    <x:t>$726,125.56</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00WM1KGR5</x:t>
   </x:si>
   <x:si>
-    <x:t>$723,426.00</x:t>
+    <x:t>$724,235.80</x:t>
   </x:si>
   <x:si>
     <x:t>New York State Urban Development Corp</x:t>
   </x:si>
   <x:si>
     <x:t>03/15/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00G6D7DP6</x:t>
   </x:si>
   <x:si>
     <x:t>690,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$720,002.72</x:t>
+    <x:t>$720,848.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000ZN7RP6</x:t>
   </x:si>
   <x:si>
     <x:t>680,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$716,987.89</x:t>
-[...2 lines deleted...]
-    <x:t>0.24%</x:t>
+    <x:t>$717,838.30</x:t>
   </x:si>
   <x:si>
     <x:t>Maricopa County Industrial Development</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00DZWHLJ7</x:t>
   </x:si>
   <x:si>
-    <x:t>$716,134.00</x:t>
+    <x:t>$716,879.55</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00DSLD072</x:t>
   </x:si>
   <x:si>
-    <x:t>$711,666.36</x:t>
+    <x:t>$712,504.74</x:t>
   </x:si>
   <x:si>
     <x:t>Trinity River Authority Central Regiona</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GLNQHJ4</x:t>
   </x:si>
   <x:si>
     <x:t>670,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$707,633.77</x:t>
+    <x:t>$708,339.12</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GDD1P59</x:t>
   </x:si>
   <x:si>
     <x:t>660,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$696,719.87</x:t>
+    <x:t>$697,583.39</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00D20RPB1</x:t>
   </x:si>
   <x:si>
-    <x:t>$694,314.01</x:t>
+    <x:t>$694,968.81</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Q00X3T7</x:t>
   </x:si>
   <x:si>
-    <x:t>$692,246.87</x:t>
+    <x:t>$692,956.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23%</x:t>
   </x:si>
   <x:si>
     <x:t>Washington Metropolitan Area Transit Au</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00H9207F6</x:t>
   </x:si>
   <x:si>
     <x:t>650,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$686,964.77</x:t>
-[...2 lines deleted...]
-    <x:t>0.23%</x:t>
+    <x:t>$687,117.63</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00D1ZXBP4</x:t>
   </x:si>
   <x:si>
     <x:t>3.500</x:t>
   </x:si>
   <x:si>
-    <x:t>$686,121.63</x:t>
+    <x:t>$687,040.14</x:t>
   </x:si>
   <x:si>
     <x:t>03/15/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00LDF3T35</x:t>
   </x:si>
   <x:si>
     <x:t>640,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$683,144.32</x:t>
+    <x:t>$684,027.23</x:t>
   </x:si>
   <x:si>
     <x:t>Illinois State Toll Highway Authority</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00R2JF8J2</x:t>
   </x:si>
   <x:si>
-    <x:t>$680,751.61</x:t>
+    <x:t>$681,552.39</x:t>
   </x:si>
   <x:si>
     <x:t>Town Of Oyster Bay Ny</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00KVRYQR7</x:t>
   </x:si>
   <x:si>
     <x:t>665,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$672,578.69</x:t>
+    <x:t>$673,381.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City Of San Antonio Tx Electric &amp; Gas S</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00D6158F3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>630,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$651,067.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22%</x:t>
   </x:si>
   <x:si>
     <x:t>New York State Environmental Facilities</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00QDM2RV3</x:t>
   </x:si>
   <x:si>
     <x:t>605,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$658,472.20</x:t>
-[...2 lines deleted...]
-    <x:t>0.22%</x:t>
+    <x:t>$644,319.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City Of Phoenix Civic Improvement Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F5NRK97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>620,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$642,298.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00TZNJ818</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$638,342.14</x:t>
   </x:si>
   <x:si>
     <x:t>New Jersey Economic Development Authori</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00HTSP7M2</x:t>
   </x:si>
   <x:si>
     <x:t>615,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$653,239.16</x:t>
-[...35 lines deleted...]
-    <x:t>$637,357.21</x:t>
+    <x:t>$638,285.48</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00DBBFK76</x:t>
   </x:si>
   <x:si>
-    <x:t>$634,872.29</x:t>
+    <x:t>$635,549.94</x:t>
   </x:si>
   <x:si>
     <x:t>Virginia College Building Authority</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00QT7PST5</x:t>
   </x:si>
   <x:si>
-    <x:t>$627,497.71</x:t>
+    <x:t>$628,232.56</x:t>
   </x:si>
   <x:si>
     <x:t>0.21%</x:t>
   </x:si>
   <x:si>
+    <x:t>BBG00D5Y7LS7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$621,606.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>County Of Lehigh Pa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QQ85D66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$620,593.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LY4MP98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>595,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$613,101.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New York State Housing Finance Agency</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2060</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01699XC58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$611,360.27</x:t>
+  </x:si>
+  <x:si>
     <x:t>12/15/2026</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Z19MT03</x:t>
   </x:si>
   <x:si>
-    <x:t>$625,403.22</x:t>
-[...38 lines deleted...]
-    <x:t>$609,600.76</x:t>
+    <x:t>$611,263.71</x:t>
   </x:si>
   <x:si>
     <x:t>05/01/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00H56QFG4</x:t>
   </x:si>
   <x:si>
     <x:t>585,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$607,249.55</x:t>
+    <x:t>$607,915.48</x:t>
   </x:si>
   <x:si>
     <x:t>State Of Illinois Sales Tax Revenue</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01254DXH5</x:t>
   </x:si>
   <x:si>
     <x:t>580,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$606,919.54</x:t>
+    <x:t>$596,215.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00H9207D8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>555,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$587,296.69</x:t>
   </x:si>
   <x:si>
     <x:t>Alabama Public School And College Autho</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00XV3CTW4</x:t>
   </x:si>
   <x:si>
     <x:t>525,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$587,065.40</x:t>
-[...11 lines deleted...]
-    <x:t>$586,760.75</x:t>
+    <x:t>$586,370.17</x:t>
   </x:si>
   <x:si>
     <x:t>City Of Dallas Tx Waterworks &amp; Sewer Sy</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00D3DLY83</x:t>
   </x:si>
   <x:si>
     <x:t>565,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$580,262.16</x:t>
+    <x:t>$580,962.06</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00J3ZJR25</x:t>
   </x:si>
   <x:si>
     <x:t>560,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$573,031.13</x:t>
+    <x:t>$573,559.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino Community College Distri</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/01/2049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QYN0FV6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>540,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$563,968.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Miami Beach Redevelopment Agency</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VVNCSX4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$561,449.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Q6M0QY2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>530,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$560,442.90</x:t>
   </x:si>
   <x:si>
     <x:t>Utah Transit Authority</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01VV3LY01</x:t>
   </x:si>
   <x:si>
-    <x:t>500,000</x:t>
-[...5 lines deleted...]
-    <x:t>0.19%</x:t>
+    <x:t>$559,877.33</x:t>
   </x:si>
   <x:si>
     <x:t>UT</x:t>
   </x:si>
   <x:si>
+    <x:t>BBG00KK2TJJ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>550,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$559,211.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R3YZJS1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$558,279.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Metropolitan Government Of Nashville &amp;</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00CXCLL28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>545,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$557,901.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00WVL7QR4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$557,446.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00CXD0K76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$557,278.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chicago O'Hare International Airport</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QF13ZN6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$554,425.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG019Q1JG02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>535,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$554,421.85</x:t>
+  </x:si>
+  <x:si>
     <x:t>06/15/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01PHMVKW2</x:t>
   </x:si>
   <x:si>
-    <x:t>$565,521.15</x:t>
-[...95 lines deleted...]
-    <x:t>$553,796.46</x:t>
+    <x:t>$553,583.98</x:t>
   </x:si>
   <x:si>
     <x:t>County Of Clark Department Of Aviation</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01LTHPRJ6</x:t>
   </x:si>
   <x:si>
-    <x:t>$552,030.64</x:t>
+    <x:t>$552,758.27</x:t>
   </x:si>
   <x:si>
     <x:t>NV</x:t>
   </x:si>
   <x:si>
     <x:t>Rutherford Cty Health &amp; Edu Fac Brd</x:t>
   </x:si>
   <x:si>
     <x:t>11/15/2048</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01YM97002</x:t>
   </x:si>
   <x:si>
-    <x:t>$547,295.04</x:t>
+    <x:t>$547,695.82</x:t>
   </x:si>
   <x:si>
     <x:t>Orange County Convention Center/Orlando</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GSMYCP4</x:t>
   </x:si>
   <x:si>
     <x:t>490,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$546,787.46</x:t>
+    <x:t>$547,252.45</x:t>
   </x:si>
   <x:si>
     <x:t>County Of Jefferson Al</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00H1B4QG7</x:t>
   </x:si>
   <x:si>
-    <x:t>$546,326.24</x:t>
+    <x:t>$546,947.03</x:t>
   </x:si>
   <x:si>
     <x:t>Austin Independent School District</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00NJLQ6B8</x:t>
   </x:si>
   <x:si>
     <x:t>505,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$546,027.67</x:t>
+    <x:t>$546,738.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00QD67D35</x:t>
   </x:si>
   <x:si>
-    <x:t>$544,960.54</x:t>
+    <x:t>$545,352.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00M6JNL10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$544,255.92</x:t>
   </x:si>
   <x:si>
     <x:t>City Of San Francisco Ca Public Utiliti</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01H8WNJL2</x:t>
   </x:si>
   <x:si>
-    <x:t>$544,110.06</x:t>
-[...5 lines deleted...]
-    <x:t>$543,655.55</x:t>
+    <x:t>$544,139.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01HTM3230</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$542,281.60</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01YBNR458</x:t>
   </x:si>
   <x:si>
-    <x:t>$540,039.63</x:t>
-[...11 lines deleted...]
-    <x:t>$539,666.62</x:t>
+    <x:t>$539,321.56</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00DR2J854</x:t>
   </x:si>
   <x:si>
     <x:t>515,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$538,196.61</x:t>
+    <x:t>$538,784.83</x:t>
   </x:si>
   <x:si>
     <x:t>Metropolitan Washington Airports Author</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00PC81DM9</x:t>
   </x:si>
   <x:si>
-    <x:t>$537,892.99</x:t>
+    <x:t>$538,596.32</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00YJKPVK2</x:t>
   </x:si>
   <x:si>
-    <x:t>$535,596.19</x:t>
+    <x:t>$536,297.92</x:t>
   </x:si>
   <x:si>
     <x:t>Shelby County Health Educational &amp; Hous</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01NB0B994</x:t>
   </x:si>
   <x:si>
-    <x:t>$535,265.57</x:t>
+    <x:t>$536,094.10</x:t>
   </x:si>
   <x:si>
     <x:t>California Infrastructure &amp; Economic De</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01QB5DX46</x:t>
   </x:si>
   <x:si>
-    <x:t>$534,390.61</x:t>
+    <x:t>$535,894.38</x:t>
   </x:si>
   <x:si>
     <x:t>Central Puget Sound Regional Transit Au</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0133R2JY8</x:t>
   </x:si>
   <x:si>
     <x:t>520,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$534,122.06</x:t>
+    <x:t>$534,733.30</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00S02P3S9</x:t>
   </x:si>
   <x:si>
-    <x:t>$533,706.50</x:t>
+    <x:t>$534,396.28</x:t>
   </x:si>
   <x:si>
     <x:t>Ohio Turnpike &amp; Infrastructure Commissi</x:t>
   </x:si>
   <x:si>
     <x:t>02/15/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JXJKPC9</x:t>
   </x:si>
   <x:si>
-    <x:t>$533,272.83</x:t>
+    <x:t>$533,998.91</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00HVK96P3</x:t>
   </x:si>
   <x:si>
     <x:t>510,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$533,227.68</x:t>
+    <x:t>$533,727.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S9HGSL8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$533,352.90</x:t>
   </x:si>
   <x:si>
     <x:t>American Municipal Power Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00RMV1HZ0</x:t>
   </x:si>
   <x:si>
-    <x:t>$532,464.18</x:t>
-[...8 lines deleted...]
-    <x:t>$532,098.98</x:t>
+    <x:t>$533,190.56</x:t>
   </x:si>
   <x:si>
     <x:t>BBG009FBKJ32</x:t>
   </x:si>
   <x:si>
-    <x:t>$529,912.09</x:t>
+    <x:t>$531,109.42</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZXPYFF3</x:t>
   </x:si>
   <x:si>
-    <x:t>$529,205.29</x:t>
+    <x:t>$529,880.47</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00RNXPHX1</x:t>
   </x:si>
   <x:si>
-    <x:t>$528,838.21</x:t>
+    <x:t>$529,745.48</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0139PLLL4</x:t>
   </x:si>
   <x:si>
-    <x:t>$528,530.64</x:t>
+    <x:t>$528,719.72</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GKLB850</x:t>
   </x:si>
   <x:si>
-    <x:t>$527,936.36</x:t>
+    <x:t>$528,571.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grand River Dam Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F36K6W8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$526,811.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OK</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00M7W5BK1</x:t>
   </x:si>
   <x:si>
-    <x:t>$526,217.67</x:t>
-[...11 lines deleted...]
-    <x:t>OK</x:t>
+    <x:t>$526,800.52</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01C86DD98</x:t>
   </x:si>
   <x:si>
-    <x:t>$525,928.93</x:t>
+    <x:t>$526,593.31</x:t>
   </x:si>
   <x:si>
     <x:t>State Of Michigan Trunk Line Revenue</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00WYY86H7</x:t>
   </x:si>
   <x:si>
-    <x:t>$525,442.28</x:t>
+    <x:t>$526,115.31</x:t>
   </x:si>
   <x:si>
     <x:t>MI</x:t>
   </x:si>
   <x:si>
+    <x:t>Arizona Industrial Development Authorit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KFWVJM7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$525,588.48</x:t>
+  </x:si>
+  <x:si>
     <x:t>Virginia Commonwealth Transportation Bo</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F12YF72</x:t>
   </x:si>
   <x:si>
-    <x:t>$524,768.84</x:t>
+    <x:t>$525,369.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JHJ5NF5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$524,581.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Salt River Project Agricultural Improve</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XPQZ4R6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$524,374.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2052</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG018WZ0668</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$524,237.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tobacco Settlement Financing Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KHZ57F2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$524,042.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>County Of Miami-Dade Fl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DBJZRF3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$523,528.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014H40FM5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$523,262.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011RWVC50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$522,476.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JHGGZ81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$522,354.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00G3P9L18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$521,210.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01H7TRG96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$520,660.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>University Of Colorado</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JDKGBZ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$519,526.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tennessee Energy Acquisition Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01CH2T9T7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$518,841.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DL8R251</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$518,634.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Delaware Transportation Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00WYH7CW5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$518,500.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lower Colorado River Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GJTJ320</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$518,494.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N8LSK62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$517,829.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego Public Facilities Financing A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00CZT40H8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$517,691.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01FQYYMX0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$517,521.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City Of Forsyth Mt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01H511LC2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$516,923.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HSFZK05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$516,647.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Butler County Unified School District N</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GY1BN29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$516,323.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/15/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00T6XQYJ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$516,161.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG018KN76W2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$515,743.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001077KT8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$515,459.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MNZL5V8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$515,250.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GY5PKR3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$515,136.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>State Of California Department Of Water</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00W6TJ044</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$514,896.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Massachusetts Development Finance Agenc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00T67PPM7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$514,888.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011YPS0W7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$514,210.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City Of Colorado Springs Co Utilities S</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00L9B8RS1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$513,726.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>County Of Mecklenburg Nc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HD9Y4X6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$513,380.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wisconsin Health &amp; Educational Faciliti</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JCWDPL1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$513,362.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City Of Portland Or Sewer System Revenu</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GF32F04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$513,032.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HS861P8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$513,000.06</x:t>
   </x:si>
   <x:si>
     <x:t>State Of Colorado</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0113RZRC2</x:t>
   </x:si>
   <x:si>
-    <x:t>$524,339.45</x:t>
+    <x:t>$512,446.08</x:t>
   </x:si>
   <x:si>
     <x:t>Boulder Larimer &amp; Weld Counties St Vrai</x:t>
   </x:si>
   <x:si>
     <x:t>12/15/2035</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00FD7Y6Z7</x:t>
   </x:si>
   <x:si>
-    <x:t>$524,281.25</x:t>
-[...8 lines deleted...]
-    <x:t>$524,270.21</x:t>
+    <x:t>$512,391.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00J3ZJR70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$512,151.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00J5LZSS6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$512,117.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Missouri State Environmental Improvemen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00BN5WDH6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$512,079.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XML0DZ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$512,071.62</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00M567ZG0</x:t>
   </x:si>
   <x:si>
-    <x:t>$524,236.70</x:t>
-[...128 lines deleted...]
-    <x:t>$517,824.88</x:t>
+    <x:t>$511,950.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Maryland Community Development Administ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R3MNGR7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$510,898.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>North Carolina Medical Care Commission</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2051</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YV3D0F3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$510,805.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00CF2LDH2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$509,600.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>State Of Michigan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DBB9QX1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$509,331.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>State Of Texas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DZNJNS1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$508,414.12</x:t>
   </x:si>
   <x:si>
     <x:t>County Of Bexar Tx</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JG8GJV0</x:t>
   </x:si>
   <x:si>
-    <x:t>$517,670.30</x:t>
-[...236 lines deleted...]
-    <x:t>$507,763.64</x:t>
+    <x:t>$505,740.43</x:t>
   </x:si>
   <x:si>
     <x:t>East County Advanced Water Purification</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01PKNMJY7</x:t>
   </x:si>
   <x:si>
     <x:t>3.125</x:t>
   </x:si>
   <x:si>
-    <x:t>$504,945.76</x:t>
+    <x:t>$505,701.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2063</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NCKK9W3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$504,960.80</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00HSFZK50</x:t>
   </x:si>
   <x:si>
-    <x:t>$504,353.73</x:t>
-[...11 lines deleted...]
-    <x:t>$504,146.25</x:t>
+    <x:t>$504,826.30</x:t>
   </x:si>
   <x:si>
     <x:t>University Of Pittsburgh/Pa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZVX2KK6</x:t>
   </x:si>
   <x:si>
-    <x:t>$504,082.68</x:t>
+    <x:t>$504,613.76</x:t>
   </x:si>
   <x:si>
     <x:t>Michigan State Housing Development Auth</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01PM0H8P5</x:t>
   </x:si>
   <x:si>
     <x:t>3.700</x:t>
   </x:si>
   <x:si>
-    <x:t>$503,751.33</x:t>
+    <x:t>$504,399.18</x:t>
   </x:si>
   <x:si>
     <x:t>BBG013G4XR37</x:t>
   </x:si>
   <x:si>
-    <x:t>$503,351.18</x:t>
+    <x:t>$504,281.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rhode Island Health And Educational Bui</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG008KP7Q54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$504,272.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RI</x:t>
   </x:si>
   <x:si>
     <x:t>Tobacco Settlement Financing Corp/Ri</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0087HHLJ2</x:t>
   </x:si>
   <x:si>
-    <x:t>$502,634.82</x:t>
-[...14 lines deleted...]
-    <x:t>$502,231.98</x:t>
+    <x:t>$503,545.85</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2062</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01H49GWG2</x:t>
   </x:si>
   <x:si>
     <x:t>3.800</x:t>
   </x:si>
   <x:si>
-    <x:t>$502,009.82</x:t>
+    <x:t>$502,700.39</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2051</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01HDKLPS3</x:t>
   </x:si>
   <x:si>
-    <x:t>$501,685.49</x:t>
+    <x:t>$502,309.73</x:t>
   </x:si>
   <x:si>
     <x:t>BBG014QZN749</x:t>
   </x:si>
   <x:si>
-    <x:t>$501,656.09</x:t>
+    <x:t>$502,048.32</x:t>
   </x:si>
   <x:si>
     <x:t>Ohio Air Quality Development Authority</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01PL43V09</x:t>
   </x:si>
   <x:si>
     <x:t>3.200</x:t>
   </x:si>
   <x:si>
-    <x:t>$500,848.56</x:t>
+    <x:t>$501,653.08</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0101NRJ50</x:t>
   </x:si>
   <x:si>
-    <x:t>$497,342.34</x:t>
+    <x:t>$498,041.55</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01PZT5354</x:t>
   </x:si>
   <x:si>
     <x:t>485,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$493,680.43</x:t>
+    <x:t>$494,264.93</x:t>
   </x:si>
   <x:si>
     <x:t>Foothill-Eastern Transportation Corrido</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000ZS22D8</x:t>
   </x:si>
   <x:si>
-    <x:t>$486,725.60</x:t>
+    <x:t>$487,299.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00WML6FV4</x:t>
   </x:si>
   <x:si>
     <x:t>440,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$462,649.80</x:t>
-[...2 lines deleted...]
-    <x:t>0.16%</x:t>
+    <x:t>$462,339.31</x:t>
   </x:si>
   <x:si>
     <x:t>State Of Mississippi</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GX2JPY0</x:t>
   </x:si>
   <x:si>
     <x:t>430,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$452,728.80</x:t>
+    <x:t>$453,228.31</x:t>
   </x:si>
   <x:si>
     <x:t>0.15%</x:t>
   </x:si>
   <x:si>
     <x:t>MS</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00LG7JPZ6</x:t>
   </x:si>
   <x:si>
     <x:t>435,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$449,888.22</x:t>
+    <x:t>$439,385.44</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00MS8Y363</x:t>
   </x:si>
   <x:si>
     <x:t>415,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$434,633.73</x:t>
+    <x:t>$435,144.98</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZFBJXB6</x:t>
   </x:si>
   <x:si>
     <x:t>410,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$427,770.28</x:t>
+    <x:t>$428,430.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GBL1HW1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>400,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$412,295.37</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00LLN5R22</x:t>
   </x:si>
   <x:si>
-    <x:t>$411,722.27</x:t>
-[...11 lines deleted...]
-    <x:t>$411,600.51</x:t>
+    <x:t>$412,144.67</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01QXXN2V8</x:t>
   </x:si>
   <x:si>
     <x:t>350,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$401,906.78</x:t>
+    <x:t>$402,532.88</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00HDB1GB4</x:t>
   </x:si>
   <x:si>
     <x:t>385,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$397,934.89</x:t>
+    <x:t>$398,353.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13%</x:t>
   </x:si>
   <x:si>
     <x:t>Oakland Unified School District/Alameda</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00DK5B629</x:t>
   </x:si>
   <x:si>
     <x:t>380,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$393,091.61</x:t>
-[...2 lines deleted...]
-    <x:t>0.13%</x:t>
+    <x:t>$393,510.66</x:t>
   </x:si>
   <x:si>
     <x:t>Allegheny County Hospital Development A</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00P55MHW0</x:t>
   </x:si>
   <x:si>
     <x:t>360,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$391,317.53</x:t>
+    <x:t>$391,259.12</x:t>
   </x:si>
   <x:si>
     <x:t>County Of Wake Nc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00PCCBYL4</x:t>
   </x:si>
   <x:si>
     <x:t>375,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$386,758.15</x:t>
+    <x:t>$387,300.45</x:t>
   </x:si>
   <x:si>
     <x:t>University Of Utah/The</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00HDGQV41</x:t>
   </x:si>
   <x:si>
     <x:t>365,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$385,040.99</x:t>
+    <x:t>$385,443.23</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01GS75Q31</x:t>
   </x:si>
   <x:si>
-    <x:t>$376,873.48</x:t>
+    <x:t>$377,917.29</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0148L3ZM0</x:t>
   </x:si>
   <x:si>
     <x:t>358,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$366,965.79</x:t>
+    <x:t>$366,025.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.12%</x:t>
   </x:si>
   <x:si>
     <x:t>Canadian County Educational Facilities</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GNX0K92</x:t>
   </x:si>
   <x:si>
     <x:t>330,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$331,324.71</x:t>
+    <x:t>$331,851.30</x:t>
   </x:si>
   <x:si>
     <x:t>0.11%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F6KJKG3</x:t>
   </x:si>
   <x:si>
     <x:t>315,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$322,271.93</x:t>
+    <x:t>$322,613.28</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JC05NX2</x:t>
   </x:si>
   <x:si>
     <x:t>305,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$321,677.39</x:t>
+    <x:t>$321,871.01</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F40TD56</x:t>
   </x:si>
   <x:si>
     <x:t>310,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$320,263.19</x:t>
+    <x:t>$320,405.16</x:t>
   </x:si>
   <x:si>
     <x:t>Kentucky State Property &amp; Building Comm</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01Q1T0VR8</x:t>
   </x:si>
   <x:si>
     <x:t>250,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$278,734.39</x:t>
-[...2 lines deleted...]
-    <x:t>0.10%</x:t>
+    <x:t>$278,973.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.09%</x:t>
   </x:si>
   <x:si>
     <x:t>South Dakota Health &amp; Educational Facil</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00HK94GD6</x:t>
   </x:si>
   <x:si>
     <x:t>255,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$266,168.91</x:t>
-[...2 lines deleted...]
-    <x:t>0.09%</x:t>
+    <x:t>$266,298.90</x:t>
   </x:si>
   <x:si>
     <x:t>SD</x:t>
   </x:si>
   <x:si>
     <x:t>04/15/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00HQ6QDZ5</x:t>
   </x:si>
   <x:si>
-    <x:t>$262,258.06</x:t>
+    <x:t>$262,565.35</x:t>
   </x:si>
   <x:si>
     <x:t>County Of Suffolk Ny</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GBQKYN2</x:t>
   </x:si>
   <x:si>
-    <x:t>$255,313.58</x:t>
+    <x:t>$255,566.87</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00DVZC2L8</x:t>
   </x:si>
   <x:si>
-    <x:t>$238,495.39</x:t>
+    <x:t>$238,669.08</x:t>
   </x:si>
   <x:si>
     <x:t>0.08%</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>1,908,529</x:t>
-[...2 lines deleted...]
-    <x:t>$1,908,528.69</x:t>
+    <x:t>2,042,043</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,042,043.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.69%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-39,601.75</x:t>
-[...2 lines deleted...]
-    <x:t>-0.01%</x:t>
+    <x:t>$-47,224.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.02%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -3826,56 +3856,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d8a13fd21154ba5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rc15ccb139c7841a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R16a88fbb1aac46a0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5eb64e1b587d463f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Raf7ccb4e706249f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R71f5c1c80c904cc6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:L338"/>
+  <x:dimension ref="A1:L341"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="16" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="12" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="28" customWidth="1"/>
     <x:col min="8" max="8" width="20" customWidth="1"/>
     <x:col min="9" max="9" width="21" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
     <x:col min="11" max="11" width="10" customWidth="1"/>
     <x:col min="12" max="12" width="14" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -4294,296 +4324,296 @@
       <x:c r="B12" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G12" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="H12" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="I12" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J12" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="K12" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L12" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:12" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H13" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J13" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="K13" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="L13" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:12" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H14" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="I14" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J14" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="K14" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="L14" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:12" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J15" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="K15" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L15" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:12" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J16" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="K16" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="L16" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:12" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J17" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="K17" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="L17" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:12" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J18" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="K18" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="L18" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:12" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J19" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="K19" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -4598,1132 +4628,1132 @@
       <x:c r="B20" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J20" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K20" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L20" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:12" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="E21" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F21" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G21" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="E21" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G21" s="1" t="s">
+      <x:c r="H21" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="H21" s="1" t="s">
+      <x:c r="I21" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J21" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
-      <x:c r="I21" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="J21" s="1" t="s">
+      <x:c r="K21" s="1" t="s">
         <x:v>131</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>132</x:v>
       </x:c>
       <x:c r="L21" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:12" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="C22" s="1" t="s">
+      <x:c r="D22" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
-      <x:c r="D22" s="1" t="s">
+      <x:c r="E22" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F22" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G22" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
-      <x:c r="E22" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G22" s="1" t="s">
+      <x:c r="H22" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
-      <x:c r="H22" s="1" t="s">
+      <x:c r="I22" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J22" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
-      <x:c r="I22" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K22" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="L22" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:12" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="C23" s="1" t="s">
+      <x:c r="D23" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="D23" s="1" t="s">
+      <x:c r="E23" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F23" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G23" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
-      <x:c r="E23" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G23" s="1" t="s">
+      <x:c r="H23" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
-      <x:c r="H23" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J23" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="K23" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L23" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:12" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="D24" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="C24" s="1" t="s">
+      <x:c r="E24" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F24" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G24" s="1" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="H24" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="D24" s="1" t="s">
+      <x:c r="I24" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J24" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="E24" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="H24" s="1" t="s">
+      <x:c r="K24" s="1" t="s">
         <x:v>148</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>150</x:v>
       </x:c>
       <x:c r="L24" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:12" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="D25" s="1" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="E25" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F25" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G25" s="1" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="H25" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="s">
+      <x:c r="I25" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J25" s="1" t="s">
         <x:v>152</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>149</x:v>
       </x:c>
       <x:c r="K25" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L25" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:12" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="D26" s="1" t="s">
         <x:v>155</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
+      <x:c r="E26" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F26" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G26" s="1" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="H26" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
-      <x:c r="E26" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="H26" s="1" t="s">
+      <x:c r="I26" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J26" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="I26" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="J26" s="1" t="s">
+      <x:c r="K26" s="1" t="s">
         <x:v>158</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>159</x:v>
       </x:c>
       <x:c r="L26" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:12" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="D27" s="1" t="s">
         <x:v>161</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>162</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="I27" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J27" s="1" t="s">
         <x:v>163</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>164</x:v>
       </x:c>
       <x:c r="K27" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L27" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:12" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="D28" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D28" s="1" t="s">
+      <x:c r="E28" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
-      <x:c r="E28" s="1" t="s">
+      <x:c r="F28" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G28" s="1" t="s">
         <x:v>167</x:v>
       </x:c>
-      <x:c r="F28" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G28" s="1" t="s">
+      <x:c r="H28" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
-      <x:c r="H28" s="1" t="s">
+      <x:c r="I28" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J28" s="1" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="K28" s="1" t="s">
         <x:v>169</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>171</x:v>
       </x:c>
       <x:c r="L28" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:12" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="D29" s="1" t="s">
         <x:v>172</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>174</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="H29" s="1" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="I29" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J29" s="1" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="K29" s="1" t="s">
         <x:v>175</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>177</x:v>
       </x:c>
       <x:c r="L29" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:12" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
+        <x:v>160</x:v>
+      </x:c>
+      <x:c r="D30" s="1" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="E30" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F30" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G30" s="1" t="s">
         <x:v>178</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D30" s="1" t="s">
+      <x:c r="H30" s="1" t="s">
         <x:v>179</x:v>
       </x:c>
-      <x:c r="E30" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G30" s="1" t="s">
+      <x:c r="I30" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J30" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
-      <x:c r="H30" s="1" t="s">
+      <x:c r="K30" s="1" t="s">
         <x:v>181</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>182</x:v>
       </x:c>
       <x:c r="L30" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:12" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
         <x:v>183</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
+      <x:c r="D31" s="1" t="s">
         <x:v>184</x:v>
       </x:c>
-      <x:c r="D31" s="1" t="s">
+      <x:c r="E31" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F31" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="H31" s="1" t="s">
         <x:v>185</x:v>
       </x:c>
-      <x:c r="E31" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="H31" s="1" t="s">
+      <x:c r="I31" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J31" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
-      <x:c r="I31" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="J31" s="1" t="s">
+      <x:c r="K31" s="1" t="s">
         <x:v>187</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>188</x:v>
       </x:c>
       <x:c r="L31" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:12" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
         <x:v>189</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
+      <x:c r="D32" s="1" t="s">
         <x:v>190</x:v>
       </x:c>
-      <x:c r="D32" s="1" t="s">
+      <x:c r="E32" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F32" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G32" s="1" t="s">
         <x:v>191</x:v>
       </x:c>
-      <x:c r="E32" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G32" s="1" t="s">
+      <x:c r="H32" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
-      <x:c r="H32" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I32" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J32" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="K32" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L32" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:12" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="D33" s="1" t="s">
         <x:v>194</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>195</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J33" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="K33" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="L33" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:12" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="H34" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
-      <x:c r="H34" s="1" t="s">
+      <x:c r="I34" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J34" s="1" t="s">
         <x:v>200</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>201</x:v>
       </x:c>
       <x:c r="K34" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L34" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:12" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="D35" s="1" t="s">
         <x:v>202</x:v>
       </x:c>
-      <x:c r="D35" s="1" t="s">
+      <x:c r="E35" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F35" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
         <x:v>203</x:v>
       </x:c>
-      <x:c r="E35" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G35" s="1" t="s">
+      <x:c r="H35" s="1" t="s">
         <x:v>204</x:v>
       </x:c>
-      <x:c r="H35" s="1" t="s">
+      <x:c r="I35" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J35" s="1" t="s">
         <x:v>205</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>206</x:v>
       </x:c>
       <x:c r="K35" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L35" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:12" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="D36" s="1" t="s">
         <x:v>207</x:v>
       </x:c>
-      <x:c r="D36" s="1" t="s">
+      <x:c r="E36" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F36" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G36" s="1" t="s">
         <x:v>208</x:v>
       </x:c>
-      <x:c r="E36" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G36" s="1" t="s">
+      <x:c r="H36" s="1" t="s">
         <x:v>209</x:v>
       </x:c>
-      <x:c r="H36" s="1" t="s">
+      <x:c r="I36" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J36" s="1" t="s">
         <x:v>210</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>211</x:v>
       </x:c>
       <x:c r="K36" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L36" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:12" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
-      <x:c r="C37" s="1" t="s">
+      <x:c r="D37" s="1" t="s">
         <x:v>213</x:v>
       </x:c>
-      <x:c r="D37" s="1" t="s">
+      <x:c r="E37" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F37" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G37" s="1" t="s">
         <x:v>214</x:v>
       </x:c>
-      <x:c r="E37" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G37" s="1" t="s">
+      <x:c r="H37" s="1" t="s">
         <x:v>215</x:v>
       </x:c>
-      <x:c r="H37" s="1" t="s">
+      <x:c r="I37" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J37" s="1" t="s">
         <x:v>216</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>217</x:v>
       </x:c>
       <x:c r="K37" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L37" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:12" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
-      <x:c r="C38" s="1" t="s">
+      <x:c r="D38" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
-      <x:c r="D38" s="1" t="s">
+      <x:c r="E38" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F38" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G38" s="1" t="s">
         <x:v>220</x:v>
       </x:c>
-      <x:c r="E38" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G38" s="1" t="s">
+      <x:c r="H38" s="1" t="s">
         <x:v>221</x:v>
       </x:c>
-      <x:c r="H38" s="1" t="s">
+      <x:c r="I38" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J38" s="1" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="K38" s="1" t="s">
         <x:v>222</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>223</x:v>
       </x:c>
       <x:c r="L38" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:12" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="C39" s="1" t="s">
         <x:v>224</x:v>
       </x:c>
-      <x:c r="C39" s="1" t="s">
+      <x:c r="D39" s="1" t="s">
         <x:v>225</x:v>
       </x:c>
-      <x:c r="D39" s="1" t="s">
+      <x:c r="E39" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F39" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G39" s="1" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="H39" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
-      <x:c r="E39" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J39" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="K39" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="L39" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:12" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="C40" s="1" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="D40" s="1" t="s">
         <x:v>228</x:v>
       </x:c>
-      <x:c r="C40" s="1" t="s">
+      <x:c r="E40" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F40" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="H40" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
-      <x:c r="D40" s="1" t="s">
+      <x:c r="I40" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J40" s="1" t="s">
         <x:v>230</x:v>
       </x:c>
-      <x:c r="E40" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="H40" s="1" t="s">
+      <x:c r="K40" s="1" t="s">
         <x:v>231</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>233</x:v>
       </x:c>
       <x:c r="L40" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:12" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J41" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="K41" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="L41" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:12" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="D42" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="E42" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F42" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G42" s="1" t="s">
         <x:v>238</x:v>
       </x:c>
-      <x:c r="D42" s="1" t="s">
+      <x:c r="H42" s="1" t="s">
         <x:v>239</x:v>
       </x:c>
-      <x:c r="E42" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I42" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J42" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="K42" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L42" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:12" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="C43" s="1" t="s">
         <x:v>241</x:v>
       </x:c>
-      <x:c r="C43" s="1" t="s">
+      <x:c r="D43" s="1" t="s">
         <x:v>242</x:v>
       </x:c>
-      <x:c r="D43" s="1" t="s">
+      <x:c r="E43" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F43" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G43" s="1" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="H43" s="1" t="s">
         <x:v>243</x:v>
       </x:c>
-      <x:c r="E43" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G43" s="1" t="s">
+      <x:c r="I43" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J43" s="1" t="s">
         <x:v>244</x:v>
       </x:c>
-      <x:c r="H43" s="1" t="s">
+      <x:c r="K43" s="1" t="s">
         <x:v>245</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>54</x:v>
       </x:c>
       <x:c r="L43" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:12" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="D44" s="1" t="s">
         <x:v>247</x:v>
       </x:c>
-      <x:c r="D44" s="1" t="s">
+      <x:c r="E44" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F44" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G44" s="1" t="s">
         <x:v>248</x:v>
       </x:c>
-      <x:c r="E44" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G44" s="1" t="s">
+      <x:c r="H44" s="1" t="s">
         <x:v>249</x:v>
       </x:c>
-      <x:c r="H44" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I44" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J44" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="K44" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L44" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:12" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="C45" s="1" t="s">
         <x:v>251</x:v>
       </x:c>
-      <x:c r="C45" s="1" t="s">
+      <x:c r="D45" s="1" t="s">
         <x:v>252</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>253</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="H45" s="1" t="s">
         <x:v>254</x:v>
       </x:c>
-      <x:c r="H45" s="1" t="s">
+      <x:c r="I45" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J45" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="K45" s="1" t="s">
         <x:v>255</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>257</x:v>
       </x:c>
       <x:c r="L45" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:12" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="E46" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F46" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G46" s="1" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="H46" s="1" t="s">
         <x:v>258</x:v>
       </x:c>
-      <x:c r="E46" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G46" s="1" t="s">
+      <x:c r="I46" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J46" s="1" t="s">
         <x:v>259</x:v>
       </x:c>
-      <x:c r="H46" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K46" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="L46" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:12" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="D47" s="1" t="s">
         <x:v>261</x:v>
       </x:c>
-      <x:c r="D47" s="1" t="s">
+      <x:c r="E47" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F47" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G47" s="1" t="s">
         <x:v>262</x:v>
       </x:c>
-      <x:c r="E47" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G47" s="1" t="s">
+      <x:c r="H47" s="1" t="s">
         <x:v>263</x:v>
       </x:c>
-      <x:c r="H47" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J47" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="K47" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="L47" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:12" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="C48" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
-      <x:c r="C48" s="1" t="s">
+      <x:c r="D48" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
-      <x:c r="D48" s="1" t="s">
+      <x:c r="E48" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F48" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G48" s="1" t="s">
         <x:v>267</x:v>
       </x:c>
-      <x:c r="E48" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G48" s="1" t="s">
+      <x:c r="H48" s="1" t="s">
         <x:v>268</x:v>
       </x:c>
-      <x:c r="H48" s="1" t="s">
+      <x:c r="I48" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J48" s="1" t="s">
         <x:v>269</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>256</x:v>
       </x:c>
       <x:c r="K48" s="1" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="L48" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:12" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J49" s="1" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="K49" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
@@ -5755,51 +5785,51 @@
       </x:c>
       <x:c r="H50" s="1" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="I50" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J50" s="1" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="K50" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L50" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:12" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
         <x:v>279</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
         <x:v>281</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J51" s="1" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="K51" s="1" t="s">
         <x:v>282</x:v>
       </x:c>
@@ -5814,10910 +5844,11024 @@
       <x:c r="B52" s="1" t="s">
         <x:v>283</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G52" s="1" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="H52" s="1" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J52" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="K52" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L52" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:12" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H53" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J53" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="K53" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="L53" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:12" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J54" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="K54" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L54" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:12" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H55" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J55" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="K55" s="1" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="L55" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:12" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J56" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="K56" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="L56" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:12" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J57" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="K57" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L57" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:12" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G58" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H58" s="1" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J58" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="K58" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="L58" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:12" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H59" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J59" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="K59" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L59" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:12" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H60" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J60" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="K60" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L60" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:12" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G61" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H61" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="I61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J61" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="K61" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="L61" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:12" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G62" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H62" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="I62" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J62" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="K62" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="L62" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:12" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
+        <x:v>327</x:v>
+      </x:c>
+      <x:c r="C63" s="1" t="s">
         <x:v>324</x:v>
       </x:c>
-      <x:c r="C63" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D63" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G63" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H63" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="I63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J63" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="K63" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="L63" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:12" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F64" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G64" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H64" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="I64" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J64" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="K64" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L64" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:12" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G65" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="H65" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="I65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J65" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="K65" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L65" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:12" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G66" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="H66" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="I66" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J66" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="K66" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="L66" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:12" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G67" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H67" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="I67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J67" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="K67" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="L67" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:12" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G68" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H68" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="I68" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J68" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="K68" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L68" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:12" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G69" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H69" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="I69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J69" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="K69" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="L69" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:12" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G70" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H70" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="I70" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J70" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="K70" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="L70" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:12" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F71" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G71" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H71" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="I71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J71" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="K71" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="L71" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:12" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G72" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="H72" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="I72" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J72" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="K72" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="L72" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:12" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G73" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="H73" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="I73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J73" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="K73" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L73" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:12" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="E74" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F74" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G74" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H74" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="I74" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J74" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="K74" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="L74" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:12" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G75" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="H75" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="I75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J75" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="K75" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="L75" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:12" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F76" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G76" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H76" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="I76" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J76" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="K76" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L76" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:12" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G77" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H77" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="I77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J77" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="K77" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="L77" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:12" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F78" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G78" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H78" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="I78" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J78" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="K78" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L78" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:12" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="E79" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F79" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G79" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H79" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="I79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J79" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="K79" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L79" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:12" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F80" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G80" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H80" s="1" t="s">
+        <x:v>386</x:v>
+      </x:c>
+      <x:c r="I80" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J80" s="1" t="s">
         <x:v>383</x:v>
       </x:c>
-      <x:c r="I80" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K80" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="L80" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:12" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F81" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G81" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H81" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="I81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J81" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="K81" s="1" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="L81" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:12" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="E82" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F82" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G82" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H82" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="I82" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J82" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="K82" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L82" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:12" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="F83" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G83" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H83" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="I83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J83" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="K83" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L83" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:12" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F84" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G84" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H84" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="I84" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J84" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="K84" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="L84" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:12" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="E85" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F85" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G85" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H85" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="I85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J85" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="K85" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="L85" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:12" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="E86" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F86" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G86" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H86" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="I86" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J86" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="K86" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L86" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:12" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="E87" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F87" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G87" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H87" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="I87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J87" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="K87" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L87" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:12" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
         <x:v>408</x:v>
       </x:c>
       <x:c r="E88" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="F88" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G88" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H88" s="1" t="s">
         <x:v>409</x:v>
       </x:c>
       <x:c r="I88" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J88" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="K88" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L88" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:12" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="D89" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="E89" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F89" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G89" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H89" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="I89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J89" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="K89" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="L89" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:12" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="E90" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F90" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G90" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H90" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="I90" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J90" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="K90" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L90" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:12" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
         <x:v>417</x:v>
       </x:c>
       <x:c r="E91" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F91" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G91" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H91" s="1" t="s">
         <x:v>418</x:v>
       </x:c>
       <x:c r="I91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J91" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="K91" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L91" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:12" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
+        <x:v>419</x:v>
+      </x:c>
+      <x:c r="C92" s="1" t="s">
         <x:v>420</x:v>
       </x:c>
-      <x:c r="C92" s="1" t="s">
+      <x:c r="D92" s="1" t="s">
         <x:v>421</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>422</x:v>
       </x:c>
       <x:c r="E92" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F92" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G92" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H92" s="1" t="s">
+        <x:v>422</x:v>
+      </x:c>
+      <x:c r="I92" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J92" s="1" t="s">
+        <x:v>383</x:v>
+      </x:c>
+      <x:c r="K92" s="1" t="s">
         <x:v>423</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>233</x:v>
       </x:c>
       <x:c r="L92" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:12" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
         <x:v>424</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
         <x:v>425</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F93" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G93" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H93" s="1" t="s">
         <x:v>426</x:v>
       </x:c>
       <x:c r="I93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J93" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="K93" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L93" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:12" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="E94" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F94" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G94" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H94" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="I94" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J94" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="K94" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L94" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:12" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="E95" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F95" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G95" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H95" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="I95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J95" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="K95" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L95" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:12" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="D96" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="E96" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F96" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G96" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H96" s="1" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="I96" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J96" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="K96" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L96" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:12" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="D97" s="1" t="s">
         <x:v>433</x:v>
       </x:c>
       <x:c r="E97" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F97" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G97" s="1" t="s">
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="H97" s="1" t="s">
         <x:v>434</x:v>
       </x:c>
-      <x:c r="H97" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J97" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="K97" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="L97" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:12" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
+        <x:v>435</x:v>
+      </x:c>
+      <x:c r="C98" s="1" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="D98" s="1" t="s">
         <x:v>436</x:v>
       </x:c>
-      <x:c r="C98" s="1" t="s">
+      <x:c r="E98" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F98" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G98" s="1" t="s">
         <x:v>437</x:v>
       </x:c>
-      <x:c r="D98" s="1" t="s">
+      <x:c r="H98" s="1" t="s">
         <x:v>438</x:v>
       </x:c>
-      <x:c r="E98" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I98" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J98" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="K98" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="L98" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:12" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="D99" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="E99" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F99" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G99" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H99" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="I99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J99" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="K99" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="L99" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:12" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C100" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="D100" s="1" t="s">
         <x:v>443</x:v>
       </x:c>
       <x:c r="E100" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F100" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G100" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H100" s="1" t="s">
         <x:v>444</x:v>
       </x:c>
       <x:c r="I100" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J100" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="K100" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L100" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:12" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="C101" s="1" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="D101" s="1" t="s">
         <x:v>447</x:v>
       </x:c>
       <x:c r="E101" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F101" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G101" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H101" s="1" t="s">
         <x:v>448</x:v>
       </x:c>
       <x:c r="I101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J101" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="K101" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="L101" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:12" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="C102" s="1" t="s">
         <x:v>449</x:v>
       </x:c>
-      <x:c r="C102" s="1" t="s">
+      <x:c r="D102" s="1" t="s">
         <x:v>450</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>451</x:v>
       </x:c>
       <x:c r="E102" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F102" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G102" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H102" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="I102" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J102" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="K102" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L102" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:12" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
+        <x:v>452</x:v>
+      </x:c>
+      <x:c r="C103" s="1" t="s">
         <x:v>453</x:v>
       </x:c>
-      <x:c r="C103" s="1" t="s">
+      <x:c r="D103" s="1" t="s">
         <x:v>454</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>455</x:v>
       </x:c>
       <x:c r="E103" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F103" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G103" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H103" s="1" t="s">
+        <x:v>455</x:v>
+      </x:c>
+      <x:c r="I103" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J103" s="1" t="s">
         <x:v>456</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>399</x:v>
       </x:c>
       <x:c r="K103" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L103" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:12" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
         <x:v>457</x:v>
       </x:c>
       <x:c r="C104" s="1" t="s">
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="D104" s="1" t="s">
         <x:v>458</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>459</x:v>
       </x:c>
       <x:c r="E104" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F104" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G104" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H104" s="1" t="s">
+        <x:v>459</x:v>
+      </x:c>
+      <x:c r="I104" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J104" s="1" t="s">
+        <x:v>456</x:v>
+      </x:c>
+      <x:c r="K104" s="1" t="s">
         <x:v>460</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>103</x:v>
       </x:c>
       <x:c r="L104" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:12" ht="15" customHeight="1">
       <x:c r="A105" s="1">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="C105" s="1" t="s">
         <x:v>462</x:v>
       </x:c>
       <x:c r="D105" s="1" t="s">
         <x:v>463</x:v>
       </x:c>
       <x:c r="E105" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F105" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G105" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H105" s="1" t="s">
         <x:v>464</x:v>
       </x:c>
       <x:c r="I105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J105" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="K105" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="L105" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:12" ht="15" customHeight="1">
       <x:c r="A106" s="1">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="C106" s="1" t="s">
         <x:v>466</x:v>
       </x:c>
       <x:c r="D106" s="1" t="s">
         <x:v>467</x:v>
       </x:c>
       <x:c r="E106" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F106" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G106" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H106" s="1" t="s">
         <x:v>468</x:v>
       </x:c>
       <x:c r="I106" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J106" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="K106" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="L106" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:12" ht="15" customHeight="1">
       <x:c r="A107" s="1">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="C107" s="1" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="D107" s="1" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="E107" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F107" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G107" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H107" s="1" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="I107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J107" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="K107" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="L107" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:12" ht="15" customHeight="1">
       <x:c r="A108" s="1">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C108" s="1" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="D108" s="1" t="s">
         <x:v>473</x:v>
       </x:c>
       <x:c r="E108" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F108" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G108" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H108" s="1" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="I108" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J108" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="K108" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L108" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:12" ht="15" customHeight="1">
       <x:c r="A109" s="1">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="C109" s="1" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="D109" s="1" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="E109" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F109" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G109" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H109" s="1" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="I109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J109" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="K109" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="L109" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:12" ht="15" customHeight="1">
       <x:c r="A110" s="1">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="C110" s="1" t="s">
         <x:v>479</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>472</x:v>
       </x:c>
       <x:c r="D110" s="1" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="E110" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F110" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G110" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H110" s="1" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="I110" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J110" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="K110" s="1" t="s">
-        <x:v>482</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L110" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:12" ht="15" customHeight="1">
       <x:c r="A111" s="1">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="C111" s="1" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="D111" s="1" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="E111" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F111" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G111" s="1" t="s">
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="H111" s="1" t="s">
         <x:v>485</x:v>
       </x:c>
-      <x:c r="H111" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J111" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="K111" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L111" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:12" ht="15" customHeight="1">
       <x:c r="A112" s="1">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="C112" s="1" t="s">
+        <x:v>479</x:v>
+      </x:c>
+      <x:c r="D112" s="1" t="s">
         <x:v>487</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>488</x:v>
       </x:c>
       <x:c r="E112" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F112" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G112" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H112" s="1" t="s">
+        <x:v>488</x:v>
+      </x:c>
+      <x:c r="I112" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J112" s="1" t="s">
+        <x:v>456</x:v>
+      </x:c>
+      <x:c r="K112" s="1" t="s">
         <x:v>489</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>54</x:v>
       </x:c>
       <x:c r="L112" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:12" ht="15" customHeight="1">
       <x:c r="A113" s="1">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="C113" s="1" t="s">
         <x:v>490</x:v>
       </x:c>
-      <x:c r="C113" s="1" t="s">
+      <x:c r="D113" s="1" t="s">
         <x:v>491</x:v>
       </x:c>
-      <x:c r="D113" s="1" t="s">
+      <x:c r="E113" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F113" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G113" s="1" t="s">
         <x:v>492</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>272</x:v>
       </x:c>
       <x:c r="H113" s="1" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="I113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J113" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="K113" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="L113" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:12" ht="15" customHeight="1">
       <x:c r="A114" s="1">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
+        <x:v>275</x:v>
+      </x:c>
+      <x:c r="C114" s="1" t="s">
         <x:v>494</x:v>
       </x:c>
-      <x:c r="C114" s="1" t="s">
+      <x:c r="D114" s="1" t="s">
         <x:v>495</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>496</x:v>
       </x:c>
       <x:c r="E114" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F114" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G114" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H114" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="I114" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J114" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="K114" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L114" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:12" ht="15" customHeight="1">
       <x:c r="A115" s="1">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
+        <x:v>497</x:v>
+      </x:c>
+      <x:c r="C115" s="1" t="s">
         <x:v>498</x:v>
       </x:c>
-      <x:c r="C115" s="1" t="s">
+      <x:c r="D115" s="1" t="s">
         <x:v>499</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>500</x:v>
       </x:c>
       <x:c r="E115" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F115" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G115" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H115" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="I115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J115" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="K115" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="L115" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:12" ht="15" customHeight="1">
       <x:c r="A116" s="1">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
+        <x:v>501</x:v>
+      </x:c>
+      <x:c r="C116" s="1" t="s">
         <x:v>502</x:v>
       </x:c>
-      <x:c r="C116" s="1" t="s">
+      <x:c r="D116" s="1" t="s">
         <x:v>503</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>504</x:v>
       </x:c>
       <x:c r="E116" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F116" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G116" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H116" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="I116" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J116" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="K116" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="L116" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:12" ht="15" customHeight="1">
       <x:c r="A117" s="1">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
+        <x:v>505</x:v>
+      </x:c>
+      <x:c r="C117" s="1" t="s">
         <x:v>506</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>261</x:v>
       </x:c>
       <x:c r="D117" s="1" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="E117" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F117" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G117" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H117" s="1" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="I117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J117" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="K117" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="L117" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:12" ht="15" customHeight="1">
       <x:c r="A118" s="1">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="C118" s="1" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="D118" s="1" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="E118" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F118" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G118" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H118" s="1" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="I118" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J118" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="K118" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="L118" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:12" ht="15" customHeight="1">
       <x:c r="A119" s="1">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="C119" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="D119" s="1" t="s">
-        <x:v>513</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="E119" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F119" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G119" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H119" s="1" t="s">
-        <x:v>514</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="I119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J119" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="K119" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="L119" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:12" ht="15" customHeight="1">
       <x:c r="A120" s="1">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="C120" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="D120" s="1" t="s">
-        <x:v>517</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="E120" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F120" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G120" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H120" s="1" t="s">
-        <x:v>518</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="I120" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J120" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="K120" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="L120" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:12" ht="15" customHeight="1">
       <x:c r="A121" s="1">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C121" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="D121" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="E121" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F121" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G121" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H121" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="I121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J121" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="K121" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L121" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:12" ht="15" customHeight="1">
       <x:c r="A122" s="1">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="C122" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="D122" s="1" t="s">
-        <x:v>523</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="E122" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F122" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G122" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H122" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="I122" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J122" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="K122" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="L122" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:12" ht="15" customHeight="1">
       <x:c r="A123" s="1">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="C123" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="D123" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="E123" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F123" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G123" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="H123" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="I123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J123" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="K123" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L123" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:12" ht="15" customHeight="1">
       <x:c r="A124" s="1">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C124" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="D124" s="1" t="s">
-        <x:v>530</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="E124" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F124" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G124" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H124" s="1" t="s">
         <x:v>532</x:v>
       </x:c>
       <x:c r="I124" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J124" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="K124" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="L124" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:12" ht="15" customHeight="1">
       <x:c r="A125" s="1">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="C125" s="1" t="s">
+        <x:v>533</x:v>
+      </x:c>
+      <x:c r="D125" s="1" t="s">
         <x:v>534</x:v>
       </x:c>
-      <x:c r="C125" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D125" s="1" t="s">
+      <x:c r="E125" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F125" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G125" s="1" t="s">
         <x:v>535</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>272</x:v>
       </x:c>
       <x:c r="H125" s="1" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="I125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J125" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="K125" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="L125" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:12" ht="15" customHeight="1">
       <x:c r="A126" s="1">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="C126" s="1" t="s">
-        <x:v>26</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="D126" s="1" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="E126" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="F126" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G126" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H126" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="I126" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J126" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="K126" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="L126" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:12" ht="15" customHeight="1">
       <x:c r="A127" s="1">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="C127" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D127" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="E127" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="F127" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G127" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H127" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="I127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J127" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="K127" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="L127" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:12" ht="15" customHeight="1">
       <x:c r="A128" s="1">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="C128" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="D128" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="E128" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F128" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G128" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H128" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="I128" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J128" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="K128" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L128" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:12" ht="15" customHeight="1">
       <x:c r="A129" s="1">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C129" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D129" s="1" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="E129" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="F129" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G129" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H129" s="1" t="s">
-        <x:v>548</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="I129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J129" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="K129" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L129" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:12" ht="15" customHeight="1">
       <x:c r="A130" s="1">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
-        <x:v>549</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="C130" s="1" t="s">
-        <x:v>550</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="D130" s="1" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="E130" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="F130" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G130" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H130" s="1" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="I130" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J130" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="K130" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="L130" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:12" ht="15" customHeight="1">
       <x:c r="A131" s="1">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B131" s="1" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="C131" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="D131" s="1" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="E131" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="F131" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G131" s="1" t="s">
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="H131" s="1" t="s">
         <x:v>555</x:v>
       </x:c>
-      <x:c r="H131" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I131" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J131" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="K131" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="L131" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:12" ht="15" customHeight="1">
       <x:c r="A132" s="1">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
+        <x:v>556</x:v>
+      </x:c>
+      <x:c r="C132" s="1" t="s">
         <x:v>557</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>522</x:v>
       </x:c>
       <x:c r="D132" s="1" t="s">
         <x:v>558</x:v>
       </x:c>
       <x:c r="E132" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="F132" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G132" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="H132" s="1" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="I132" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J132" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="K132" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L132" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:12" ht="15" customHeight="1">
       <x:c r="A133" s="1">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="C133" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D133" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="E133" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F133" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G133" s="1" t="s">
-        <x:v>561</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="H133" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="I133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J133" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="K133" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="L133" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:12" ht="15" customHeight="1">
       <x:c r="A134" s="1">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="C134" s="1" t="s">
-        <x:v>563</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="D134" s="1" t="s">
+        <x:v>566</x:v>
+      </x:c>
+      <x:c r="E134" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F134" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G134" s="1" t="s">
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="H134" s="1" t="s">
+        <x:v>567</x:v>
+      </x:c>
+      <x:c r="I134" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J134" s="1" t="s">
         <x:v>564</x:v>
       </x:c>
-      <x:c r="E134" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K134" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L134" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:12" ht="15" customHeight="1">
       <x:c r="A135" s="1">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B135" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C135" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="D135" s="1" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="E135" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F135" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G135" s="1" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="H135" s="1" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="I135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J135" s="1" t="s">
-        <x:v>566</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="K135" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L135" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:12" ht="15" customHeight="1">
       <x:c r="A136" s="1">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B136" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="C136" s="1" t="s">
         <x:v>571</x:v>
       </x:c>
       <x:c r="D136" s="1" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="E136" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F136" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G136" s="1" t="s">
+        <x:v>569</x:v>
+      </x:c>
+      <x:c r="H136" s="1" t="s">
         <x:v>573</x:v>
       </x:c>
-      <x:c r="H136" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I136" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J136" s="1" t="s">
-        <x:v>575</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="K136" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="L136" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:12" ht="15" customHeight="1">
       <x:c r="A137" s="1">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B137" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="C137" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="D137" s="1" t="s">
+        <x:v>575</x:v>
+      </x:c>
+      <x:c r="E137" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F137" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G137" s="1" t="s">
         <x:v>576</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>555</x:v>
       </x:c>
       <x:c r="H137" s="1" t="s">
         <x:v>577</x:v>
       </x:c>
       <x:c r="I137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J137" s="1" t="s">
-        <x:v>575</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="K137" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="L137" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:12" ht="15" customHeight="1">
       <x:c r="A138" s="1">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="C138" s="1" t="s">
+        <x:v>579</x:v>
+      </x:c>
+      <x:c r="D138" s="1" t="s">
+        <x:v>580</x:v>
+      </x:c>
+      <x:c r="E138" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F138" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G138" s="1" t="s">
+        <x:v>581</x:v>
+      </x:c>
+      <x:c r="H138" s="1" t="s">
+        <x:v>582</x:v>
+      </x:c>
+      <x:c r="I138" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J138" s="1" t="s">
         <x:v>578</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>581</x:v>
       </x:c>
       <x:c r="K138" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L138" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:12" ht="15" customHeight="1">
       <x:c r="A139" s="1">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B139" s="1" t="s">
-        <x:v>582</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C139" s="1" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="D139" s="1" t="s">
         <x:v>583</x:v>
       </x:c>
-      <x:c r="D139" s="1" t="s">
+      <x:c r="E139" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F139" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G139" s="1" t="s">
+        <x:v>562</x:v>
+      </x:c>
+      <x:c r="H139" s="1" t="s">
         <x:v>584</x:v>
       </x:c>
-      <x:c r="E139" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G139" s="1" t="s">
+      <x:c r="I139" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J139" s="1" t="s">
         <x:v>585</x:v>
       </x:c>
-      <x:c r="H139" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K139" s="1" t="s">
-        <x:v>588</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="L139" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:12" ht="15" customHeight="1">
       <x:c r="A140" s="1">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B140" s="1" t="s">
+        <x:v>586</x:v>
+      </x:c>
+      <x:c r="C140" s="1" t="s">
+        <x:v>62</x:v>
+      </x:c>
+      <x:c r="D140" s="1" t="s">
+        <x:v>587</x:v>
+      </x:c>
+      <x:c r="E140" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F140" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G140" s="1" t="s">
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="H140" s="1" t="s">
+        <x:v>588</x:v>
+      </x:c>
+      <x:c r="I140" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J140" s="1" t="s">
         <x:v>589</x:v>
       </x:c>
-      <x:c r="C140" s="1" t="s">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="K140" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L140" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:12" ht="15" customHeight="1">
       <x:c r="A141" s="1">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B141" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="C141" s="1" t="s">
+        <x:v>591</x:v>
+      </x:c>
+      <x:c r="D141" s="1" t="s">
+        <x:v>592</x:v>
+      </x:c>
+      <x:c r="E141" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F141" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G141" s="1" t="s">
         <x:v>593</x:v>
       </x:c>
-      <x:c r="D141" s="1" t="s">
+      <x:c r="H141" s="1" t="s">
         <x:v>594</x:v>
       </x:c>
-      <x:c r="E141" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="H141" s="1" t="s">
+      <x:c r="I141" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J141" s="1" t="s">
+        <x:v>589</x:v>
+      </x:c>
+      <x:c r="K141" s="1" t="s">
         <x:v>595</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>54</x:v>
       </x:c>
       <x:c r="L141" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:12" ht="15" customHeight="1">
       <x:c r="A142" s="1">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B142" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>596</x:v>
       </x:c>
       <x:c r="C142" s="1" t="s">
-        <x:v>596</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="D142" s="1" t="s">
         <x:v>597</x:v>
       </x:c>
       <x:c r="E142" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F142" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G142" s="1" t="s">
         <x:v>598</x:v>
       </x:c>
       <x:c r="H142" s="1" t="s">
         <x:v>599</x:v>
       </x:c>
       <x:c r="I142" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J142" s="1" t="s">
-        <x:v>587</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="K142" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="L142" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:12" ht="15" customHeight="1">
       <x:c r="A143" s="1">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B143" s="1" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="C143" s="1" t="s">
         <x:v>600</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>525</x:v>
       </x:c>
       <x:c r="D143" s="1" t="s">
         <x:v>601</x:v>
       </x:c>
       <x:c r="E143" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F143" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G143" s="1" t="s">
+        <x:v>598</x:v>
+      </x:c>
+      <x:c r="H143" s="1" t="s">
         <x:v>602</x:v>
       </x:c>
-      <x:c r="H143" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J143" s="1" t="s">
-        <x:v>587</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="K143" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L143" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:12" ht="15" customHeight="1">
       <x:c r="A144" s="1">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B144" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="C144" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="D144" s="1" t="s">
         <x:v>604</x:v>
       </x:c>
       <x:c r="E144" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="F144" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G144" s="1" t="s">
         <x:v>605</x:v>
       </x:c>
       <x:c r="H144" s="1" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="I144" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J144" s="1" t="s">
-        <x:v>587</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="K144" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L144" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:12" ht="15" customHeight="1">
       <x:c r="A145" s="1">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B145" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="C145" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="D145" s="1" t="s">
-        <x:v>607</x:v>
+        <x:v>608</x:v>
       </x:c>
       <x:c r="E145" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F145" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G145" s="1" t="s">
-        <x:v>608</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="H145" s="1" t="s">
-        <x:v>609</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="I145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J145" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="K145" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="L145" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:12" ht="15" customHeight="1">
       <x:c r="A146" s="1">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B146" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="C146" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D146" s="1" t="s">
+        <x:v>612</x:v>
+      </x:c>
+      <x:c r="E146" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F146" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G146" s="1" t="s">
+        <x:v>613</x:v>
+      </x:c>
+      <x:c r="H146" s="1" t="s">
+        <x:v>614</x:v>
+      </x:c>
+      <x:c r="I146" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J146" s="1" t="s">
         <x:v>611</x:v>
       </x:c>
-      <x:c r="E146" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K146" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="L146" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:12" ht="15" customHeight="1">
       <x:c r="A147" s="1">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B147" s="1" t="s">
-        <x:v>614</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="C147" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="D147" s="1" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="E147" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F147" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G147" s="1" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="H147" s="1" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="I147" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J147" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="K147" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L147" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:12" ht="15" customHeight="1">
       <x:c r="A148" s="1">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B148" s="1" t="s">
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="C148" s="1" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="D148" s="1" t="s">
         <x:v>618</x:v>
       </x:c>
-      <x:c r="C148" s="1" t="s">
+      <x:c r="E148" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F148" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G148" s="1" t="s">
         <x:v>619</x:v>
       </x:c>
-      <x:c r="D148" s="1" t="s">
+      <x:c r="H148" s="1" t="s">
         <x:v>620</x:v>
       </x:c>
-      <x:c r="E148" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I148" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J148" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="K148" s="1" t="s">
-        <x:v>623</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="L148" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:12" ht="15" customHeight="1">
       <x:c r="A149" s="1">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B149" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="C149" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="D149" s="1" t="s">
+        <x:v>622</x:v>
+      </x:c>
+      <x:c r="E149" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F149" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G149" s="1" t="s">
+        <x:v>623</x:v>
+      </x:c>
+      <x:c r="H149" s="1" t="s">
         <x:v>624</x:v>
       </x:c>
-      <x:c r="E149" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I149" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J149" s="1" t="s">
-        <x:v>627</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="K149" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L149" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:12" ht="15" customHeight="1">
       <x:c r="A150" s="1">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B150" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="C150" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="D150" s="1" t="s">
+        <x:v>627</x:v>
+      </x:c>
+      <x:c r="E150" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F150" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G150" s="1" t="s">
         <x:v>628</x:v>
       </x:c>
-      <x:c r="E150" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G150" s="1" t="s">
+      <x:c r="H150" s="1" t="s">
         <x:v>629</x:v>
       </x:c>
-      <x:c r="H150" s="1" t="s">
+      <x:c r="I150" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J150" s="1" t="s">
         <x:v>630</x:v>
       </x:c>
-      <x:c r="I150" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K150" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="L150" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:12" ht="15" customHeight="1">
       <x:c r="A151" s="1">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B151" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C151" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D151" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="E151" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F151" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G151" s="1" t="s">
-        <x:v>602</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="H151" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="I151" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J151" s="1" t="s">
-        <x:v>627</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="K151" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L151" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:12" ht="15" customHeight="1">
       <x:c r="A152" s="1">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B152" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="C152" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="D152" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="E152" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F152" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G152" s="1" t="s">
-        <x:v>602</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="H152" s="1" t="s">
-        <x:v>634</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="I152" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J152" s="1" t="s">
-        <x:v>635</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="K152" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L152" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:12" ht="15" customHeight="1">
       <x:c r="A153" s="1">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B153" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="C153" s="1" t="s">
-        <x:v>636</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="D153" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="E153" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F153" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G153" s="1" t="s">
-        <x:v>629</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="H153" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="I153" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J153" s="1" t="s">
-        <x:v>635</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="K153" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="L153" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:12" ht="15" customHeight="1">
       <x:c r="A154" s="1">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B154" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C154" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="D154" s="1" t="s">
         <x:v>640</x:v>
       </x:c>
       <x:c r="E154" s="1" t="s">
+        <x:v>539</x:v>
+      </x:c>
+      <x:c r="F154" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G154" s="1" t="s">
+        <x:v>609</x:v>
+      </x:c>
+      <x:c r="H154" s="1" t="s">
         <x:v>641</x:v>
       </x:c>
-      <x:c r="F154" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G154" s="1" t="s">
+      <x:c r="I154" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J154" s="1" t="s">
         <x:v>642</x:v>
       </x:c>
-      <x:c r="H154" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K154" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="L154" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:12" ht="15" customHeight="1">
       <x:c r="A155" s="1">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B155" s="1" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="C155" s="1" t="s">
+        <x:v>643</x:v>
+      </x:c>
+      <x:c r="D155" s="1" t="s">
         <x:v>644</x:v>
       </x:c>
-      <x:c r="C155" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D155" s="1" t="s">
+      <x:c r="E155" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F155" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G155" s="1" t="s">
+        <x:v>636</x:v>
+      </x:c>
+      <x:c r="H155" s="1" t="s">
         <x:v>645</x:v>
       </x:c>
-      <x:c r="E155" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J155" s="1" t="s">
-        <x:v>635</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="K155" s="1" t="s">
-        <x:v>647</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="L155" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:12" ht="15" customHeight="1">
       <x:c r="A156" s="1">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B156" s="1" t="s">
-        <x:v>648</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="C156" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="D156" s="1" t="s">
-        <x:v>649</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="E156" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F156" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G156" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="H156" s="1" t="s">
-        <x:v>650</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="I156" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J156" s="1" t="s">
-        <x:v>635</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="K156" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="L156" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:12" ht="15" customHeight="1">
       <x:c r="A157" s="1">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B157" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="C157" s="1" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="D157" s="1" t="s">
+        <x:v>650</x:v>
+      </x:c>
+      <x:c r="E157" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F157" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G157" s="1" t="s">
+        <x:v>633</x:v>
+      </x:c>
+      <x:c r="H157" s="1" t="s">
         <x:v>651</x:v>
       </x:c>
-      <x:c r="D157" s="1" t="s">
+      <x:c r="I157" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J157" s="1" t="s">
+        <x:v>642</x:v>
+      </x:c>
+      <x:c r="K157" s="1" t="s">
         <x:v>652</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>54</x:v>
       </x:c>
       <x:c r="L157" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:12" ht="15" customHeight="1">
       <x:c r="A158" s="1">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B158" s="1" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="C158" s="1" t="s">
+        <x:v>653</x:v>
+      </x:c>
+      <x:c r="D158" s="1" t="s">
         <x:v>654</x:v>
       </x:c>
-      <x:c r="C158" s="1" t="s">
+      <x:c r="E158" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F158" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G158" s="1" t="s">
         <x:v>655</x:v>
       </x:c>
-      <x:c r="D158" s="1" t="s">
+      <x:c r="H158" s="1" t="s">
         <x:v>656</x:v>
       </x:c>
-      <x:c r="E158" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I158" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J158" s="1" t="s">
-        <x:v>635</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="K158" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L158" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:12" ht="15" customHeight="1">
       <x:c r="A159" s="1">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B159" s="1" t="s">
-        <x:v>659</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="C159" s="1" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="D159" s="1" t="s">
-        <x:v>660</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="E159" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F159" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G159" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="H159" s="1" t="s">
-        <x:v>661</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="I159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J159" s="1" t="s">
-        <x:v>635</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="K159" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L159" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:12" ht="15" customHeight="1">
       <x:c r="A160" s="1">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B160" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="C160" s="1" t="s">
+        <x:v>661</x:v>
+      </x:c>
+      <x:c r="D160" s="1" t="s">
         <x:v>662</x:v>
       </x:c>
-      <x:c r="D160" s="1" t="s">
+      <x:c r="E160" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F160" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G160" s="1" t="s">
         <x:v>663</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>625</x:v>
       </x:c>
       <x:c r="H160" s="1" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="I160" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J160" s="1" t="s">
-        <x:v>635</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="K160" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="L160" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:12" ht="15" customHeight="1">
       <x:c r="A161" s="1">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B161" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C161" s="1" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="D161" s="1" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="E161" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F161" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G161" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="H161" s="1" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="I161" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J161" s="1" t="s">
-        <x:v>635</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="K161" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="L161" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:12" ht="15" customHeight="1">
       <x:c r="A162" s="1">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B162" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="C162" s="1" t="s">
-        <x:v>668</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="D162" s="1" t="s">
         <x:v>669</x:v>
       </x:c>
       <x:c r="E162" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="F162" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G162" s="1" t="s">
-        <x:v>670</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="H162" s="1" t="s">
         <x:v>671</x:v>
       </x:c>
       <x:c r="I162" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J162" s="1" t="s">
-        <x:v>635</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="K162" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L162" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:12" ht="15" customHeight="1">
       <x:c r="A163" s="1">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B163" s="1" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="C163" s="1" t="s">
         <x:v>672</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="D163" s="1" t="s">
         <x:v>673</x:v>
       </x:c>
       <x:c r="E163" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F163" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G163" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="H163" s="1" t="s">
         <x:v>674</x:v>
       </x:c>
       <x:c r="I163" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J163" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="K163" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L163" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:12" ht="15" customHeight="1">
       <x:c r="A164" s="1">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B164" s="1" t="s">
+        <x:v>410</x:v>
+      </x:c>
+      <x:c r="C164" s="1" t="s">
+        <x:v>675</x:v>
+      </x:c>
+      <x:c r="D164" s="1" t="s">
         <x:v>676</x:v>
       </x:c>
-      <x:c r="C164" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D164" s="1" t="s">
+      <x:c r="E164" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F164" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G164" s="1" t="s">
         <x:v>677</x:v>
       </x:c>
-      <x:c r="E164" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G164" s="1" t="s">
+      <x:c r="H164" s="1" t="s">
         <x:v>678</x:v>
       </x:c>
-      <x:c r="H164" s="1" t="s">
+      <x:c r="I164" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J164" s="1" t="s">
         <x:v>679</x:v>
       </x:c>
-      <x:c r="I164" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K164" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="L164" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:12" ht="15" customHeight="1">
       <x:c r="A165" s="1">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B165" s="1" t="s">
         <x:v>680</x:v>
       </x:c>
       <x:c r="C165" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="D165" s="1" t="s">
         <x:v>681</x:v>
       </x:c>
       <x:c r="E165" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F165" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G165" s="1" t="s">
+        <x:v>633</x:v>
+      </x:c>
+      <x:c r="H165" s="1" t="s">
         <x:v>682</x:v>
       </x:c>
-      <x:c r="H165" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I165" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J165" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="K165" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="L165" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:12" ht="15" customHeight="1">
       <x:c r="A166" s="1">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B166" s="1" t="s">
+        <x:v>683</x:v>
+      </x:c>
+      <x:c r="C166" s="1" t="s">
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="D166" s="1" t="s">
         <x:v>684</x:v>
       </x:c>
-      <x:c r="C166" s="1" t="s">
+      <x:c r="E166" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F166" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G166" s="1" t="s">
         <x:v>685</x:v>
       </x:c>
-      <x:c r="D166" s="1" t="s">
+      <x:c r="H166" s="1" t="s">
         <x:v>686</x:v>
       </x:c>
-      <x:c r="E166" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I166" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J166" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="K166" s="1" t="s">
-        <x:v>623</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="L166" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:12" ht="15" customHeight="1">
       <x:c r="A167" s="1">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B167" s="1" t="s">
+        <x:v>687</x:v>
+      </x:c>
+      <x:c r="C167" s="1" t="s">
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="D167" s="1" t="s">
         <x:v>688</x:v>
       </x:c>
-      <x:c r="C167" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D167" s="1" t="s">
+      <x:c r="E167" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F167" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G167" s="1" t="s">
         <x:v>689</x:v>
       </x:c>
-      <x:c r="E167" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G167" s="1" t="s">
+      <x:c r="H167" s="1" t="s">
         <x:v>690</x:v>
       </x:c>
-      <x:c r="H167" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J167" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="K167" s="1" t="s">
-        <x:v>647</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="L167" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:12" ht="15" customHeight="1">
       <x:c r="A168" s="1">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B168" s="1" t="s">
+        <x:v>691</x:v>
+      </x:c>
+      <x:c r="C168" s="1" t="s">
         <x:v>692</x:v>
       </x:c>
-      <x:c r="C168" s="1" t="s">
+      <x:c r="D168" s="1" t="s">
         <x:v>693</x:v>
       </x:c>
-      <x:c r="D168" s="1" t="s">
+      <x:c r="E168" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F168" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G168" s="1" t="s">
+        <x:v>633</x:v>
+      </x:c>
+      <x:c r="H168" s="1" t="s">
         <x:v>694</x:v>
       </x:c>
-      <x:c r="E168" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I168" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J168" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="K168" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="L168" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:12" ht="15" customHeight="1">
       <x:c r="A169" s="1">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B169" s="1" t="s">
+        <x:v>695</x:v>
+      </x:c>
+      <x:c r="C169" s="1" t="s">
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="D169" s="1" t="s">
+        <x:v>696</x:v>
+      </x:c>
+      <x:c r="E169" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F169" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G169" s="1" t="s">
         <x:v>697</x:v>
       </x:c>
-      <x:c r="C169" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D169" s="1" t="s">
+      <x:c r="H169" s="1" t="s">
         <x:v>698</x:v>
       </x:c>
-      <x:c r="E169" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J169" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="K169" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="L169" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:12" ht="15" customHeight="1">
       <x:c r="A170" s="1">
         <x:v>167</x:v>
       </x:c>
       <x:c r="B170" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="C170" s="1" t="s">
+        <x:v>700</x:v>
+      </x:c>
+      <x:c r="D170" s="1" t="s">
         <x:v>701</x:v>
       </x:c>
-      <x:c r="D170" s="1" t="s">
+      <x:c r="E170" s="1" t="s">
         <x:v>702</x:v>
       </x:c>
-      <x:c r="E170" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F170" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G170" s="1" t="s">
+        <x:v>633</x:v>
+      </x:c>
+      <x:c r="H170" s="1" t="s">
         <x:v>703</x:v>
       </x:c>
-      <x:c r="H170" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I170" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J170" s="1" t="s">
-        <x:v>705</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="K170" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="L170" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:12" ht="15" customHeight="1">
       <x:c r="A171" s="1">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B171" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="C171" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="D171" s="1" t="s">
+        <x:v>705</x:v>
+      </x:c>
+      <x:c r="E171" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F171" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G171" s="1" t="s">
         <x:v>706</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>699</x:v>
       </x:c>
       <x:c r="H171" s="1" t="s">
         <x:v>707</x:v>
       </x:c>
       <x:c r="I171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J171" s="1" t="s">
-        <x:v>705</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="K171" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="L171" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:12" ht="15" customHeight="1">
       <x:c r="A172" s="1">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B172" s="1" t="s">
+        <x:v>527</x:v>
+      </x:c>
+      <x:c r="C172" s="1" t="s">
+        <x:v>709</x:v>
+      </x:c>
+      <x:c r="D172" s="1" t="s">
+        <x:v>710</x:v>
+      </x:c>
+      <x:c r="E172" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F172" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G172" s="1" t="s">
+        <x:v>711</x:v>
+      </x:c>
+      <x:c r="H172" s="1" t="s">
+        <x:v>712</x:v>
+      </x:c>
+      <x:c r="I172" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J172" s="1" t="s">
         <x:v>708</x:v>
       </x:c>
-      <x:c r="C172" s="1" t="s">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="K172" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L172" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:12" ht="15" customHeight="1">
       <x:c r="A173" s="1">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B173" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C173" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="D173" s="1" t="s">
-        <x:v>712</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="E173" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F173" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G173" s="1" t="s">
-        <x:v>713</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="H173" s="1" t="s">
         <x:v>714</x:v>
       </x:c>
       <x:c r="I173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J173" s="1" t="s">
-        <x:v>705</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="K173" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L173" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:12" ht="15" customHeight="1">
       <x:c r="A174" s="1">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B174" s="1" t="s">
         <x:v>715</x:v>
       </x:c>
       <x:c r="C174" s="1" t="s">
-        <x:v>583</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="D174" s="1" t="s">
         <x:v>716</x:v>
       </x:c>
       <x:c r="E174" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="F174" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G174" s="1" t="s">
         <x:v>717</x:v>
       </x:c>
       <x:c r="H174" s="1" t="s">
         <x:v>718</x:v>
       </x:c>
       <x:c r="I174" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J174" s="1" t="s">
-        <x:v>705</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="K174" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="L174" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:12" ht="15" customHeight="1">
       <x:c r="A175" s="1">
         <x:v>172</x:v>
       </x:c>
       <x:c r="B175" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="C175" s="1" t="s">
-        <x:v>719</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="D175" s="1" t="s">
         <x:v>720</x:v>
       </x:c>
       <x:c r="E175" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F175" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G175" s="1" t="s">
-        <x:v>713</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="H175" s="1" t="s">
-        <x:v>721</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="I175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J175" s="1" t="s">
-        <x:v>705</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="K175" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="L175" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:12" ht="15" customHeight="1">
       <x:c r="A176" s="1">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B176" s="1" t="s">
-        <x:v>722</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C176" s="1" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="D176" s="1" t="s">
         <x:v>723</x:v>
       </x:c>
-      <x:c r="D176" s="1" t="s">
+      <x:c r="E176" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F176" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G176" s="1" t="s">
         <x:v>724</x:v>
       </x:c>
-      <x:c r="E176" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G176" s="1" t="s">
+      <x:c r="H176" s="1" t="s">
         <x:v>725</x:v>
       </x:c>
-      <x:c r="H176" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I176" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J176" s="1" t="s">
-        <x:v>705</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="K176" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L176" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:12" ht="15" customHeight="1">
       <x:c r="A177" s="1">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B177" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="C177" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="D177" s="1" t="s">
         <x:v>727</x:v>
       </x:c>
       <x:c r="E177" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F177" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G177" s="1" t="s">
+        <x:v>724</x:v>
+      </x:c>
+      <x:c r="H177" s="1" t="s">
         <x:v>728</x:v>
       </x:c>
-      <x:c r="H177" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J177" s="1" t="s">
-        <x:v>730</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="K177" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="L177" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:12" ht="15" customHeight="1">
       <x:c r="A178" s="1">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B178" s="1" t="s">
+        <x:v>729</x:v>
+      </x:c>
+      <x:c r="C178" s="1" t="s">
+        <x:v>730</x:v>
+      </x:c>
+      <x:c r="D178" s="1" t="s">
         <x:v>731</x:v>
       </x:c>
-      <x:c r="C178" s="1" t="s">
+      <x:c r="E178" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F178" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G178" s="1" t="s">
         <x:v>732</x:v>
       </x:c>
-      <x:c r="D178" s="1" t="s">
+      <x:c r="H178" s="1" t="s">
         <x:v>733</x:v>
       </x:c>
-      <x:c r="E178" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="H178" s="1" t="s">
+      <x:c r="I178" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J178" s="1" t="s">
         <x:v>734</x:v>
       </x:c>
-      <x:c r="I178" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K178" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L178" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:12" ht="15" customHeight="1">
       <x:c r="A179" s="1">
         <x:v>176</x:v>
       </x:c>
       <x:c r="B179" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C179" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="D179" s="1" t="s">
         <x:v>735</x:v>
       </x:c>
       <x:c r="E179" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="F179" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G179" s="1" t="s">
-        <x:v>725</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="H179" s="1" t="s">
-        <x:v>736</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="I179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J179" s="1" t="s">
-        <x:v>730</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="K179" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L179" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:12" ht="15" customHeight="1">
       <x:c r="A180" s="1">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B180" s="1" t="s">
-        <x:v>737</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="C180" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="D180" s="1" t="s">
-        <x:v>738</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="E180" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F180" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G180" s="1" t="s">
-        <x:v>739</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="H180" s="1" t="s">
-        <x:v>740</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="I180" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J180" s="1" t="s">
-        <x:v>730</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="K180" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="L180" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:12" ht="15" customHeight="1">
       <x:c r="A181" s="1">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B181" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C181" s="1" t="s">
-        <x:v>741</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="D181" s="1" t="s">
         <x:v>742</x:v>
       </x:c>
       <x:c r="E181" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F181" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G181" s="1" t="s">
+        <x:v>732</x:v>
+      </x:c>
+      <x:c r="H181" s="1" t="s">
         <x:v>743</x:v>
       </x:c>
-      <x:c r="H181" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J181" s="1" t="s">
-        <x:v>730</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="K181" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L181" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:12" ht="15" customHeight="1">
       <x:c r="A182" s="1">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B182" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="C182" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="D182" s="1" t="s">
         <x:v>745</x:v>
       </x:c>
       <x:c r="E182" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F182" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G182" s="1" t="s">
-        <x:v>728</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="H182" s="1" t="s">
-        <x:v>746</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="I182" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J182" s="1" t="s">
-        <x:v>730</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="K182" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="L182" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:12" ht="15" customHeight="1">
       <x:c r="A183" s="1">
         <x:v>180</x:v>
       </x:c>
       <x:c r="B183" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="C183" s="1" t="s">
-        <x:v>651</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="D183" s="1" t="s">
-        <x:v>747</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="E183" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F183" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G183" s="1" t="s">
-        <x:v>728</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="H183" s="1" t="s">
-        <x:v>748</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="I183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J183" s="1" t="s">
-        <x:v>730</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="K183" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L183" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:12" ht="15" customHeight="1">
       <x:c r="A184" s="1">
         <x:v>181</x:v>
       </x:c>
       <x:c r="B184" s="1" t="s">
-        <x:v>749</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="C184" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="D184" s="1" t="s">
-        <x:v>750</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="E184" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F184" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G184" s="1" t="s">
-        <x:v>751</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="H184" s="1" t="s">
-        <x:v>752</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="I184" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J184" s="1" t="s">
-        <x:v>753</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="K184" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="L184" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:12" ht="15" customHeight="1">
       <x:c r="A185" s="1">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B185" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C185" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="D185" s="1" t="s">
         <x:v>754</x:v>
       </x:c>
       <x:c r="E185" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F185" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G185" s="1" t="s">
+        <x:v>736</x:v>
+      </x:c>
+      <x:c r="H185" s="1" t="s">
         <x:v>755</x:v>
       </x:c>
-      <x:c r="F185" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="H185" s="1" t="s">
+      <x:c r="I185" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J185" s="1" t="s">
         <x:v>756</x:v>
       </x:c>
-      <x:c r="I185" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K185" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L185" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:12" ht="15" customHeight="1">
       <x:c r="A186" s="1">
         <x:v>183</x:v>
       </x:c>
       <x:c r="B186" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="C186" s="1" t="s">
-        <x:v>757</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="D186" s="1" t="s">
         <x:v>758</x:v>
       </x:c>
       <x:c r="E186" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F186" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G186" s="1" t="s">
         <x:v>759</x:v>
       </x:c>
       <x:c r="H186" s="1" t="s">
         <x:v>760</x:v>
       </x:c>
       <x:c r="I186" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J186" s="1" t="s">
-        <x:v>753</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="K186" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="L186" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:12" ht="15" customHeight="1">
       <x:c r="A187" s="1">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B187" s="1" t="s">
+        <x:v>461</x:v>
+      </x:c>
+      <x:c r="C187" s="1" t="s">
+        <x:v>533</x:v>
+      </x:c>
+      <x:c r="D187" s="1" t="s">
         <x:v>761</x:v>
       </x:c>
-      <x:c r="C187" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D187" s="1" t="s">
+      <x:c r="E187" s="1" t="s">
         <x:v>762</x:v>
       </x:c>
-      <x:c r="E187" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F187" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G187" s="1" t="s">
-        <x:v>751</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="H187" s="1" t="s">
         <x:v>763</x:v>
       </x:c>
       <x:c r="I187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J187" s="1" t="s">
-        <x:v>753</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="K187" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="L187" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:12" ht="15" customHeight="1">
       <x:c r="A188" s="1">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B188" s="1" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="C188" s="1" t="s">
         <x:v>764</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>347</x:v>
       </x:c>
       <x:c r="D188" s="1" t="s">
         <x:v>765</x:v>
       </x:c>
       <x:c r="E188" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F188" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G188" s="1" t="s">
         <x:v>766</x:v>
       </x:c>
       <x:c r="H188" s="1" t="s">
         <x:v>767</x:v>
       </x:c>
       <x:c r="I188" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J188" s="1" t="s">
-        <x:v>753</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="K188" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L188" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:12" ht="15" customHeight="1">
       <x:c r="A189" s="1">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B189" s="1" t="s">
         <x:v>768</x:v>
       </x:c>
       <x:c r="C189" s="1" t="s">
+        <x:v>453</x:v>
+      </x:c>
+      <x:c r="D189" s="1" t="s">
         <x:v>769</x:v>
       </x:c>
-      <x:c r="D189" s="1" t="s">
+      <x:c r="E189" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F189" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G189" s="1" t="s">
+        <x:v>759</x:v>
+      </x:c>
+      <x:c r="H189" s="1" t="s">
         <x:v>770</x:v>
       </x:c>
-      <x:c r="E189" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I189" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J189" s="1" t="s">
-        <x:v>773</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="K189" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="L189" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:12" ht="15" customHeight="1">
       <x:c r="A190" s="1">
         <x:v>187</x:v>
       </x:c>
       <x:c r="B190" s="1" t="s">
+        <x:v>771</x:v>
+      </x:c>
+      <x:c r="C190" s="1" t="s">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="D190" s="1" t="s">
+        <x:v>772</x:v>
+      </x:c>
+      <x:c r="E190" s="1" t="s">
+        <x:v>548</x:v>
+      </x:c>
+      <x:c r="F190" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G190" s="1" t="s">
+        <x:v>773</x:v>
+      </x:c>
+      <x:c r="H190" s="1" t="s">
         <x:v>774</x:v>
       </x:c>
-      <x:c r="C190" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I190" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J190" s="1" t="s">
-        <x:v>773</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="K190" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L190" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:12" ht="15" customHeight="1">
       <x:c r="A191" s="1">
         <x:v>188</x:v>
       </x:c>
       <x:c r="B191" s="1" t="s">
+        <x:v>775</x:v>
+      </x:c>
+      <x:c r="C191" s="1" t="s">
+        <x:v>600</x:v>
+      </x:c>
+      <x:c r="D191" s="1" t="s">
+        <x:v>776</x:v>
+      </x:c>
+      <x:c r="E191" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F191" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G191" s="1" t="s">
+        <x:v>777</x:v>
+      </x:c>
+      <x:c r="H191" s="1" t="s">
+        <x:v>778</x:v>
+      </x:c>
+      <x:c r="I191" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J191" s="1" t="s">
         <x:v>779</x:v>
       </x:c>
-      <x:c r="C191" s="1" t="s">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="K191" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="L191" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:12" ht="15" customHeight="1">
       <x:c r="A192" s="1">
         <x:v>189</x:v>
       </x:c>
       <x:c r="B192" s="1" t="s">
+        <x:v>780</x:v>
+      </x:c>
+      <x:c r="C192" s="1" t="s">
+        <x:v>781</x:v>
+      </x:c>
+      <x:c r="D192" s="1" t="s">
+        <x:v>782</x:v>
+      </x:c>
+      <x:c r="E192" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F192" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G192" s="1" t="s">
         <x:v>783</x:v>
       </x:c>
-      <x:c r="C192" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D192" s="1" t="s">
+      <x:c r="H192" s="1" t="s">
         <x:v>784</x:v>
       </x:c>
-      <x:c r="E192" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I192" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J192" s="1" t="s">
-        <x:v>773</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="K192" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L192" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:12" ht="15" customHeight="1">
       <x:c r="A193" s="1">
         <x:v>190</x:v>
       </x:c>
       <x:c r="B193" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="C193" s="1" t="s">
+        <x:v>748</x:v>
+      </x:c>
+      <x:c r="D193" s="1" t="s">
+        <x:v>786</x:v>
+      </x:c>
+      <x:c r="E193" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F193" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G193" s="1" t="s">
         <x:v>787</x:v>
       </x:c>
-      <x:c r="D193" s="1" t="s">
+      <x:c r="H193" s="1" t="s">
         <x:v>788</x:v>
       </x:c>
-      <x:c r="E193" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I193" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J193" s="1" t="s">
-        <x:v>773</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="K193" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="L193" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:12" ht="15" customHeight="1">
       <x:c r="A194" s="1">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B194" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C194" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="D194" s="1" t="s">
+        <x:v>790</x:v>
+      </x:c>
+      <x:c r="E194" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F194" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G194" s="1" t="s">
         <x:v>791</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>781</x:v>
       </x:c>
       <x:c r="H194" s="1" t="s">
         <x:v>792</x:v>
       </x:c>
       <x:c r="I194" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J194" s="1" t="s">
-        <x:v>773</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="K194" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="L194" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:12" ht="15" customHeight="1">
       <x:c r="A195" s="1">
         <x:v>192</x:v>
       </x:c>
       <x:c r="B195" s="1" t="s">
         <x:v>793</x:v>
       </x:c>
       <x:c r="C195" s="1" t="s">
-        <x:v>593</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="D195" s="1" t="s">
-        <x:v>794</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="E195" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F195" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G195" s="1" t="s">
-        <x:v>789</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="H195" s="1" t="s">
-        <x:v>795</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="I195" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J195" s="1" t="s">
-        <x:v>796</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="K195" s="1" t="s">
-        <x:v>647</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L195" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:12" ht="15" customHeight="1">
       <x:c r="A196" s="1">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B196" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C196" s="1" t="s">
-        <x:v>797</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="D196" s="1" t="s">
         <x:v>798</x:v>
       </x:c>
       <x:c r="E196" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F196" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G196" s="1" t="s">
-        <x:v>789</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="H196" s="1" t="s">
         <x:v>799</x:v>
       </x:c>
       <x:c r="I196" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J196" s="1" t="s">
-        <x:v>796</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="K196" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L196" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:12" ht="15" customHeight="1">
       <x:c r="A197" s="1">
         <x:v>194</x:v>
       </x:c>
       <x:c r="B197" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="C197" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="D197" s="1" t="s">
-        <x:v>800</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="E197" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F197" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G197" s="1" t="s">
-        <x:v>789</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="H197" s="1" t="s">
-        <x:v>801</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="I197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J197" s="1" t="s">
-        <x:v>796</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="K197" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="L197" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:12" ht="15" customHeight="1">
       <x:c r="A198" s="1">
         <x:v>195</x:v>
       </x:c>
       <x:c r="B198" s="1" t="s">
-        <x:v>802</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C198" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="D198" s="1" t="s">
+        <x:v>804</x:v>
+      </x:c>
+      <x:c r="E198" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F198" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G198" s="1" t="s">
+        <x:v>791</x:v>
+      </x:c>
+      <x:c r="H198" s="1" t="s">
+        <x:v>805</x:v>
+      </x:c>
+      <x:c r="I198" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J198" s="1" t="s">
         <x:v>803</x:v>
       </x:c>
-      <x:c r="E198" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K198" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L198" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:12" ht="15" customHeight="1">
       <x:c r="A199" s="1">
         <x:v>196</x:v>
       </x:c>
       <x:c r="B199" s="1" t="s">
-        <x:v>672</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="C199" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="D199" s="1" t="s">
-        <x:v>805</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="E199" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F199" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G199" s="1" t="s">
-        <x:v>806</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="H199" s="1" t="s">
-        <x:v>807</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="I199" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J199" s="1" t="s">
-        <x:v>796</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="K199" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="L199" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:12" ht="15" customHeight="1">
       <x:c r="A200" s="1">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B200" s="1" t="s">
-        <x:v>808</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="C200" s="1" t="s">
+        <x:v>483</x:v>
+      </x:c>
+      <x:c r="D200" s="1" t="s">
         <x:v>809</x:v>
       </x:c>
-      <x:c r="D200" s="1" t="s">
+      <x:c r="E200" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F200" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G200" s="1" t="s">
         <x:v>810</x:v>
       </x:c>
-      <x:c r="E200" s="1" t="s">
+      <x:c r="H200" s="1" t="s">
         <x:v>811</x:v>
       </x:c>
-      <x:c r="F200" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I200" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J200" s="1" t="s">
-        <x:v>796</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="K200" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="L200" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:12" ht="15" customHeight="1">
       <x:c r="A201" s="1">
         <x:v>198</x:v>
       </x:c>
       <x:c r="B201" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>812</x:v>
       </x:c>
       <x:c r="C201" s="1" t="s">
         <x:v>813</x:v>
       </x:c>
       <x:c r="D201" s="1" t="s">
         <x:v>814</x:v>
       </x:c>
       <x:c r="E201" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="F201" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G201" s="1" t="s">
-        <x:v>815</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="H201" s="1" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="I201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J201" s="1" t="s">
-        <x:v>796</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="K201" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L201" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:12" ht="15" customHeight="1">
       <x:c r="A202" s="1">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B202" s="1" t="s">
+        <x:v>358</x:v>
+      </x:c>
+      <x:c r="C202" s="1" t="s">
         <x:v>817</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>769</x:v>
       </x:c>
       <x:c r="D202" s="1" t="s">
         <x:v>818</x:v>
       </x:c>
       <x:c r="E202" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F202" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G202" s="1" t="s">
+        <x:v>791</x:v>
+      </x:c>
+      <x:c r="H202" s="1" t="s">
         <x:v>819</x:v>
       </x:c>
-      <x:c r="H202" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I202" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J202" s="1" t="s">
-        <x:v>796</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="K202" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="L202" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:12" ht="15" customHeight="1">
       <x:c r="A203" s="1">
         <x:v>200</x:v>
       </x:c>
       <x:c r="B203" s="1" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="C203" s="1" t="s">
+        <x:v>820</x:v>
+      </x:c>
+      <x:c r="D203" s="1" t="s">
         <x:v>821</x:v>
       </x:c>
-      <x:c r="C203" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D203" s="1" t="s">
+      <x:c r="E203" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F203" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G203" s="1" t="s">
         <x:v>822</x:v>
       </x:c>
-      <x:c r="E203" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G203" s="1" t="s">
+      <x:c r="H203" s="1" t="s">
         <x:v>823</x:v>
       </x:c>
-      <x:c r="H203" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I203" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J203" s="1" t="s">
-        <x:v>825</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="K203" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="L203" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:12" ht="15" customHeight="1">
       <x:c r="A204" s="1">
         <x:v>201</x:v>
       </x:c>
       <x:c r="B204" s="1" t="s">
-        <x:v>749</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="C204" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="D204" s="1" t="s">
+        <x:v>825</x:v>
+      </x:c>
+      <x:c r="E204" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F204" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G204" s="1" t="s">
         <x:v>826</x:v>
       </x:c>
-      <x:c r="E204" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G204" s="1" t="s">
+      <x:c r="H204" s="1" t="s">
         <x:v>827</x:v>
       </x:c>
-      <x:c r="H204" s="1" t="s">
+      <x:c r="I204" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J204" s="1" t="s">
         <x:v>828</x:v>
       </x:c>
-      <x:c r="I204" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K204" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="L204" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:12" ht="15" customHeight="1">
       <x:c r="A205" s="1">
         <x:v>202</x:v>
       </x:c>
       <x:c r="B205" s="1" t="s">
+        <x:v>757</x:v>
+      </x:c>
+      <x:c r="C205" s="1" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="D205" s="1" t="s">
         <x:v>829</x:v>
       </x:c>
-      <x:c r="C205" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D205" s="1" t="s">
+      <x:c r="E205" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F205" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G205" s="1" t="s">
         <x:v>830</x:v>
       </x:c>
-      <x:c r="E205" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G205" s="1" t="s">
+      <x:c r="H205" s="1" t="s">
         <x:v>831</x:v>
       </x:c>
-      <x:c r="H205" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I205" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J205" s="1" t="s">
-        <x:v>825</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="K205" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="L205" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:12" ht="15" customHeight="1">
       <x:c r="A206" s="1">
         <x:v>203</x:v>
       </x:c>
       <x:c r="B206" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="C206" s="1" t="s">
-        <x:v>732</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="D206" s="1" t="s">
         <x:v>833</x:v>
       </x:c>
       <x:c r="E206" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F206" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G206" s="1" t="s">
         <x:v>834</x:v>
       </x:c>
       <x:c r="H206" s="1" t="s">
         <x:v>835</x:v>
       </x:c>
       <x:c r="I206" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J206" s="1" t="s">
-        <x:v>825</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="K206" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L206" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:12" ht="15" customHeight="1">
       <x:c r="A207" s="1">
         <x:v>204</x:v>
       </x:c>
       <x:c r="B207" s="1" t="s">
         <x:v>836</x:v>
       </x:c>
       <x:c r="C207" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D207" s="1" t="s">
         <x:v>837</x:v>
       </x:c>
       <x:c r="E207" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F207" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G207" s="1" t="s">
         <x:v>838</x:v>
       </x:c>
       <x:c r="H207" s="1" t="s">
         <x:v>839</x:v>
       </x:c>
       <x:c r="I207" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J207" s="1" t="s">
-        <x:v>840</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="K207" s="1" t="s">
-        <x:v>841</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="L207" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:12" ht="15" customHeight="1">
       <x:c r="A208" s="1">
         <x:v>205</x:v>
       </x:c>
       <x:c r="B208" s="1" t="s">
-        <x:v>836</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="C208" s="1" t="s">
+        <x:v>739</x:v>
+      </x:c>
+      <x:c r="D208" s="1" t="s">
+        <x:v>840</x:v>
+      </x:c>
+      <x:c r="E208" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F208" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G208" s="1" t="s">
+        <x:v>841</x:v>
+      </x:c>
+      <x:c r="H208" s="1" t="s">
         <x:v>842</x:v>
       </x:c>
-      <x:c r="D208" s="1" t="s">
+      <x:c r="I208" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J208" s="1" t="s">
         <x:v>843</x:v>
       </x:c>
-      <x:c r="E208" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K208" s="1" t="s">
-        <x:v>841</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="L208" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:12" ht="15" customHeight="1">
       <x:c r="A209" s="1">
         <x:v>206</x:v>
       </x:c>
       <x:c r="B209" s="1" t="s">
+        <x:v>844</x:v>
+      </x:c>
+      <x:c r="C209" s="1" t="s">
         <x:v>845</x:v>
       </x:c>
-      <x:c r="C209" s="1" t="s">
+      <x:c r="D209" s="1" t="s">
         <x:v>846</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>847</x:v>
       </x:c>
       <x:c r="E209" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F209" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G209" s="1" t="s">
+        <x:v>847</x:v>
+      </x:c>
+      <x:c r="H209" s="1" t="s">
         <x:v>848</x:v>
       </x:c>
-      <x:c r="H209" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I209" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J209" s="1" t="s">
-        <x:v>840</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="K209" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L209" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:12" ht="15" customHeight="1">
       <x:c r="A210" s="1">
         <x:v>207</x:v>
       </x:c>
       <x:c r="B210" s="1" t="s">
+        <x:v>849</x:v>
+      </x:c>
+      <x:c r="C210" s="1" t="s">
         <x:v>850</x:v>
       </x:c>
-      <x:c r="C210" s="1" t="s">
+      <x:c r="D210" s="1" t="s">
         <x:v>851</x:v>
       </x:c>
-      <x:c r="D210" s="1" t="s">
+      <x:c r="E210" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F210" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G210" s="1" t="s">
         <x:v>852</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>838</x:v>
       </x:c>
       <x:c r="H210" s="1" t="s">
         <x:v>853</x:v>
       </x:c>
       <x:c r="I210" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J210" s="1" t="s">
-        <x:v>840</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="K210" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="L210" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:12" ht="15" customHeight="1">
       <x:c r="A211" s="1">
         <x:v>208</x:v>
       </x:c>
       <x:c r="B211" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C211" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="D211" s="1" t="s">
         <x:v>854</x:v>
       </x:c>
       <x:c r="E211" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F211" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G211" s="1" t="s">
         <x:v>855</x:v>
       </x:c>
       <x:c r="H211" s="1" t="s">
         <x:v>856</x:v>
       </x:c>
       <x:c r="I211" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J211" s="1" t="s">
-        <x:v>840</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="K211" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L211" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:12" ht="15" customHeight="1">
       <x:c r="A212" s="1">
         <x:v>209</x:v>
       </x:c>
       <x:c r="B212" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="C212" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="D212" s="1" t="s">
-        <x:v>857</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="E212" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F212" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G212" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="H212" s="1" t="s">
         <x:v>859</x:v>
       </x:c>
       <x:c r="I212" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J212" s="1" t="s">
-        <x:v>840</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="K212" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="L212" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:12" ht="15" customHeight="1">
       <x:c r="A213" s="1">
         <x:v>210</x:v>
       </x:c>
       <x:c r="B213" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="C213" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="D213" s="1" t="s">
         <x:v>861</x:v>
       </x:c>
       <x:c r="E213" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F213" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G213" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="H213" s="1" t="s">
-        <x:v>862</x:v>
+        <x:v>863</x:v>
       </x:c>
       <x:c r="I213" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J213" s="1" t="s">
-        <x:v>840</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="K213" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="L213" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:12" ht="15" customHeight="1">
       <x:c r="A214" s="1">
         <x:v>211</x:v>
       </x:c>
       <x:c r="B214" s="1" t="s">
-        <x:v>863</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C214" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>864</x:v>
       </x:c>
       <x:c r="D214" s="1" t="s">
-        <x:v>864</x:v>
+        <x:v>865</x:v>
       </x:c>
       <x:c r="E214" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F214" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G214" s="1" t="s">
-        <x:v>865</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="H214" s="1" t="s">
         <x:v>866</x:v>
       </x:c>
       <x:c r="I214" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J214" s="1" t="s">
-        <x:v>840</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="K214" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L214" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:12" ht="15" customHeight="1">
       <x:c r="A215" s="1">
         <x:v>212</x:v>
       </x:c>
       <x:c r="B215" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="C215" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D215" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="E215" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F215" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G215" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>869</x:v>
       </x:c>
       <x:c r="H215" s="1" t="s">
-        <x:v>868</x:v>
+        <x:v>870</x:v>
       </x:c>
       <x:c r="I215" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J215" s="1" t="s">
-        <x:v>840</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="K215" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="L215" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:12" ht="15" customHeight="1">
       <x:c r="A216" s="1">
         <x:v>213</x:v>
       </x:c>
       <x:c r="B216" s="1" t="s">
-        <x:v>869</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="C216" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="D216" s="1" t="s">
-        <x:v>870</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="E216" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F216" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G216" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="H216" s="1" t="s">
-        <x:v>871</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="I216" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J216" s="1" t="s">
-        <x:v>840</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="K216" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L216" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:12" ht="15" customHeight="1">
       <x:c r="A217" s="1">
         <x:v>214</x:v>
       </x:c>
       <x:c r="B217" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="C217" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="D217" s="1" t="s">
-        <x:v>872</x:v>
+        <x:v>873</x:v>
       </x:c>
       <x:c r="E217" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F217" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G217" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="H217" s="1" t="s">
-        <x:v>873</x:v>
+        <x:v>874</x:v>
       </x:c>
       <x:c r="I217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J217" s="1" t="s">
-        <x:v>840</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="K217" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="L217" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:12" ht="15" customHeight="1">
       <x:c r="A218" s="1">
         <x:v>215</x:v>
       </x:c>
       <x:c r="B218" s="1" t="s">
-        <x:v>582</x:v>
+        <x:v>875</x:v>
       </x:c>
       <x:c r="C218" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D218" s="1" t="s">
-        <x:v>874</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="E218" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F218" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G218" s="1" t="s">
-        <x:v>875</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="H218" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="I218" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J218" s="1" t="s">
-        <x:v>840</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="K218" s="1" t="s">
-        <x:v>588</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="L218" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:12" ht="15" customHeight="1">
       <x:c r="A219" s="1">
         <x:v>216</x:v>
       </x:c>
       <x:c r="B219" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="C219" s="1" t="s">
-        <x:v>741</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="D219" s="1" t="s">
         <x:v>878</x:v>
       </x:c>
       <x:c r="E219" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F219" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G219" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>879</x:v>
       </x:c>
       <x:c r="H219" s="1" t="s">
-        <x:v>879</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="I219" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J219" s="1" t="s">
-        <x:v>840</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="K219" s="1" t="s">
-        <x:v>880</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="L219" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:12" ht="15" customHeight="1">
       <x:c r="A220" s="1">
         <x:v>217</x:v>
       </x:c>
       <x:c r="B220" s="1" t="s">
+        <x:v>857</x:v>
+      </x:c>
+      <x:c r="C220" s="1" t="s">
         <x:v>881</x:v>
       </x:c>
-      <x:c r="C220" s="1" t="s">
+      <x:c r="D220" s="1" t="s">
         <x:v>882</x:v>
       </x:c>
-      <x:c r="D220" s="1" t="s">
+      <x:c r="E220" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F220" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G220" s="1" t="s">
+        <x:v>852</x:v>
+      </x:c>
+      <x:c r="H220" s="1" t="s">
         <x:v>883</x:v>
       </x:c>
-      <x:c r="E220" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I220" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J220" s="1" t="s">
-        <x:v>840</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="K220" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="L220" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:12" ht="15" customHeight="1">
       <x:c r="A221" s="1">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B221" s="1" t="s">
+        <x:v>884</x:v>
+      </x:c>
+      <x:c r="C221" s="1" t="s">
+        <x:v>748</x:v>
+      </x:c>
+      <x:c r="D221" s="1" t="s">
         <x:v>885</x:v>
       </x:c>
-      <x:c r="C221" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D221" s="1" t="s">
+      <x:c r="E221" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F221" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G221" s="1" t="s">
+        <x:v>852</x:v>
+      </x:c>
+      <x:c r="H221" s="1" t="s">
         <x:v>886</x:v>
       </x:c>
-      <x:c r="E221" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G221" s="1" t="s">
+      <x:c r="I221" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J221" s="1" t="s">
+        <x:v>843</x:v>
+      </x:c>
+      <x:c r="K221" s="1" t="s">
         <x:v>887</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>237</x:v>
       </x:c>
       <x:c r="L221" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:12" ht="15" customHeight="1">
       <x:c r="A222" s="1">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B222" s="1" t="s">
+        <x:v>888</x:v>
+      </x:c>
+      <x:c r="C222" s="1" t="s">
         <x:v>889</x:v>
       </x:c>
-      <x:c r="C222" s="1" t="s">
+      <x:c r="D222" s="1" t="s">
         <x:v>890</x:v>
       </x:c>
-      <x:c r="D222" s="1" t="s">
+      <x:c r="E222" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F222" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G222" s="1" t="s">
+        <x:v>852</x:v>
+      </x:c>
+      <x:c r="H222" s="1" t="s">
         <x:v>891</x:v>
       </x:c>
-      <x:c r="E222" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I222" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J222" s="1" t="s">
-        <x:v>840</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="K222" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="L222" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:12" ht="15" customHeight="1">
       <x:c r="A223" s="1">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B223" s="1" t="s">
+        <x:v>892</x:v>
+      </x:c>
+      <x:c r="C223" s="1" t="s">
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="D223" s="1" t="s">
         <x:v>893</x:v>
       </x:c>
-      <x:c r="C223" s="1" t="s">
+      <x:c r="E223" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F223" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G223" s="1" t="s">
         <x:v>894</x:v>
       </x:c>
-      <x:c r="D223" s="1" t="s">
+      <x:c r="H223" s="1" t="s">
         <x:v>895</x:v>
       </x:c>
-      <x:c r="E223" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I223" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J223" s="1" t="s">
-        <x:v>840</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="K223" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="L223" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:12" ht="15" customHeight="1">
       <x:c r="A224" s="1">
         <x:v>221</x:v>
       </x:c>
       <x:c r="B224" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>896</x:v>
       </x:c>
       <x:c r="C224" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>897</x:v>
       </x:c>
       <x:c r="D224" s="1" t="s">
         <x:v>898</x:v>
       </x:c>
       <x:c r="E224" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F224" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G224" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="H224" s="1" t="s">
         <x:v>899</x:v>
       </x:c>
       <x:c r="I224" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J224" s="1" t="s">
-        <x:v>840</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="K224" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L224" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:12" ht="15" customHeight="1">
       <x:c r="A225" s="1">
         <x:v>222</x:v>
       </x:c>
       <x:c r="B225" s="1" t="s">
         <x:v>900</x:v>
       </x:c>
       <x:c r="C225" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>901</x:v>
       </x:c>
       <x:c r="D225" s="1" t="s">
-        <x:v>901</x:v>
+        <x:v>902</x:v>
       </x:c>
       <x:c r="E225" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F225" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G225" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>903</x:v>
       </x:c>
       <x:c r="H225" s="1" t="s">
-        <x:v>902</x:v>
+        <x:v>904</x:v>
       </x:c>
       <x:c r="I225" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J225" s="1" t="s">
-        <x:v>840</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="K225" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="L225" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:12" ht="15" customHeight="1">
       <x:c r="A226" s="1">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B226" s="1" t="s">
-        <x:v>863</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="C226" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D226" s="1" t="s">
-        <x:v>903</x:v>
+        <x:v>906</x:v>
       </x:c>
       <x:c r="E226" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F226" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G226" s="1" t="s">
-        <x:v>823</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="H226" s="1" t="s">
-        <x:v>904</x:v>
+        <x:v>907</x:v>
       </x:c>
       <x:c r="I226" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J226" s="1" t="s">
-        <x:v>840</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="K226" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L226" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:12" ht="15" customHeight="1">
       <x:c r="A227" s="1">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B227" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="C227" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="D227" s="1" t="s">
+        <x:v>908</x:v>
+      </x:c>
+      <x:c r="E227" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F227" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G227" s="1" t="s">
+        <x:v>834</x:v>
+      </x:c>
+      <x:c r="H227" s="1" t="s">
+        <x:v>909</x:v>
+      </x:c>
+      <x:c r="I227" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J227" s="1" t="s">
         <x:v>905</x:v>
       </x:c>
-      <x:c r="E227" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K227" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="L227" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:12" ht="15" customHeight="1">
       <x:c r="A228" s="1">
         <x:v>225</x:v>
       </x:c>
       <x:c r="B228" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>910</x:v>
       </x:c>
       <x:c r="C228" s="1" t="s">
-        <x:v>908</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="D228" s="1" t="s">
-        <x:v>909</x:v>
+        <x:v>911</x:v>
       </x:c>
       <x:c r="E228" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F228" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G228" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="H228" s="1" t="s">
-        <x:v>910</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="I228" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J228" s="1" t="s">
-        <x:v>907</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="K228" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L228" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:12" ht="15" customHeight="1">
       <x:c r="A229" s="1">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B229" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C229" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>913</x:v>
       </x:c>
       <x:c r="D229" s="1" t="s">
-        <x:v>911</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="E229" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F229" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G229" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="H229" s="1" t="s">
-        <x:v>913</x:v>
+        <x:v>915</x:v>
       </x:c>
       <x:c r="I229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J229" s="1" t="s">
-        <x:v>907</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="K229" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L229" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:12" ht="15" customHeight="1">
       <x:c r="A230" s="1">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B230" s="1" t="s">
-        <x:v>914</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="C230" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D230" s="1" t="s">
-        <x:v>915</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="E230" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F230" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G230" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="H230" s="1" t="s">
-        <x:v>916</x:v>
+        <x:v>917</x:v>
       </x:c>
       <x:c r="I230" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J230" s="1" t="s">
-        <x:v>907</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="K230" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="L230" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:12" ht="15" customHeight="1">
       <x:c r="A231" s="1">
         <x:v>228</x:v>
       </x:c>
       <x:c r="B231" s="1" t="s">
-        <x:v>715</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="C231" s="1" t="s">
-        <x:v>917</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D231" s="1" t="s">
         <x:v>918</x:v>
       </x:c>
       <x:c r="E231" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F231" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G231" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>919</x:v>
       </x:c>
       <x:c r="H231" s="1" t="s">
-        <x:v>919</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="I231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J231" s="1" t="s">
-        <x:v>907</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="K231" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="L231" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:12" ht="15" customHeight="1">
       <x:c r="A232" s="1">
         <x:v>229</x:v>
       </x:c>
       <x:c r="B232" s="1" t="s">
-        <x:v>920</x:v>
+        <x:v>921</x:v>
       </x:c>
       <x:c r="C232" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="D232" s="1" t="s">
-        <x:v>921</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="E232" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F232" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G232" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="H232" s="1" t="s">
-        <x:v>922</x:v>
+        <x:v>923</x:v>
       </x:c>
       <x:c r="I232" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J232" s="1" t="s">
-        <x:v>907</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="K232" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="L232" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:12" ht="15" customHeight="1">
       <x:c r="A233" s="1">
         <x:v>230</x:v>
       </x:c>
       <x:c r="B233" s="1" t="s">
-        <x:v>923</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="C233" s="1" t="s">
-        <x:v>701</x:v>
+        <x:v>924</x:v>
       </x:c>
       <x:c r="D233" s="1" t="s">
-        <x:v>924</x:v>
+        <x:v>925</x:v>
       </x:c>
       <x:c r="E233" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F233" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G233" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="H233" s="1" t="s">
-        <x:v>925</x:v>
+        <x:v>926</x:v>
       </x:c>
       <x:c r="I233" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J233" s="1" t="s">
-        <x:v>907</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="K233" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="L233" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:12" ht="15" customHeight="1">
       <x:c r="A234" s="1">
         <x:v>231</x:v>
       </x:c>
       <x:c r="B234" s="1" t="s">
-        <x:v>926</x:v>
+        <x:v>927</x:v>
       </x:c>
       <x:c r="C234" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="D234" s="1" t="s">
-        <x:v>927</x:v>
+        <x:v>928</x:v>
       </x:c>
       <x:c r="E234" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F234" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G234" s="1" t="s">
-        <x:v>928</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="H234" s="1" t="s">
         <x:v>929</x:v>
       </x:c>
       <x:c r="I234" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J234" s="1" t="s">
-        <x:v>907</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="K234" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="L234" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:12" ht="15" customHeight="1">
       <x:c r="A235" s="1">
         <x:v>232</x:v>
       </x:c>
       <x:c r="B235" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>930</x:v>
       </x:c>
       <x:c r="C235" s="1" t="s">
-        <x:v>757</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="D235" s="1" t="s">
-        <x:v>930</x:v>
+        <x:v>931</x:v>
       </x:c>
       <x:c r="E235" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F235" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G235" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="H235" s="1" t="s">
-        <x:v>931</x:v>
+        <x:v>932</x:v>
       </x:c>
       <x:c r="I235" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J235" s="1" t="s">
-        <x:v>907</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="K235" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L235" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:12" ht="15" customHeight="1">
       <x:c r="A236" s="1">
         <x:v>233</x:v>
       </x:c>
       <x:c r="B236" s="1" t="s">
-        <x:v>932</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="C236" s="1" t="s">
-        <x:v>933</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="D236" s="1" t="s">
         <x:v>934</x:v>
       </x:c>
       <x:c r="E236" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F236" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G236" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>935</x:v>
       </x:c>
       <x:c r="H236" s="1" t="s">
-        <x:v>935</x:v>
+        <x:v>936</x:v>
       </x:c>
       <x:c r="I236" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J236" s="1" t="s">
-        <x:v>907</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="K236" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="L236" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:12" ht="15" customHeight="1">
       <x:c r="A237" s="1">
         <x:v>234</x:v>
       </x:c>
       <x:c r="B237" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C237" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="D237" s="1" t="s">
-        <x:v>936</x:v>
+        <x:v>937</x:v>
       </x:c>
       <x:c r="E237" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F237" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G237" s="1" t="s">
-        <x:v>937</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="H237" s="1" t="s">
         <x:v>938</x:v>
       </x:c>
       <x:c r="I237" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J237" s="1" t="s">
-        <x:v>907</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="K237" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="L237" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:12" ht="15" customHeight="1">
       <x:c r="A238" s="1">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B238" s="1" t="s">
         <x:v>939</x:v>
       </x:c>
       <x:c r="C238" s="1" t="s">
-        <x:v>563</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="D238" s="1" t="s">
-        <x:v>940</x:v>
+        <x:v>941</x:v>
       </x:c>
       <x:c r="E238" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F238" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G238" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="H238" s="1" t="s">
-        <x:v>941</x:v>
+        <x:v>942</x:v>
       </x:c>
       <x:c r="I238" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J238" s="1" t="s">
-        <x:v>907</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="K238" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="L238" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:12" ht="15" customHeight="1">
       <x:c r="A239" s="1">
         <x:v>236</x:v>
       </x:c>
       <x:c r="B239" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C239" s="1" t="s">
-        <x:v>942</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D239" s="1" t="s">
         <x:v>943</x:v>
       </x:c>
       <x:c r="E239" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F239" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G239" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>944</x:v>
       </x:c>
       <x:c r="H239" s="1" t="s">
-        <x:v>944</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="I239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J239" s="1" t="s">
-        <x:v>907</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="K239" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L239" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:12" ht="15" customHeight="1">
       <x:c r="A240" s="1">
         <x:v>237</x:v>
       </x:c>
       <x:c r="B240" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C240" s="1" t="s">
-        <x:v>583</x:v>
+        <x:v>946</x:v>
       </x:c>
       <x:c r="D240" s="1" t="s">
-        <x:v>945</x:v>
+        <x:v>947</x:v>
       </x:c>
       <x:c r="E240" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F240" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G240" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="H240" s="1" t="s">
-        <x:v>946</x:v>
+        <x:v>948</x:v>
       </x:c>
       <x:c r="I240" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J240" s="1" t="s">
-        <x:v>907</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="K240" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="L240" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:12" ht="15" customHeight="1">
       <x:c r="A241" s="1">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B241" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>949</x:v>
       </x:c>
       <x:c r="C241" s="1" t="s">
-        <x:v>583</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="D241" s="1" t="s">
-        <x:v>947</x:v>
+        <x:v>950</x:v>
       </x:c>
       <x:c r="E241" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F241" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G241" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="H241" s="1" t="s">
-        <x:v>948</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="I241" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J241" s="1" t="s">
-        <x:v>907</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="K241" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="L241" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:12" ht="15" customHeight="1">
       <x:c r="A242" s="1">
         <x:v>239</x:v>
       </x:c>
       <x:c r="B242" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C242" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="D242" s="1" t="s">
-        <x:v>949</x:v>
+        <x:v>952</x:v>
       </x:c>
       <x:c r="E242" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F242" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G242" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="H242" s="1" t="s">
-        <x:v>950</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="I242" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J242" s="1" t="s">
-        <x:v>907</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="K242" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L242" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:12" ht="15" customHeight="1">
       <x:c r="A243" s="1">
         <x:v>240</x:v>
       </x:c>
       <x:c r="B243" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="C243" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="D243" s="1" t="s">
-        <x:v>951</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="E243" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F243" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G243" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="H243" s="1" t="s">
-        <x:v>952</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="I243" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J243" s="1" t="s">
-        <x:v>907</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="K243" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="L243" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:12" ht="15" customHeight="1">
       <x:c r="A244" s="1">
         <x:v>241</x:v>
       </x:c>
       <x:c r="B244" s="1" t="s">
-        <x:v>659</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="C244" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D244" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>956</x:v>
       </x:c>
       <x:c r="E244" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F244" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G244" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="H244" s="1" t="s">
-        <x:v>954</x:v>
+        <x:v>957</x:v>
       </x:c>
       <x:c r="I244" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J244" s="1" t="s">
-        <x:v>907</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="K244" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L244" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:12" ht="15" customHeight="1">
       <x:c r="A245" s="1">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B245" s="1" t="s">
-        <x:v>549</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C245" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="D245" s="1" t="s">
-        <x:v>955</x:v>
+        <x:v>958</x:v>
       </x:c>
       <x:c r="E245" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F245" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G245" s="1" t="s">
-        <x:v>937</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="H245" s="1" t="s">
-        <x:v>956</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="I245" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J245" s="1" t="s">
-        <x:v>907</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="K245" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L245" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:12" ht="15" customHeight="1">
       <x:c r="A246" s="1">
         <x:v>243</x:v>
       </x:c>
       <x:c r="B246" s="1" t="s">
-        <x:v>957</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="C246" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="D246" s="1" t="s">
-        <x:v>958</x:v>
+        <x:v>960</x:v>
       </x:c>
       <x:c r="E246" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F246" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G246" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="H246" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>961</x:v>
       </x:c>
       <x:c r="I246" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J246" s="1" t="s">
-        <x:v>907</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="K246" s="1" t="s">
-        <x:v>960</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L246" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:12" ht="15" customHeight="1">
       <x:c r="A247" s="1">
         <x:v>244</x:v>
       </x:c>
       <x:c r="B247" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>962</x:v>
       </x:c>
       <x:c r="C247" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="D247" s="1" t="s">
-        <x:v>961</x:v>
+        <x:v>963</x:v>
       </x:c>
       <x:c r="E247" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F247" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G247" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>919</x:v>
       </x:c>
       <x:c r="H247" s="1" t="s">
-        <x:v>962</x:v>
+        <x:v>964</x:v>
       </x:c>
       <x:c r="I247" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J247" s="1" t="s">
-        <x:v>907</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="K247" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>965</x:v>
       </x:c>
       <x:c r="L247" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:12" ht="15" customHeight="1">
       <x:c r="A248" s="1">
         <x:v>245</x:v>
       </x:c>
       <x:c r="B248" s="1" t="s">
-        <x:v>963</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="C248" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="D248" s="1" t="s">
-        <x:v>964</x:v>
+        <x:v>966</x:v>
       </x:c>
       <x:c r="E248" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F248" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G248" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>944</x:v>
       </x:c>
       <x:c r="H248" s="1" t="s">
-        <x:v>965</x:v>
+        <x:v>967</x:v>
       </x:c>
       <x:c r="I248" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J248" s="1" t="s">
-        <x:v>907</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="K248" s="1" t="s">
-        <x:v>966</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L248" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:12" ht="15" customHeight="1">
       <x:c r="A249" s="1">
         <x:v>246</x:v>
       </x:c>
       <x:c r="B249" s="1" t="s">
-        <x:v>967</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="C249" s="1" t="s">
-        <x:v>723</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="D249" s="1" t="s">
         <x:v>968</x:v>
       </x:c>
       <x:c r="E249" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F249" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G249" s="1" t="s">
-        <x:v>937</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="H249" s="1" t="s">
         <x:v>969</x:v>
       </x:c>
       <x:c r="I249" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J249" s="1" t="s">
-        <x:v>907</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="K249" s="1" t="s">
-        <x:v>647</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L249" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:12" ht="15" customHeight="1">
       <x:c r="A250" s="1">
         <x:v>247</x:v>
       </x:c>
       <x:c r="B250" s="1" t="s">
         <x:v>970</x:v>
       </x:c>
       <x:c r="C250" s="1" t="s">
-        <x:v>797</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="D250" s="1" t="s">
         <x:v>971</x:v>
       </x:c>
       <x:c r="E250" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F250" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G250" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="H250" s="1" t="s">
         <x:v>972</x:v>
       </x:c>
       <x:c r="I250" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J250" s="1" t="s">
-        <x:v>907</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="K250" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>973</x:v>
       </x:c>
       <x:c r="L250" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:12" ht="15" customHeight="1">
       <x:c r="A251" s="1">
         <x:v>248</x:v>
       </x:c>
       <x:c r="B251" s="1" t="s">
-        <x:v>973</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="C251" s="1" t="s">
-        <x:v>974</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="D251" s="1" t="s">
         <x:v>975</x:v>
       </x:c>
       <x:c r="E251" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F251" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G251" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="H251" s="1" t="s">
         <x:v>976</x:v>
       </x:c>
       <x:c r="I251" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J251" s="1" t="s">
-        <x:v>907</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="K251" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="L251" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:12" ht="15" customHeight="1">
       <x:c r="A252" s="1">
         <x:v>249</x:v>
       </x:c>
       <x:c r="B252" s="1" t="s">
         <x:v>977</x:v>
       </x:c>
       <x:c r="C252" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="D252" s="1" t="s">
         <x:v>978</x:v>
       </x:c>
       <x:c r="E252" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F252" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G252" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>944</x:v>
       </x:c>
       <x:c r="H252" s="1" t="s">
         <x:v>979</x:v>
       </x:c>
       <x:c r="I252" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J252" s="1" t="s">
-        <x:v>907</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="K252" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="L252" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:12" ht="15" customHeight="1">
       <x:c r="A253" s="1">
         <x:v>250</x:v>
       </x:c>
       <x:c r="B253" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C253" s="1" t="s">
-        <x:v>797</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="D253" s="1" t="s">
         <x:v>980</x:v>
       </x:c>
       <x:c r="E253" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F253" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G253" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="H253" s="1" t="s">
         <x:v>981</x:v>
       </x:c>
       <x:c r="I253" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J253" s="1" t="s">
-        <x:v>907</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="K253" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="L253" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:12" ht="15" customHeight="1">
       <x:c r="A254" s="1">
         <x:v>251</x:v>
       </x:c>
       <x:c r="B254" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="C254" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="D254" s="1" t="s">
         <x:v>983</x:v>
       </x:c>
       <x:c r="E254" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F254" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G254" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="H254" s="1" t="s">
         <x:v>984</x:v>
       </x:c>
       <x:c r="I254" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J254" s="1" t="s">
-        <x:v>907</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="K254" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="L254" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:12" ht="15" customHeight="1">
       <x:c r="A255" s="1">
         <x:v>252</x:v>
       </x:c>
       <x:c r="B255" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C255" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>985</x:v>
       </x:c>
       <x:c r="D255" s="1" t="s">
-        <x:v>985</x:v>
+        <x:v>986</x:v>
       </x:c>
       <x:c r="E255" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F255" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G255" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="H255" s="1" t="s">
-        <x:v>986</x:v>
+        <x:v>987</x:v>
       </x:c>
       <x:c r="I255" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J255" s="1" t="s">
-        <x:v>907</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="K255" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="L255" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:12" ht="15" customHeight="1">
       <x:c r="A256" s="1">
         <x:v>253</x:v>
       </x:c>
       <x:c r="B256" s="1" t="s">
-        <x:v>987</x:v>
+        <x:v>988</x:v>
       </x:c>
       <x:c r="C256" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="D256" s="1" t="s">
-        <x:v>988</x:v>
+        <x:v>989</x:v>
       </x:c>
       <x:c r="E256" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F256" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G256" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="H256" s="1" t="s">
-        <x:v>989</x:v>
+        <x:v>990</x:v>
       </x:c>
       <x:c r="I256" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J256" s="1" t="s">
-        <x:v>907</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="K256" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L256" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:12" ht="15" customHeight="1">
       <x:c r="A257" s="1">
         <x:v>254</x:v>
       </x:c>
       <x:c r="B257" s="1" t="s">
-        <x:v>990</x:v>
+        <x:v>991</x:v>
       </x:c>
       <x:c r="C257" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="D257" s="1" t="s">
-        <x:v>991</x:v>
+        <x:v>992</x:v>
       </x:c>
       <x:c r="E257" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F257" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G257" s="1" t="s">
-        <x:v>937</x:v>
+        <x:v>944</x:v>
       </x:c>
       <x:c r="H257" s="1" t="s">
-        <x:v>992</x:v>
+        <x:v>993</x:v>
       </x:c>
       <x:c r="I257" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J257" s="1" t="s">
-        <x:v>907</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="K257" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="L257" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:12" ht="15" customHeight="1">
       <x:c r="A258" s="1">
         <x:v>255</x:v>
       </x:c>
       <x:c r="B258" s="1" t="s">
-        <x:v>993</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C258" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="D258" s="1" t="s">
         <x:v>994</x:v>
       </x:c>
       <x:c r="E258" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F258" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G258" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="H258" s="1" t="s">
         <x:v>995</x:v>
       </x:c>
       <x:c r="I258" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J258" s="1" t="s">
-        <x:v>907</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="K258" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L258" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:12" ht="15" customHeight="1">
       <x:c r="A259" s="1">
         <x:v>256</x:v>
       </x:c>
       <x:c r="B259" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C259" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>996</x:v>
       </x:c>
       <x:c r="D259" s="1" t="s">
-        <x:v>996</x:v>
+        <x:v>997</x:v>
       </x:c>
       <x:c r="E259" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F259" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G259" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="H259" s="1" t="s">
-        <x:v>997</x:v>
+        <x:v>998</x:v>
       </x:c>
       <x:c r="I259" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J259" s="1" t="s">
-        <x:v>907</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="K259" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="L259" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:12" ht="15" customHeight="1">
       <x:c r="A260" s="1">
         <x:v>257</x:v>
       </x:c>
       <x:c r="B260" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="C260" s="1" t="s">
-        <x:v>998</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="D260" s="1" t="s">
         <x:v>999</x:v>
       </x:c>
       <x:c r="E260" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F260" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G260" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="H260" s="1" t="s">
         <x:v>1000</x:v>
       </x:c>
       <x:c r="I260" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J260" s="1" t="s">
-        <x:v>907</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="K260" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L260" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:12" ht="15" customHeight="1">
       <x:c r="A261" s="1">
         <x:v>258</x:v>
       </x:c>
       <x:c r="B261" s="1" t="s">
-        <x:v>722</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C261" s="1" t="s">
-        <x:v>723</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="D261" s="1" t="s">
         <x:v>1001</x:v>
       </x:c>
       <x:c r="E261" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F261" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G261" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="H261" s="1" t="s">
         <x:v>1002</x:v>
       </x:c>
       <x:c r="I261" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J261" s="1" t="s">
-        <x:v>907</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="K261" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="L261" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:12" ht="15" customHeight="1">
       <x:c r="A262" s="1">
         <x:v>259</x:v>
       </x:c>
       <x:c r="B262" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C262" s="1" t="s">
-        <x:v>757</x:v>
+        <x:v>1003</x:v>
       </x:c>
       <x:c r="D262" s="1" t="s">
-        <x:v>1003</x:v>
+        <x:v>1004</x:v>
       </x:c>
       <x:c r="E262" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F262" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G262" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="H262" s="1" t="s">
-        <x:v>1004</x:v>
+        <x:v>1005</x:v>
       </x:c>
       <x:c r="I262" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J262" s="1" t="s">
-        <x:v>907</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="K262" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L262" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:12" ht="15" customHeight="1">
       <x:c r="A263" s="1">
         <x:v>260</x:v>
       </x:c>
       <x:c r="B263" s="1" t="s">
-        <x:v>1005</x:v>
+        <x:v>1006</x:v>
       </x:c>
       <x:c r="C263" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>1007</x:v>
       </x:c>
       <x:c r="D263" s="1" t="s">
-        <x:v>1006</x:v>
+        <x:v>1008</x:v>
       </x:c>
       <x:c r="E263" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F263" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G263" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="H263" s="1" t="s">
-        <x:v>1007</x:v>
+        <x:v>1009</x:v>
       </x:c>
       <x:c r="I263" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J263" s="1" t="s">
-        <x:v>907</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="K263" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="L263" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:12" ht="15" customHeight="1">
       <x:c r="A264" s="1">
         <x:v>261</x:v>
       </x:c>
       <x:c r="B264" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>1010</x:v>
       </x:c>
       <x:c r="C264" s="1" t="s">
-        <x:v>1008</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="D264" s="1" t="s">
-        <x:v>1009</x:v>
+        <x:v>1011</x:v>
       </x:c>
       <x:c r="E264" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F264" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G264" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="H264" s="1" t="s">
-        <x:v>1010</x:v>
+        <x:v>1012</x:v>
       </x:c>
       <x:c r="I264" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J264" s="1" t="s">
-        <x:v>907</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="K264" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="L264" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:12" ht="15" customHeight="1">
       <x:c r="A265" s="1">
         <x:v>262</x:v>
       </x:c>
       <x:c r="B265" s="1" t="s">
-        <x:v>1011</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C265" s="1" t="s">
-        <x:v>1012</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="D265" s="1" t="s">
         <x:v>1013</x:v>
       </x:c>
       <x:c r="E265" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F265" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G265" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="H265" s="1" t="s">
         <x:v>1014</x:v>
       </x:c>
       <x:c r="I265" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J265" s="1" t="s">
-        <x:v>907</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="K265" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L265" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:12" ht="15" customHeight="1">
       <x:c r="A266" s="1">
         <x:v>263</x:v>
       </x:c>
       <x:c r="B266" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="C266" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="D266" s="1" t="s">
-        <x:v>1015</x:v>
+        <x:v>1016</x:v>
       </x:c>
       <x:c r="E266" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F266" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G266" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="H266" s="1" t="s">
-        <x:v>1016</x:v>
+        <x:v>1017</x:v>
       </x:c>
       <x:c r="I266" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J266" s="1" t="s">
-        <x:v>907</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="K266" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="L266" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:12" ht="15" customHeight="1">
       <x:c r="A267" s="1">
         <x:v>264</x:v>
       </x:c>
       <x:c r="B267" s="1" t="s">
-        <x:v>1017</x:v>
+        <x:v>1019</x:v>
       </x:c>
       <x:c r="C267" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>1020</x:v>
       </x:c>
       <x:c r="D267" s="1" t="s">
-        <x:v>1018</x:v>
+        <x:v>1021</x:v>
       </x:c>
       <x:c r="E267" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F267" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G267" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="H267" s="1" t="s">
-        <x:v>1019</x:v>
+        <x:v>1022</x:v>
       </x:c>
       <x:c r="I267" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J267" s="1" t="s">
-        <x:v>907</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="K267" s="1" t="s">
-        <x:v>1020</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="L267" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:12" ht="15" customHeight="1">
       <x:c r="A268" s="1">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B268" s="1" t="s">
-        <x:v>1021</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="C268" s="1" t="s">
-        <x:v>1022</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="D268" s="1" t="s">
         <x:v>1023</x:v>
       </x:c>
       <x:c r="E268" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F268" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G268" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="H268" s="1" t="s">
         <x:v>1024</x:v>
       </x:c>
       <x:c r="I268" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J268" s="1" t="s">
-        <x:v>907</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="K268" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="L268" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:12" ht="15" customHeight="1">
       <x:c r="A269" s="1">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B269" s="1" t="s">
         <x:v>1025</x:v>
       </x:c>
       <x:c r="C269" s="1" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="D269" s="1" t="s">
         <x:v>1026</x:v>
       </x:c>
-      <x:c r="D269" s="1" t="s">
+      <x:c r="E269" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F269" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G269" s="1" t="s">
+        <x:v>852</x:v>
+      </x:c>
+      <x:c r="H269" s="1" t="s">
         <x:v>1027</x:v>
       </x:c>
-      <x:c r="E269" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I269" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J269" s="1" t="s">
-        <x:v>907</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="K269" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L269" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:12" ht="15" customHeight="1">
       <x:c r="A270" s="1">
         <x:v>267</x:v>
       </x:c>
       <x:c r="B270" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="C270" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>1028</x:v>
       </x:c>
       <x:c r="D270" s="1" t="s">
         <x:v>1029</x:v>
       </x:c>
       <x:c r="E270" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="F270" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G270" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="H270" s="1" t="s">
         <x:v>1030</x:v>
       </x:c>
       <x:c r="I270" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J270" s="1" t="s">
-        <x:v>907</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="K270" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="L270" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:12" ht="15" customHeight="1">
       <x:c r="A271" s="1">
         <x:v>268</x:v>
       </x:c>
       <x:c r="B271" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>1031</x:v>
       </x:c>
       <x:c r="C271" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="D271" s="1" t="s">
-        <x:v>1031</x:v>
+        <x:v>1032</x:v>
       </x:c>
       <x:c r="E271" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>1033</x:v>
       </x:c>
       <x:c r="F271" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G271" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="H271" s="1" t="s">
-        <x:v>1032</x:v>
+        <x:v>1034</x:v>
       </x:c>
       <x:c r="I271" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J271" s="1" t="s">
-        <x:v>907</x:v>
+        <x:v>1035</x:v>
       </x:c>
       <x:c r="K271" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>1036</x:v>
       </x:c>
       <x:c r="L271" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:12" ht="15" customHeight="1">
       <x:c r="A272" s="1">
         <x:v>269</x:v>
       </x:c>
       <x:c r="B272" s="1" t="s">
-        <x:v>1033</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="C272" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="D272" s="1" t="s">
-        <x:v>1034</x:v>
+        <x:v>1037</x:v>
       </x:c>
       <x:c r="E272" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F272" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G272" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="H272" s="1" t="s">
+        <x:v>1038</x:v>
+      </x:c>
+      <x:c r="I272" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J272" s="1" t="s">
         <x:v>1035</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>907</x:v>
       </x:c>
       <x:c r="K272" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L272" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:12" ht="15" customHeight="1">
       <x:c r="A273" s="1">
         <x:v>270</x:v>
       </x:c>
       <x:c r="B273" s="1" t="s">
-        <x:v>1036</x:v>
+        <x:v>1039</x:v>
       </x:c>
       <x:c r="C273" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="D273" s="1" t="s">
-        <x:v>1037</x:v>
+        <x:v>1040</x:v>
       </x:c>
       <x:c r="E273" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F273" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G273" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="H273" s="1" t="s">
-        <x:v>1038</x:v>
+        <x:v>1041</x:v>
       </x:c>
       <x:c r="I273" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J273" s="1" t="s">
-        <x:v>907</x:v>
+        <x:v>1035</x:v>
       </x:c>
       <x:c r="K273" s="1" t="s">
-        <x:v>1039</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="L273" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:12" ht="15" customHeight="1">
       <x:c r="A274" s="1">
         <x:v>271</x:v>
       </x:c>
       <x:c r="B274" s="1" t="s">
-        <x:v>708</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="C274" s="1" t="s">
-        <x:v>1040</x:v>
+        <x:v>1042</x:v>
       </x:c>
       <x:c r="D274" s="1" t="s">
-        <x:v>1041</x:v>
+        <x:v>1043</x:v>
       </x:c>
       <x:c r="E274" s="1" t="s">
-        <x:v>641</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F274" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G274" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="H274" s="1" t="s">
-        <x:v>1042</x:v>
+        <x:v>1044</x:v>
       </x:c>
       <x:c r="I274" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J274" s="1" t="s">
-        <x:v>907</x:v>
+        <x:v>1035</x:v>
       </x:c>
       <x:c r="K274" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="L274" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:12" ht="15" customHeight="1">
       <x:c r="A275" s="1">
         <x:v>272</x:v>
       </x:c>
       <x:c r="B275" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C275" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="D275" s="1" t="s">
-        <x:v>1044</x:v>
+        <x:v>1045</x:v>
       </x:c>
       <x:c r="E275" s="1" t="s">
-        <x:v>1045</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F275" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G275" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="H275" s="1" t="s">
         <x:v>1046</x:v>
       </x:c>
       <x:c r="I275" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J275" s="1" t="s">
-        <x:v>907</x:v>
+        <x:v>1035</x:v>
       </x:c>
       <x:c r="K275" s="1" t="s">
-        <x:v>1047</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L275" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:12" ht="15" customHeight="1">
       <x:c r="A276" s="1">
         <x:v>273</x:v>
       </x:c>
       <x:c r="B276" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>1010</x:v>
       </x:c>
       <x:c r="C276" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="D276" s="1" t="s">
+        <x:v>1047</x:v>
+      </x:c>
+      <x:c r="E276" s="1" t="s">
         <x:v>1048</x:v>
       </x:c>
-      <x:c r="E276" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F276" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G276" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="H276" s="1" t="s">
         <x:v>1049</x:v>
       </x:c>
       <x:c r="I276" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J276" s="1" t="s">
-        <x:v>907</x:v>
+        <x:v>1035</x:v>
       </x:c>
       <x:c r="K276" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="L276" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:12" ht="15" customHeight="1">
       <x:c r="A277" s="1">
         <x:v>274</x:v>
       </x:c>
       <x:c r="B277" s="1" t="s">
-        <x:v>715</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="C277" s="1" t="s">
         <x:v>1050</x:v>
       </x:c>
       <x:c r="D277" s="1" t="s">
         <x:v>1051</x:v>
       </x:c>
       <x:c r="E277" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F277" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G277" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="H277" s="1" t="s">
         <x:v>1052</x:v>
       </x:c>
       <x:c r="I277" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J277" s="1" t="s">
-        <x:v>907</x:v>
+        <x:v>1035</x:v>
       </x:c>
       <x:c r="K277" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L277" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:12" ht="15" customHeight="1">
       <x:c r="A278" s="1">
         <x:v>275</x:v>
       </x:c>
       <x:c r="B278" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="C278" s="1" t="s">
         <x:v>1053</x:v>
       </x:c>
       <x:c r="D278" s="1" t="s">
         <x:v>1054</x:v>
       </x:c>
       <x:c r="E278" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F278" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G278" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="H278" s="1" t="s">
         <x:v>1055</x:v>
       </x:c>
       <x:c r="I278" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J278" s="1" t="s">
-        <x:v>907</x:v>
+        <x:v>1035</x:v>
       </x:c>
       <x:c r="K278" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="L278" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:12" ht="15" customHeight="1">
       <x:c r="A279" s="1">
         <x:v>276</x:v>
       </x:c>
       <x:c r="B279" s="1" t="s">
-        <x:v>1005</x:v>
+        <x:v>1056</x:v>
       </x:c>
       <x:c r="C279" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="D279" s="1" t="s">
-        <x:v>1056</x:v>
+        <x:v>1057</x:v>
       </x:c>
       <x:c r="E279" s="1" t="s">
-        <x:v>1057</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F279" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G279" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="H279" s="1" t="s">
         <x:v>1058</x:v>
       </x:c>
       <x:c r="I279" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J279" s="1" t="s">
-        <x:v>907</x:v>
+        <x:v>1035</x:v>
       </x:c>
       <x:c r="K279" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L279" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:12" ht="15" customHeight="1">
       <x:c r="A280" s="1">
         <x:v>277</x:v>
       </x:c>
       <x:c r="B280" s="1" t="s">
-        <x:v>731</x:v>
+        <x:v>1059</x:v>
       </x:c>
       <x:c r="C280" s="1" t="s">
-        <x:v>1059</x:v>
+        <x:v>1060</x:v>
       </x:c>
       <x:c r="D280" s="1" t="s">
-        <x:v>1060</x:v>
+        <x:v>1061</x:v>
       </x:c>
       <x:c r="E280" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F280" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G280" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="H280" s="1" t="s">
-        <x:v>1061</x:v>
+        <x:v>1062</x:v>
       </x:c>
       <x:c r="I280" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J280" s="1" t="s">
-        <x:v>907</x:v>
+        <x:v>1035</x:v>
       </x:c>
       <x:c r="K280" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L280" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:12" ht="15" customHeight="1">
       <x:c r="A281" s="1">
         <x:v>278</x:v>
       </x:c>
       <x:c r="B281" s="1" t="s">
-        <x:v>1062</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C281" s="1" t="s">
+        <x:v>579</x:v>
+      </x:c>
+      <x:c r="D281" s="1" t="s">
         <x:v>1063</x:v>
       </x:c>
-      <x:c r="D281" s="1" t="s">
+      <x:c r="E281" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F281" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G281" s="1" t="s">
+        <x:v>852</x:v>
+      </x:c>
+      <x:c r="H281" s="1" t="s">
         <x:v>1064</x:v>
       </x:c>
-      <x:c r="E281" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I281" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J281" s="1" t="s">
-        <x:v>907</x:v>
+        <x:v>1035</x:v>
       </x:c>
       <x:c r="K281" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L281" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:12" ht="15" customHeight="1">
       <x:c r="A282" s="1">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B282" s="1" t="s">
+        <x:v>1065</x:v>
+      </x:c>
+      <x:c r="C282" s="1" t="s">
+        <x:v>494</x:v>
+      </x:c>
+      <x:c r="D282" s="1" t="s">
         <x:v>1066</x:v>
       </x:c>
-      <x:c r="C282" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D282" s="1" t="s">
+      <x:c r="E282" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F282" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G282" s="1" t="s">
+        <x:v>852</x:v>
+      </x:c>
+      <x:c r="H282" s="1" t="s">
         <x:v>1067</x:v>
       </x:c>
-      <x:c r="E282" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I282" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J282" s="1" t="s">
-        <x:v>907</x:v>
+        <x:v>1035</x:v>
       </x:c>
       <x:c r="K282" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="L282" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:12" ht="15" customHeight="1">
       <x:c r="A283" s="1">
         <x:v>280</x:v>
       </x:c>
       <x:c r="B283" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>1068</x:v>
       </x:c>
       <x:c r="C283" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="D283" s="1" t="s">
         <x:v>1069</x:v>
       </x:c>
       <x:c r="E283" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F283" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G283" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="H283" s="1" t="s">
         <x:v>1070</x:v>
       </x:c>
       <x:c r="I283" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J283" s="1" t="s">
-        <x:v>907</x:v>
+        <x:v>1035</x:v>
       </x:c>
       <x:c r="K283" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="L283" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:12" ht="15" customHeight="1">
       <x:c r="A284" s="1">
         <x:v>281</x:v>
       </x:c>
       <x:c r="B284" s="1" t="s">
         <x:v>1071</x:v>
       </x:c>
       <x:c r="C284" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="D284" s="1" t="s">
         <x:v>1072</x:v>
       </x:c>
       <x:c r="E284" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F284" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G284" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="H284" s="1" t="s">
         <x:v>1073</x:v>
       </x:c>
       <x:c r="I284" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J284" s="1" t="s">
-        <x:v>907</x:v>
+        <x:v>1035</x:v>
       </x:c>
       <x:c r="K284" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="L284" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:12" ht="15" customHeight="1">
       <x:c r="A285" s="1">
         <x:v>282</x:v>
       </x:c>
       <x:c r="B285" s="1" t="s">
         <x:v>1074</x:v>
       </x:c>
       <x:c r="C285" s="1" t="s">
-        <x:v>662</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="D285" s="1" t="s">
         <x:v>1075</x:v>
       </x:c>
       <x:c r="E285" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F285" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G285" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="H285" s="1" t="s">
         <x:v>1076</x:v>
       </x:c>
       <x:c r="I285" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J285" s="1" t="s">
-        <x:v>907</x:v>
+        <x:v>1035</x:v>
       </x:c>
       <x:c r="K285" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="L285" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:12" ht="15" customHeight="1">
       <x:c r="A286" s="1">
         <x:v>283</x:v>
       </x:c>
       <x:c r="B286" s="1" t="s">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="C286" s="1" t="s">
+        <x:v>494</x:v>
+      </x:c>
+      <x:c r="D286" s="1" t="s">
         <x:v>1077</x:v>
       </x:c>
-      <x:c r="C286" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D286" s="1" t="s">
+      <x:c r="E286" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F286" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G286" s="1" t="s">
+        <x:v>852</x:v>
+      </x:c>
+      <x:c r="H286" s="1" t="s">
         <x:v>1078</x:v>
       </x:c>
-      <x:c r="E286" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I286" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J286" s="1" t="s">
-        <x:v>907</x:v>
+        <x:v>1035</x:v>
       </x:c>
       <x:c r="K286" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L286" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:12" ht="15" customHeight="1">
       <x:c r="A287" s="1">
         <x:v>284</x:v>
       </x:c>
       <x:c r="B287" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>1079</x:v>
       </x:c>
       <x:c r="C287" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="D287" s="1" t="s">
         <x:v>1080</x:v>
       </x:c>
       <x:c r="E287" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F287" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G287" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="H287" s="1" t="s">
         <x:v>1081</x:v>
       </x:c>
       <x:c r="I287" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J287" s="1" t="s">
-        <x:v>1082</x:v>
+        <x:v>1035</x:v>
       </x:c>
       <x:c r="K287" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="L287" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:12" ht="15" customHeight="1">
       <x:c r="A288" s="1">
         <x:v>285</x:v>
       </x:c>
       <x:c r="B288" s="1" t="s">
-        <x:v>987</x:v>
+        <x:v>1082</x:v>
       </x:c>
       <x:c r="C288" s="1" t="s">
-        <x:v>732</x:v>
+        <x:v>1083</x:v>
       </x:c>
       <x:c r="D288" s="1" t="s">
-        <x:v>1083</x:v>
+        <x:v>1084</x:v>
       </x:c>
       <x:c r="E288" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F288" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G288" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="H288" s="1" t="s">
-        <x:v>1084</x:v>
+        <x:v>1085</x:v>
       </x:c>
       <x:c r="I288" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J288" s="1" t="s">
-        <x:v>1082</x:v>
+        <x:v>1035</x:v>
       </x:c>
       <x:c r="K288" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="L288" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:12" ht="15" customHeight="1">
       <x:c r="A289" s="1">
         <x:v>286</x:v>
       </x:c>
       <x:c r="B289" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="C289" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D289" s="1" t="s">
-        <x:v>1085</x:v>
+        <x:v>1086</x:v>
       </x:c>
       <x:c r="E289" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="F289" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G289" s="1" t="s">
-        <x:v>937</x:v>
+        <x:v>944</x:v>
       </x:c>
       <x:c r="H289" s="1" t="s">
-        <x:v>1086</x:v>
+        <x:v>1087</x:v>
       </x:c>
       <x:c r="I289" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J289" s="1" t="s">
-        <x:v>1082</x:v>
+        <x:v>1035</x:v>
       </x:c>
       <x:c r="K289" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="L289" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:12" ht="15" customHeight="1">
       <x:c r="A290" s="1">
         <x:v>287</x:v>
       </x:c>
       <x:c r="B290" s="1" t="s">
-        <x:v>869</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="C290" s="1" t="s">
-        <x:v>732</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="D290" s="1" t="s">
-        <x:v>1087</x:v>
+        <x:v>1088</x:v>
       </x:c>
       <x:c r="E290" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F290" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G290" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="H290" s="1" t="s">
-        <x:v>1088</x:v>
+        <x:v>1089</x:v>
       </x:c>
       <x:c r="I290" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J290" s="1" t="s">
-        <x:v>1082</x:v>
+        <x:v>1035</x:v>
       </x:c>
       <x:c r="K290" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="L290" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:12" ht="15" customHeight="1">
       <x:c r="A291" s="1">
         <x:v>288</x:v>
       </x:c>
       <x:c r="B291" s="1" t="s">
-        <x:v>1089</x:v>
+        <x:v>1090</x:v>
       </x:c>
       <x:c r="C291" s="1" t="s">
-        <x:v>732</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="D291" s="1" t="s">
-        <x:v>1090</x:v>
+        <x:v>1091</x:v>
       </x:c>
       <x:c r="E291" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F291" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G291" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="H291" s="1" t="s">
-        <x:v>1091</x:v>
+        <x:v>1092</x:v>
       </x:c>
       <x:c r="I291" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J291" s="1" t="s">
-        <x:v>1082</x:v>
+        <x:v>1035</x:v>
       </x:c>
       <x:c r="K291" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="L291" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:12" ht="15" customHeight="1">
       <x:c r="A292" s="1">
         <x:v>289</x:v>
       </x:c>
       <x:c r="B292" s="1" t="s">
-        <x:v>1092</x:v>
+        <x:v>875</x:v>
       </x:c>
       <x:c r="C292" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="D292" s="1" t="s">
         <x:v>1093</x:v>
       </x:c>
       <x:c r="E292" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F292" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G292" s="1" t="s">
+        <x:v>852</x:v>
+      </x:c>
+      <x:c r="H292" s="1" t="s">
         <x:v>1094</x:v>
       </x:c>
-      <x:c r="F292" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I292" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J292" s="1" t="s">
-        <x:v>1082</x:v>
+        <x:v>1035</x:v>
       </x:c>
       <x:c r="K292" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="L292" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:12" ht="15" customHeight="1">
       <x:c r="A293" s="1">
         <x:v>290</x:v>
       </x:c>
       <x:c r="B293" s="1" t="s">
+        <x:v>668</x:v>
+      </x:c>
+      <x:c r="C293" s="1" t="s">
+        <x:v>817</x:v>
+      </x:c>
+      <x:c r="D293" s="1" t="s">
+        <x:v>1095</x:v>
+      </x:c>
+      <x:c r="E293" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F293" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G293" s="1" t="s">
+        <x:v>852</x:v>
+      </x:c>
+      <x:c r="H293" s="1" t="s">
         <x:v>1096</x:v>
       </x:c>
-      <x:c r="C293" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I293" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J293" s="1" t="s">
-        <x:v>1082</x:v>
+        <x:v>1035</x:v>
       </x:c>
       <x:c r="K293" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L293" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:12" ht="15" customHeight="1">
       <x:c r="A294" s="1">
         <x:v>291</x:v>
       </x:c>
       <x:c r="B294" s="1" t="s">
-        <x:v>722</x:v>
+        <x:v>1097</x:v>
       </x:c>
       <x:c r="C294" s="1" t="s">
-        <x:v>757</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="D294" s="1" t="s">
+        <x:v>1098</x:v>
+      </x:c>
+      <x:c r="E294" s="1" t="s">
+        <x:v>1099</x:v>
+      </x:c>
+      <x:c r="F294" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G294" s="1" t="s">
+        <x:v>852</x:v>
+      </x:c>
+      <x:c r="H294" s="1" t="s">
         <x:v>1100</x:v>
       </x:c>
-      <x:c r="E294" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I294" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J294" s="1" t="s">
-        <x:v>1082</x:v>
+        <x:v>1035</x:v>
       </x:c>
       <x:c r="K294" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="L294" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:12" ht="15" customHeight="1">
       <x:c r="A295" s="1">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B295" s="1" t="s">
+        <x:v>1101</x:v>
+      </x:c>
+      <x:c r="C295" s="1" t="s">
         <x:v>1102</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>651</x:v>
       </x:c>
       <x:c r="D295" s="1" t="s">
         <x:v>1103</x:v>
       </x:c>
       <x:c r="E295" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F295" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G295" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="H295" s="1" t="s">
         <x:v>1104</x:v>
       </x:c>
       <x:c r="I295" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J295" s="1" t="s">
-        <x:v>1082</x:v>
+        <x:v>1035</x:v>
       </x:c>
       <x:c r="K295" s="1" t="s">
-        <x:v>966</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="L295" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:12" ht="15" customHeight="1">
       <x:c r="A296" s="1">
         <x:v>293</x:v>
       </x:c>
       <x:c r="B296" s="1" t="s">
+        <x:v>729</x:v>
+      </x:c>
+      <x:c r="C296" s="1" t="s">
+        <x:v>764</x:v>
+      </x:c>
+      <x:c r="D296" s="1" t="s">
         <x:v>1105</x:v>
       </x:c>
-      <x:c r="C296" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D296" s="1" t="s">
+      <x:c r="E296" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F296" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G296" s="1" t="s">
+        <x:v>852</x:v>
+      </x:c>
+      <x:c r="H296" s="1" t="s">
         <x:v>1106</x:v>
       </x:c>
-      <x:c r="E296" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I296" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J296" s="1" t="s">
-        <x:v>1082</x:v>
+        <x:v>1035</x:v>
       </x:c>
       <x:c r="K296" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L296" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:12" ht="15" customHeight="1">
       <x:c r="A297" s="1">
         <x:v>294</x:v>
       </x:c>
       <x:c r="B297" s="1" t="s">
+        <x:v>1107</x:v>
+      </x:c>
+      <x:c r="C297" s="1" t="s">
+        <x:v>653</x:v>
+      </x:c>
+      <x:c r="D297" s="1" t="s">
         <x:v>1108</x:v>
       </x:c>
-      <x:c r="C297" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D297" s="1" t="s">
+      <x:c r="E297" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F297" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G297" s="1" t="s">
+        <x:v>852</x:v>
+      </x:c>
+      <x:c r="H297" s="1" t="s">
         <x:v>1109</x:v>
       </x:c>
-      <x:c r="E297" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I297" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J297" s="1" t="s">
-        <x:v>1082</x:v>
+        <x:v>1035</x:v>
       </x:c>
       <x:c r="K297" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>973</x:v>
       </x:c>
       <x:c r="L297" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:12" ht="15" customHeight="1">
       <x:c r="A298" s="1">
         <x:v>295</x:v>
       </x:c>
       <x:c r="B298" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>1110</x:v>
       </x:c>
       <x:c r="C298" s="1" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="D298" s="1" t="s">
+        <x:v>1111</x:v>
+      </x:c>
+      <x:c r="E298" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F298" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G298" s="1" t="s">
+        <x:v>852</x:v>
+      </x:c>
+      <x:c r="H298" s="1" t="s">
         <x:v>1112</x:v>
       </x:c>
-      <x:c r="D298" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I298" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J298" s="1" t="s">
-        <x:v>1082</x:v>
+        <x:v>1035</x:v>
       </x:c>
       <x:c r="K298" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="L298" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:12" ht="15" customHeight="1">
       <x:c r="A299" s="1">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B299" s="1" t="s">
-        <x:v>808</x:v>
+        <x:v>1113</x:v>
       </x:c>
       <x:c r="C299" s="1" t="s">
+        <x:v>1114</x:v>
+      </x:c>
+      <x:c r="D299" s="1" t="s">
         <x:v>1115</x:v>
       </x:c>
-      <x:c r="D299" s="1" t="s">
+      <x:c r="E299" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F299" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G299" s="1" t="s">
+        <x:v>852</x:v>
+      </x:c>
+      <x:c r="H299" s="1" t="s">
         <x:v>1116</x:v>
       </x:c>
-      <x:c r="E299" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I299" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J299" s="1" t="s">
-        <x:v>1082</x:v>
+        <x:v>1035</x:v>
       </x:c>
       <x:c r="K299" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="L299" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:12" ht="15" customHeight="1">
       <x:c r="A300" s="1">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B300" s="1" t="s">
+        <x:v>1117</x:v>
+      </x:c>
+      <x:c r="C300" s="1" t="s">
+        <x:v>479</x:v>
+      </x:c>
+      <x:c r="D300" s="1" t="s">
+        <x:v>1118</x:v>
+      </x:c>
+      <x:c r="E300" s="1" t="s">
         <x:v>1119</x:v>
       </x:c>
-      <x:c r="C300" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D300" s="1" t="s">
+      <x:c r="F300" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G300" s="1" t="s">
+        <x:v>852</x:v>
+      </x:c>
+      <x:c r="H300" s="1" t="s">
         <x:v>1120</x:v>
       </x:c>
-      <x:c r="E300" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I300" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J300" s="1" t="s">
-        <x:v>1082</x:v>
+        <x:v>1035</x:v>
       </x:c>
       <x:c r="K300" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L300" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:12" ht="15" customHeight="1">
       <x:c r="A301" s="1">
         <x:v>298</x:v>
       </x:c>
       <x:c r="B301" s="1" t="s">
+        <x:v>812</x:v>
+      </x:c>
+      <x:c r="C301" s="1" t="s">
+        <x:v>1121</x:v>
+      </x:c>
+      <x:c r="D301" s="1" t="s">
         <x:v>1122</x:v>
       </x:c>
-      <x:c r="C301" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D301" s="1" t="s">
+      <x:c r="E301" s="1" t="s">
         <x:v>1123</x:v>
       </x:c>
-      <x:c r="E301" s="1" t="s">
+      <x:c r="F301" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G301" s="1" t="s">
+        <x:v>852</x:v>
+      </x:c>
+      <x:c r="H301" s="1" t="s">
         <x:v>1124</x:v>
       </x:c>
-      <x:c r="F301" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I301" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J301" s="1" t="s">
-        <x:v>1082</x:v>
+        <x:v>1035</x:v>
       </x:c>
       <x:c r="K301" s="1" t="s">
-        <x:v>966</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L301" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:12" ht="15" customHeight="1">
       <x:c r="A302" s="1">
         <x:v>299</x:v>
       </x:c>
       <x:c r="B302" s="1" t="s">
-        <x:v>923</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="C302" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>1125</x:v>
       </x:c>
       <x:c r="D302" s="1" t="s">
         <x:v>1126</x:v>
       </x:c>
       <x:c r="E302" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="F302" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G302" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="H302" s="1" t="s">
         <x:v>1127</x:v>
       </x:c>
       <x:c r="I302" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J302" s="1" t="s">
-        <x:v>1082</x:v>
+        <x:v>1035</x:v>
       </x:c>
       <x:c r="K302" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L302" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:12" ht="15" customHeight="1">
       <x:c r="A303" s="1">
         <x:v>300</x:v>
       </x:c>
       <x:c r="B303" s="1" t="s">
         <x:v>1128</x:v>
       </x:c>
       <x:c r="C303" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="D303" s="1" t="s">
         <x:v>1129</x:v>
       </x:c>
       <x:c r="E303" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F303" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G303" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="H303" s="1" t="s">
         <x:v>1130</x:v>
       </x:c>
       <x:c r="I303" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J303" s="1" t="s">
-        <x:v>1082</x:v>
+        <x:v>1035</x:v>
       </x:c>
       <x:c r="K303" s="1" t="s">
-        <x:v>1131</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="L303" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:12" ht="15" customHeight="1">
       <x:c r="A304" s="1">
         <x:v>301</x:v>
       </x:c>
       <x:c r="B304" s="1" t="s">
+        <x:v>1131</x:v>
+      </x:c>
+      <x:c r="C304" s="1" t="s">
+        <x:v>26</x:v>
+      </x:c>
+      <x:c r="D304" s="1" t="s">
         <x:v>1132</x:v>
       </x:c>
-      <x:c r="C304" s="1" t="s">
+      <x:c r="E304" s="1" t="s">
         <x:v>1133</x:v>
       </x:c>
-      <x:c r="D304" s="1" t="s">
+      <x:c r="F304" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G304" s="1" t="s">
+        <x:v>852</x:v>
+      </x:c>
+      <x:c r="H304" s="1" t="s">
         <x:v>1134</x:v>
       </x:c>
-      <x:c r="E304" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I304" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J304" s="1" t="s">
-        <x:v>1082</x:v>
+        <x:v>1035</x:v>
       </x:c>
       <x:c r="K304" s="1" t="s">
-        <x:v>1131</x:v>
+        <x:v>973</x:v>
       </x:c>
       <x:c r="L304" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:12" ht="15" customHeight="1">
       <x:c r="A305" s="1">
         <x:v>302</x:v>
       </x:c>
       <x:c r="B305" s="1" t="s">
-        <x:v>808</x:v>
+        <x:v>930</x:v>
       </x:c>
       <x:c r="C305" s="1" t="s">
+        <x:v>506</x:v>
+      </x:c>
+      <x:c r="D305" s="1" t="s">
+        <x:v>1135</x:v>
+      </x:c>
+      <x:c r="E305" s="1" t="s">
+        <x:v>539</x:v>
+      </x:c>
+      <x:c r="F305" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G305" s="1" t="s">
+        <x:v>852</x:v>
+      </x:c>
+      <x:c r="H305" s="1" t="s">
         <x:v>1136</x:v>
       </x:c>
-      <x:c r="D305" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I305" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J305" s="1" t="s">
-        <x:v>1082</x:v>
+        <x:v>1035</x:v>
       </x:c>
       <x:c r="K305" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L305" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:12" ht="15" customHeight="1">
       <x:c r="A306" s="1">
         <x:v>303</x:v>
       </x:c>
       <x:c r="B306" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>1137</x:v>
       </x:c>
       <x:c r="C306" s="1" t="s">
+        <x:v>1138</x:v>
+      </x:c>
+      <x:c r="D306" s="1" t="s">
+        <x:v>1139</x:v>
+      </x:c>
+      <x:c r="E306" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F306" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G306" s="1" t="s">
+        <x:v>852</x:v>
+      </x:c>
+      <x:c r="H306" s="1" t="s">
         <x:v>1140</x:v>
       </x:c>
-      <x:c r="D306" s="1" t="s">
+      <x:c r="I306" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J306" s="1" t="s">
+        <x:v>1035</x:v>
+      </x:c>
+      <x:c r="K306" s="1" t="s">
         <x:v>1141</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>23</x:v>
       </x:c>
       <x:c r="L306" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:12" ht="15" customHeight="1">
       <x:c r="A307" s="1">
         <x:v>304</x:v>
       </x:c>
       <x:c r="B307" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>1142</x:v>
       </x:c>
       <x:c r="C307" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="D307" s="1" t="s">
         <x:v>1143</x:v>
       </x:c>
       <x:c r="E307" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F307" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G307" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="H307" s="1" t="s">
         <x:v>1144</x:v>
       </x:c>
       <x:c r="I307" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J307" s="1" t="s">
-        <x:v>1082</x:v>
+        <x:v>1035</x:v>
       </x:c>
       <x:c r="K307" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>1141</x:v>
       </x:c>
       <x:c r="L307" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:12" ht="15" customHeight="1">
       <x:c r="A308" s="1">
         <x:v>305</x:v>
       </x:c>
       <x:c r="B308" s="1" t="s">
+        <x:v>812</x:v>
+      </x:c>
+      <x:c r="C308" s="1" t="s">
         <x:v>1145</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>483</x:v>
       </x:c>
       <x:c r="D308" s="1" t="s">
         <x:v>1146</x:v>
       </x:c>
       <x:c r="E308" s="1" t="s">
         <x:v>1147</x:v>
       </x:c>
       <x:c r="F308" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G308" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="H308" s="1" t="s">
         <x:v>1148</x:v>
       </x:c>
       <x:c r="I308" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J308" s="1" t="s">
-        <x:v>1082</x:v>
+        <x:v>1035</x:v>
       </x:c>
       <x:c r="K308" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L308" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:12" ht="15" customHeight="1">
       <x:c r="A309" s="1">
         <x:v>306</x:v>
       </x:c>
       <x:c r="B309" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C309" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>1149</x:v>
       </x:c>
       <x:c r="D309" s="1" t="s">
-        <x:v>1149</x:v>
+        <x:v>1150</x:v>
       </x:c>
       <x:c r="E309" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>1119</x:v>
       </x:c>
       <x:c r="F309" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G309" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="H309" s="1" t="s">
-        <x:v>1150</x:v>
+        <x:v>1151</x:v>
       </x:c>
       <x:c r="I309" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J309" s="1" t="s">
-        <x:v>1082</x:v>
+        <x:v>1035</x:v>
       </x:c>
       <x:c r="K309" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L309" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:12" ht="15" customHeight="1">
       <x:c r="A310" s="1">
         <x:v>307</x:v>
       </x:c>
       <x:c r="B310" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C310" s="1" t="s">
-        <x:v>651</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="D310" s="1" t="s">
-        <x:v>1151</x:v>
+        <x:v>1152</x:v>
       </x:c>
       <x:c r="E310" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F310" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G310" s="1" t="s">
-        <x:v>1152</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="H310" s="1" t="s">
         <x:v>1153</x:v>
       </x:c>
       <x:c r="I310" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J310" s="1" t="s">
-        <x:v>1082</x:v>
+        <x:v>1035</x:v>
       </x:c>
       <x:c r="K310" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="L310" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:12" ht="15" customHeight="1">
       <x:c r="A311" s="1">
         <x:v>308</x:v>
       </x:c>
       <x:c r="B311" s="1" t="s">
         <x:v>1154</x:v>
       </x:c>
       <x:c r="C311" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="D311" s="1" t="s">
         <x:v>1155</x:v>
       </x:c>
       <x:c r="E311" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>1156</x:v>
       </x:c>
       <x:c r="F311" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G311" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="H311" s="1" t="s">
-        <x:v>1156</x:v>
+        <x:v>1157</x:v>
       </x:c>
       <x:c r="I311" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J311" s="1" t="s">
-        <x:v>1082</x:v>
+        <x:v>1035</x:v>
       </x:c>
       <x:c r="K311" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="L311" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:12" ht="15" customHeight="1">
       <x:c r="A312" s="1">
         <x:v>309</x:v>
       </x:c>
       <x:c r="B312" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C312" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="D312" s="1" t="s">
-        <x:v>1157</x:v>
+        <x:v>1158</x:v>
       </x:c>
       <x:c r="E312" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="F312" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G312" s="1" t="s">
-        <x:v>1158</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="H312" s="1" t="s">
         <x:v>1159</x:v>
       </x:c>
       <x:c r="I312" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J312" s="1" t="s">
-        <x:v>1160</x:v>
+        <x:v>1035</x:v>
       </x:c>
       <x:c r="K312" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L312" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:12" ht="15" customHeight="1">
       <x:c r="A313" s="1">
         <x:v>310</x:v>
       </x:c>
       <x:c r="B313" s="1" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="C313" s="1" t="s">
+        <x:v>653</x:v>
+      </x:c>
+      <x:c r="D313" s="1" t="s">
+        <x:v>1160</x:v>
+      </x:c>
+      <x:c r="E313" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F313" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G313" s="1" t="s">
         <x:v>1161</x:v>
       </x:c>
-      <x:c r="C313" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D313" s="1" t="s">
+      <x:c r="H313" s="1" t="s">
         <x:v>1162</x:v>
       </x:c>
-      <x:c r="E313" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I313" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J313" s="1" t="s">
-        <x:v>1165</x:v>
+        <x:v>1035</x:v>
       </x:c>
       <x:c r="K313" s="1" t="s">
-        <x:v>1166</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L313" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:12" ht="15" customHeight="1">
       <x:c r="A314" s="1">
         <x:v>311</x:v>
       </x:c>
       <x:c r="B314" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>1163</x:v>
       </x:c>
       <x:c r="C314" s="1" t="s">
-        <x:v>842</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="D314" s="1" t="s">
-        <x:v>1167</x:v>
+        <x:v>1164</x:v>
       </x:c>
       <x:c r="E314" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F314" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G314" s="1" t="s">
-        <x:v>1168</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="H314" s="1" t="s">
-        <x:v>1169</x:v>
+        <x:v>1165</x:v>
       </x:c>
       <x:c r="I314" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J314" s="1" t="s">
-        <x:v>1165</x:v>
+        <x:v>1166</x:v>
       </x:c>
       <x:c r="K314" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L314" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:12" ht="15" customHeight="1">
       <x:c r="A315" s="1">
         <x:v>312</x:v>
       </x:c>
       <x:c r="B315" s="1" t="s">
-        <x:v>761</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="C315" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="D315" s="1" t="s">
-        <x:v>1170</x:v>
+        <x:v>1167</x:v>
       </x:c>
       <x:c r="E315" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F315" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G315" s="1" t="s">
-        <x:v>1171</x:v>
+        <x:v>1168</x:v>
       </x:c>
       <x:c r="H315" s="1" t="s">
-        <x:v>1172</x:v>
+        <x:v>1169</x:v>
       </x:c>
       <x:c r="I315" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J315" s="1" t="s">
-        <x:v>1165</x:v>
+        <x:v>1166</x:v>
       </x:c>
       <x:c r="K315" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L315" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:12" ht="15" customHeight="1">
       <x:c r="A316" s="1">
         <x:v>313</x:v>
       </x:c>
       <x:c r="B316" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>1170</x:v>
       </x:c>
       <x:c r="C316" s="1" t="s">
-        <x:v>998</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="D316" s="1" t="s">
+        <x:v>1171</x:v>
+      </x:c>
+      <x:c r="E316" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F316" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G316" s="1" t="s">
+        <x:v>1172</x:v>
+      </x:c>
+      <x:c r="H316" s="1" t="s">
         <x:v>1173</x:v>
       </x:c>
-      <x:c r="E316" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G316" s="1" t="s">
+      <x:c r="I316" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J316" s="1" t="s">
         <x:v>1174</x:v>
       </x:c>
-      <x:c r="H316" s="1" t="s">
+      <x:c r="K316" s="1" t="s">
         <x:v>1175</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>54</x:v>
       </x:c>
       <x:c r="L316" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:12" ht="15" customHeight="1">
       <x:c r="A317" s="1">
         <x:v>314</x:v>
       </x:c>
       <x:c r="B317" s="1" t="s">
-        <x:v>1102</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="C317" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="D317" s="1" t="s">
         <x:v>1176</x:v>
       </x:c>
       <x:c r="E317" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F317" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G317" s="1" t="s">
+        <x:v>1177</x:v>
+      </x:c>
+      <x:c r="H317" s="1" t="s">
+        <x:v>1178</x:v>
+      </x:c>
+      <x:c r="I317" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J317" s="1" t="s">
         <x:v>1174</x:v>
       </x:c>
-      <x:c r="H317" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K317" s="1" t="s">
-        <x:v>966</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L317" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:12" ht="15" customHeight="1">
       <x:c r="A318" s="1">
         <x:v>315</x:v>
       </x:c>
       <x:c r="B318" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>768</x:v>
       </x:c>
       <x:c r="C318" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="D318" s="1" t="s">
         <x:v>1179</x:v>
       </x:c>
       <x:c r="E318" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F318" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G318" s="1" t="s">
         <x:v>1180</x:v>
       </x:c>
       <x:c r="H318" s="1" t="s">
         <x:v>1181</x:v>
       </x:c>
       <x:c r="I318" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J318" s="1" t="s">
-        <x:v>1178</x:v>
+        <x:v>1174</x:v>
       </x:c>
       <x:c r="K318" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="L318" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:12" ht="15" customHeight="1">
       <x:c r="A319" s="1">
         <x:v>316</x:v>
       </x:c>
       <x:c r="B319" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="C319" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>996</x:v>
       </x:c>
       <x:c r="D319" s="1" t="s">
         <x:v>1182</x:v>
       </x:c>
       <x:c r="E319" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F319" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G319" s="1" t="s">
         <x:v>1183</x:v>
       </x:c>
       <x:c r="H319" s="1" t="s">
         <x:v>1184</x:v>
       </x:c>
       <x:c r="I319" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J319" s="1" t="s">
-        <x:v>1178</x:v>
+        <x:v>1185</x:v>
       </x:c>
       <x:c r="K319" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L319" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:12" ht="15" customHeight="1">
       <x:c r="A320" s="1">
         <x:v>317</x:v>
       </x:c>
       <x:c r="B320" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C320" s="1" t="s">
-        <x:v>719</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="D320" s="1" t="s">
+        <x:v>1186</x:v>
+      </x:c>
+      <x:c r="E320" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F320" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G320" s="1" t="s">
+        <x:v>1187</x:v>
+      </x:c>
+      <x:c r="H320" s="1" t="s">
+        <x:v>1188</x:v>
+      </x:c>
+      <x:c r="I320" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J320" s="1" t="s">
         <x:v>1185</x:v>
       </x:c>
-      <x:c r="E320" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K320" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L320" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:12" ht="15" customHeight="1">
       <x:c r="A321" s="1">
         <x:v>318</x:v>
       </x:c>
       <x:c r="B321" s="1" t="s">
-        <x:v>1188</x:v>
+        <x:v>1107</x:v>
       </x:c>
       <x:c r="C321" s="1" t="s">
-        <x:v>719</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="D321" s="1" t="s">
         <x:v>1189</x:v>
       </x:c>
       <x:c r="E321" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="F321" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G321" s="1" t="s">
+        <x:v>1183</x:v>
+      </x:c>
+      <x:c r="H321" s="1" t="s">
         <x:v>1190</x:v>
       </x:c>
-      <x:c r="H321" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I321" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J321" s="1" t="s">
-        <x:v>1192</x:v>
+        <x:v>1185</x:v>
       </x:c>
       <x:c r="K321" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>973</x:v>
       </x:c>
       <x:c r="L321" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:12" ht="15" customHeight="1">
       <x:c r="A322" s="1">
         <x:v>319</x:v>
       </x:c>
       <x:c r="B322" s="1" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="C322" s="1" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="D322" s="1" t="s">
+        <x:v>1191</x:v>
+      </x:c>
+      <x:c r="E322" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F322" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G322" s="1" t="s">
+        <x:v>1192</x:v>
+      </x:c>
+      <x:c r="H322" s="1" t="s">
         <x:v>1193</x:v>
       </x:c>
-      <x:c r="C322" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I322" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J322" s="1" t="s">
-        <x:v>1192</x:v>
+        <x:v>1185</x:v>
       </x:c>
       <x:c r="K322" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="L322" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:12" ht="15" customHeight="1">
       <x:c r="A323" s="1">
         <x:v>320</x:v>
       </x:c>
       <x:c r="B323" s="1" t="s">
-        <x:v>1198</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="C323" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="D323" s="1" t="s">
-        <x:v>1199</x:v>
+        <x:v>1194</x:v>
       </x:c>
       <x:c r="E323" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F323" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G323" s="1" t="s">
-        <x:v>1200</x:v>
+        <x:v>1195</x:v>
       </x:c>
       <x:c r="H323" s="1" t="s">
-        <x:v>1201</x:v>
+        <x:v>1196</x:v>
       </x:c>
       <x:c r="I323" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J323" s="1" t="s">
-        <x:v>1192</x:v>
+        <x:v>1197</x:v>
       </x:c>
       <x:c r="K323" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="L323" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:12" ht="15" customHeight="1">
       <x:c r="A324" s="1">
         <x:v>321</x:v>
       </x:c>
       <x:c r="B324" s="1" t="s">
-        <x:v>1202</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="C324" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="D324" s="1" t="s">
-        <x:v>1203</x:v>
+        <x:v>1199</x:v>
       </x:c>
       <x:c r="E324" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F324" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G324" s="1" t="s">
-        <x:v>1204</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="H324" s="1" t="s">
-        <x:v>1205</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="I324" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J324" s="1" t="s">
-        <x:v>1192</x:v>
+        <x:v>1197</x:v>
       </x:c>
       <x:c r="K324" s="1" t="s">
-        <x:v>841</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L324" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:12" ht="15" customHeight="1">
       <x:c r="A325" s="1">
         <x:v>322</x:v>
       </x:c>
       <x:c r="B325" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>1202</x:v>
       </x:c>
       <x:c r="C325" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="D325" s="1" t="s">
+        <x:v>1204</x:v>
+      </x:c>
+      <x:c r="E325" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F325" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G325" s="1" t="s">
+        <x:v>1205</x:v>
+      </x:c>
+      <x:c r="H325" s="1" t="s">
         <x:v>1206</x:v>
       </x:c>
-      <x:c r="E325" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I325" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J325" s="1" t="s">
-        <x:v>1192</x:v>
+        <x:v>1197</x:v>
       </x:c>
       <x:c r="K325" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="L325" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:12" ht="15" customHeight="1">
       <x:c r="A326" s="1">
         <x:v>323</x:v>
       </x:c>
       <x:c r="B326" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="C326" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="D326" s="1" t="s">
         <x:v>1208</x:v>
       </x:c>
       <x:c r="E326" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F326" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G326" s="1" t="s">
         <x:v>1209</x:v>
       </x:c>
       <x:c r="H326" s="1" t="s">
         <x:v>1210</x:v>
       </x:c>
       <x:c r="I326" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J326" s="1" t="s">
-        <x:v>1192</x:v>
+        <x:v>1197</x:v>
       </x:c>
       <x:c r="K326" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="L326" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:12" ht="15" customHeight="1">
       <x:c r="A327" s="1">
         <x:v>324</x:v>
       </x:c>
       <x:c r="B327" s="1" t="s">
         <x:v>1211</x:v>
       </x:c>
       <x:c r="C327" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="D327" s="1" t="s">
         <x:v>1212</x:v>
       </x:c>
       <x:c r="E327" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F327" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G327" s="1" t="s">
         <x:v>1213</x:v>
       </x:c>
       <x:c r="H327" s="1" t="s">
         <x:v>1214</x:v>
       </x:c>
       <x:c r="I327" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J327" s="1" t="s">
-        <x:v>1215</x:v>
+        <x:v>1197</x:v>
       </x:c>
       <x:c r="K327" s="1" t="s">
-        <x:v>960</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="L327" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:12" ht="15" customHeight="1">
       <x:c r="A328" s="1">
         <x:v>325</x:v>
       </x:c>
       <x:c r="B328" s="1" t="s">
-        <x:v>869</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C328" s="1" t="s">
-        <x:v>732</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="D328" s="1" t="s">
+        <x:v>1215</x:v>
+      </x:c>
+      <x:c r="E328" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F328" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G328" s="1" t="s">
+        <x:v>1213</x:v>
+      </x:c>
+      <x:c r="H328" s="1" t="s">
         <x:v>1216</x:v>
       </x:c>
-      <x:c r="E328" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I328" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J328" s="1" t="s">
-        <x:v>1215</x:v>
+        <x:v>1197</x:v>
       </x:c>
       <x:c r="K328" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="L328" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:12" ht="15" customHeight="1">
       <x:c r="A329" s="1">
         <x:v>326</x:v>
       </x:c>
       <x:c r="B329" s="1" t="s">
-        <x:v>549</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C329" s="1" t="s">
-        <x:v>1112</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D329" s="1" t="s">
+        <x:v>1217</x:v>
+      </x:c>
+      <x:c r="E329" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F329" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G329" s="1" t="s">
+        <x:v>1218</x:v>
+      </x:c>
+      <x:c r="H329" s="1" t="s">
         <x:v>1219</x:v>
       </x:c>
-      <x:c r="E329" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G329" s="1" t="s">
+      <x:c r="I329" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J329" s="1" t="s">
         <x:v>1220</x:v>
       </x:c>
-      <x:c r="H329" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K329" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="L329" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:12" ht="15" customHeight="1">
       <x:c r="A330" s="1">
         <x:v>327</x:v>
       </x:c>
       <x:c r="B330" s="1" t="s">
-        <x:v>659</x:v>
+        <x:v>1221</x:v>
       </x:c>
       <x:c r="C330" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="D330" s="1" t="s">
         <x:v>1222</x:v>
       </x:c>
       <x:c r="E330" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="F330" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G330" s="1" t="s">
         <x:v>1223</x:v>
       </x:c>
       <x:c r="H330" s="1" t="s">
         <x:v>1224</x:v>
       </x:c>
       <x:c r="I330" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J330" s="1" t="s">
-        <x:v>1215</x:v>
+        <x:v>1225</x:v>
       </x:c>
       <x:c r="K330" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>965</x:v>
       </x:c>
       <x:c r="L330" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:12" ht="15" customHeight="1">
       <x:c r="A331" s="1">
         <x:v>328</x:v>
       </x:c>
       <x:c r="B331" s="1" t="s">
-        <x:v>1225</x:v>
+        <x:v>875</x:v>
       </x:c>
       <x:c r="C331" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="D331" s="1" t="s">
         <x:v>1226</x:v>
       </x:c>
       <x:c r="E331" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F331" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G331" s="1" t="s">
         <x:v>1227</x:v>
       </x:c>
       <x:c r="H331" s="1" t="s">
         <x:v>1228</x:v>
       </x:c>
       <x:c r="I331" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J331" s="1" t="s">
-        <x:v>1229</x:v>
+        <x:v>1225</x:v>
       </x:c>
       <x:c r="K331" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="L331" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:12" ht="15" customHeight="1">
       <x:c r="A332" s="1">
         <x:v>329</x:v>
       </x:c>
       <x:c r="B332" s="1" t="s">
+        <x:v>556</x:v>
+      </x:c>
+      <x:c r="C332" s="1" t="s">
+        <x:v>1125</x:v>
+      </x:c>
+      <x:c r="D332" s="1" t="s">
+        <x:v>1229</x:v>
+      </x:c>
+      <x:c r="E332" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F332" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G332" s="1" t="s">
         <x:v>1230</x:v>
       </x:c>
-      <x:c r="C332" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D332" s="1" t="s">
+      <x:c r="H332" s="1" t="s">
         <x:v>1231</x:v>
       </x:c>
-      <x:c r="E332" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I332" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J332" s="1" t="s">
-        <x:v>1234</x:v>
+        <x:v>1225</x:v>
       </x:c>
       <x:c r="K332" s="1" t="s">
-        <x:v>1235</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="L332" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:12" ht="15" customHeight="1">
       <x:c r="A333" s="1">
         <x:v>330</x:v>
       </x:c>
       <x:c r="B333" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="C333" s="1" t="s">
-        <x:v>1236</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="D333" s="1" t="s">
-        <x:v>1237</x:v>
+        <x:v>1232</x:v>
       </x:c>
       <x:c r="E333" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F333" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G333" s="1" t="s">
-        <x:v>1227</x:v>
+        <x:v>1233</x:v>
       </x:c>
       <x:c r="H333" s="1" t="s">
-        <x:v>1238</x:v>
+        <x:v>1234</x:v>
       </x:c>
       <x:c r="I333" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J333" s="1" t="s">
-        <x:v>1234</x:v>
+        <x:v>1225</x:v>
       </x:c>
       <x:c r="K333" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L333" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:12" ht="15" customHeight="1">
       <x:c r="A334" s="1">
         <x:v>331</x:v>
       </x:c>
       <x:c r="B334" s="1" t="s">
+        <x:v>1235</x:v>
+      </x:c>
+      <x:c r="C334" s="1" t="s">
+        <x:v>212</x:v>
+      </x:c>
+      <x:c r="D334" s="1" t="s">
+        <x:v>1236</x:v>
+      </x:c>
+      <x:c r="E334" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F334" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G334" s="1" t="s">
+        <x:v>1237</x:v>
+      </x:c>
+      <x:c r="H334" s="1" t="s">
+        <x:v>1238</x:v>
+      </x:c>
+      <x:c r="I334" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J334" s="1" t="s">
         <x:v>1239</x:v>
       </x:c>
-      <x:c r="C334" s="1" t="s">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="K334" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="L334" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:12" ht="15" customHeight="1">
       <x:c r="A335" s="1">
         <x:v>332</x:v>
       </x:c>
       <x:c r="B335" s="1" t="s">
-        <x:v>1074</x:v>
+        <x:v>1240</x:v>
       </x:c>
       <x:c r="C335" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="D335" s="1" t="s">
+        <x:v>1241</x:v>
+      </x:c>
+      <x:c r="E335" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F335" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G335" s="1" t="s">
         <x:v>1242</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>1227</x:v>
       </x:c>
       <x:c r="H335" s="1" t="s">
         <x:v>1243</x:v>
       </x:c>
       <x:c r="I335" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J335" s="1" t="s">
+        <x:v>1239</x:v>
+      </x:c>
+      <x:c r="K335" s="1" t="s">
         <x:v>1244</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>159</x:v>
       </x:c>
       <x:c r="L335" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:12" ht="15" customHeight="1">
       <x:c r="A336" s="1">
         <x:v>333</x:v>
       </x:c>
       <x:c r="B336" s="1" t="s">
+        <x:v>523</x:v>
+      </x:c>
+      <x:c r="C336" s="1" t="s">
         <x:v>1245</x:v>
       </x:c>
-      <x:c r="C336" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D336" s="1" t="s">
-        <x:v>1245</x:v>
+        <x:v>1246</x:v>
       </x:c>
       <x:c r="E336" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F336" s="1" t="s">
-        <x:v>1246</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="G336" s="1" t="s">
+        <x:v>1237</x:v>
+      </x:c>
+      <x:c r="H336" s="1" t="s">
         <x:v>1247</x:v>
       </x:c>
-      <x:c r="H336" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I336" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J336" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>1239</x:v>
       </x:c>
       <x:c r="K336" s="1" t="s">
-        <x:v>1245</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="L336" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:12" ht="15" customHeight="1">
       <x:c r="A337" s="1">
         <x:v>334</x:v>
       </x:c>
       <x:c r="B337" s="1" t="s">
+        <x:v>1248</x:v>
+      </x:c>
+      <x:c r="C337" s="1" t="s">
+        <x:v>661</x:v>
+      </x:c>
+      <x:c r="D337" s="1" t="s">
         <x:v>1249</x:v>
       </x:c>
-      <x:c r="C337" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="E337" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F337" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G337" s="1" t="s">
+        <x:v>1237</x:v>
+      </x:c>
+      <x:c r="H337" s="1" t="s">
         <x:v>1250</x:v>
       </x:c>
-      <x:c r="G337" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="H337" s="1" t="s">
+      <x:c r="I337" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J337" s="1" t="s">
+        <x:v>1239</x:v>
+      </x:c>
+      <x:c r="K337" s="1" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="L337" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="338" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A338" s="1">
+        <x:v>335</x:v>
+      </x:c>
+      <x:c r="B338" s="1" t="s">
+        <x:v>1068</x:v>
+      </x:c>
+      <x:c r="C338" s="1" t="s">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="D338" s="1" t="s">
         <x:v>1251</x:v>
       </x:c>
-      <x:c r="I337" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="J337" s="1" t="s">
+      <x:c r="E338" s="1" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="F338" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G338" s="1" t="s">
+        <x:v>1237</x:v>
+      </x:c>
+      <x:c r="H338" s="1" t="s">
         <x:v>1252</x:v>
       </x:c>
-      <x:c r="K337" s="1" t="s">
-[...7 lines deleted...]
-      <x:c r="A338" s="2" t="s">
+      <x:c r="I338" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J338" s="1" t="s">
+        <x:v>1253</x:v>
+      </x:c>
+      <x:c r="K338" s="1" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="L338" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="339" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A339" s="1">
+        <x:v>336</x:v>
+      </x:c>
+      <x:c r="B339" s="1" t="s">
+        <x:v>1254</x:v>
+      </x:c>
+      <x:c r="C339" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="D339" s="1" t="s">
+        <x:v>1254</x:v>
+      </x:c>
+      <x:c r="E339" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F339" s="1" t="s">
+        <x:v>1255</x:v>
+      </x:c>
+      <x:c r="G339" s="1" t="s">
+        <x:v>1256</x:v>
+      </x:c>
+      <x:c r="H339" s="1" t="s">
+        <x:v>1257</x:v>
+      </x:c>
+      <x:c r="I339" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J339" s="1" t="s">
+        <x:v>1258</x:v>
+      </x:c>
+      <x:c r="K339" s="1" t="s">
+        <x:v>1254</x:v>
+      </x:c>
+      <x:c r="L339" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="340" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A340" s="1">
+        <x:v>337</x:v>
+      </x:c>
+      <x:c r="B340" s="1" t="s">
+        <x:v>1259</x:v>
+      </x:c>
+      <x:c r="C340" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="D340" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="E340" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F340" s="1" t="s">
+        <x:v>1260</x:v>
+      </x:c>
+      <x:c r="G340" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="H340" s="1" t="s">
+        <x:v>1261</x:v>
+      </x:c>
+      <x:c r="I340" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J340" s="1" t="s">
+        <x:v>1262</x:v>
+      </x:c>
+      <x:c r="K340" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="L340" s="1" t="s">
+        <x:v>24</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="341" spans="1:12" ht="15" customHeight="1">
+      <x:c r="A341" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="B338" s="2" t="s">
+      <x:c r="B341" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C338" s="2" t="s">
+      <x:c r="C341" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D338" s="2" t="s">
+      <x:c r="D341" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E338" s="2" t="s">
+      <x:c r="E341" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F338" s="2" t="s">
+      <x:c r="F341" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G338" s="2" t="s">
+      <x:c r="G341" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="H338" s="2" t="s">
+      <x:c r="H341" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I338" s="2" t="s">
+      <x:c r="I341" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="J338" s="2" t="s">
+      <x:c r="J341" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="K338" s="2" t="s">
+      <x:c r="K341" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="L338" s="2" t="s">
+      <x:c r="L341" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:L1"/>
     <x:mergeCell ref="A2:L2"/>
-    <x:mergeCell ref="A338:L338"/>
+    <x:mergeCell ref="A341:L341"/>
   </x:mergeCells>
 </x:worksheet>
 </file>