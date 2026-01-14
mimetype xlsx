--- v1 (2025-12-18)
+++ v2 (2026-01-14)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f4bc96ea2f54b39" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb3e5230b6a048fb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="SMB_asof_20251217" sheetId="1" r:id="R71f5c1c80c904cc6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="SMB_asof_20260112" sheetId="1" r:id="R3b54d579c37c46f4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3755" uniqueCount="1263">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  12/17/2025</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3733" uniqueCount="1262">
+  <x:si>
+    <x:t>Daily Holdings (%)  01/12/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Maturity</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Coupon</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Par Value/ Contracts</x:t>
   </x:si>
@@ -61,3774 +61,3771 @@
   <x:si>
     <x:t>State</x:t>
   </x:si>
   <x:si>
     <x:t>Currency</x:t>
   </x:si>
   <x:si>
     <x:t>California Community Choice Financing A</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2052</x:t>
   </x:si>
   <x:si>
     <x:t>BBG012G412B0</x:t>
   </x:si>
   <x:si>
     <x:t>4.000</x:t>
   </x:si>
   <x:si>
     <x:t>Bond</x:t>
   </x:si>
   <x:si>
     <x:t>4,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,116,065.32</x:t>
+    <x:t>$4,131,054.84</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>1.39%</x:t>
+    <x:t>1.37%</x:t>
   </x:si>
   <x:si>
     <x:t>CA</x:t>
   </x:si>
   <x:si>
     <x:t>USD</x:t>
   </x:si>
   <x:si>
     <x:t>State Of California</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00NK8YS73</x:t>
   </x:si>
   <x:si>
     <x:t>5.000</x:t>
   </x:si>
   <x:si>
     <x:t>2,910,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,260,747.93</x:t>
-[...2 lines deleted...]
-    <x:t>1.10%</x:t>
+    <x:t>$3,292,897.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.09%</x:t>
   </x:si>
   <x:si>
     <x:t>Commonwealth Of Massachusetts</x:t>
   </x:si>
   <x:si>
     <x:t>05/01/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00P9J4CB0</x:t>
   </x:si>
   <x:si>
     <x:t>2,665,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,020,637.77</x:t>
-[...2 lines deleted...]
-    <x:t>1.02%</x:t>
+    <x:t>$3,053,854.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.01%</x:t>
   </x:si>
   <x:si>
     <x:t>MA</x:t>
   </x:si>
   <x:si>
     <x:t>State Of New Jersey</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0101NRJ96</x:t>
   </x:si>
   <x:si>
     <x:t>2.000</x:t>
   </x:si>
   <x:si>
     <x:t>3,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,845,191.00</x:t>
-[...2 lines deleted...]
-    <x:t>0.96%</x:t>
+    <x:t>$2,882,298.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.95%</x:t>
   </x:si>
   <x:si>
     <x:t>NJ</x:t>
   </x:si>
   <x:si>
+    <x:t>Kansas Development Finance Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011FJHTY9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,450,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,757,542.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.91%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KS</x:t>
+  </x:si>
+  <x:si>
     <x:t>New York City Housing Development Corp</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2064</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01THFY5X8</x:t>
   </x:si>
   <x:si>
     <x:t>3.950</x:t>
   </x:si>
   <x:si>
     <x:t>2,500,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,565,062.66</x:t>
-[...2 lines deleted...]
-    <x:t>0.87%</x:t>
+    <x:t>$2,581,914.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.86%</x:t>
   </x:si>
   <x:si>
     <x:t>NY</x:t>
   </x:si>
   <x:si>
     <x:t>California Statewide Communities Develo</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG013FFC4D6</x:t>
   </x:si>
   <x:si>
     <x:t>1.750</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,357,073.75</x:t>
-[...2 lines deleted...]
-    <x:t>0.80%</x:t>
+    <x:t>$2,379,765.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.79%</x:t>
   </x:si>
   <x:si>
     <x:t>Massachusetts Water Resources Authority</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0010JZ1W9</x:t>
   </x:si>
   <x:si>
     <x:t>5.250</x:t>
   </x:si>
   <x:si>
     <x:t>2,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,294,806.60</x:t>
-[...2 lines deleted...]
-    <x:t>0.78%</x:t>
+    <x:t>$2,314,275.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.77%</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GNDSKC2</x:t>
   </x:si>
   <x:si>
     <x:t>2,115,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,240,423.45</x:t>
-[...2 lines deleted...]
-    <x:t>0.76%</x:t>
+    <x:t>$2,248,983.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.75%</x:t>
   </x:si>
   <x:si>
     <x:t>Black Belt Energy Gas District</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2052</x:t>
   </x:si>
   <x:si>
     <x:t>BBG013V2S8D1</x:t>
   </x:si>
   <x:si>
     <x:t>2,200,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,215,466.22</x:t>
-[...2 lines deleted...]
-    <x:t>0.75%</x:t>
+    <x:t>$2,221,547.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.74%</x:t>
   </x:si>
   <x:si>
     <x:t>AL</x:t>
   </x:si>
   <x:si>
+    <x:t>Main Street Natural Gas Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q53CYM7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,179,705.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City &amp; County Of Honolulu Hi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RN4PMM6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,930,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,168,961.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HI</x:t>
+  </x:si>
+  <x:si>
     <x:t>County Of King Wa</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00HTDY175</x:t>
   </x:si>
   <x:si>
     <x:t>2,110,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,188,197.80</x:t>
-[...2 lines deleted...]
-    <x:t>0.74%</x:t>
+    <x:t>$2,155,684.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.71%</x:t>
   </x:si>
   <x:si>
     <x:t>WA</x:t>
   </x:si>
   <x:si>
-    <x:t>Main Street Natural Gas Inc</x:t>
-[...32 lines deleted...]
-    <x:t>HI</x:t>
+    <x:t>05/01/2054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GYYPVX9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,134,188.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fort Bend Independent School District</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KRTP5H5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,121,025.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TX</x:t>
   </x:si>
   <x:si>
     <x:t>City Of Chicago Il</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG013YVN9Q3</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,135,785.06</x:t>
-[...2 lines deleted...]
-    <x:t>0.72%</x:t>
+    <x:t>$2,104,946.52</x:t>
   </x:si>
   <x:si>
     <x:t>IL</x:t>
   </x:si>
   <x:si>
-    <x:t>Fort Bend Independent School District</x:t>
-[...14 lines deleted...]
-    <x:t>TX</x:t>
+    <x:t>City Of Orlando Fl Tourist Development</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HCYGHV5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,099,544.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FL</x:t>
   </x:si>
   <x:si>
     <x:t>Conroe Independent School District</x:t>
   </x:si>
   <x:si>
     <x:t>02/15/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00XP7HT20</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,089,830.24</x:t>
+    <x:t>$2,097,211.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.69%</x:t>
   </x:si>
   <x:si>
     <x:t>Los Angeles Unified School District/Ca</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00NZWRVJ2</x:t>
   </x:si>
   <x:si>
     <x:t>1,720,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,927,575.16</x:t>
-[...2 lines deleted...]
-    <x:t>0.65%</x:t>
+    <x:t>$1,899,187.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>State Of Connecticut Special Tax Revenu</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG010B6RCV2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,650,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,881,070.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CT</x:t>
   </x:si>
   <x:si>
     <x:t>Energy Southeast A Cooperative District</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2053</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01GYZFNY4</x:t>
   </x:si>
   <x:si>
-    <x:t>5.500</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1,710,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,912,377.42</x:t>
-[...17 lines deleted...]
-    <x:t>CT</x:t>
+    <x:t>$1,873,105.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>State Of Maryland</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00S02XCH2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,683,155.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New Jersey Educational Facilities Autho</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2064</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V4YHLL3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,680,719.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Q6M0R34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,672,790.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>State Of North Carolina</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00P8T8SS2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,647,743.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New York City Transitional Finance Auth</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZN7KRG2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,620,378.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Indiana Finance Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG017SK4W30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,545,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,609,635.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Curators Of The University Of Missouri/</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00TJHB5J4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,400,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,582,348.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City Of Mesa Az Utility System Revenue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00CGF2LN8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,550,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,560,140.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pefa Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00P82G986</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,540,831.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>California State University</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00CLB9M16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,510,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,537,939.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Metropolitan Transportation Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JBB5XM9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,445,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,531,743.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QZ0MS34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,530,096.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kern High School District</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00X03G182</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,600,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,526,735.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WJZY0Y5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,250,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,450,133.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HZFPQ23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,305,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,393,012.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>County Of Allen Oh Hospital Facilities</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00T2SJDB1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,370,999.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City Of Columbus Oh</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QB6WVH4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,245,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,366,004.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New York State Dormitory Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KWW7BF1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,325,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,365,937.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Central Plains Energy Project</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JG12WP8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,215,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,350,305.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2052</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG013KDKGP6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,282,904.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New York Transportation Development Cor</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YGN5QM0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,150,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,278,005.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Central Florida Expressway Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00CGSS673</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,258,525.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jackson County School District No 549c</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0087LGV75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,256,771.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GDCW597</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,190,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,250,533.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kentucky Public Energy Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/01/2052</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG015MRTJ64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,200,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,234,899.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XP7PC46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,100,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,230,151.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jefferson County School District R-1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00MRS69S4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,110,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,197,852.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01396STN0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,166,257.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Triborough Bridge &amp; Tunnel Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01C86DDF1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,156,867.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Minnesota Public Facilities Authority S</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KDTK0Q5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,149,671.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bay Area Toll Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2047</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00FZMC078</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.950</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,130,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,139,297.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00CNP8WK1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,095,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,134,244.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00P9J4C84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,123,777.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Y1CTQQ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,122,821.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01396STL2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,118,608.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Texas State Transportation Commission</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LM4SVZ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,117,452.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>State Of Washington</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QT7TS20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,116,755.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Board Of Regents Of The University Of T</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PGVK988</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,115,013.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Denton Independent School District</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01H9Y5MX7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,114,290.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City Of New York Ny</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00WVL0YQ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,112,767.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Colorado Health Facilities Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2060</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VD0ZWG9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,110,878.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Connecticut State Health &amp; Educational</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TX98803</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,110,743.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XRS6BD1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,105,387.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JGMWVQ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,030,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,103,422.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Metropolitan Government Nashville &amp; Dav</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0138633B8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,103,421.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>State Of Louisiana</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014M83834</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,103,267.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00S02P3T8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,101,858.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LDN85G1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,010,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,099,537.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KXSJMD3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,094,070.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01075ZK42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,092,878.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PG9ZN17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,090,925.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01C86DDB5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,087,273.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Regional Transportation District Sales</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZCNC2Z2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,084,169.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KD93SF9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,084,160.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GX6CB14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,083,776.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>County Of Miami-Dade Fl Water &amp; Sewer S</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011FJ13B8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,083,124.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New Jersey Health Care Facilities Finan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QXSMZW7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,082,992.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01HMSS4Y9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,080,205.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01H50THP9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,079,359.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01CD97GC2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,075,916.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Minneapolis-St Paul Metropolitan Airpor</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01J7FPMD6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,075,509.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01F2ZPQF4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,074,629.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>University Of Connecticut</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KK2TJM1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,071,466.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Texas Municipal Gas Acquisition &amp; Suppl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01K3HDTB3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,069,249.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LK87QX2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,066,946.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01J7T1TF5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,065,716.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>County Of Baltimore Md</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RTTQYQ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>945,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,065,416.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Commonwealth Of Pennsylvania</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PBGPC02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,065,187.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Arizona Department Of Transportation St</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DM2RD77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,050,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,064,612.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012JCG3X7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,064,002.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Iowa Finance Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00J8C45T6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,062,849.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KCFCW76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,062,260.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0194FYXF5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,061,604.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01P7FLTZ7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HLD20B5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,060,970.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>County Of Harris Tx Toll Road Revenue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00K0CXY34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,060,884.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City Of Houston Tx Combined Utility Sys</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MBDHMZ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,056,695.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Southeast Energy Authority A Cooperativ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01FPHV7K8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,056,107.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>State Of Illinois</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QQ8C5X5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,053,941.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG018PMLN38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,053,903.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Washington Convention &amp; Sports Authorit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00K1GB3F3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,051,483.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00G5H6ZD3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,041,169.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hillsboro School District No 1j</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JFF5K44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,039,012.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PBGPBZ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,038,200.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/01/2040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00CP56KY6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,037,702.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00CRD01K0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,036,539.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Francisco City &amp; County Public Util</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01G2R1JY1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,034,717.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>West Virginia Commissioner Of Highways</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HYZBL80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,034,441.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00TS9PPH5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,015,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,033,365.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01C86DD89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,031,214.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Metropolitan Council</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZWVLVX0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,028,899.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ohio Water Development Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00D61KVY4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,028,384.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Louisville/Jefferson County Metropolita</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2047</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RZF0XM1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,028,117.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New York State Thruway Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KZLP4G6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,028,007.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Central Florida Tourism Oversight Distr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HMV90B7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,024,370.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>University Of Houston</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/15/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RCXQ7S0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,022,955.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pennsylvania Higher Educational Facilit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00CLLNJ51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,022,198.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DGWMJX1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>935,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,021,989.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00K8G5CK7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,020,379.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>State Of Connecticut</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG010Z728R5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,019,716.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Texas Water Development Board</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DW0PGD8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,019,071.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>California State Public Works Board</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DYPXRM8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,018,662.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Long Island Power Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WN6S3N7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,016,842.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QT7TRX8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,016,026.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>State Of Minnesota</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HSFV3S7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,015,336.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SSNX3Q5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,014,800.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>State Of Georgia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GX8Q5P3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,014,238.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>State Of Hawaii</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00B63VHY3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,008,610.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>State Of Florida</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG009S7LNW5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,003,779.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00P3CSRL1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>900,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$996,793.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QRXP333</x:t>
+  </x:si>
+  <x:si>
+    <x:t>910,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$991,227.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Golden State Tobacco Securitization Cor</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000ZPZPZ3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$991,109.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00NWR6Q73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$977,933.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>State Of Florida Department Of Transpor</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QK4CZC7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>880,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$976,274.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Collin County Community College Distric</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00K6990D5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>925,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$960,073.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JCP0J52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$934,883.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Beverly Hills Unified School District C</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0011KRZ95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$903,722.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Harris County Cultural Education Facili</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JCP3H53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>850,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$894,427.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01FRPGS29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$891,754.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2045</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0106YJTK1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>875,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$876,010.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Georgia State Road &amp; Tollway Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YGN6BF0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>800,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$874,157.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>State Of New Mexico Severance Tax Perma</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00L4H4VJ8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>840,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$873,998.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JNTXS55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>830,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$858,277.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00D5Y4PL8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>825,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$855,443.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public Finance Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SQ8MTB1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>810,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$849,736.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DM2RD68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>835,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$846,816.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Q6LZ359</x:t>
+  </x:si>
+  <x:si>
+    <x:t>750,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$837,936.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JNTXS73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>785,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$833,466.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Los Angeles County Metropolitan Transpo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00FS7R4V8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>795,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$831,090.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00J35P862</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$823,817.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>County Of Montgomery Md</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00W0YNSS7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$806,825.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00H56QFJ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$805,796.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>County Of Fairfax Va</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JNKXBW2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$804,035.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011RWVC41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$802,221.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>California Health Facilities Financing</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JKZG7M1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$796,824.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PZT5372</x:t>
+  </x:si>
+  <x:si>
+    <x:t>780,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$796,499.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00J3640H8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$794,924.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Comal Independent School District</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00H1CVLC0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>775,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$793,545.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00NW3PTH8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$786,988.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New Jersey Transportation Trust Fund Au</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F3BMD87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$786,752.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00FN166S8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>745,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$783,325.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>State Of Maryland Department Of Transpo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KRWZ364</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$780,815.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Virginia Public Building Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JDKG6X2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>720,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$765,674.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City Of Milwaukee Wi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00SY2C0G5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$764,460.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Regional Transportation Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HC12C89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>735,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$761,539.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Parish Of St John The Baptist La</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00WKH94Z3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$756,805.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New Jersey Economic Development Authori</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HNKG166</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>755,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$756,646.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Energy Northwest</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GDCVZS1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>725,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$754,400.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG013B87852</x:t>
+  </x:si>
+  <x:si>
+    <x:t>675,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$752,987.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City Of South Miami Health Facilities A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JHP0G35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>710,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$752,328.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Montgomery County Industrial Developmen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01FQZ0WZ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>705,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$745,139.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00WM1KGR5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>700,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$726,121.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New York State Urban Development Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00G6D7DP6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>690,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$723,834.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DSLD072</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$714,512.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Illinois Finance Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YJKPVJ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>685,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$713,128.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trinity River Authority Central Regiona</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GLNQHJ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>670,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$712,062.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000ZN7RP6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>680,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$701,078.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00D20RPB1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$696,816.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pennsylvania Housing Finance Agency</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DQHHZV5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$695,022.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Q00X3T7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$694,273.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00D1ZXBP4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$689,147.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LDF3T35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>640,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$688,299.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GDD1P59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>660,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$686,024.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Town Of Oyster Bay Ny</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KVRYQR7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>665,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$674,955.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Washington Metropolitan Area Transit Au</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00H9207F6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>650,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$673,909.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Illinois State Toll Highway Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00R2JF8J2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$667,826.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City Of San Antonio Tx Electric &amp; Gas S</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00D6158F3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>630,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$652,842.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New York State Environmental Facilities</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QDM2RV3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>605,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$648,398.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00TZNJ818</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$642,279.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HTSP7M2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>615,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$640,936.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DBBFK76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$637,200.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Virginia College Building Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QT7PST5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$630,358.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City Of Phoenix Civic Improvement Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F5NRK97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>620,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$628,483.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>State Of New York Mortgage Agency Homeo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00C1CP0R8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$619,122.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City Of Dallas Tx Waterworks &amp; Sewer Sy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00D3DLY92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$618,753.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LY4MP98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>595,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$614,885.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New York State Housing Finance Agency</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2060</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01699XC58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$614,767.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Z19MT03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$613,476.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00H56QFG4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>585,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$610,498.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00D5Y7LS7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$608,115.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>County Of Lehigh Pa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QQ85D66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$607,197.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>State Of Illinois Sales Tax Revenue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01254DXH5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>580,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$603,037.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alabama Public School And College Autho</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XV3CTW4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>525,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$590,978.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00D3DLY83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>565,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$582,740.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00H9207D8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>555,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$575,999.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Bernardino Community College Distri</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/01/2049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QYN0FV6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>540,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$566,363.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Miami Beach Redevelopment Agency</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VVNCSX4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$566,289.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Utah Transit Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VV3LY01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$564,604.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Q6M0QY2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>530,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$563,921.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R3YZJS1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$563,817.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00WVL7QR4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$563,438.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KK2TJJ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>550,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$560,361.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00CXD0K76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$559,748.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PHMVKW2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$558,453.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange County Convention Center/Orlando</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GSMYCP4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>490,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$551,981.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rutherford Cty Health &amp; Edu Fac Brd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2048</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YM97002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$551,857.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Austin Independent School District</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00NJLQ6B8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>505,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$550,355.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QD67D35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$549,577.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>County Of Jefferson Al</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00H1B4QG7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$549,225.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Metropolitan Government Of Nashville &amp;</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00CXCLL28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>545,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$548,543.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chicago O'Hare International Airport</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QF13ZN6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$548,441.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City Of San Francisco Ca Public Utiliti</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01H8WNJL2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$547,904.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New York City Industrial Development Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XKLYB42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$546,521.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YBNR458</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$545,154.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>County Of Clark Department Of Aviation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LTHPRJ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$544,778.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG019Q1JG02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>535,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$542,442.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Metropolitan Washington Airports Author</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PC81DM9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$542,380.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shelby County Health Educational &amp; Hous</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NB0B994</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$540,681.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01HTM3230</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$540,616.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>California Infrastructure &amp; Economic De</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QB5DX46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$540,162.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00S02P3S9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$537,515.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ohio Turnpike &amp; Infrastructure Commissi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JXJKPC9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$536,553.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Central Puget Sound Regional Transit Au</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0133R2JY8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>520,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$536,303.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>American Municipal Power Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RMV1HZ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$536,279.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HVK96P3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>510,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$535,944.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S9HGSL8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$532,403.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00M6JNL10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$532,327.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0139PLLL4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$532,001.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RNXPHX1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$531,771.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GKLB850</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$531,150.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01C86DD98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$529,550.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Arizona Industrial Development Authorit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KFWVJM7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$529,095.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>State Of Michigan Trunk Line Revenue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00WYY86H7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$528,809.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grand River Dam Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F36K6W8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>515,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$528,549.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DR2J854</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$528,401.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00M7W5BK1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$528,148.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Virginia Commonwealth Transportation Bo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F12YF72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$526,923.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YJKPVK2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$526,691.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2052</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG018WZ0668</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$526,167.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tobacco Settlement Financing Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KHZ57F2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$525,969.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>County Of Miami-Dade Fl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DBJZRF3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$525,684.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014H40FM5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$525,435.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JHGGZ81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$524,518.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011RWVC50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$524,332.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00G3P9L18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$523,333.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>University Of Colorado</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JDKGBZ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$522,830.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01H7TRG96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$522,419.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lower Colorado River Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GJTJ320</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$521,641.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG009FBKJ32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$520,531.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZXPYFF3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$519,648.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tennessee Energy Acquisition Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01CH2T9T7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$519,255.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego Public Facilities Financing A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00CZT40H8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$519,041.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01FQYYMX0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$519,024.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Butler County Unified School District N</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GY1BN29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$518,903.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HSFZK05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$517,951.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/15/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00T6XQYJ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$517,530.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG018KN76W2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$517,373.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MNZL5V8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$517,050.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001077KT8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$516,873.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wisconsin Health &amp; Educational Faciliti</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JCWDPL1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$515,781.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>County Of Mecklenburg Nc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HD9Y4X6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$515,550.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011YPS0W7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$515,475.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City Of Colorado Springs Co Utilities S</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00L9B8RS1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$515,270.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Maryland Community Development Administ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R3MNGR7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$514,958.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City Of Portland Or Sewer System Revenu</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GF32F04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$514,848.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HS861P8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$514,512.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00M567ZG0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$514,131.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>State Of Colorado</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0113RZRC2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$514,084.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Boulder Larimer &amp; Weld Counties St Vrai</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00FD7Y6Z7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$514,027.19</x:t>
   </x:si>
   <x:si>
     <x:t>North Texas Tollway Authority</x:t>
   </x:si>
   <x:si>
-    <x:t>01/01/2031</x:t>
-[...1811 lines deleted...]
-    <x:t>$717,838.30</x:t>
+    <x:t>BBG01JHJ5NF5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$513,906.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Salt River Project Agricultural Improve</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XPQZ4R6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$513,567.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00J3ZJR70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$511,922.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>North Carolina Medical Care Commission</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2051</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YV3D0F3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$511,870.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City Of Forsyth Mt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01H511LC2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$510,607.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00CF2LDH2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$510,591.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>State Of Michigan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DBB9QX1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$510,358.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>State Of Texas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DZNJNS1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$509,454.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HMJ93M6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$507,635.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DL8R251</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$507,286.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Delaware Transportation Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00WYH7CW5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$507,166.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>County Of Bexar Tx</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JG8GJV0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$507,077.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HSFZK50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$506,998.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>East County Advanced Water Purification</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PKNMJY7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$506,906.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2063</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NCKK9W3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$506,718.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N8LSK62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$506,581.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rhode Island Health And Educational Bui</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG008KP7Q54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$506,060.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG013G4XR37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$505,896.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Michigan State Housing Development Auth</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PM0H8P5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$505,639.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>University Of Pittsburgh/Pa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZVX2KK6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$505,585.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tobacco Settlement Financing Corp/Ri</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0087HHLJ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$504,822.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2062</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01H49GWG2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$504,071.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014QZN749</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$503,987.46</x:t>
   </x:si>
   <x:si>
     <x:t>Maricopa County Industrial Development</x:t>
   </x:si>
   <x:si>
-    <x:t>01/01/2026</x:t>
-[...940 lines deleted...]
-  <x:si>
     <x:t>01/01/2053</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01GY5PKR3</x:t>
   </x:si>
   <x:si>
-    <x:t>$515,136.62</x:t>
-[...278 lines deleted...]
-    <x:t>$502,700.39</x:t>
+    <x:t>$503,874.38</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2051</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01HDKLPS3</x:t>
   </x:si>
   <x:si>
-    <x:t>$502,309.73</x:t>
-[...5 lines deleted...]
-    <x:t>$502,048.32</x:t>
+    <x:t>$503,525.80</x:t>
   </x:si>
   <x:si>
     <x:t>Ohio Air Quality Development Authority</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01PL43V09</x:t>
   </x:si>
   <x:si>
     <x:t>3.200</x:t>
   </x:si>
   <x:si>
-    <x:t>$501,653.08</x:t>
+    <x:t>$503,039.49</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0101NRJ50</x:t>
   </x:si>
   <x:si>
-    <x:t>$498,041.55</x:t>
+    <x:t>$499,466.34</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01PZT5354</x:t>
   </x:si>
   <x:si>
     <x:t>485,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$494,264.93</x:t>
+    <x:t>$495,231.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16%</x:t>
   </x:si>
   <x:si>
     <x:t>Foothill-Eastern Transportation Corrido</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000ZS22D8</x:t>
   </x:si>
   <x:si>
-    <x:t>$487,299.30</x:t>
-[...2 lines deleted...]
-    <x:t>0.16%</x:t>
+    <x:t>$489,143.40</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00WML6FV4</x:t>
   </x:si>
   <x:si>
     <x:t>440,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$462,339.31</x:t>
+    <x:t>$464,621.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15%</x:t>
   </x:si>
   <x:si>
     <x:t>State Of Mississippi</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GX2JPY0</x:t>
   </x:si>
   <x:si>
     <x:t>430,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$453,228.31</x:t>
-[...2 lines deleted...]
-    <x:t>0.15%</x:t>
+    <x:t>$455,428.42</x:t>
   </x:si>
   <x:si>
     <x:t>MS</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00LG7JPZ6</x:t>
   </x:si>
   <x:si>
     <x:t>435,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$439,385.44</x:t>
+    <x:t>$440,917.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZFBJXB6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>410,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$429,952.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00CKKMCY8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>425,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$428,904.58</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00MS8Y363</x:t>
   </x:si>
   <x:si>
     <x:t>415,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$435,144.98</x:t>
-[...11 lines deleted...]
-    <x:t>0.14%</x:t>
+    <x:t>$426,381.52</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GBL1HW1</x:t>
   </x:si>
   <x:si>
     <x:t>400,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$412,295.37</x:t>
+    <x:t>$413,368.34</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00LLN5R22</x:t>
   </x:si>
   <x:si>
-    <x:t>$412,144.67</x:t>
+    <x:t>$413,108.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HDB1GB4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>385,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$399,430.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01QXXN2V8</x:t>
   </x:si>
   <x:si>
     <x:t>350,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$402,532.88</x:t>
-[...11 lines deleted...]
-    <x:t>0.13%</x:t>
+    <x:t>$397,267.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Allegheny County Hospital Development A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00P55MHW0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>360,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$396,845.54</x:t>
   </x:si>
   <x:si>
     <x:t>Oakland Unified School District/Alameda</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00DK5B629</x:t>
   </x:si>
   <x:si>
     <x:t>380,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$393,510.66</x:t>
-[...14 lines deleted...]
-    <x:t>$391,259.12</x:t>
+    <x:t>$394,432.06</x:t>
   </x:si>
   <x:si>
     <x:t>County Of Wake Nc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00PCCBYL4</x:t>
   </x:si>
   <x:si>
     <x:t>375,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$387,300.45</x:t>
+    <x:t>$388,082.07</x:t>
   </x:si>
   <x:si>
     <x:t>University Of Utah/The</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00HDGQV41</x:t>
   </x:si>
   <x:si>
     <x:t>365,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$385,443.23</x:t>
+    <x:t>$387,203.53</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01GS75Q31</x:t>
   </x:si>
   <x:si>
-    <x:t>$377,917.29</x:t>
+    <x:t>$370,361.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.12%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0148L3ZM0</x:t>
   </x:si>
   <x:si>
     <x:t>358,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$366,025.10</x:t>
-[...2 lines deleted...]
-    <x:t>0.12%</x:t>
+    <x:t>$362,481.71</x:t>
   </x:si>
   <x:si>
     <x:t>Canadian County Educational Facilities</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GNX0K92</x:t>
   </x:si>
   <x:si>
     <x:t>330,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$331,851.30</x:t>
+    <x:t>$333,875.00</x:t>
   </x:si>
   <x:si>
     <x:t>0.11%</x:t>
   </x:si>
   <x:si>
-    <x:t>BBG00F6KJKG3</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>BBG00JC05NX2</x:t>
   </x:si>
   <x:si>
     <x:t>305,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$321,871.01</x:t>
+    <x:t>$323,650.79</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F40TD56</x:t>
   </x:si>
   <x:si>
     <x:t>310,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$320,405.16</x:t>
+    <x:t>$321,353.02</x:t>
   </x:si>
   <x:si>
     <x:t>Kentucky State Property &amp; Building Comm</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01Q1T0VR8</x:t>
   </x:si>
   <x:si>
     <x:t>250,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$278,973.41</x:t>
+    <x:t>$281,387.92</x:t>
   </x:si>
   <x:si>
     <x:t>0.09%</x:t>
   </x:si>
   <x:si>
     <x:t>South Dakota Health &amp; Educational Facil</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00HK94GD6</x:t>
   </x:si>
   <x:si>
     <x:t>255,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$266,298.90</x:t>
+    <x:t>$267,812.99</x:t>
   </x:si>
   <x:si>
     <x:t>SD</x:t>
   </x:si>
   <x:si>
     <x:t>04/15/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00HQ6QDZ5</x:t>
   </x:si>
   <x:si>
-    <x:t>$262,565.35</x:t>
+    <x:t>$264,313.41</x:t>
   </x:si>
   <x:si>
     <x:t>County Of Suffolk Ny</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GBQKYN2</x:t>
   </x:si>
   <x:si>
-    <x:t>$255,566.87</x:t>
+    <x:t>$255,997.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.08%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00DVZC2L8</x:t>
   </x:si>
   <x:si>
-    <x:t>$238,669.08</x:t>
-[...2 lines deleted...]
-    <x:t>0.08%</x:t>
+    <x:t>$241,615.92</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>2,042,043</x:t>
-[...5 lines deleted...]
-    <x:t>0.69%</x:t>
+    <x:t>4,310,788</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,310,788.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.43%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-47,224.21</x:t>
+    <x:t>$-45,922.14</x:t>
   </x:si>
   <x:si>
     <x:t>-0.02%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -3856,56 +3853,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5eb64e1b587d463f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Raf7ccb4e706249f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R71f5c1c80c904cc6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3fbc2857877144e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rc17f8876e24e49b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3b54d579c37c46f4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:L341"/>
+  <x:dimension ref="A1:L339"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="16" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="12" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="28" customWidth="1"/>
     <x:col min="8" max="8" width="20" customWidth="1"/>
     <x:col min="9" max="9" width="21" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
     <x:col min="11" max="11" width="10" customWidth="1"/>
     <x:col min="12" max="12" width="14" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -4157,221 +4154,221 @@
       </x:c>
       <x:c r="J7" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="K7" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L7" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:12" ht="15" customHeight="1">
       <x:c r="A8" s="1">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C8" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D8" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E8" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F8" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G8" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
-      <x:c r="F8" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G8" s="1" t="s">
+      <x:c r="H8" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
-      <x:c r="H8" s="1" t="s">
+      <x:c r="I8" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J8" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="I8" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="J8" s="1" t="s">
+      <x:c r="K8" s="1" t="s">
         <x:v>53</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>54</x:v>
       </x:c>
       <x:c r="L8" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:12" ht="15" customHeight="1">
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
+        <x:v>54</x:v>
+      </x:c>
+      <x:c r="C9" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
-      <x:c r="C9" s="1" t="s">
+      <x:c r="D9" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
-      <x:c r="D9" s="1" t="s">
+      <x:c r="E9" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
-      <x:c r="E9" s="1" t="s">
+      <x:c r="F9" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G9" s="1" t="s">
         <x:v>58</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
       <x:c r="H9" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="I9" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J9" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="K9" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L9" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:12" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G10" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="H10" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="I10" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J10" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="K10" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L10" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:12" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G11" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="H11" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="I11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J11" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="K11" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L11" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:12" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G12" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="H12" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="I12" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J12" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="K12" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L12" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:12" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
@@ -4391,51 +4388,51 @@
       </x:c>
       <x:c r="L13" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:12" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="H14" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="I14" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J14" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K14" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="L14" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:12" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
@@ -4461,12407 +4458,12331 @@
       </x:c>
       <x:c r="J15" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="K15" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L15" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:12" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J16" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="K16" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="L16" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:12" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J17" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="K17" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L17" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:12" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="C18" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
-      <x:c r="C18" s="1" t="s">
+      <x:c r="D18" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
-      <x:c r="D18" s="1" t="s">
+      <x:c r="E18" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F18" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G18" s="1" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="H18" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
-      <x:c r="E18" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="H18" s="1" t="s">
+      <x:c r="I18" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J18" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
-      <x:c r="I18" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K18" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="L18" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:12" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J19" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="K19" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="L19" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:12" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="H20" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
-      <x:c r="H20" s="1" t="s">
+      <x:c r="I20" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J20" s="1" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="K20" s="1" t="s">
         <x:v>125</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>79</x:v>
       </x:c>
       <x:c r="L20" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:12" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J21" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="K21" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="L21" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:12" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="D22" s="1" t="s">
         <x:v>132</x:v>
       </x:c>
-      <x:c r="C22" s="1" t="s">
+      <x:c r="E22" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F22" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G22" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="D22" s="1" t="s">
+      <x:c r="H22" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
-      <x:c r="E22" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G22" s="1" t="s">
+      <x:c r="I22" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J22" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
-      <x:c r="H22" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K22" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L22" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:12" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="D23" s="1" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="E23" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F23" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G23" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
-      <x:c r="C23" s="1" t="s">
+      <x:c r="H23" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="D23" s="1" t="s">
+      <x:c r="I23" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J23" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="E23" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G23" s="1" t="s">
+      <x:c r="K23" s="1" t="s">
         <x:v>141</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>46</x:v>
       </x:c>
       <x:c r="L23" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:12" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
         <x:v>143</x:v>
       </x:c>
-      <x:c r="C24" s="1" t="s">
+      <x:c r="D24" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
-      <x:c r="D24" s="1" t="s">
+      <x:c r="E24" s="1" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="F24" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G24" s="1" t="s">
         <x:v>145</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>141</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J24" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="K24" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="L24" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:12" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="D25" s="1" t="s">
         <x:v>149</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="s">
+      <x:c r="E25" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F25" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G25" s="1" t="s">
         <x:v>150</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>141</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J25" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="K25" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="L25" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:12" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J26" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="K26" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L26" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:12" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="D27" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="E27" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F27" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G27" s="1" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="H27" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
+      <x:c r="I27" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J27" s="1" t="s">
         <x:v>161</x:v>
       </x:c>
-      <x:c r="E27" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K27" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L27" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:12" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="D28" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D28" s="1" t="s">
+      <x:c r="E28" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F28" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G28" s="1" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="H28" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
-      <x:c r="E28" s="1" t="s">
+      <x:c r="I28" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J28" s="1" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="K28" s="1" t="s">
         <x:v>166</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>169</x:v>
       </x:c>
       <x:c r="L28" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:12" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J29" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="K29" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L29" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:12" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="D30" s="1" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="E30" s="1" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="F30" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G30" s="1" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="H30" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D30" s="1" t="s">
+      <x:c r="I30" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J30" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="E30" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G30" s="1" t="s">
+      <x:c r="K30" s="1" t="s">
         <x:v>178</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>181</x:v>
       </x:c>
       <x:c r="L30" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:12" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="D31" s="1" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="E31" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F31" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="H31" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
+      <x:c r="I31" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J31" s="1" t="s">
         <x:v>183</x:v>
       </x:c>
-      <x:c r="D31" s="1" t="s">
+      <x:c r="K31" s="1" t="s">
         <x:v>184</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>187</x:v>
       </x:c>
       <x:c r="L31" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:12" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="D32" s="1" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="E32" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F32" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G32" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
+      <x:c r="H32" s="1" t="s">
         <x:v>189</x:v>
       </x:c>
-      <x:c r="D32" s="1" t="s">
+      <x:c r="I32" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J32" s="1" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="K32" s="1" t="s">
         <x:v>190</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>23</x:v>
       </x:c>
       <x:c r="L32" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:12" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="D33" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
-      <x:c r="D33" s="1" t="s">
+      <x:c r="E33" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F33" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="H33" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
-      <x:c r="E33" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="H33" s="1" t="s">
+      <x:c r="I33" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J33" s="1" t="s">
         <x:v>195</x:v>
       </x:c>
-      <x:c r="I33" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K33" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="L33" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:12" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J34" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="K34" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L34" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:12" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J35" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="K35" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L35" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:12" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="H36" s="1" t="s">
         <x:v>208</x:v>
       </x:c>
-      <x:c r="H36" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I36" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J36" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="K36" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="L36" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:12" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="D37" s="1" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="E37" s="1" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="F37" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G37" s="1" t="s">
         <x:v>211</x:v>
       </x:c>
-      <x:c r="C37" s="1" t="s">
+      <x:c r="H37" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
-      <x:c r="D37" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J37" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="K37" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L37" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:12" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="D38" s="1" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="E38" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F38" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G38" s="1" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="H38" s="1" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="I38" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J38" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
-      <x:c r="C38" s="1" t="s">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="K38" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L38" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:12" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="I39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J39" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="K39" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L39" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:12" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="C40" s="1" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="D40" s="1" t="s">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="E40" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F40" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="H40" s="1" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="I40" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J40" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
-      <x:c r="C40" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D40" s="1" t="s">
+      <x:c r="K40" s="1" t="s">
         <x:v>228</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>231</x:v>
       </x:c>
       <x:c r="L40" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:12" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="D41" s="1" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="E41" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F41" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G41" s="1" t="s">
         <x:v>232</x:v>
       </x:c>
-      <x:c r="D41" s="1" t="s">
+      <x:c r="H41" s="1" t="s">
         <x:v>233</x:v>
       </x:c>
-      <x:c r="E41" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I41" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J41" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="K41" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="L41" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:12" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="C42" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
-      <x:c r="C42" s="1" t="s">
+      <x:c r="D42" s="1" t="s">
         <x:v>236</x:v>
       </x:c>
-      <x:c r="D42" s="1" t="s">
+      <x:c r="E42" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F42" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G42" s="1" t="s">
         <x:v>237</x:v>
       </x:c>
-      <x:c r="E42" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G42" s="1" t="s">
+      <x:c r="H42" s="1" t="s">
         <x:v>238</x:v>
       </x:c>
-      <x:c r="H42" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I42" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J42" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="K42" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L42" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:12" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="C43" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
-      <x:c r="C43" s="1" t="s">
+      <x:c r="D43" s="1" t="s">
         <x:v>241</x:v>
       </x:c>
-      <x:c r="D43" s="1" t="s">
+      <x:c r="E43" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F43" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G43" s="1" t="s">
         <x:v>242</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>203</x:v>
       </x:c>
       <x:c r="H43" s="1" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J43" s="1" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="K43" s="1" t="s">
         <x:v>244</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>245</x:v>
       </x:c>
       <x:c r="L43" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:12" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="D44" s="1" t="s">
         <x:v>246</x:v>
       </x:c>
-      <x:c r="D44" s="1" t="s">
+      <x:c r="E44" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F44" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G44" s="1" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="H44" s="1" t="s">
         <x:v>247</x:v>
       </x:c>
-      <x:c r="E44" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G44" s="1" t="s">
+      <x:c r="I44" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J44" s="1" t="s">
         <x:v>248</x:v>
       </x:c>
-      <x:c r="H44" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K44" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="L44" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:12" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="C45" s="1" t="s">
         <x:v>250</x:v>
       </x:c>
-      <x:c r="C45" s="1" t="s">
+      <x:c r="D45" s="1" t="s">
         <x:v>251</x:v>
       </x:c>
-      <x:c r="D45" s="1" t="s">
+      <x:c r="E45" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F45" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G45" s="1" t="s">
         <x:v>252</x:v>
       </x:c>
-      <x:c r="E45" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G45" s="1" t="s">
+      <x:c r="H45" s="1" t="s">
         <x:v>253</x:v>
       </x:c>
-      <x:c r="H45" s="1" t="s">
+      <x:c r="I45" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J45" s="1" t="s">
         <x:v>254</x:v>
       </x:c>
-      <x:c r="I45" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K45" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L45" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:12" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="H46" s="1" t="s">
         <x:v>257</x:v>
       </x:c>
-      <x:c r="H46" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I46" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J46" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="K46" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L46" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:12" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="D47" s="1" t="s">
         <x:v>260</x:v>
       </x:c>
-      <x:c r="D47" s="1" t="s">
+      <x:c r="E47" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F47" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G47" s="1" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="H47" s="1" t="s">
         <x:v>261</x:v>
       </x:c>
-      <x:c r="E47" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G47" s="1" t="s">
+      <x:c r="I47" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J47" s="1" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="K47" s="1" t="s">
         <x:v>262</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>158</x:v>
       </x:c>
       <x:c r="L47" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:12" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="C48" s="1" t="s">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="D48" s="1" t="s">
         <x:v>264</x:v>
       </x:c>
-      <x:c r="C48" s="1" t="s">
+      <x:c r="E48" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F48" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G48" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
-      <x:c r="D48" s="1" t="s">
+      <x:c r="H48" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
-      <x:c r="E48" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G48" s="1" t="s">
+      <x:c r="I48" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J48" s="1" t="s">
         <x:v>267</x:v>
       </x:c>
-      <x:c r="H48" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K48" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L48" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:12" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="E49" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F49" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G49" s="1" t="s">
         <x:v>271</x:v>
       </x:c>
-      <x:c r="E49" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G49" s="1" t="s">
+      <x:c r="H49" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
-      <x:c r="H49" s="1" t="s">
+      <x:c r="I49" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J49" s="1" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="K49" s="1" t="s">
         <x:v>273</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>23</x:v>
       </x:c>
       <x:c r="L49" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:12" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="C50" s="1" t="s">
+        <x:v>274</x:v>
+      </x:c>
+      <x:c r="D50" s="1" t="s">
         <x:v>275</x:v>
       </x:c>
-      <x:c r="C50" s="1" t="s">
+      <x:c r="E50" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F50" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G50" s="1" t="s">
         <x:v>276</x:v>
       </x:c>
-      <x:c r="D50" s="1" t="s">
+      <x:c r="H50" s="1" t="s">
         <x:v>277</x:v>
       </x:c>
-      <x:c r="E50" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I50" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J50" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="K50" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="L50" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:12" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="C51" s="1" t="s">
         <x:v>279</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>94</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
         <x:v>280</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J51" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="K51" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="L51" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:12" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F52" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G52" s="1" t="s">
         <x:v>286</x:v>
       </x:c>
-      <x:c r="F52" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G52" s="1" t="s">
+      <x:c r="H52" s="1" t="s">
         <x:v>287</x:v>
       </x:c>
-      <x:c r="H52" s="1" t="s">
+      <x:c r="I52" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J52" s="1" t="s">
         <x:v>288</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>289</x:v>
       </x:c>
       <x:c r="K52" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L52" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:12" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="C53" s="1" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="D53" s="1" t="s">
         <x:v>290</x:v>
       </x:c>
-      <x:c r="C53" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D53" s="1" t="s">
+      <x:c r="E53" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F53" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G53" s="1" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="H53" s="1" t="s">
         <x:v>291</x:v>
       </x:c>
-      <x:c r="E53" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="H53" s="1" t="s">
+      <x:c r="I53" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J53" s="1" t="s">
         <x:v>292</x:v>
       </x:c>
-      <x:c r="I53" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K53" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L53" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:12" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="H54" s="1" t="s">
         <x:v>295</x:v>
       </x:c>
-      <x:c r="H54" s="1" t="s">
+      <x:c r="I54" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J54" s="1" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="K54" s="1" t="s">
         <x:v>296</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>23</x:v>
       </x:c>
       <x:c r="L54" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:12" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="H55" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J55" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="K55" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L55" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:12" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>26</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J56" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="K56" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L56" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:12" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J57" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="K57" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L57" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:12" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G58" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="H58" s="1" t="s">
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="I58" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J58" s="1" t="s">
         <x:v>310</x:v>
       </x:c>
-      <x:c r="I58" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K58" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L58" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:12" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="H59" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J59" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="K59" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L59" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:12" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="H60" s="1" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J60" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="K60" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="L60" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:12" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G61" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="H61" s="1" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="I61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J61" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="K61" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="L61" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:12" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G62" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="H62" s="1" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="I62" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J62" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="K62" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="L62" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:12" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G63" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="H63" s="1" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="I63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J63" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="K63" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="L63" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:12" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F64" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G64" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="H64" s="1" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="I64" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J64" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="K64" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L64" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:12" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G65" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="H65" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="I65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J65" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="K65" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="L65" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:12" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G66" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="H66" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="I66" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J66" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="K66" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="L66" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:12" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G67" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="H67" s="1" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="I67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J67" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="K67" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L67" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:12" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="D68" s="1" t="s">
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="E68" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F68" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G68" s="1" t="s">
         <x:v>345</x:v>
       </x:c>
-      <x:c r="D68" s="1" t="s">
+      <x:c r="H68" s="1" t="s">
         <x:v>346</x:v>
       </x:c>
-      <x:c r="E68" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I68" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J68" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="K68" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="L68" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:12" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
+        <x:v>347</x:v>
+      </x:c>
+      <x:c r="C69" s="1" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="D69" s="1" t="s">
         <x:v>348</x:v>
       </x:c>
-      <x:c r="C69" s="1" t="s">
+      <x:c r="E69" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F69" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G69" s="1" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="H69" s="1" t="s">
         <x:v>349</x:v>
       </x:c>
-      <x:c r="D69" s="1" t="s">
+      <x:c r="I69" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J69" s="1" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="K69" s="1" t="s">
         <x:v>350</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>270</x:v>
       </x:c>
       <x:c r="L69" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:12" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
+        <x:v>351</x:v>
+      </x:c>
+      <x:c r="C70" s="1" t="s">
         <x:v>352</x:v>
       </x:c>
-      <x:c r="C70" s="1" t="s">
+      <x:c r="D70" s="1" t="s">
         <x:v>353</x:v>
       </x:c>
-      <x:c r="D70" s="1" t="s">
+      <x:c r="E70" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F70" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G70" s="1" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="H70" s="1" t="s">
         <x:v>354</x:v>
       </x:c>
-      <x:c r="E70" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="H70" s="1" t="s">
+      <x:c r="I70" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J70" s="1" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="K70" s="1" t="s">
         <x:v>355</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>282</x:v>
       </x:c>
       <x:c r="L70" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:12" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F71" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G71" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="H71" s="1" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="I71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J71" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="K71" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="L71" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:12" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="C72" s="1" t="s">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="D72" s="1" t="s">
         <x:v>358</x:v>
       </x:c>
-      <x:c r="C72" s="1" t="s">
+      <x:c r="E72" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F72" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G72" s="1" t="s">
         <x:v>359</x:v>
       </x:c>
-      <x:c r="D72" s="1" t="s">
+      <x:c r="H72" s="1" t="s">
         <x:v>360</x:v>
       </x:c>
-      <x:c r="E72" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="H72" s="1" t="s">
+      <x:c r="I72" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J72" s="1" t="s">
         <x:v>361</x:v>
       </x:c>
-      <x:c r="I72" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K72" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L72" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:12" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G73" s="1" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="H73" s="1" t="s">
         <x:v>363</x:v>
       </x:c>
-      <x:c r="H73" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J73" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="K73" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="L73" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:12" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
+        <x:v>364</x:v>
+      </x:c>
+      <x:c r="D74" s="1" t="s">
         <x:v>365</x:v>
       </x:c>
-      <x:c r="D74" s="1" t="s">
+      <x:c r="E74" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F74" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G74" s="1" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="H74" s="1" t="s">
         <x:v>366</x:v>
       </x:c>
-      <x:c r="E74" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I74" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J74" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="K74" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L74" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:12" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="C75" s="1" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="D75" s="1" t="s">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="E75" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F75" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G75" s="1" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="H75" s="1" t="s">
         <x:v>368</x:v>
       </x:c>
-      <x:c r="C75" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J75" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="K75" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="L75" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:12" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F76" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G76" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="H76" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="I76" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J76" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="K76" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L76" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:12" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
+        <x:v>374</x:v>
+      </x:c>
+      <x:c r="E77" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F77" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G77" s="1" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="H77" s="1" t="s">
         <x:v>375</x:v>
       </x:c>
-      <x:c r="E77" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J77" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="K77" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="L77" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:12" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
+        <x:v>376</x:v>
+      </x:c>
+      <x:c r="D78" s="1" t="s">
         <x:v>377</x:v>
       </x:c>
-      <x:c r="D78" s="1" t="s">
+      <x:c r="E78" s="1" t="s">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="F78" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G78" s="1" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="H78" s="1" t="s">
         <x:v>378</x:v>
       </x:c>
-      <x:c r="E78" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I78" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J78" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="K78" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L78" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:12" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="C79" s="1" t="s">
+        <x:v>379</x:v>
+      </x:c>
+      <x:c r="D79" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
-      <x:c r="C79" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D79" s="1" t="s">
+      <x:c r="E79" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F79" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G79" s="1" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="H79" s="1" t="s">
         <x:v>381</x:v>
       </x:c>
-      <x:c r="E79" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J79" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="K79" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="L79" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:12" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
+        <x:v>383</x:v>
+      </x:c>
+      <x:c r="D80" s="1" t="s">
         <x:v>384</x:v>
       </x:c>
-      <x:c r="D80" s="1" t="s">
+      <x:c r="E80" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F80" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G80" s="1" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="H80" s="1" t="s">
         <x:v>385</x:v>
       </x:c>
-      <x:c r="E80" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I80" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J80" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="K80" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L80" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:12" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
+        <x:v>386</x:v>
+      </x:c>
+      <x:c r="C81" s="1" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="D81" s="1" t="s">
         <x:v>387</x:v>
       </x:c>
-      <x:c r="C81" s="1" t="s">
+      <x:c r="E81" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F81" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G81" s="1" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="H81" s="1" t="s">
         <x:v>388</x:v>
       </x:c>
-      <x:c r="D81" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J81" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="K81" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L81" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:12" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
+        <x:v>389</x:v>
+      </x:c>
+      <x:c r="D82" s="1" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="E82" s="1" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="F82" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G82" s="1" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="H82" s="1" t="s">
         <x:v>391</x:v>
       </x:c>
-      <x:c r="D82" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I82" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J82" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="K82" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="L82" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:12" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F83" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G83" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="H83" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="I83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J83" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="K83" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L83" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:12" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F84" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G84" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="H84" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="I84" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J84" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="K84" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L84" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:12" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="E85" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F85" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G85" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="H85" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="I85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J85" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="K85" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="L85" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:12" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="E86" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F86" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G86" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="H86" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="I86" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J86" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="K86" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="L86" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:12" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="E87" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F87" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G87" s="1" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="H87" s="1" t="s">
         <x:v>406</x:v>
       </x:c>
-      <x:c r="E87" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J87" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="K87" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="L87" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:12" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="E88" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="F88" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G88" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="H88" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="I88" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J88" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="K88" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="L88" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:12" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D89" s="1" t="s">
         <x:v>412</x:v>
       </x:c>
       <x:c r="E89" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F89" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G89" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="H89" s="1" t="s">
         <x:v>413</x:v>
       </x:c>
       <x:c r="I89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J89" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="K89" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L89" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:12" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
         <x:v>414</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
         <x:v>415</x:v>
       </x:c>
       <x:c r="E90" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F90" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G90" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="H90" s="1" t="s">
         <x:v>416</x:v>
       </x:c>
       <x:c r="I90" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J90" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="K90" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L90" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:12" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="E91" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F91" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G91" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="H91" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="I91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J91" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="K91" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="L91" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:12" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="D92" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="E92" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F92" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G92" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="H92" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="I92" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J92" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="K92" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="L92" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:12" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F93" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G93" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="H93" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="I93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J93" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="K93" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="L93" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:12" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="E94" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F94" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G94" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="H94" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="I94" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J94" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="K94" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L94" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:12" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="E95" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F95" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G95" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="H95" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="I95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J95" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="K95" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="L95" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:12" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="D96" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="E96" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F96" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G96" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="H96" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="I96" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J96" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="K96" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="L96" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:12" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="D97" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="E97" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F97" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G97" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="H97" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="I97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J97" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="K97" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L97" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:12" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="D98" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="E98" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F98" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G98" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="H98" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="I98" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J98" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="K98" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L98" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:12" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="D99" s="1" t="s">
         <x:v>441</x:v>
       </x:c>
       <x:c r="E99" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F99" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G99" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="H99" s="1" t="s">
         <x:v>442</x:v>
       </x:c>
       <x:c r="I99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J99" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="K99" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L99" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:12" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="C100" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="D100" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="E100" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F100" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G100" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="H100" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="I100" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J100" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="K100" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="L100" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:12" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="C101" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="D101" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="E101" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F101" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G101" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="H101" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="I101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J101" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="K101" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="L101" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:12" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="C102" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="D102" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="E102" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F102" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G102" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="H102" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="I102" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J102" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="K102" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="L102" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:12" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C103" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="D103" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="E103" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F103" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G103" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="H103" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="I103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J103" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="K103" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="L103" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:12" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="C104" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="D104" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="E104" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F104" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G104" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="H104" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="I104" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J104" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="K104" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="L104" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:12" ht="15" customHeight="1">
       <x:c r="A105" s="1">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
         <x:v>461</x:v>
       </x:c>
       <x:c r="C105" s="1" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="D105" s="1" t="s">
         <x:v>462</x:v>
       </x:c>
-      <x:c r="D105" s="1" t="s">
+      <x:c r="E105" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F105" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G105" s="1" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="H105" s="1" t="s">
         <x:v>463</x:v>
       </x:c>
-      <x:c r="E105" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="H105" s="1" t="s">
+      <x:c r="I105" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J105" s="1" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="K105" s="1" t="s">
         <x:v>464</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>104</x:v>
       </x:c>
       <x:c r="L105" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:12" ht="15" customHeight="1">
       <x:c r="A106" s="1">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="C106" s="1" t="s">
         <x:v>465</x:v>
       </x:c>
-      <x:c r="C106" s="1" t="s">
+      <x:c r="D106" s="1" t="s">
         <x:v>466</x:v>
       </x:c>
-      <x:c r="D106" s="1" t="s">
+      <x:c r="E106" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F106" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G106" s="1" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="H106" s="1" t="s">
         <x:v>467</x:v>
       </x:c>
-      <x:c r="E106" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="H106" s="1" t="s">
+      <x:c r="I106" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J106" s="1" t="s">
         <x:v>468</x:v>
       </x:c>
-      <x:c r="I106" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K106" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L106" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:12" ht="15" customHeight="1">
       <x:c r="A107" s="1">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="C107" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="D107" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="E107" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F107" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G107" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="H107" s="1" t="s">
-        <x:v>471</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="I107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J107" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="K107" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="L107" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:12" ht="15" customHeight="1">
       <x:c r="A108" s="1">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="C108" s="1" t="s">
-        <x:v>472</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="D108" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>474</x:v>
       </x:c>
       <x:c r="E108" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F108" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G108" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="H108" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="I108" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J108" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="K108" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="L108" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:12" ht="15" customHeight="1">
       <x:c r="A109" s="1">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C109" s="1" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="D109" s="1" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="E109" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F109" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G109" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="H109" s="1" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="I109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J109" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="K109" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L109" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:12" ht="15" customHeight="1">
       <x:c r="A110" s="1">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C110" s="1" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="D110" s="1" t="s">
         <x:v>480</x:v>
       </x:c>
       <x:c r="E110" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F110" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G110" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="H110" s="1" t="s">
         <x:v>481</x:v>
       </x:c>
       <x:c r="I110" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J110" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="K110" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L110" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:12" ht="15" customHeight="1">
       <x:c r="A111" s="1">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
         <x:v>482</x:v>
       </x:c>
       <x:c r="C111" s="1" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="D111" s="1" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="E111" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F111" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G111" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="H111" s="1" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="I111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J111" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="K111" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L111" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:12" ht="15" customHeight="1">
       <x:c r="A112" s="1">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
         <x:v>486</x:v>
       </x:c>
       <x:c r="C112" s="1" t="s">
         <x:v>479</x:v>
       </x:c>
       <x:c r="D112" s="1" t="s">
         <x:v>487</x:v>
       </x:c>
       <x:c r="E112" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F112" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G112" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="H112" s="1" t="s">
         <x:v>488</x:v>
       </x:c>
       <x:c r="I112" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J112" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="K112" s="1" t="s">
         <x:v>489</x:v>
       </x:c>
       <x:c r="L112" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:12" ht="15" customHeight="1">
       <x:c r="A113" s="1">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C113" s="1" t="s">
         <x:v>490</x:v>
       </x:c>
       <x:c r="D113" s="1" t="s">
         <x:v>491</x:v>
       </x:c>
       <x:c r="E113" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F113" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G113" s="1" t="s">
         <x:v>492</x:v>
       </x:c>
       <x:c r="H113" s="1" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="I113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J113" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="K113" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="L113" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:12" ht="15" customHeight="1">
       <x:c r="A114" s="1">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="C114" s="1" t="s">
         <x:v>494</x:v>
       </x:c>
       <x:c r="D114" s="1" t="s">
         <x:v>495</x:v>
       </x:c>
       <x:c r="E114" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F114" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G114" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="H114" s="1" t="s">
         <x:v>496</x:v>
       </x:c>
       <x:c r="I114" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J114" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="K114" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L114" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:12" ht="15" customHeight="1">
       <x:c r="A115" s="1">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
         <x:v>497</x:v>
       </x:c>
       <x:c r="C115" s="1" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="D115" s="1" t="s">
         <x:v>499</x:v>
       </x:c>
       <x:c r="E115" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F115" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G115" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="H115" s="1" t="s">
         <x:v>500</x:v>
       </x:c>
       <x:c r="I115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J115" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="K115" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="L115" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:12" ht="15" customHeight="1">
       <x:c r="A116" s="1">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
         <x:v>501</x:v>
       </x:c>
       <x:c r="C116" s="1" t="s">
         <x:v>502</x:v>
       </x:c>
       <x:c r="D116" s="1" t="s">
         <x:v>503</x:v>
       </x:c>
       <x:c r="E116" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F116" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G116" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="H116" s="1" t="s">
         <x:v>504</x:v>
       </x:c>
       <x:c r="I116" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J116" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="K116" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="L116" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:12" ht="15" customHeight="1">
       <x:c r="A117" s="1">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
         <x:v>505</x:v>
       </x:c>
       <x:c r="C117" s="1" t="s">
         <x:v>506</x:v>
       </x:c>
       <x:c r="D117" s="1" t="s">
         <x:v>507</x:v>
       </x:c>
       <x:c r="E117" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F117" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G117" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="H117" s="1" t="s">
         <x:v>508</x:v>
       </x:c>
       <x:c r="I117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J117" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="K117" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="L117" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:12" ht="15" customHeight="1">
       <x:c r="A118" s="1">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
         <x:v>509</x:v>
       </x:c>
       <x:c r="C118" s="1" t="s">
         <x:v>510</x:v>
       </x:c>
       <x:c r="D118" s="1" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="E118" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F118" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G118" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="H118" s="1" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="I118" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J118" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="K118" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L118" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:12" ht="15" customHeight="1">
       <x:c r="A119" s="1">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
         <x:v>513</x:v>
       </x:c>
       <x:c r="C119" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="D119" s="1" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="E119" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F119" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G119" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="H119" s="1" t="s">
         <x:v>515</x:v>
       </x:c>
       <x:c r="I119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J119" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="K119" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L119" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:12" ht="15" customHeight="1">
       <x:c r="A120" s="1">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
         <x:v>516</x:v>
       </x:c>
       <x:c r="C120" s="1" t="s">
         <x:v>517</x:v>
       </x:c>
       <x:c r="D120" s="1" t="s">
         <x:v>518</x:v>
       </x:c>
       <x:c r="E120" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F120" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G120" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="H120" s="1" t="s">
         <x:v>519</x:v>
       </x:c>
       <x:c r="I120" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J120" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="K120" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="L120" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:12" ht="15" customHeight="1">
       <x:c r="A121" s="1">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="C121" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="D121" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="E121" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F121" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G121" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="H121" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="I121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J121" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="K121" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="L121" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:12" ht="15" customHeight="1">
       <x:c r="A122" s="1">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
-        <x:v>523</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="C122" s="1" t="s">
         <x:v>524</x:v>
       </x:c>
       <x:c r="D122" s="1" t="s">
         <x:v>525</x:v>
       </x:c>
       <x:c r="E122" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F122" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G122" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="H122" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="I122" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J122" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="K122" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="L122" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:12" ht="15" customHeight="1">
       <x:c r="A123" s="1">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C123" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="D123" s="1" t="s">
         <x:v>528</x:v>
       </x:c>
       <x:c r="E123" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F123" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G123" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="H123" s="1" t="s">
         <x:v>529</x:v>
       </x:c>
       <x:c r="I123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J123" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="K123" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L123" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:12" ht="15" customHeight="1">
       <x:c r="A124" s="1">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="C124" s="1" t="s">
-        <x:v>530</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="D124" s="1" t="s">
         <x:v>531</x:v>
       </x:c>
       <x:c r="E124" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="F124" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G124" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="H124" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="I124" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J124" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="K124" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="L124" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:12" ht="15" customHeight="1">
       <x:c r="A125" s="1">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="C125" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="D125" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>536</x:v>
       </x:c>
       <x:c r="E125" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F125" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G125" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="H125" s="1" t="s">
-        <x:v>536</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="I125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J125" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="K125" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="L125" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:12" ht="15" customHeight="1">
       <x:c r="A126" s="1">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="C126" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D126" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="E126" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F126" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G126" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="H126" s="1" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="I126" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J126" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="K126" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L126" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:12" ht="15" customHeight="1">
       <x:c r="A127" s="1">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="C127" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="D127" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="E127" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="F127" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G127" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="H127" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>544</x:v>
       </x:c>
       <x:c r="I127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J127" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="K127" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L127" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:12" ht="15" customHeight="1">
       <x:c r="A128" s="1">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
-        <x:v>544</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C128" s="1" t="s">
-        <x:v>26</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="D128" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>546</x:v>
       </x:c>
       <x:c r="E128" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F128" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G128" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="H128" s="1" t="s">
-        <x:v>546</x:v>
+        <x:v>547</x:v>
       </x:c>
       <x:c r="I128" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J128" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="K128" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="L128" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:12" ht="15" customHeight="1">
       <x:c r="A129" s="1">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="C129" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="D129" s="1" t="s">
-        <x:v>547</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="E129" s="1" t="s">
-        <x:v>548</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="F129" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G129" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="H129" s="1" t="s">
-        <x:v>549</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="I129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J129" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="K129" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="L129" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:12" ht="15" customHeight="1">
       <x:c r="A130" s="1">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
-        <x:v>550</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C130" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="D130" s="1" t="s">
         <x:v>551</x:v>
       </x:c>
       <x:c r="E130" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="F130" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G130" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="H130" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="I130" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J130" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="K130" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L130" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:12" ht="15" customHeight="1">
       <x:c r="A131" s="1">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B131" s="1" t="s">
-        <x:v>553</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="C131" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="D131" s="1" t="s">
-        <x:v>554</x:v>
+        <x:v>556</x:v>
       </x:c>
       <x:c r="E131" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F131" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G131" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="H131" s="1" t="s">
-        <x:v>555</x:v>
+        <x:v>557</x:v>
       </x:c>
       <x:c r="I131" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J131" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="K131" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="L131" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:12" ht="15" customHeight="1">
       <x:c r="A132" s="1">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="C132" s="1" t="s">
-        <x:v>557</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="D132" s="1" t="s">
-        <x:v>558</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="E132" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="F132" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G132" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="H132" s="1" t="s">
-        <x:v>559</x:v>
+        <x:v>560</x:v>
       </x:c>
       <x:c r="I132" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J132" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="K132" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="L132" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:12" ht="15" customHeight="1">
       <x:c r="A133" s="1">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
-        <x:v>560</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="C133" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="D133" s="1" t="s">
+        <x:v>563</x:v>
+      </x:c>
+      <x:c r="E133" s="1" t="s">
+        <x:v>532</x:v>
+      </x:c>
+      <x:c r="F133" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G133" s="1" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="H133" s="1" t="s">
+        <x:v>564</x:v>
+      </x:c>
+      <x:c r="I133" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J133" s="1" t="s">
         <x:v>561</x:v>
       </x:c>
-      <x:c r="E133" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K133" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L133" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:12" ht="15" customHeight="1">
       <x:c r="A134" s="1">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="C134" s="1" t="s">
+        <x:v>521</x:v>
+      </x:c>
+      <x:c r="D134" s="1" t="s">
         <x:v>565</x:v>
       </x:c>
-      <x:c r="C134" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D134" s="1" t="s">
+      <x:c r="E134" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F134" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G134" s="1" t="s">
         <x:v>566</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>272</x:v>
       </x:c>
       <x:c r="H134" s="1" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="I134" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J134" s="1" t="s">
-        <x:v>564</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="K134" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="L134" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:12" ht="15" customHeight="1">
       <x:c r="A135" s="1">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B135" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C135" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="D135" s="1" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="E135" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F135" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G135" s="1" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="H135" s="1" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="I135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J135" s="1" t="s">
-        <x:v>564</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="K135" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L135" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:12" ht="15" customHeight="1">
       <x:c r="A136" s="1">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B136" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="C136" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="D136" s="1" t="s">
         <x:v>572</x:v>
       </x:c>
       <x:c r="E136" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F136" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G136" s="1" t="s">
-        <x:v>569</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="H136" s="1" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="I136" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J136" s="1" t="s">
-        <x:v>564</x:v>
+        <x:v>561</x:v>
       </x:c>
       <x:c r="K136" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L136" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:12" ht="15" customHeight="1">
       <x:c r="A137" s="1">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B137" s="1" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="C137" s="1" t="s">
         <x:v>574</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>517</x:v>
       </x:c>
       <x:c r="D137" s="1" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="E137" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F137" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G137" s="1" t="s">
+        <x:v>569</x:v>
+      </x:c>
+      <x:c r="H137" s="1" t="s">
         <x:v>576</x:v>
       </x:c>
-      <x:c r="H137" s="1" t="s">
+      <x:c r="I137" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J137" s="1" t="s">
         <x:v>577</x:v>
       </x:c>
-      <x:c r="I137" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K137" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="L137" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:12" ht="15" customHeight="1">
       <x:c r="A138" s="1">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="C138" s="1" t="s">
+        <x:v>100</x:v>
+      </x:c>
+      <x:c r="D138" s="1" t="s">
         <x:v>579</x:v>
       </x:c>
-      <x:c r="D138" s="1" t="s">
+      <x:c r="E138" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F138" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G138" s="1" t="s">
         <x:v>580</x:v>
       </x:c>
-      <x:c r="E138" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G138" s="1" t="s">
+      <x:c r="H138" s="1" t="s">
         <x:v>581</x:v>
       </x:c>
-      <x:c r="H138" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I138" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J138" s="1" t="s">
-        <x:v>578</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="K138" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L138" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:12" ht="15" customHeight="1">
       <x:c r="A139" s="1">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B139" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>582</x:v>
       </x:c>
       <x:c r="C139" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="D139" s="1" t="s">
         <x:v>583</x:v>
       </x:c>
       <x:c r="E139" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F139" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G139" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="H139" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="I139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J139" s="1" t="s">
-        <x:v>585</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="K139" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="L139" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:12" ht="15" customHeight="1">
       <x:c r="A140" s="1">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B140" s="1" t="s">
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="C140" s="1" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="D140" s="1" t="s">
         <x:v>586</x:v>
       </x:c>
-      <x:c r="C140" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D140" s="1" t="s">
+      <x:c r="E140" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F140" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G140" s="1" t="s">
+        <x:v>580</x:v>
+      </x:c>
+      <x:c r="H140" s="1" t="s">
         <x:v>587</x:v>
       </x:c>
-      <x:c r="E140" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="H140" s="1" t="s">
+      <x:c r="I140" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J140" s="1" t="s">
         <x:v>588</x:v>
       </x:c>
-      <x:c r="I140" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K140" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="L140" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:12" ht="15" customHeight="1">
       <x:c r="A141" s="1">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B141" s="1" t="s">
+        <x:v>589</x:v>
+      </x:c>
+      <x:c r="C141" s="1" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="D141" s="1" t="s">
         <x:v>590</x:v>
       </x:c>
-      <x:c r="C141" s="1" t="s">
+      <x:c r="E141" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F141" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G141" s="1" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="H141" s="1" t="s">
         <x:v>591</x:v>
       </x:c>
-      <x:c r="D141" s="1" t="s">
+      <x:c r="I141" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J141" s="1" t="s">
         <x:v>592</x:v>
       </x:c>
-      <x:c r="E141" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K141" s="1" t="s">
-        <x:v>595</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L141" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:12" ht="15" customHeight="1">
       <x:c r="A142" s="1">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B142" s="1" t="s">
+        <x:v>593</x:v>
+      </x:c>
+      <x:c r="C142" s="1" t="s">
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="D142" s="1" t="s">
+        <x:v>594</x:v>
+      </x:c>
+      <x:c r="E142" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F142" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G142" s="1" t="s">
+        <x:v>595</x:v>
+      </x:c>
+      <x:c r="H142" s="1" t="s">
         <x:v>596</x:v>
       </x:c>
-      <x:c r="C142" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I142" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J142" s="1" t="s">
-        <x:v>589</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="K142" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="L142" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:12" ht="15" customHeight="1">
       <x:c r="A143" s="1">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B143" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C143" s="1" t="s">
-        <x:v>600</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="D143" s="1" t="s">
-        <x:v>601</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="E143" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F143" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G143" s="1" t="s">
-        <x:v>598</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="H143" s="1" t="s">
-        <x:v>602</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="I143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J143" s="1" t="s">
-        <x:v>589</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="K143" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L143" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:12" ht="15" customHeight="1">
       <x:c r="A144" s="1">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B144" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="C144" s="1" t="s">
-        <x:v>603</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="D144" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="E144" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F144" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G144" s="1" t="s">
-        <x:v>605</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="H144" s="1" t="s">
-        <x:v>606</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="I144" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J144" s="1" t="s">
-        <x:v>589</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="K144" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L144" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:12" ht="15" customHeight="1">
       <x:c r="A145" s="1">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B145" s="1" t="s">
+        <x:v>605</x:v>
+      </x:c>
+      <x:c r="C145" s="1" t="s">
+        <x:v>524</x:v>
+      </x:c>
+      <x:c r="D145" s="1" t="s">
+        <x:v>606</x:v>
+      </x:c>
+      <x:c r="E145" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F145" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G145" s="1" t="s">
         <x:v>607</x:v>
       </x:c>
-      <x:c r="C145" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D145" s="1" t="s">
+      <x:c r="H145" s="1" t="s">
         <x:v>608</x:v>
       </x:c>
-      <x:c r="E145" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J145" s="1" t="s">
-        <x:v>611</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="K145" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="L145" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:12" ht="15" customHeight="1">
       <x:c r="A146" s="1">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B146" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="C146" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="D146" s="1" t="s">
+        <x:v>611</x:v>
+      </x:c>
+      <x:c r="E146" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F146" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G146" s="1" t="s">
         <x:v>612</x:v>
       </x:c>
-      <x:c r="E146" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G146" s="1" t="s">
+      <x:c r="H146" s="1" t="s">
         <x:v>613</x:v>
       </x:c>
-      <x:c r="H146" s="1" t="s">
+      <x:c r="I146" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J146" s="1" t="s">
+        <x:v>604</x:v>
+      </x:c>
+      <x:c r="K146" s="1" t="s">
         <x:v>614</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>175</x:v>
       </x:c>
       <x:c r="L146" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:12" ht="15" customHeight="1">
       <x:c r="A147" s="1">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B147" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="C147" s="1" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="D147" s="1" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="E147" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F147" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G147" s="1" t="s">
         <x:v>616</x:v>
       </x:c>
       <x:c r="H147" s="1" t="s">
         <x:v>617</x:v>
       </x:c>
       <x:c r="I147" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J147" s="1" t="s">
-        <x:v>611</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="K147" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L147" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:12" ht="15" customHeight="1">
       <x:c r="A148" s="1">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B148" s="1" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="C148" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D148" s="1" t="s">
+        <x:v>619</x:v>
+      </x:c>
+      <x:c r="E148" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F148" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G148" s="1" t="s">
+        <x:v>620</x:v>
+      </x:c>
+      <x:c r="H148" s="1" t="s">
+        <x:v>621</x:v>
+      </x:c>
+      <x:c r="I148" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J148" s="1" t="s">
         <x:v>618</x:v>
       </x:c>
-      <x:c r="E148" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K148" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="L148" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:12" ht="15" customHeight="1">
       <x:c r="A149" s="1">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B149" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="C149" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="D149" s="1" t="s">
-        <x:v>622</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="E149" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F149" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G149" s="1" t="s">
-        <x:v>623</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="H149" s="1" t="s">
-        <x:v>624</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="I149" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J149" s="1" t="s">
-        <x:v>611</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="K149" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="L149" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:12" ht="15" customHeight="1">
       <x:c r="A150" s="1">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B150" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="C150" s="1" t="s">
-        <x:v>626</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D150" s="1" t="s">
-        <x:v>627</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="E150" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F150" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G150" s="1" t="s">
-        <x:v>628</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="H150" s="1" t="s">
-        <x:v>629</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="I150" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J150" s="1" t="s">
-        <x:v>630</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="K150" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="L150" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:12" ht="15" customHeight="1">
       <x:c r="A151" s="1">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B151" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C151" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="D151" s="1" t="s">
+        <x:v>631</x:v>
+      </x:c>
+      <x:c r="E151" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F151" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G151" s="1" t="s">
         <x:v>632</x:v>
       </x:c>
-      <x:c r="E151" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G151" s="1" t="s">
+      <x:c r="H151" s="1" t="s">
         <x:v>633</x:v>
       </x:c>
-      <x:c r="H151" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I151" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J151" s="1" t="s">
-        <x:v>630</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="K151" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L151" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:12" ht="15" customHeight="1">
       <x:c r="A152" s="1">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B152" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="C152" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="D152" s="1" t="s">
+        <x:v>634</x:v>
+      </x:c>
+      <x:c r="E152" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F152" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G152" s="1" t="s">
         <x:v>635</x:v>
       </x:c>
-      <x:c r="E152" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G152" s="1" t="s">
+      <x:c r="H152" s="1" t="s">
         <x:v>636</x:v>
       </x:c>
-      <x:c r="H152" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I152" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J152" s="1" t="s">
-        <x:v>630</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="K152" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L152" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:12" ht="15" customHeight="1">
       <x:c r="A153" s="1">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B153" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="C153" s="1" t="s">
-        <x:v>579</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="D153" s="1" t="s">
         <x:v>638</x:v>
       </x:c>
       <x:c r="E153" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F153" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G153" s="1" t="s">
-        <x:v>609</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="H153" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="I153" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J153" s="1" t="s">
-        <x:v>630</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="K153" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L153" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:12" ht="15" customHeight="1">
       <x:c r="A154" s="1">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B154" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C154" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="D154" s="1" t="s">
-        <x:v>640</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="E154" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F154" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G154" s="1" t="s">
-        <x:v>609</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="H154" s="1" t="s">
-        <x:v>641</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="I154" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J154" s="1" t="s">
-        <x:v>642</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="K154" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="L154" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:12" ht="15" customHeight="1">
       <x:c r="A155" s="1">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B155" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="C155" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="D155" s="1" t="s">
+        <x:v>646</x:v>
+      </x:c>
+      <x:c r="E155" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F155" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G155" s="1" t="s">
+        <x:v>632</x:v>
+      </x:c>
+      <x:c r="H155" s="1" t="s">
+        <x:v>647</x:v>
+      </x:c>
+      <x:c r="I155" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J155" s="1" t="s">
         <x:v>644</x:v>
       </x:c>
-      <x:c r="E155" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K155" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="L155" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:12" ht="15" customHeight="1">
       <x:c r="A156" s="1">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B156" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C156" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="D156" s="1" t="s">
-        <x:v>647</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="E156" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="F156" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G156" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>607</x:v>
       </x:c>
       <x:c r="H156" s="1" t="s">
-        <x:v>648</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="I156" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J156" s="1" t="s">
-        <x:v>642</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="K156" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="L156" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:12" ht="15" customHeight="1">
       <x:c r="A157" s="1">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B157" s="1" t="s">
-        <x:v>649</x:v>
+        <x:v>650</x:v>
       </x:c>
       <x:c r="C157" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D157" s="1" t="s">
-        <x:v>650</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="E157" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F157" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G157" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="H157" s="1" t="s">
-        <x:v>651</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="I157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J157" s="1" t="s">
-        <x:v>642</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="K157" s="1" t="s">
-        <x:v>652</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="L157" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:12" ht="15" customHeight="1">
       <x:c r="A158" s="1">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B158" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C158" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="D158" s="1" t="s">
-        <x:v>654</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="E158" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F158" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G158" s="1" t="s">
-        <x:v>655</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="H158" s="1" t="s">
         <x:v>656</x:v>
       </x:c>
       <x:c r="I158" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J158" s="1" t="s">
-        <x:v>642</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="K158" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="L158" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:12" ht="15" customHeight="1">
       <x:c r="A159" s="1">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B159" s="1" t="s">
         <x:v>657</x:v>
       </x:c>
       <x:c r="C159" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="D159" s="1" t="s">
         <x:v>658</x:v>
       </x:c>
       <x:c r="E159" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F159" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G159" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="H159" s="1" t="s">
         <x:v>659</x:v>
       </x:c>
       <x:c r="I159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J159" s="1" t="s">
-        <x:v>642</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="K159" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L159" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:12" ht="15" customHeight="1">
       <x:c r="A160" s="1">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B160" s="1" t="s">
-        <x:v>660</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C160" s="1" t="s">
         <x:v>661</x:v>
       </x:c>
       <x:c r="D160" s="1" t="s">
         <x:v>662</x:v>
       </x:c>
       <x:c r="E160" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F160" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G160" s="1" t="s">
         <x:v>663</x:v>
       </x:c>
       <x:c r="H160" s="1" t="s">
         <x:v>664</x:v>
       </x:c>
       <x:c r="I160" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J160" s="1" t="s">
-        <x:v>642</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="K160" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L160" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:12" ht="15" customHeight="1">
       <x:c r="A161" s="1">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B161" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="C161" s="1" t="s">
         <x:v>665</x:v>
       </x:c>
       <x:c r="D161" s="1" t="s">
         <x:v>666</x:v>
       </x:c>
       <x:c r="E161" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F161" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G161" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="H161" s="1" t="s">
         <x:v>667</x:v>
       </x:c>
       <x:c r="I161" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J161" s="1" t="s">
-        <x:v>642</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="K161" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="L161" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:12" ht="15" customHeight="1">
       <x:c r="A162" s="1">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B162" s="1" t="s">
         <x:v>668</x:v>
       </x:c>
       <x:c r="C162" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="D162" s="1" t="s">
-        <x:v>669</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="E162" s="1" t="s">
-        <x:v>670</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F162" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G162" s="1" t="s">
-        <x:v>655</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="H162" s="1" t="s">
-        <x:v>671</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="I162" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J162" s="1" t="s">
-        <x:v>642</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="K162" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="L162" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:12" ht="15" customHeight="1">
       <x:c r="A163" s="1">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B163" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C163" s="1" t="s">
-        <x:v>672</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="D163" s="1" t="s">
-        <x:v>673</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="E163" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F163" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G163" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="H163" s="1" t="s">
-        <x:v>674</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="I163" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J163" s="1" t="s">
-        <x:v>642</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="K163" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L163" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:12" ht="15" customHeight="1">
       <x:c r="A164" s="1">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B164" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="C164" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="D164" s="1" t="s">
-        <x:v>676</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="E164" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="F164" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G164" s="1" t="s">
-        <x:v>677</x:v>
+        <x:v>663</x:v>
       </x:c>
       <x:c r="H164" s="1" t="s">
-        <x:v>678</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="I164" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J164" s="1" t="s">
-        <x:v>679</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="K164" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L164" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:12" ht="15" customHeight="1">
       <x:c r="A165" s="1">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B165" s="1" t="s">
+        <x:v>403</x:v>
+      </x:c>
+      <x:c r="C165" s="1" t="s">
         <x:v>680</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
       <x:c r="D165" s="1" t="s">
         <x:v>681</x:v>
       </x:c>
       <x:c r="E165" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F165" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G165" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="H165" s="1" t="s">
-        <x:v>682</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="I165" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J165" s="1" t="s">
-        <x:v>679</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="K165" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="L165" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:12" ht="15" customHeight="1">
       <x:c r="A166" s="1">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B166" s="1" t="s">
-        <x:v>683</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="C166" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="D166" s="1" t="s">
-        <x:v>684</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="E166" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F166" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G166" s="1" t="s">
-        <x:v>685</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="H166" s="1" t="s">
         <x:v>686</x:v>
       </x:c>
       <x:c r="I166" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J166" s="1" t="s">
-        <x:v>679</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="K166" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="L166" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:12" ht="15" customHeight="1">
       <x:c r="A167" s="1">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B167" s="1" t="s">
         <x:v>687</x:v>
       </x:c>
       <x:c r="C167" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="D167" s="1" t="s">
         <x:v>688</x:v>
       </x:c>
       <x:c r="E167" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F167" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G167" s="1" t="s">
         <x:v>689</x:v>
       </x:c>
       <x:c r="H167" s="1" t="s">
         <x:v>690</x:v>
       </x:c>
       <x:c r="I167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J167" s="1" t="s">
-        <x:v>679</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="K167" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="L167" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:12" ht="15" customHeight="1">
       <x:c r="A168" s="1">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B168" s="1" t="s">
+        <x:v>692</x:v>
+      </x:c>
+      <x:c r="C168" s="1" t="s">
+        <x:v>693</x:v>
+      </x:c>
+      <x:c r="D168" s="1" t="s">
+        <x:v>694</x:v>
+      </x:c>
+      <x:c r="E168" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F168" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G168" s="1" t="s">
+        <x:v>632</x:v>
+      </x:c>
+      <x:c r="H168" s="1" t="s">
+        <x:v>695</x:v>
+      </x:c>
+      <x:c r="I168" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J168" s="1" t="s">
         <x:v>691</x:v>
       </x:c>
-      <x:c r="C168" s="1" t="s">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="K168" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="L168" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:12" ht="15" customHeight="1">
       <x:c r="A169" s="1">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B169" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="C169" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="D169" s="1" t="s">
-        <x:v>696</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="E169" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F169" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G169" s="1" t="s">
-        <x:v>697</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="H169" s="1" t="s">
-        <x:v>698</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="I169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J169" s="1" t="s">
-        <x:v>679</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="K169" s="1" t="s">
-        <x:v>652</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="L169" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:12" ht="15" customHeight="1">
       <x:c r="A170" s="1">
         <x:v>167</x:v>
       </x:c>
       <x:c r="B170" s="1" t="s">
-        <x:v>699</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="C170" s="1" t="s">
-        <x:v>700</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="D170" s="1" t="s">
-        <x:v>701</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="E170" s="1" t="s">
-        <x:v>702</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="F170" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G170" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="H170" s="1" t="s">
-        <x:v>703</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="I170" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J170" s="1" t="s">
-        <x:v>679</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="K170" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="L170" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:12" ht="15" customHeight="1">
       <x:c r="A171" s="1">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B171" s="1" t="s">
-        <x:v>704</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="C171" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="D171" s="1" t="s">
-        <x:v>705</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="E171" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="F171" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G171" s="1" t="s">
-        <x:v>706</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="H171" s="1" t="s">
-        <x:v>707</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="I171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J171" s="1" t="s">
-        <x:v>708</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="K171" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L171" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:12" ht="15" customHeight="1">
       <x:c r="A172" s="1">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B172" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="C172" s="1" t="s">
-        <x:v>709</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="D172" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="E172" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F172" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G172" s="1" t="s">
-        <x:v>711</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="H172" s="1" t="s">
-        <x:v>712</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="I172" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J172" s="1" t="s">
-        <x:v>708</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="K172" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="L172" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:12" ht="15" customHeight="1">
       <x:c r="A173" s="1">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B173" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="C173" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="D173" s="1" t="s">
-        <x:v>713</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="E173" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F173" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G173" s="1" t="s">
-        <x:v>706</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="H173" s="1" t="s">
-        <x:v>714</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="I173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J173" s="1" t="s">
-        <x:v>708</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="K173" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L173" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:12" ht="15" customHeight="1">
       <x:c r="A174" s="1">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B174" s="1" t="s">
-        <x:v>715</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="C174" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="D174" s="1" t="s">
-        <x:v>716</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="E174" s="1" t="s">
-        <x:v>670</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F174" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G174" s="1" t="s">
-        <x:v>717</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="H174" s="1" t="s">
-        <x:v>718</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="I174" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J174" s="1" t="s">
-        <x:v>708</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="K174" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L174" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:12" ht="15" customHeight="1">
       <x:c r="A175" s="1">
         <x:v>172</x:v>
       </x:c>
       <x:c r="B175" s="1" t="s">
-        <x:v>719</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="C175" s="1" t="s">
-        <x:v>591</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="D175" s="1" t="s">
-        <x:v>720</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="E175" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="F175" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G175" s="1" t="s">
-        <x:v>721</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="H175" s="1" t="s">
-        <x:v>722</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="I175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J175" s="1" t="s">
-        <x:v>708</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="K175" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="L175" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:12" ht="15" customHeight="1">
       <x:c r="A176" s="1">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B176" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="C176" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="D176" s="1" t="s">
-        <x:v>723</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="E176" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F176" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G176" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="H176" s="1" t="s">
-        <x:v>725</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="I176" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J176" s="1" t="s">
-        <x:v>708</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="K176" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="L176" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:12" ht="15" customHeight="1">
       <x:c r="A177" s="1">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B177" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="C177" s="1" t="s">
-        <x:v>726</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="D177" s="1" t="s">
-        <x:v>727</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="E177" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F177" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G177" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="H177" s="1" t="s">
-        <x:v>728</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="I177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J177" s="1" t="s">
-        <x:v>708</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="K177" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L177" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:12" ht="15" customHeight="1">
       <x:c r="A178" s="1">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B178" s="1" t="s">
-        <x:v>729</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C178" s="1" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="D178" s="1" t="s">
+        <x:v>736</x:v>
+      </x:c>
+      <x:c r="E178" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F178" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G178" s="1" t="s">
+        <x:v>734</x:v>
+      </x:c>
+      <x:c r="H178" s="1" t="s">
+        <x:v>737</x:v>
+      </x:c>
+      <x:c r="I178" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J178" s="1" t="s">
         <x:v>730</x:v>
       </x:c>
-      <x:c r="D178" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="K178" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L178" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:12" ht="15" customHeight="1">
       <x:c r="A179" s="1">
         <x:v>176</x:v>
       </x:c>
       <x:c r="B179" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="C179" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="D179" s="1" t="s">
-        <x:v>735</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="E179" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F179" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G179" s="1" t="s">
-        <x:v>736</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="H179" s="1" t="s">
-        <x:v>737</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="I179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J179" s="1" t="s">
-        <x:v>734</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="K179" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="L179" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:12" ht="15" customHeight="1">
       <x:c r="A180" s="1">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B180" s="1" t="s">
-        <x:v>738</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="C180" s="1" t="s">
-        <x:v>739</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D180" s="1" t="s">
-        <x:v>740</x:v>
+        <x:v>743</x:v>
       </x:c>
       <x:c r="E180" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F180" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G180" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="H180" s="1" t="s">
-        <x:v>741</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="I180" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J180" s="1" t="s">
-        <x:v>734</x:v>
+        <x:v>730</x:v>
       </x:c>
       <x:c r="K180" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="L180" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:12" ht="15" customHeight="1">
       <x:c r="A181" s="1">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B181" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C181" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="D181" s="1" t="s">
-        <x:v>742</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="E181" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="F181" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G181" s="1" t="s">
-        <x:v>732</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="H181" s="1" t="s">
-        <x:v>743</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="I181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J181" s="1" t="s">
-        <x:v>734</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="K181" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L181" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:12" ht="15" customHeight="1">
       <x:c r="A182" s="1">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B182" s="1" t="s">
-        <x:v>744</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="C182" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="D182" s="1" t="s">
-        <x:v>745</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="E182" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F182" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G182" s="1" t="s">
-        <x:v>746</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="H182" s="1" t="s">
-        <x:v>747</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="I182" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J182" s="1" t="s">
-        <x:v>734</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="K182" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="L182" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:12" ht="15" customHeight="1">
       <x:c r="A183" s="1">
         <x:v>180</x:v>
       </x:c>
       <x:c r="B183" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="C183" s="1" t="s">
-        <x:v>748</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D183" s="1" t="s">
+        <x:v>753</x:v>
+      </x:c>
+      <x:c r="E183" s="1" t="s">
+        <x:v>754</x:v>
+      </x:c>
+      <x:c r="F183" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G183" s="1" t="s">
+        <x:v>728</x:v>
+      </x:c>
+      <x:c r="H183" s="1" t="s">
+        <x:v>755</x:v>
+      </x:c>
+      <x:c r="I183" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J183" s="1" t="s">
         <x:v>749</x:v>
       </x:c>
-      <x:c r="E183" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K183" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="L183" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:12" ht="15" customHeight="1">
       <x:c r="A184" s="1">
         <x:v>181</x:v>
       </x:c>
       <x:c r="B184" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C184" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="D184" s="1" t="s">
-        <x:v>752</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="E184" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F184" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G184" s="1" t="s">
-        <x:v>736</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="H184" s="1" t="s">
-        <x:v>753</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="I184" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J184" s="1" t="s">
-        <x:v>734</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="K184" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L184" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:12" ht="15" customHeight="1">
       <x:c r="A185" s="1">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B185" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C185" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="D185" s="1" t="s">
-        <x:v>754</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="E185" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="F185" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G185" s="1" t="s">
-        <x:v>736</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="H185" s="1" t="s">
-        <x:v>755</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="I185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J185" s="1" t="s">
-        <x:v>756</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="K185" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="L185" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:12" ht="15" customHeight="1">
       <x:c r="A186" s="1">
         <x:v>183</x:v>
       </x:c>
       <x:c r="B186" s="1" t="s">
-        <x:v>757</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C186" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="D186" s="1" t="s">
-        <x:v>758</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="E186" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F186" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G186" s="1" t="s">
-        <x:v>759</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="H186" s="1" t="s">
-        <x:v>760</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="I186" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J186" s="1" t="s">
-        <x:v>756</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="K186" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L186" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:12" ht="15" customHeight="1">
       <x:c r="A187" s="1">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B187" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="C187" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="D187" s="1" t="s">
-        <x:v>761</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="E187" s="1" t="s">
-        <x:v>762</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F187" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G187" s="1" t="s">
-        <x:v>721</x:v>
+        <x:v>767</x:v>
       </x:c>
       <x:c r="H187" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>768</x:v>
       </x:c>
       <x:c r="I187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J187" s="1" t="s">
-        <x:v>756</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="K187" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L187" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:12" ht="15" customHeight="1">
       <x:c r="A188" s="1">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B188" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="C188" s="1" t="s">
-        <x:v>764</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="D188" s="1" t="s">
-        <x:v>765</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="E188" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="F188" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G188" s="1" t="s">
-        <x:v>766</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="H188" s="1" t="s">
-        <x:v>767</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="I188" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J188" s="1" t="s">
-        <x:v>756</x:v>
+        <x:v>773</x:v>
       </x:c>
       <x:c r="K188" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L188" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:12" ht="15" customHeight="1">
       <x:c r="A189" s="1">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B189" s="1" t="s">
-        <x:v>768</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="C189" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="D189" s="1" t="s">
-        <x:v>769</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="E189" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F189" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G189" s="1" t="s">
-        <x:v>759</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="H189" s="1" t="s">
-        <x:v>770</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="I189" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J189" s="1" t="s">
-        <x:v>756</x:v>
+        <x:v>773</x:v>
       </x:c>
       <x:c r="K189" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="L189" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:12" ht="15" customHeight="1">
       <x:c r="A190" s="1">
         <x:v>187</x:v>
       </x:c>
       <x:c r="B190" s="1" t="s">
-        <x:v>771</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="C190" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="D190" s="1" t="s">
-        <x:v>772</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="E190" s="1" t="s">
-        <x:v>548</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F190" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G190" s="1" t="s">
+        <x:v>776</x:v>
+      </x:c>
+      <x:c r="H190" s="1" t="s">
+        <x:v>780</x:v>
+      </x:c>
+      <x:c r="I190" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J190" s="1" t="s">
         <x:v>773</x:v>
       </x:c>
-      <x:c r="H190" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K190" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="L190" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:12" ht="15" customHeight="1">
       <x:c r="A191" s="1">
         <x:v>188</x:v>
       </x:c>
       <x:c r="B191" s="1" t="s">
-        <x:v>775</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="C191" s="1" t="s">
-        <x:v>600</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="D191" s="1" t="s">
-        <x:v>776</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="E191" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F191" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G191" s="1" t="s">
-        <x:v>777</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="H191" s="1" t="s">
-        <x:v>778</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="I191" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J191" s="1" t="s">
-        <x:v>779</x:v>
+        <x:v>773</x:v>
       </x:c>
       <x:c r="K191" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="L191" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:12" ht="15" customHeight="1">
       <x:c r="A192" s="1">
         <x:v>189</x:v>
       </x:c>
       <x:c r="B192" s="1" t="s">
-        <x:v>780</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="C192" s="1" t="s">
-        <x:v>781</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="D192" s="1" t="s">
-        <x:v>782</x:v>
+        <x:v>787</x:v>
       </x:c>
       <x:c r="E192" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F192" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G192" s="1" t="s">
-        <x:v>783</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="H192" s="1" t="s">
-        <x:v>784</x:v>
+        <x:v>789</x:v>
       </x:c>
       <x:c r="I192" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J192" s="1" t="s">
-        <x:v>779</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="K192" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L192" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:12" ht="15" customHeight="1">
       <x:c r="A193" s="1">
         <x:v>190</x:v>
       </x:c>
       <x:c r="B193" s="1" t="s">
-        <x:v>785</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C193" s="1" t="s">
-        <x:v>748</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="D193" s="1" t="s">
-        <x:v>786</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="E193" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F193" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G193" s="1" t="s">
-        <x:v>787</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="H193" s="1" t="s">
-        <x:v>788</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="I193" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J193" s="1" t="s">
-        <x:v>779</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="K193" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="L193" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:12" ht="15" customHeight="1">
       <x:c r="A194" s="1">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B194" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="C194" s="1" t="s">
-        <x:v>789</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="D194" s="1" t="s">
+        <x:v>796</x:v>
+      </x:c>
+      <x:c r="E194" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F194" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G194" s="1" t="s">
+        <x:v>797</x:v>
+      </x:c>
+      <x:c r="H194" s="1" t="s">
+        <x:v>798</x:v>
+      </x:c>
+      <x:c r="I194" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J194" s="1" t="s">
         <x:v>790</x:v>
       </x:c>
-      <x:c r="E194" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K194" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L194" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:12" ht="15" customHeight="1">
       <x:c r="A195" s="1">
         <x:v>192</x:v>
       </x:c>
       <x:c r="B195" s="1" t="s">
-        <x:v>793</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C195" s="1" t="s">
-        <x:v>794</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="D195" s="1" t="s">
-        <x:v>795</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="E195" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F195" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G195" s="1" t="s">
-        <x:v>796</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="H195" s="1" t="s">
-        <x:v>797</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="I195" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J195" s="1" t="s">
-        <x:v>779</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="K195" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L195" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:12" ht="15" customHeight="1">
       <x:c r="A196" s="1">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B196" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="C196" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="D196" s="1" t="s">
-        <x:v>798</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="E196" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F196" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G196" s="1" t="s">
-        <x:v>777</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="H196" s="1" t="s">
-        <x:v>799</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="I196" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J196" s="1" t="s">
-        <x:v>779</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="K196" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="L196" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:12" ht="15" customHeight="1">
       <x:c r="A197" s="1">
         <x:v>194</x:v>
       </x:c>
       <x:c r="B197" s="1" t="s">
-        <x:v>800</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="C197" s="1" t="s">
-        <x:v>600</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="D197" s="1" t="s">
-        <x:v>801</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="E197" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F197" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G197" s="1" t="s">
-        <x:v>791</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="H197" s="1" t="s">
-        <x:v>802</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="I197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J197" s="1" t="s">
-        <x:v>803</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="K197" s="1" t="s">
-        <x:v>652</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="L197" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:12" ht="15" customHeight="1">
       <x:c r="A198" s="1">
         <x:v>195</x:v>
       </x:c>
       <x:c r="B198" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="C198" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D198" s="1" t="s">
-        <x:v>804</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="E198" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="F198" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G198" s="1" t="s">
-        <x:v>791</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="H198" s="1" t="s">
-        <x:v>805</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="I198" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J198" s="1" t="s">
-        <x:v>803</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="K198" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L198" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:12" ht="15" customHeight="1">
       <x:c r="A199" s="1">
         <x:v>196</x:v>
       </x:c>
       <x:c r="B199" s="1" t="s">
-        <x:v>806</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="C199" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D199" s="1" t="s">
-        <x:v>807</x:v>
+        <x:v>812</x:v>
       </x:c>
       <x:c r="E199" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F199" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G199" s="1" t="s">
-        <x:v>791</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="H199" s="1" t="s">
-        <x:v>808</x:v>
+        <x:v>813</x:v>
       </x:c>
       <x:c r="I199" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J199" s="1" t="s">
-        <x:v>803</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="K199" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="L199" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:12" ht="15" customHeight="1">
       <x:c r="A200" s="1">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B200" s="1" t="s">
-        <x:v>680</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="C200" s="1" t="s">
         <x:v>483</x:v>
       </x:c>
       <x:c r="D200" s="1" t="s">
-        <x:v>809</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="E200" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F200" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G200" s="1" t="s">
-        <x:v>810</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="H200" s="1" t="s">
-        <x:v>811</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="I200" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J200" s="1" t="s">
-        <x:v>803</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="K200" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="L200" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:12" ht="15" customHeight="1">
       <x:c r="A201" s="1">
         <x:v>198</x:v>
       </x:c>
       <x:c r="B201" s="1" t="s">
-        <x:v>812</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="C201" s="1" t="s">
-        <x:v>813</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="D201" s="1" t="s">
-        <x:v>814</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="E201" s="1" t="s">
-        <x:v>815</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="F201" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G201" s="1" t="s">
-        <x:v>796</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="H201" s="1" t="s">
-        <x:v>816</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="I201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J201" s="1" t="s">
-        <x:v>803</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="K201" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L201" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:12" ht="15" customHeight="1">
       <x:c r="A202" s="1">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B202" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="C202" s="1" t="s">
+        <x:v>823</x:v>
+      </x:c>
+      <x:c r="D202" s="1" t="s">
+        <x:v>824</x:v>
+      </x:c>
+      <x:c r="E202" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F202" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G202" s="1" t="s">
+        <x:v>793</x:v>
+      </x:c>
+      <x:c r="H202" s="1" t="s">
+        <x:v>825</x:v>
+      </x:c>
+      <x:c r="I202" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J202" s="1" t="s">
         <x:v>817</x:v>
       </x:c>
-      <x:c r="D202" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="K202" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="L202" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:12" ht="15" customHeight="1">
       <x:c r="A203" s="1">
         <x:v>200</x:v>
       </x:c>
       <x:c r="B203" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C203" s="1" t="s">
-        <x:v>820</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="D203" s="1" t="s">
-        <x:v>821</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="E203" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F203" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G203" s="1" t="s">
-        <x:v>822</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="H203" s="1" t="s">
-        <x:v>823</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="I203" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J203" s="1" t="s">
-        <x:v>803</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="K203" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="L203" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:12" ht="15" customHeight="1">
       <x:c r="A204" s="1">
         <x:v>201</x:v>
       </x:c>
       <x:c r="B204" s="1" t="s">
-        <x:v>824</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C204" s="1" t="s">
-        <x:v>781</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="D204" s="1" t="s">
-        <x:v>825</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="E204" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F204" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G204" s="1" t="s">
-        <x:v>826</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="H204" s="1" t="s">
-        <x:v>827</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="I204" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J204" s="1" t="s">
-        <x:v>828</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="K204" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L204" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:12" ht="15" customHeight="1">
       <x:c r="A205" s="1">
         <x:v>202</x:v>
       </x:c>
       <x:c r="B205" s="1" t="s">
-        <x:v>757</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="C205" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="D205" s="1" t="s">
-        <x:v>829</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="E205" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F205" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G205" s="1" t="s">
-        <x:v>830</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="H205" s="1" t="s">
-        <x:v>831</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="I205" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J205" s="1" t="s">
-        <x:v>828</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="K205" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="L205" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:12" ht="15" customHeight="1">
       <x:c r="A206" s="1">
         <x:v>203</x:v>
       </x:c>
       <x:c r="B206" s="1" t="s">
-        <x:v>832</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="C206" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="D206" s="1" t="s">
-        <x:v>833</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="E206" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F206" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G206" s="1" t="s">
-        <x:v>834</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="H206" s="1" t="s">
-        <x:v>835</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="I206" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J206" s="1" t="s">
-        <x:v>828</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="K206" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="L206" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:12" ht="15" customHeight="1">
       <x:c r="A207" s="1">
         <x:v>204</x:v>
       </x:c>
       <x:c r="B207" s="1" t="s">
-        <x:v>836</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="C207" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D207" s="1" t="s">
-        <x:v>837</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="E207" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F207" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G207" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="H207" s="1" t="s">
-        <x:v>839</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="I207" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J207" s="1" t="s">
-        <x:v>828</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="K207" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="L207" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:12" ht="15" customHeight="1">
       <x:c r="A208" s="1">
         <x:v>205</x:v>
       </x:c>
       <x:c r="B208" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="C208" s="1" t="s">
-        <x:v>739</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="D208" s="1" t="s">
-        <x:v>840</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="E208" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F208" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G208" s="1" t="s">
-        <x:v>841</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="H208" s="1" t="s">
-        <x:v>842</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="I208" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J208" s="1" t="s">
-        <x:v>843</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="K208" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="L208" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:12" ht="15" customHeight="1">
       <x:c r="A209" s="1">
         <x:v>206</x:v>
       </x:c>
       <x:c r="B209" s="1" t="s">
-        <x:v>844</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="C209" s="1" t="s">
-        <x:v>845</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D209" s="1" t="s">
+        <x:v>847</x:v>
+      </x:c>
+      <x:c r="E209" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F209" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G209" s="1" t="s">
+        <x:v>848</x:v>
+      </x:c>
+      <x:c r="H209" s="1" t="s">
+        <x:v>849</x:v>
+      </x:c>
+      <x:c r="I209" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J209" s="1" t="s">
         <x:v>846</x:v>
       </x:c>
-      <x:c r="E209" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K209" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="L209" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:12" ht="15" customHeight="1">
       <x:c r="A210" s="1">
         <x:v>207</x:v>
       </x:c>
       <x:c r="B210" s="1" t="s">
-        <x:v>849</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="C210" s="1" t="s">
-        <x:v>850</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="D210" s="1" t="s">
-        <x:v>851</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="E210" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F210" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G210" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="H210" s="1" t="s">
-        <x:v>853</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="I210" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J210" s="1" t="s">
-        <x:v>843</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="K210" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L210" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:12" ht="15" customHeight="1">
       <x:c r="A211" s="1">
         <x:v>208</x:v>
       </x:c>
       <x:c r="B211" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>855</x:v>
       </x:c>
       <x:c r="C211" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="D211" s="1" t="s">
-        <x:v>854</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="E211" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F211" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G211" s="1" t="s">
-        <x:v>855</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="H211" s="1" t="s">
-        <x:v>856</x:v>
+        <x:v>859</x:v>
       </x:c>
       <x:c r="I211" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J211" s="1" t="s">
-        <x:v>843</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="K211" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L211" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:12" ht="15" customHeight="1">
       <x:c r="A212" s="1">
         <x:v>209</x:v>
       </x:c>
       <x:c r="B212" s="1" t="s">
-        <x:v>857</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="C212" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="D212" s="1" t="s">
+        <x:v>861</x:v>
+      </x:c>
+      <x:c r="E212" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F212" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G212" s="1" t="s">
         <x:v>858</x:v>
       </x:c>
-      <x:c r="E212" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H212" s="1" t="s">
-        <x:v>859</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="I212" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J212" s="1" t="s">
-        <x:v>843</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="K212" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>863</x:v>
       </x:c>
       <x:c r="L212" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:12" ht="15" customHeight="1">
       <x:c r="A213" s="1">
         <x:v>210</x:v>
       </x:c>
       <x:c r="B213" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C213" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="D213" s="1" t="s">
-        <x:v>861</x:v>
+        <x:v>864</x:v>
       </x:c>
       <x:c r="E213" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F213" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G213" s="1" t="s">
-        <x:v>862</x:v>
+        <x:v>865</x:v>
       </x:c>
       <x:c r="H213" s="1" t="s">
-        <x:v>863</x:v>
+        <x:v>866</x:v>
       </x:c>
       <x:c r="I213" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J213" s="1" t="s">
-        <x:v>843</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="K213" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L213" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:12" ht="15" customHeight="1">
       <x:c r="A214" s="1">
         <x:v>211</x:v>
       </x:c>
       <x:c r="B214" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C214" s="1" t="s">
-        <x:v>864</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="D214" s="1" t="s">
-        <x:v>865</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="E214" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F214" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G214" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="H214" s="1" t="s">
-        <x:v>866</x:v>
+        <x:v>869</x:v>
       </x:c>
       <x:c r="I214" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J214" s="1" t="s">
-        <x:v>843</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="K214" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L214" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:12" ht="15" customHeight="1">
       <x:c r="A215" s="1">
         <x:v>212</x:v>
       </x:c>
       <x:c r="B215" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="C215" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="D215" s="1" t="s">
-        <x:v>868</x:v>
+        <x:v>870</x:v>
       </x:c>
       <x:c r="E215" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F215" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G215" s="1" t="s">
-        <x:v>869</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="H215" s="1" t="s">
-        <x:v>870</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="I215" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J215" s="1" t="s">
-        <x:v>843</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="K215" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L215" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:12" ht="15" customHeight="1">
       <x:c r="A216" s="1">
         <x:v>213</x:v>
       </x:c>
       <x:c r="B216" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="C216" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="D216" s="1" t="s">
-        <x:v>871</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="E216" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F216" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G216" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>873</x:v>
       </x:c>
       <x:c r="H216" s="1" t="s">
-        <x:v>872</x:v>
+        <x:v>874</x:v>
       </x:c>
       <x:c r="I216" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J216" s="1" t="s">
-        <x:v>843</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="K216" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="L216" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:12" ht="15" customHeight="1">
       <x:c r="A217" s="1">
         <x:v>214</x:v>
       </x:c>
       <x:c r="B217" s="1" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="C217" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D217" s="1" t="s">
-        <x:v>873</x:v>
+        <x:v>875</x:v>
       </x:c>
       <x:c r="E217" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F217" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G217" s="1" t="s">
-        <x:v>847</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="H217" s="1" t="s">
-        <x:v>874</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="I217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J217" s="1" t="s">
-        <x:v>843</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="K217" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L217" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:12" ht="15" customHeight="1">
       <x:c r="A218" s="1">
         <x:v>215</x:v>
       </x:c>
       <x:c r="B218" s="1" t="s">
-        <x:v>875</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="C218" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="D218" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>878</x:v>
       </x:c>
       <x:c r="E218" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F218" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G218" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="H218" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>879</x:v>
       </x:c>
       <x:c r="I218" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J218" s="1" t="s">
-        <x:v>843</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="K218" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>863</x:v>
       </x:c>
       <x:c r="L218" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:12" ht="15" customHeight="1">
       <x:c r="A219" s="1">
         <x:v>216</x:v>
       </x:c>
       <x:c r="B219" s="1" t="s">
-        <x:v>590</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="C219" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="D219" s="1" t="s">
-        <x:v>878</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="E219" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F219" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G219" s="1" t="s">
-        <x:v>879</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="H219" s="1" t="s">
-        <x:v>880</x:v>
+        <x:v>883</x:v>
       </x:c>
       <x:c r="I219" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J219" s="1" t="s">
-        <x:v>843</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="K219" s="1" t="s">
-        <x:v>595</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L219" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:12" ht="15" customHeight="1">
       <x:c r="A220" s="1">
         <x:v>217</x:v>
       </x:c>
       <x:c r="B220" s="1" t="s">
-        <x:v>857</x:v>
+        <x:v>885</x:v>
       </x:c>
       <x:c r="C220" s="1" t="s">
-        <x:v>881</x:v>
+        <x:v>886</x:v>
       </x:c>
       <x:c r="D220" s="1" t="s">
-        <x:v>882</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="E220" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F220" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G220" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="H220" s="1" t="s">
-        <x:v>883</x:v>
+        <x:v>888</x:v>
       </x:c>
       <x:c r="I220" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J220" s="1" t="s">
-        <x:v>843</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="K220" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="L220" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:12" ht="15" customHeight="1">
       <x:c r="A221" s="1">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B221" s="1" t="s">
+        <x:v>889</x:v>
+      </x:c>
+      <x:c r="C221" s="1" t="s">
+        <x:v>890</x:v>
+      </x:c>
+      <x:c r="D221" s="1" t="s">
+        <x:v>891</x:v>
+      </x:c>
+      <x:c r="E221" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F221" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G221" s="1" t="s">
+        <x:v>892</x:v>
+      </x:c>
+      <x:c r="H221" s="1" t="s">
+        <x:v>893</x:v>
+      </x:c>
+      <x:c r="I221" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J221" s="1" t="s">
         <x:v>884</x:v>
       </x:c>
-      <x:c r="C221" s="1" t="s">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="K221" s="1" t="s">
-        <x:v>887</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="L221" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:12" ht="15" customHeight="1">
       <x:c r="A222" s="1">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B222" s="1" t="s">
-        <x:v>888</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="C222" s="1" t="s">
-        <x:v>889</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D222" s="1" t="s">
-        <x:v>890</x:v>
+        <x:v>894</x:v>
       </x:c>
       <x:c r="E222" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F222" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G222" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="H222" s="1" t="s">
-        <x:v>891</x:v>
+        <x:v>895</x:v>
       </x:c>
       <x:c r="I222" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J222" s="1" t="s">
-        <x:v>843</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="K222" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L222" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:12" ht="15" customHeight="1">
       <x:c r="A223" s="1">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B223" s="1" t="s">
-        <x:v>892</x:v>
+        <x:v>896</x:v>
       </x:c>
       <x:c r="C223" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>897</x:v>
       </x:c>
       <x:c r="D223" s="1" t="s">
-        <x:v>893</x:v>
+        <x:v>898</x:v>
       </x:c>
       <x:c r="E223" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F223" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G223" s="1" t="s">
-        <x:v>894</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="H223" s="1" t="s">
-        <x:v>895</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="I223" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J223" s="1" t="s">
-        <x:v>843</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="K223" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="L223" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:12" ht="15" customHeight="1">
       <x:c r="A224" s="1">
         <x:v>221</x:v>
       </x:c>
       <x:c r="B224" s="1" t="s">
-        <x:v>896</x:v>
+        <x:v>900</x:v>
       </x:c>
       <x:c r="C224" s="1" t="s">
-        <x:v>897</x:v>
+        <x:v>901</x:v>
       </x:c>
       <x:c r="D224" s="1" t="s">
-        <x:v>898</x:v>
+        <x:v>902</x:v>
       </x:c>
       <x:c r="E224" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F224" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G224" s="1" t="s">
-        <x:v>834</x:v>
+        <x:v>903</x:v>
       </x:c>
       <x:c r="H224" s="1" t="s">
-        <x:v>899</x:v>
+        <x:v>904</x:v>
       </x:c>
       <x:c r="I224" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J224" s="1" t="s">
-        <x:v>843</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="K224" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="L224" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:12" ht="15" customHeight="1">
       <x:c r="A225" s="1">
         <x:v>222</x:v>
       </x:c>
       <x:c r="B225" s="1" t="s">
-        <x:v>900</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="C225" s="1" t="s">
-        <x:v>901</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D225" s="1" t="s">
-        <x:v>902</x:v>
+        <x:v>906</x:v>
       </x:c>
       <x:c r="E225" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F225" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G225" s="1" t="s">
-        <x:v>903</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="H225" s="1" t="s">
-        <x:v>904</x:v>
+        <x:v>907</x:v>
       </x:c>
       <x:c r="I225" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J225" s="1" t="s">
-        <x:v>905</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="K225" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="L225" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:12" ht="15" customHeight="1">
       <x:c r="A226" s="1">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B226" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>908</x:v>
       </x:c>
       <x:c r="C226" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="D226" s="1" t="s">
-        <x:v>906</x:v>
+        <x:v>909</x:v>
       </x:c>
       <x:c r="E226" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F226" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G226" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="H226" s="1" t="s">
-        <x:v>907</x:v>
+        <x:v>910</x:v>
       </x:c>
       <x:c r="I226" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J226" s="1" t="s">
-        <x:v>905</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="K226" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L226" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:12" ht="15" customHeight="1">
       <x:c r="A227" s="1">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B227" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>911</x:v>
       </x:c>
       <x:c r="C227" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="D227" s="1" t="s">
-        <x:v>908</x:v>
+        <x:v>913</x:v>
       </x:c>
       <x:c r="E227" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F227" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G227" s="1" t="s">
-        <x:v>834</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="H227" s="1" t="s">
-        <x:v>909</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="I227" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J227" s="1" t="s">
-        <x:v>905</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="K227" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L227" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:12" ht="15" customHeight="1">
       <x:c r="A228" s="1">
         <x:v>225</x:v>
       </x:c>
       <x:c r="B228" s="1" t="s">
-        <x:v>910</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="C228" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="D228" s="1" t="s">
-        <x:v>911</x:v>
+        <x:v>915</x:v>
       </x:c>
       <x:c r="E228" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F228" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G228" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="H228" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="I228" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J228" s="1" t="s">
-        <x:v>905</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="K228" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="L228" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:12" ht="15" customHeight="1">
       <x:c r="A229" s="1">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B229" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>917</x:v>
       </x:c>
       <x:c r="C229" s="1" t="s">
-        <x:v>913</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="D229" s="1" t="s">
-        <x:v>914</x:v>
+        <x:v>918</x:v>
       </x:c>
       <x:c r="E229" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F229" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G229" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="H229" s="1" t="s">
-        <x:v>915</x:v>
+        <x:v>919</x:v>
       </x:c>
       <x:c r="I229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J229" s="1" t="s">
-        <x:v>905</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="K229" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="L229" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:12" ht="15" customHeight="1">
       <x:c r="A230" s="1">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B230" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="C230" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="D230" s="1" t="s">
-        <x:v>916</x:v>
+        <x:v>921</x:v>
       </x:c>
       <x:c r="E230" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F230" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G230" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="H230" s="1" t="s">
-        <x:v>917</x:v>
+        <x:v>923</x:v>
       </x:c>
       <x:c r="I230" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J230" s="1" t="s">
-        <x:v>905</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="K230" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="L230" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:12" ht="15" customHeight="1">
       <x:c r="A231" s="1">
         <x:v>228</x:v>
       </x:c>
       <x:c r="B231" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>924</x:v>
       </x:c>
       <x:c r="C231" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="D231" s="1" t="s">
-        <x:v>918</x:v>
+        <x:v>925</x:v>
       </x:c>
       <x:c r="E231" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F231" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G231" s="1" t="s">
-        <x:v>919</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="H231" s="1" t="s">
-        <x:v>920</x:v>
+        <x:v>926</x:v>
       </x:c>
       <x:c r="I231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J231" s="1" t="s">
-        <x:v>905</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="K231" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="L231" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:12" ht="15" customHeight="1">
       <x:c r="A232" s="1">
         <x:v>229</x:v>
       </x:c>
       <x:c r="B232" s="1" t="s">
-        <x:v>921</x:v>
+        <x:v>927</x:v>
       </x:c>
       <x:c r="C232" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="D232" s="1" t="s">
-        <x:v>922</x:v>
+        <x:v>928</x:v>
       </x:c>
       <x:c r="E232" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F232" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G232" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="H232" s="1" t="s">
-        <x:v>923</x:v>
+        <x:v>929</x:v>
       </x:c>
       <x:c r="I232" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J232" s="1" t="s">
-        <x:v>905</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="K232" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="L232" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:12" ht="15" customHeight="1">
       <x:c r="A233" s="1">
         <x:v>230</x:v>
       </x:c>
       <x:c r="B233" s="1" t="s">
-        <x:v>719</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C233" s="1" t="s">
-        <x:v>924</x:v>
+        <x:v>930</x:v>
       </x:c>
       <x:c r="D233" s="1" t="s">
-        <x:v>925</x:v>
+        <x:v>931</x:v>
       </x:c>
       <x:c r="E233" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F233" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G233" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="H233" s="1" t="s">
-        <x:v>926</x:v>
+        <x:v>932</x:v>
       </x:c>
       <x:c r="I233" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J233" s="1" t="s">
-        <x:v>905</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="K233" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L233" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:12" ht="15" customHeight="1">
       <x:c r="A234" s="1">
         <x:v>231</x:v>
       </x:c>
       <x:c r="B234" s="1" t="s">
-        <x:v>927</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="C234" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="D234" s="1" t="s">
-        <x:v>928</x:v>
+        <x:v>934</x:v>
       </x:c>
       <x:c r="E234" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F234" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G234" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="H234" s="1" t="s">
-        <x:v>929</x:v>
+        <x:v>935</x:v>
       </x:c>
       <x:c r="I234" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J234" s="1" t="s">
-        <x:v>905</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="K234" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L234" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:12" ht="15" customHeight="1">
       <x:c r="A235" s="1">
         <x:v>232</x:v>
       </x:c>
       <x:c r="B235" s="1" t="s">
-        <x:v>930</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C235" s="1" t="s">
-        <x:v>709</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="D235" s="1" t="s">
-        <x:v>931</x:v>
+        <x:v>936</x:v>
       </x:c>
       <x:c r="E235" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F235" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G235" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="H235" s="1" t="s">
-        <x:v>932</x:v>
+        <x:v>937</x:v>
       </x:c>
       <x:c r="I235" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J235" s="1" t="s">
-        <x:v>905</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="K235" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="L235" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:12" ht="15" customHeight="1">
       <x:c r="A236" s="1">
         <x:v>233</x:v>
       </x:c>
       <x:c r="B236" s="1" t="s">
-        <x:v>933</x:v>
+        <x:v>938</x:v>
       </x:c>
       <x:c r="C236" s="1" t="s">
-        <x:v>579</x:v>
+        <x:v>939</x:v>
       </x:c>
       <x:c r="D236" s="1" t="s">
-        <x:v>934</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="E236" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F236" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G236" s="1" t="s">
-        <x:v>935</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="H236" s="1" t="s">
-        <x:v>936</x:v>
+        <x:v>941</x:v>
       </x:c>
       <x:c r="I236" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J236" s="1" t="s">
-        <x:v>905</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="K236" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="L236" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:12" ht="15" customHeight="1">
       <x:c r="A237" s="1">
         <x:v>234</x:v>
       </x:c>
       <x:c r="B237" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>942</x:v>
       </x:c>
       <x:c r="C237" s="1" t="s">
-        <x:v>764</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="D237" s="1" t="s">
-        <x:v>937</x:v>
+        <x:v>943</x:v>
       </x:c>
       <x:c r="E237" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F237" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G237" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>944</x:v>
       </x:c>
       <x:c r="H237" s="1" t="s">
-        <x:v>938</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="I237" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J237" s="1" t="s">
-        <x:v>905</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="K237" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="L237" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:12" ht="15" customHeight="1">
       <x:c r="A238" s="1">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B238" s="1" t="s">
-        <x:v>939</x:v>
+        <x:v>946</x:v>
       </x:c>
       <x:c r="C238" s="1" t="s">
-        <x:v>940</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="D238" s="1" t="s">
-        <x:v>941</x:v>
+        <x:v>947</x:v>
       </x:c>
       <x:c r="E238" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F238" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G238" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="H238" s="1" t="s">
-        <x:v>942</x:v>
+        <x:v>948</x:v>
       </x:c>
       <x:c r="I238" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J238" s="1" t="s">
-        <x:v>905</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="K238" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="L238" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:12" ht="15" customHeight="1">
       <x:c r="A239" s="1">
         <x:v>236</x:v>
       </x:c>
       <x:c r="B239" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C239" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D239" s="1" t="s">
-        <x:v>943</x:v>
+        <x:v>949</x:v>
       </x:c>
       <x:c r="E239" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F239" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G239" s="1" t="s">
-        <x:v>944</x:v>
+        <x:v>950</x:v>
       </x:c>
       <x:c r="H239" s="1" t="s">
-        <x:v>945</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="I239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J239" s="1" t="s">
-        <x:v>905</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="K239" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L239" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:12" ht="15" customHeight="1">
       <x:c r="A240" s="1">
         <x:v>237</x:v>
       </x:c>
       <x:c r="B240" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="C240" s="1" t="s">
-        <x:v>946</x:v>
+        <x:v>952</x:v>
       </x:c>
       <x:c r="D240" s="1" t="s">
-        <x:v>947</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="E240" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F240" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G240" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="H240" s="1" t="s">
-        <x:v>948</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="I240" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J240" s="1" t="s">
-        <x:v>905</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="K240" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="L240" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:12" ht="15" customHeight="1">
       <x:c r="A241" s="1">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B241" s="1" t="s">
-        <x:v>949</x:v>
+        <x:v>900</x:v>
       </x:c>
       <x:c r="C241" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="D241" s="1" t="s">
-        <x:v>950</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="E241" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F241" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G241" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="H241" s="1" t="s">
-        <x:v>951</x:v>
+        <x:v>956</x:v>
       </x:c>
       <x:c r="I241" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J241" s="1" t="s">
-        <x:v>905</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="K241" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="L241" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:12" ht="15" customHeight="1">
       <x:c r="A242" s="1">
         <x:v>239</x:v>
       </x:c>
       <x:c r="B242" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C242" s="1" t="s">
-        <x:v>591</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="D242" s="1" t="s">
-        <x:v>952</x:v>
+        <x:v>957</x:v>
       </x:c>
       <x:c r="E242" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F242" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G242" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="H242" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>958</x:v>
       </x:c>
       <x:c r="I242" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J242" s="1" t="s">
-        <x:v>905</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="K242" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L242" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:12" ht="15" customHeight="1">
       <x:c r="A243" s="1">
         <x:v>240</x:v>
       </x:c>
       <x:c r="B243" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="C243" s="1" t="s">
-        <x:v>591</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D243" s="1" t="s">
-        <x:v>954</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="E243" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F243" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G243" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="H243" s="1" t="s">
-        <x:v>955</x:v>
+        <x:v>960</x:v>
       </x:c>
       <x:c r="I243" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J243" s="1" t="s">
-        <x:v>905</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="K243" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L243" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:12" ht="15" customHeight="1">
       <x:c r="A244" s="1">
         <x:v>241</x:v>
       </x:c>
       <x:c r="B244" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="C244" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="D244" s="1" t="s">
-        <x:v>956</x:v>
+        <x:v>961</x:v>
       </x:c>
       <x:c r="E244" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F244" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G244" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="H244" s="1" t="s">
-        <x:v>957</x:v>
+        <x:v>962</x:v>
       </x:c>
       <x:c r="I244" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J244" s="1" t="s">
-        <x:v>905</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="K244" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L244" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:12" ht="15" customHeight="1">
       <x:c r="A245" s="1">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B245" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="C245" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="D245" s="1" t="s">
-        <x:v>958</x:v>
+        <x:v>963</x:v>
       </x:c>
       <x:c r="E245" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F245" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G245" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="H245" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>964</x:v>
       </x:c>
       <x:c r="I245" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J245" s="1" t="s">
-        <x:v>905</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="K245" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L245" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:12" ht="15" customHeight="1">
       <x:c r="A246" s="1">
         <x:v>243</x:v>
       </x:c>
       <x:c r="B246" s="1" t="s">
-        <x:v>657</x:v>
+        <x:v>965</x:v>
       </x:c>
       <x:c r="C246" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="D246" s="1" t="s">
-        <x:v>960</x:v>
+        <x:v>966</x:v>
       </x:c>
       <x:c r="E246" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F246" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G246" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="H246" s="1" t="s">
-        <x:v>961</x:v>
+        <x:v>967</x:v>
       </x:c>
       <x:c r="I246" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J246" s="1" t="s">
-        <x:v>905</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="K246" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="L246" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:12" ht="15" customHeight="1">
       <x:c r="A247" s="1">
         <x:v>244</x:v>
       </x:c>
       <x:c r="B247" s="1" t="s">
-        <x:v>962</x:v>
+        <x:v>968</x:v>
       </x:c>
       <x:c r="C247" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="D247" s="1" t="s">
-        <x:v>963</x:v>
+        <x:v>969</x:v>
       </x:c>
       <x:c r="E247" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F247" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G247" s="1" t="s">
-        <x:v>919</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="H247" s="1" t="s">
-        <x:v>964</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="I247" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J247" s="1" t="s">
-        <x:v>905</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="K247" s="1" t="s">
-        <x:v>965</x:v>
+        <x:v>971</x:v>
       </x:c>
       <x:c r="L247" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:12" ht="15" customHeight="1">
       <x:c r="A248" s="1">
         <x:v>245</x:v>
       </x:c>
       <x:c r="B248" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>972</x:v>
       </x:c>
       <x:c r="C248" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="D248" s="1" t="s">
-        <x:v>966</x:v>
+        <x:v>973</x:v>
       </x:c>
       <x:c r="E248" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F248" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G248" s="1" t="s">
-        <x:v>944</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="H248" s="1" t="s">
-        <x:v>967</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="I248" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J248" s="1" t="s">
-        <x:v>905</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="K248" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>976</x:v>
       </x:c>
       <x:c r="L248" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:12" ht="15" customHeight="1">
       <x:c r="A249" s="1">
         <x:v>246</x:v>
       </x:c>
       <x:c r="B249" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="C249" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D249" s="1" t="s">
-        <x:v>968</x:v>
+        <x:v>977</x:v>
       </x:c>
       <x:c r="E249" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F249" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G249" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="H249" s="1" t="s">
-        <x:v>969</x:v>
+        <x:v>978</x:v>
       </x:c>
       <x:c r="I249" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J249" s="1" t="s">
-        <x:v>905</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="K249" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="L249" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:12" ht="15" customHeight="1">
       <x:c r="A250" s="1">
         <x:v>247</x:v>
       </x:c>
       <x:c r="B250" s="1" t="s">
-        <x:v>970</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="C250" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="D250" s="1" t="s">
-        <x:v>971</x:v>
+        <x:v>979</x:v>
       </x:c>
       <x:c r="E250" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F250" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G250" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>950</x:v>
       </x:c>
       <x:c r="H250" s="1" t="s">
-        <x:v>972</x:v>
+        <x:v>980</x:v>
       </x:c>
       <x:c r="I250" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J250" s="1" t="s">
-        <x:v>905</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="K250" s="1" t="s">
-        <x:v>973</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L250" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:12" ht="15" customHeight="1">
       <x:c r="A251" s="1">
         <x:v>248</x:v>
       </x:c>
       <x:c r="B251" s="1" t="s">
-        <x:v>974</x:v>
+        <x:v>981</x:v>
       </x:c>
       <x:c r="C251" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="D251" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="E251" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F251" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G251" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>950</x:v>
       </x:c>
       <x:c r="H251" s="1" t="s">
-        <x:v>976</x:v>
+        <x:v>983</x:v>
       </x:c>
       <x:c r="I251" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J251" s="1" t="s">
-        <x:v>905</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="K251" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="L251" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:12" ht="15" customHeight="1">
       <x:c r="A252" s="1">
         <x:v>249</x:v>
       </x:c>
       <x:c r="B252" s="1" t="s">
-        <x:v>977</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="C252" s="1" t="s">
-        <x:v>730</x:v>
+        <x:v>985</x:v>
       </x:c>
       <x:c r="D252" s="1" t="s">
-        <x:v>978</x:v>
+        <x:v>986</x:v>
       </x:c>
       <x:c r="E252" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F252" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G252" s="1" t="s">
-        <x:v>944</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="H252" s="1" t="s">
-        <x:v>979</x:v>
+        <x:v>987</x:v>
       </x:c>
       <x:c r="I252" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J252" s="1" t="s">
-        <x:v>905</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="K252" s="1" t="s">
-        <x:v>652</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="L252" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:12" ht="15" customHeight="1">
       <x:c r="A253" s="1">
         <x:v>250</x:v>
       </x:c>
       <x:c r="B253" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C253" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>988</x:v>
       </x:c>
       <x:c r="D253" s="1" t="s">
-        <x:v>980</x:v>
+        <x:v>989</x:v>
       </x:c>
       <x:c r="E253" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F253" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G253" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="H253" s="1" t="s">
-        <x:v>981</x:v>
+        <x:v>990</x:v>
       </x:c>
       <x:c r="I253" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J253" s="1" t="s">
-        <x:v>905</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="K253" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="L253" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:12" ht="15" customHeight="1">
       <x:c r="A254" s="1">
         <x:v>251</x:v>
       </x:c>
       <x:c r="B254" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>991</x:v>
       </x:c>
       <x:c r="C254" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="D254" s="1" t="s">
-        <x:v>983</x:v>
+        <x:v>992</x:v>
       </x:c>
       <x:c r="E254" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F254" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G254" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="H254" s="1" t="s">
+        <x:v>993</x:v>
+      </x:c>
+      <x:c r="I254" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J254" s="1" t="s">
         <x:v>984</x:v>
       </x:c>
-      <x:c r="I254" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K254" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L254" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:12" ht="15" customHeight="1">
       <x:c r="A255" s="1">
         <x:v>252</x:v>
       </x:c>
       <x:c r="B255" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>994</x:v>
       </x:c>
       <x:c r="C255" s="1" t="s">
-        <x:v>985</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="D255" s="1" t="s">
-        <x:v>986</x:v>
+        <x:v>995</x:v>
       </x:c>
       <x:c r="E255" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F255" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G255" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>950</x:v>
       </x:c>
       <x:c r="H255" s="1" t="s">
-        <x:v>987</x:v>
+        <x:v>996</x:v>
       </x:c>
       <x:c r="I255" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J255" s="1" t="s">
-        <x:v>905</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="K255" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L255" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:12" ht="15" customHeight="1">
       <x:c r="A256" s="1">
         <x:v>253</x:v>
       </x:c>
       <x:c r="B256" s="1" t="s">
-        <x:v>988</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C256" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D256" s="1" t="s">
-        <x:v>989</x:v>
+        <x:v>997</x:v>
       </x:c>
       <x:c r="E256" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F256" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G256" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="H256" s="1" t="s">
-        <x:v>990</x:v>
+        <x:v>998</x:v>
       </x:c>
       <x:c r="I256" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J256" s="1" t="s">
-        <x:v>905</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="K256" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L256" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:12" ht="15" customHeight="1">
       <x:c r="A257" s="1">
         <x:v>254</x:v>
       </x:c>
       <x:c r="B257" s="1" t="s">
-        <x:v>991</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="C257" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="D257" s="1" t="s">
-        <x:v>992</x:v>
+        <x:v>999</x:v>
       </x:c>
       <x:c r="E257" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F257" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G257" s="1" t="s">
-        <x:v>944</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="H257" s="1" t="s">
-        <x:v>993</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="I257" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J257" s="1" t="s">
-        <x:v>905</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="K257" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L257" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:12" ht="15" customHeight="1">
       <x:c r="A258" s="1">
         <x:v>255</x:v>
       </x:c>
       <x:c r="B258" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="C258" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>1001</x:v>
       </x:c>
       <x:c r="D258" s="1" t="s">
-        <x:v>994</x:v>
+        <x:v>1002</x:v>
       </x:c>
       <x:c r="E258" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F258" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G258" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="H258" s="1" t="s">
-        <x:v>995</x:v>
+        <x:v>1003</x:v>
       </x:c>
       <x:c r="I258" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J258" s="1" t="s">
-        <x:v>905</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="K258" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="L258" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:12" ht="15" customHeight="1">
       <x:c r="A259" s="1">
         <x:v>256</x:v>
       </x:c>
       <x:c r="B259" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C259" s="1" t="s">
-        <x:v>996</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="D259" s="1" t="s">
-        <x:v>997</x:v>
+        <x:v>1004</x:v>
       </x:c>
       <x:c r="E259" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F259" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G259" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="H259" s="1" t="s">
-        <x:v>998</x:v>
+        <x:v>1005</x:v>
       </x:c>
       <x:c r="I259" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J259" s="1" t="s">
-        <x:v>905</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="K259" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="L259" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:12" ht="15" customHeight="1">
       <x:c r="A260" s="1">
         <x:v>257</x:v>
       </x:c>
       <x:c r="B260" s="1" t="s">
-        <x:v>729</x:v>
+        <x:v>1006</x:v>
       </x:c>
       <x:c r="C260" s="1" t="s">
-        <x:v>730</x:v>
+        <x:v>1007</x:v>
       </x:c>
       <x:c r="D260" s="1" t="s">
-        <x:v>999</x:v>
+        <x:v>1008</x:v>
       </x:c>
       <x:c r="E260" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F260" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G260" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="H260" s="1" t="s">
-        <x:v>1000</x:v>
+        <x:v>1009</x:v>
       </x:c>
       <x:c r="I260" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J260" s="1" t="s">
-        <x:v>905</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="K260" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="L260" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:12" ht="15" customHeight="1">
       <x:c r="A261" s="1">
         <x:v>258</x:v>
       </x:c>
       <x:c r="B261" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C261" s="1" t="s">
-        <x:v>764</x:v>
+        <x:v>1010</x:v>
       </x:c>
       <x:c r="D261" s="1" t="s">
-        <x:v>1001</x:v>
+        <x:v>1011</x:v>
       </x:c>
       <x:c r="E261" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F261" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G261" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="H261" s="1" t="s">
-        <x:v>1002</x:v>
+        <x:v>1012</x:v>
       </x:c>
       <x:c r="I261" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J261" s="1" t="s">
-        <x:v>905</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="K261" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L261" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:12" ht="15" customHeight="1">
       <x:c r="A262" s="1">
         <x:v>259</x:v>
       </x:c>
       <x:c r="B262" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>1013</x:v>
       </x:c>
       <x:c r="C262" s="1" t="s">
-        <x:v>1003</x:v>
+        <x:v>1014</x:v>
       </x:c>
       <x:c r="D262" s="1" t="s">
-        <x:v>1004</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="E262" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F262" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G262" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="H262" s="1" t="s">
-        <x:v>1005</x:v>
+        <x:v>1016</x:v>
       </x:c>
       <x:c r="I262" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J262" s="1" t="s">
-        <x:v>905</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="K262" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="L262" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:12" ht="15" customHeight="1">
       <x:c r="A263" s="1">
         <x:v>260</x:v>
       </x:c>
       <x:c r="B263" s="1" t="s">
-        <x:v>1006</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C263" s="1" t="s">
-        <x:v>1007</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="D263" s="1" t="s">
-        <x:v>1008</x:v>
+        <x:v>1017</x:v>
       </x:c>
       <x:c r="E263" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F263" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G263" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="H263" s="1" t="s">
-        <x:v>1009</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="I263" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J263" s="1" t="s">
-        <x:v>905</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="K263" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L263" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:12" ht="15" customHeight="1">
       <x:c r="A264" s="1">
         <x:v>261</x:v>
       </x:c>
       <x:c r="B264" s="1" t="s">
-        <x:v>1010</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="C264" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="D264" s="1" t="s">
-        <x:v>1011</x:v>
+        <x:v>1019</x:v>
       </x:c>
       <x:c r="E264" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F264" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G264" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="H264" s="1" t="s">
-        <x:v>1012</x:v>
+        <x:v>1020</x:v>
       </x:c>
       <x:c r="I264" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J264" s="1" t="s">
-        <x:v>905</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="K264" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L264" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:12" ht="15" customHeight="1">
       <x:c r="A265" s="1">
         <x:v>262</x:v>
       </x:c>
       <x:c r="B265" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>1021</x:v>
       </x:c>
       <x:c r="C265" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="D265" s="1" t="s">
-        <x:v>1013</x:v>
+        <x:v>1022</x:v>
       </x:c>
       <x:c r="E265" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F265" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G265" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="H265" s="1" t="s">
-        <x:v>1014</x:v>
+        <x:v>1023</x:v>
       </x:c>
       <x:c r="I265" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J265" s="1" t="s">
-        <x:v>905</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="K265" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="L265" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:12" ht="15" customHeight="1">
       <x:c r="A266" s="1">
         <x:v>263</x:v>
       </x:c>
       <x:c r="B266" s="1" t="s">
-        <x:v>1015</x:v>
+        <x:v>1024</x:v>
       </x:c>
       <x:c r="C266" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D266" s="1" t="s">
-        <x:v>1016</x:v>
+        <x:v>1025</x:v>
       </x:c>
       <x:c r="E266" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F266" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G266" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="H266" s="1" t="s">
-        <x:v>1017</x:v>
+        <x:v>1026</x:v>
       </x:c>
       <x:c r="I266" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J266" s="1" t="s">
-        <x:v>905</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="K266" s="1" t="s">
-        <x:v>1018</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L266" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:12" ht="15" customHeight="1">
       <x:c r="A267" s="1">
         <x:v>264</x:v>
       </x:c>
       <x:c r="B267" s="1" t="s">
-        <x:v>1019</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="C267" s="1" t="s">
-        <x:v>1020</x:v>
+        <x:v>1027</x:v>
       </x:c>
       <x:c r="D267" s="1" t="s">
-        <x:v>1021</x:v>
+        <x:v>1028</x:v>
       </x:c>
       <x:c r="E267" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="F267" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G267" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="H267" s="1" t="s">
-        <x:v>1022</x:v>
+        <x:v>1029</x:v>
       </x:c>
       <x:c r="I267" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J267" s="1" t="s">
-        <x:v>905</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="K267" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="L267" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:12" ht="15" customHeight="1">
       <x:c r="A268" s="1">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B268" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>1030</x:v>
       </x:c>
       <x:c r="C268" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="D268" s="1" t="s">
-        <x:v>1023</x:v>
+        <x:v>1031</x:v>
       </x:c>
       <x:c r="E268" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F268" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G268" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="H268" s="1" t="s">
-        <x:v>1024</x:v>
+        <x:v>1032</x:v>
       </x:c>
       <x:c r="I268" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J268" s="1" t="s">
-        <x:v>905</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="K268" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L268" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:12" ht="15" customHeight="1">
       <x:c r="A269" s="1">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B269" s="1" t="s">
-        <x:v>1025</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="C269" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="D269" s="1" t="s">
-        <x:v>1026</x:v>
+        <x:v>1033</x:v>
       </x:c>
       <x:c r="E269" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F269" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G269" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="H269" s="1" t="s">
-        <x:v>1027</x:v>
+        <x:v>1034</x:v>
       </x:c>
       <x:c r="I269" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J269" s="1" t="s">
-        <x:v>905</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="K269" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L269" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:12" ht="15" customHeight="1">
       <x:c r="A270" s="1">
         <x:v>267</x:v>
       </x:c>
       <x:c r="B270" s="1" t="s">
-        <x:v>715</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="C270" s="1" t="s">
-        <x:v>1028</x:v>
+        <x:v>1035</x:v>
       </x:c>
       <x:c r="D270" s="1" t="s">
-        <x:v>1029</x:v>
+        <x:v>1036</x:v>
       </x:c>
       <x:c r="E270" s="1" t="s">
-        <x:v>670</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F270" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G270" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="H270" s="1" t="s">
-        <x:v>1030</x:v>
+        <x:v>1037</x:v>
       </x:c>
       <x:c r="I270" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J270" s="1" t="s">
-        <x:v>905</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="K270" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="L270" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:12" ht="15" customHeight="1">
       <x:c r="A271" s="1">
         <x:v>268</x:v>
       </x:c>
       <x:c r="B271" s="1" t="s">
-        <x:v>1031</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C271" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="D271" s="1" t="s">
-        <x:v>1032</x:v>
+        <x:v>1038</x:v>
       </x:c>
       <x:c r="E271" s="1" t="s">
-        <x:v>1033</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F271" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G271" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="H271" s="1" t="s">
-        <x:v>1034</x:v>
+        <x:v>1039</x:v>
       </x:c>
       <x:c r="I271" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J271" s="1" t="s">
-        <x:v>1035</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="K271" s="1" t="s">
-        <x:v>1036</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L271" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:12" ht="15" customHeight="1">
       <x:c r="A272" s="1">
         <x:v>269</x:v>
       </x:c>
       <x:c r="B272" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="C272" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>1040</x:v>
       </x:c>
       <x:c r="D272" s="1" t="s">
-        <x:v>1037</x:v>
+        <x:v>1041</x:v>
       </x:c>
       <x:c r="E272" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F272" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G272" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="H272" s="1" t="s">
-        <x:v>1038</x:v>
+        <x:v>1042</x:v>
       </x:c>
       <x:c r="I272" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J272" s="1" t="s">
-        <x:v>1035</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="K272" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L272" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:12" ht="15" customHeight="1">
       <x:c r="A273" s="1">
         <x:v>270</x:v>
       </x:c>
       <x:c r="B273" s="1" t="s">
-        <x:v>1039</x:v>
+        <x:v>1021</x:v>
       </x:c>
       <x:c r="C273" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="D273" s="1" t="s">
-        <x:v>1040</x:v>
+        <x:v>1043</x:v>
       </x:c>
       <x:c r="E273" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>1044</x:v>
       </x:c>
       <x:c r="F273" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G273" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="H273" s="1" t="s">
-        <x:v>1041</x:v>
+        <x:v>1045</x:v>
       </x:c>
       <x:c r="I273" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J273" s="1" t="s">
-        <x:v>1035</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="K273" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="L273" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:12" ht="15" customHeight="1">
       <x:c r="A274" s="1">
         <x:v>271</x:v>
       </x:c>
       <x:c r="B274" s="1" t="s">
-        <x:v>719</x:v>
+        <x:v>1046</x:v>
       </x:c>
       <x:c r="C274" s="1" t="s">
-        <x:v>1042</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="D274" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>1047</x:v>
       </x:c>
       <x:c r="E274" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F274" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G274" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="H274" s="1" t="s">
-        <x:v>1044</x:v>
+        <x:v>1048</x:v>
       </x:c>
       <x:c r="I274" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J274" s="1" t="s">
-        <x:v>1035</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="K274" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="L274" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:12" ht="15" customHeight="1">
       <x:c r="A275" s="1">
         <x:v>272</x:v>
       </x:c>
       <x:c r="B275" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>1049</x:v>
       </x:c>
       <x:c r="C275" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="D275" s="1" t="s">
-        <x:v>1045</x:v>
+        <x:v>1050</x:v>
       </x:c>
       <x:c r="E275" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F275" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G275" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="H275" s="1" t="s">
-        <x:v>1046</x:v>
+        <x:v>1051</x:v>
       </x:c>
       <x:c r="I275" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J275" s="1" t="s">
-        <x:v>1035</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="K275" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="L275" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:12" ht="15" customHeight="1">
       <x:c r="A276" s="1">
         <x:v>273</x:v>
       </x:c>
       <x:c r="B276" s="1" t="s">
-        <x:v>1010</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C276" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="D276" s="1" t="s">
-        <x:v>1047</x:v>
+        <x:v>1052</x:v>
       </x:c>
       <x:c r="E276" s="1" t="s">
-        <x:v>1048</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F276" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G276" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="H276" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>1053</x:v>
       </x:c>
       <x:c r="I276" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J276" s="1" t="s">
-        <x:v>1035</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="K276" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L276" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:12" ht="15" customHeight="1">
       <x:c r="A277" s="1">
         <x:v>274</x:v>
       </x:c>
       <x:c r="B277" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>1054</x:v>
       </x:c>
       <x:c r="C277" s="1" t="s">
-        <x:v>1050</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="D277" s="1" t="s">
-        <x:v>1051</x:v>
+        <x:v>1055</x:v>
       </x:c>
       <x:c r="E277" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F277" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G277" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="H277" s="1" t="s">
-        <x:v>1052</x:v>
+        <x:v>1056</x:v>
       </x:c>
       <x:c r="I277" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J277" s="1" t="s">
-        <x:v>1035</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="K277" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="L277" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:12" ht="15" customHeight="1">
       <x:c r="A278" s="1">
         <x:v>275</x:v>
       </x:c>
       <x:c r="B278" s="1" t="s">
-        <x:v>738</x:v>
+        <x:v>1057</x:v>
       </x:c>
       <x:c r="C278" s="1" t="s">
-        <x:v>1053</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="D278" s="1" t="s">
-        <x:v>1054</x:v>
+        <x:v>1058</x:v>
       </x:c>
       <x:c r="E278" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>1059</x:v>
       </x:c>
       <x:c r="F278" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G278" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="H278" s="1" t="s">
-        <x:v>1055</x:v>
+        <x:v>1060</x:v>
       </x:c>
       <x:c r="I278" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J278" s="1" t="s">
-        <x:v>1035</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="K278" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="L278" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:12" ht="15" customHeight="1">
       <x:c r="A279" s="1">
         <x:v>276</x:v>
       </x:c>
       <x:c r="B279" s="1" t="s">
-        <x:v>1056</x:v>
+        <x:v>1061</x:v>
       </x:c>
       <x:c r="C279" s="1" t="s">
         <x:v>498</x:v>
       </x:c>
       <x:c r="D279" s="1" t="s">
-        <x:v>1057</x:v>
+        <x:v>1062</x:v>
       </x:c>
       <x:c r="E279" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F279" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G279" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="H279" s="1" t="s">
-        <x:v>1058</x:v>
+        <x:v>1063</x:v>
       </x:c>
       <x:c r="I279" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J279" s="1" t="s">
-        <x:v>1035</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="K279" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="L279" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:12" ht="15" customHeight="1">
       <x:c r="A280" s="1">
         <x:v>277</x:v>
       </x:c>
       <x:c r="B280" s="1" t="s">
-        <x:v>1059</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C280" s="1" t="s">
-        <x:v>1060</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="D280" s="1" t="s">
-        <x:v>1061</x:v>
+        <x:v>1064</x:v>
       </x:c>
       <x:c r="E280" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F280" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G280" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="H280" s="1" t="s">
-        <x:v>1062</x:v>
+        <x:v>1065</x:v>
       </x:c>
       <x:c r="I280" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J280" s="1" t="s">
-        <x:v>1035</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="K280" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L280" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:12" ht="15" customHeight="1">
       <x:c r="A281" s="1">
         <x:v>278</x:v>
       </x:c>
       <x:c r="B281" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="C281" s="1" t="s">
-        <x:v>579</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="D281" s="1" t="s">
-        <x:v>1063</x:v>
+        <x:v>1066</x:v>
       </x:c>
       <x:c r="E281" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F281" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G281" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="H281" s="1" t="s">
-        <x:v>1064</x:v>
+        <x:v>1067</x:v>
       </x:c>
       <x:c r="I281" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J281" s="1" t="s">
-        <x:v>1035</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="K281" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L281" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:12" ht="15" customHeight="1">
       <x:c r="A282" s="1">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B282" s="1" t="s">
-        <x:v>1065</x:v>
+        <x:v>1068</x:v>
       </x:c>
       <x:c r="C282" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="D282" s="1" t="s">
-        <x:v>1066</x:v>
+        <x:v>1069</x:v>
       </x:c>
       <x:c r="E282" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F282" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G282" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="H282" s="1" t="s">
-        <x:v>1067</x:v>
+        <x:v>1070</x:v>
       </x:c>
       <x:c r="I282" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J282" s="1" t="s">
-        <x:v>1035</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="K282" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="L282" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:12" ht="15" customHeight="1">
       <x:c r="A283" s="1">
         <x:v>280</x:v>
       </x:c>
       <x:c r="B283" s="1" t="s">
-        <x:v>1068</x:v>
+        <x:v>1071</x:v>
       </x:c>
       <x:c r="C283" s="1" t="s">
-        <x:v>665</x:v>
+        <x:v>1072</x:v>
       </x:c>
       <x:c r="D283" s="1" t="s">
-        <x:v>1069</x:v>
+        <x:v>1073</x:v>
       </x:c>
       <x:c r="E283" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F283" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G283" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="H283" s="1" t="s">
-        <x:v>1070</x:v>
+        <x:v>1074</x:v>
       </x:c>
       <x:c r="I283" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J283" s="1" t="s">
-        <x:v>1035</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="K283" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="L283" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:12" ht="15" customHeight="1">
       <x:c r="A284" s="1">
         <x:v>281</x:v>
       </x:c>
       <x:c r="B284" s="1" t="s">
-        <x:v>1071</x:v>
+        <x:v>1075</x:v>
       </x:c>
       <x:c r="C284" s="1" t="s">
-        <x:v>517</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="D284" s="1" t="s">
-        <x:v>1072</x:v>
+        <x:v>1076</x:v>
       </x:c>
       <x:c r="E284" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F284" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G284" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="H284" s="1" t="s">
-        <x:v>1073</x:v>
+        <x:v>1077</x:v>
       </x:c>
       <x:c r="I284" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J284" s="1" t="s">
-        <x:v>1035</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="K284" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="L284" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:12" ht="15" customHeight="1">
       <x:c r="A285" s="1">
         <x:v>282</x:v>
       </x:c>
       <x:c r="B285" s="1" t="s">
-        <x:v>1074</x:v>
+        <x:v>1078</x:v>
       </x:c>
       <x:c r="C285" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="D285" s="1" t="s">
-        <x:v>1075</x:v>
+        <x:v>1079</x:v>
       </x:c>
       <x:c r="E285" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F285" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G285" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="H285" s="1" t="s">
-        <x:v>1076</x:v>
+        <x:v>1080</x:v>
       </x:c>
       <x:c r="I285" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J285" s="1" t="s">
-        <x:v>1035</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="K285" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="L285" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:12" ht="15" customHeight="1">
       <x:c r="A286" s="1">
         <x:v>283</x:v>
       </x:c>
       <x:c r="B286" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="C286" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>901</x:v>
       </x:c>
       <x:c r="D286" s="1" t="s">
-        <x:v>1077</x:v>
+        <x:v>1081</x:v>
       </x:c>
       <x:c r="E286" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="F286" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G286" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>950</x:v>
       </x:c>
       <x:c r="H286" s="1" t="s">
-        <x:v>1078</x:v>
+        <x:v>1082</x:v>
       </x:c>
       <x:c r="I286" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J286" s="1" t="s">
-        <x:v>1035</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="K286" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="L286" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:12" ht="15" customHeight="1">
       <x:c r="A287" s="1">
         <x:v>284</x:v>
       </x:c>
       <x:c r="B287" s="1" t="s">
-        <x:v>1079</x:v>
+        <x:v>1083</x:v>
       </x:c>
       <x:c r="C287" s="1" t="s">
-        <x:v>817</x:v>
+        <x:v>1084</x:v>
       </x:c>
       <x:c r="D287" s="1" t="s">
-        <x:v>1080</x:v>
+        <x:v>1085</x:v>
       </x:c>
       <x:c r="E287" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F287" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G287" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="H287" s="1" t="s">
-        <x:v>1081</x:v>
+        <x:v>1086</x:v>
       </x:c>
       <x:c r="I287" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J287" s="1" t="s">
-        <x:v>1035</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="K287" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="L287" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:12" ht="15" customHeight="1">
       <x:c r="A288" s="1">
         <x:v>285</x:v>
       </x:c>
       <x:c r="B288" s="1" t="s">
-        <x:v>1082</x:v>
+        <x:v>1087</x:v>
       </x:c>
       <x:c r="C288" s="1" t="s">
-        <x:v>1083</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="D288" s="1" t="s">
-        <x:v>1084</x:v>
+        <x:v>1088</x:v>
       </x:c>
       <x:c r="E288" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>1089</x:v>
       </x:c>
       <x:c r="F288" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G288" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="H288" s="1" t="s">
-        <x:v>1085</x:v>
+        <x:v>1090</x:v>
       </x:c>
       <x:c r="I288" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J288" s="1" t="s">
-        <x:v>1035</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="K288" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>1091</x:v>
       </x:c>
       <x:c r="L288" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:12" ht="15" customHeight="1">
       <x:c r="A289" s="1">
         <x:v>286</x:v>
       </x:c>
       <x:c r="B289" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="C289" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="D289" s="1" t="s">
-        <x:v>1086</x:v>
+        <x:v>1092</x:v>
       </x:c>
       <x:c r="E289" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F289" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G289" s="1" t="s">
-        <x:v>944</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="H289" s="1" t="s">
-        <x:v>1087</x:v>
+        <x:v>1093</x:v>
       </x:c>
       <x:c r="I289" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J289" s="1" t="s">
-        <x:v>1035</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="K289" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L289" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:12" ht="15" customHeight="1">
       <x:c r="A290" s="1">
         <x:v>287</x:v>
       </x:c>
       <x:c r="B290" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>1094</x:v>
       </x:c>
       <x:c r="C290" s="1" t="s">
-        <x:v>739</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="D290" s="1" t="s">
-        <x:v>1088</x:v>
+        <x:v>1095</x:v>
       </x:c>
       <x:c r="E290" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F290" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G290" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="H290" s="1" t="s">
-        <x:v>1089</x:v>
+        <x:v>1096</x:v>
       </x:c>
       <x:c r="I290" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J290" s="1" t="s">
-        <x:v>1035</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="K290" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>971</x:v>
       </x:c>
       <x:c r="L290" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:12" ht="15" customHeight="1">
       <x:c r="A291" s="1">
         <x:v>288</x:v>
       </x:c>
       <x:c r="B291" s="1" t="s">
-        <x:v>1090</x:v>
+        <x:v>1097</x:v>
       </x:c>
       <x:c r="C291" s="1" t="s">
-        <x:v>739</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="D291" s="1" t="s">
-        <x:v>1091</x:v>
+        <x:v>1098</x:v>
       </x:c>
       <x:c r="E291" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F291" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G291" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="H291" s="1" t="s">
-        <x:v>1092</x:v>
+        <x:v>1099</x:v>
       </x:c>
       <x:c r="I291" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J291" s="1" t="s">
-        <x:v>1035</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="K291" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="L291" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:12" ht="15" customHeight="1">
       <x:c r="A292" s="1">
         <x:v>289</x:v>
       </x:c>
       <x:c r="B292" s="1" t="s">
-        <x:v>875</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="C292" s="1" t="s">
-        <x:v>739</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="D292" s="1" t="s">
-        <x:v>1093</x:v>
+        <x:v>1100</x:v>
       </x:c>
       <x:c r="E292" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="F292" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G292" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="H292" s="1" t="s">
-        <x:v>1094</x:v>
+        <x:v>1101</x:v>
       </x:c>
       <x:c r="I292" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J292" s="1" t="s">
-        <x:v>1035</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="K292" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="L292" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:12" ht="15" customHeight="1">
       <x:c r="A293" s="1">
         <x:v>290</x:v>
       </x:c>
       <x:c r="B293" s="1" t="s">
-        <x:v>668</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C293" s="1" t="s">
-        <x:v>817</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="D293" s="1" t="s">
-        <x:v>1095</x:v>
+        <x:v>1102</x:v>
       </x:c>
       <x:c r="E293" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F293" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G293" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="H293" s="1" t="s">
-        <x:v>1096</x:v>
+        <x:v>1103</x:v>
       </x:c>
       <x:c r="I293" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J293" s="1" t="s">
-        <x:v>1035</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="K293" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L293" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:12" ht="15" customHeight="1">
       <x:c r="A294" s="1">
         <x:v>291</x:v>
       </x:c>
       <x:c r="B294" s="1" t="s">
-        <x:v>1097</x:v>
+        <x:v>1104</x:v>
       </x:c>
       <x:c r="C294" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="D294" s="1" t="s">
-        <x:v>1098</x:v>
+        <x:v>1105</x:v>
       </x:c>
       <x:c r="E294" s="1" t="s">
-        <x:v>1099</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F294" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G294" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="H294" s="1" t="s">
-        <x:v>1100</x:v>
+        <x:v>1106</x:v>
       </x:c>
       <x:c r="I294" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J294" s="1" t="s">
-        <x:v>1035</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="K294" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>1107</x:v>
       </x:c>
       <x:c r="L294" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:12" ht="15" customHeight="1">
       <x:c r="A295" s="1">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B295" s="1" t="s">
-        <x:v>1101</x:v>
+        <x:v>1108</x:v>
       </x:c>
       <x:c r="C295" s="1" t="s">
-        <x:v>1102</x:v>
+        <x:v>1109</x:v>
       </x:c>
       <x:c r="D295" s="1" t="s">
-        <x:v>1103</x:v>
+        <x:v>1110</x:v>
       </x:c>
       <x:c r="E295" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F295" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G295" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="H295" s="1" t="s">
-        <x:v>1104</x:v>
+        <x:v>1111</x:v>
       </x:c>
       <x:c r="I295" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J295" s="1" t="s">
-        <x:v>1035</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="K295" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="L295" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:12" ht="15" customHeight="1">
       <x:c r="A296" s="1">
         <x:v>293</x:v>
       </x:c>
       <x:c r="B296" s="1" t="s">
-        <x:v>729</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="C296" s="1" t="s">
-        <x:v>764</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="D296" s="1" t="s">
-        <x:v>1105</x:v>
+        <x:v>1112</x:v>
       </x:c>
       <x:c r="E296" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="F296" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G296" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="H296" s="1" t="s">
-        <x:v>1106</x:v>
+        <x:v>1113</x:v>
       </x:c>
       <x:c r="I296" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J296" s="1" t="s">
-        <x:v>1035</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="K296" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L296" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:12" ht="15" customHeight="1">
       <x:c r="A297" s="1">
         <x:v>294</x:v>
       </x:c>
       <x:c r="B297" s="1" t="s">
-        <x:v>1107</x:v>
+        <x:v>1114</x:v>
       </x:c>
       <x:c r="C297" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="D297" s="1" t="s">
-        <x:v>1108</x:v>
+        <x:v>1115</x:v>
       </x:c>
       <x:c r="E297" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="F297" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G297" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="H297" s="1" t="s">
-        <x:v>1109</x:v>
+        <x:v>1116</x:v>
       </x:c>
       <x:c r="I297" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J297" s="1" t="s">
-        <x:v>1035</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="K297" s="1" t="s">
-        <x:v>973</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L297" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:12" ht="15" customHeight="1">
       <x:c r="A298" s="1">
         <x:v>295</x:v>
       </x:c>
       <x:c r="B298" s="1" t="s">
-        <x:v>1110</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="C298" s="1" t="s">
-        <x:v>26</x:v>
+        <x:v>1117</x:v>
       </x:c>
       <x:c r="D298" s="1" t="s">
-        <x:v>1111</x:v>
+        <x:v>1118</x:v>
       </x:c>
       <x:c r="E298" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>1119</x:v>
       </x:c>
       <x:c r="F298" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G298" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="H298" s="1" t="s">
-        <x:v>1112</x:v>
+        <x:v>1120</x:v>
       </x:c>
       <x:c r="I298" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J298" s="1" t="s">
-        <x:v>1035</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="K298" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L298" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:12" ht="15" customHeight="1">
       <x:c r="A299" s="1">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B299" s="1" t="s">
-        <x:v>1113</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="C299" s="1" t="s">
-        <x:v>1114</x:v>
+        <x:v>555</x:v>
       </x:c>
       <x:c r="D299" s="1" t="s">
-        <x:v>1115</x:v>
+        <x:v>1121</x:v>
       </x:c>
       <x:c r="E299" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F299" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G299" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="H299" s="1" t="s">
-        <x:v>1116</x:v>
+        <x:v>1122</x:v>
       </x:c>
       <x:c r="I299" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J299" s="1" t="s">
-        <x:v>1035</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="K299" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="L299" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:12" ht="15" customHeight="1">
       <x:c r="A300" s="1">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B300" s="1" t="s">
-        <x:v>1117</x:v>
+        <x:v>1123</x:v>
       </x:c>
       <x:c r="C300" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>1124</x:v>
       </x:c>
       <x:c r="D300" s="1" t="s">
-        <x:v>1118</x:v>
+        <x:v>1125</x:v>
       </x:c>
       <x:c r="E300" s="1" t="s">
-        <x:v>1119</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F300" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G300" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="H300" s="1" t="s">
-        <x:v>1120</x:v>
+        <x:v>1126</x:v>
       </x:c>
       <x:c r="I300" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J300" s="1" t="s">
-        <x:v>1035</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="K300" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>1127</x:v>
       </x:c>
       <x:c r="L300" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:12" ht="15" customHeight="1">
       <x:c r="A301" s="1">
         <x:v>298</x:v>
       </x:c>
       <x:c r="B301" s="1" t="s">
-        <x:v>812</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="C301" s="1" t="s">
-        <x:v>1121</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="D301" s="1" t="s">
-        <x:v>1122</x:v>
+        <x:v>1128</x:v>
       </x:c>
       <x:c r="E301" s="1" t="s">
-        <x:v>1123</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="F301" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G301" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="H301" s="1" t="s">
-        <x:v>1124</x:v>
+        <x:v>1129</x:v>
       </x:c>
       <x:c r="I301" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J301" s="1" t="s">
-        <x:v>1035</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="K301" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L301" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:12" ht="15" customHeight="1">
       <x:c r="A302" s="1">
         <x:v>299</x:v>
       </x:c>
       <x:c r="B302" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>1130</x:v>
       </x:c>
       <x:c r="C302" s="1" t="s">
-        <x:v>1125</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="D302" s="1" t="s">
-        <x:v>1126</x:v>
+        <x:v>1131</x:v>
       </x:c>
       <x:c r="E302" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>1132</x:v>
       </x:c>
       <x:c r="F302" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G302" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="H302" s="1" t="s">
-        <x:v>1127</x:v>
+        <x:v>1133</x:v>
       </x:c>
       <x:c r="I302" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J302" s="1" t="s">
-        <x:v>1035</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="K302" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>971</x:v>
       </x:c>
       <x:c r="L302" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:12" ht="15" customHeight="1">
       <x:c r="A303" s="1">
         <x:v>300</x:v>
       </x:c>
       <x:c r="B303" s="1" t="s">
-        <x:v>1128</x:v>
+        <x:v>1134</x:v>
       </x:c>
       <x:c r="C303" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="D303" s="1" t="s">
-        <x:v>1129</x:v>
+        <x:v>1135</x:v>
       </x:c>
       <x:c r="E303" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F303" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G303" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="H303" s="1" t="s">
-        <x:v>1130</x:v>
+        <x:v>1136</x:v>
       </x:c>
       <x:c r="I303" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J303" s="1" t="s">
-        <x:v>1035</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="K303" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="L303" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:12" ht="15" customHeight="1">
       <x:c r="A304" s="1">
         <x:v>301</x:v>
       </x:c>
       <x:c r="B304" s="1" t="s">
-        <x:v>1131</x:v>
+        <x:v>1137</x:v>
       </x:c>
       <x:c r="C304" s="1" t="s">
-        <x:v>26</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="D304" s="1" t="s">
-        <x:v>1132</x:v>
+        <x:v>1138</x:v>
       </x:c>
       <x:c r="E304" s="1" t="s">
-        <x:v>1133</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F304" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G304" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="H304" s="1" t="s">
-        <x:v>1134</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="I304" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J304" s="1" t="s">
-        <x:v>1035</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="K304" s="1" t="s">
-        <x:v>973</x:v>
+        <x:v>1127</x:v>
       </x:c>
       <x:c r="L304" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:12" ht="15" customHeight="1">
       <x:c r="A305" s="1">
         <x:v>302</x:v>
       </x:c>
       <x:c r="B305" s="1" t="s">
-        <x:v>930</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="C305" s="1" t="s">
-        <x:v>506</x:v>
+        <x:v>1140</x:v>
       </x:c>
       <x:c r="D305" s="1" t="s">
-        <x:v>1135</x:v>
+        <x:v>1141</x:v>
       </x:c>
       <x:c r="E305" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>1142</x:v>
       </x:c>
       <x:c r="F305" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G305" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="H305" s="1" t="s">
-        <x:v>1136</x:v>
+        <x:v>1143</x:v>
       </x:c>
       <x:c r="I305" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J305" s="1" t="s">
-        <x:v>1035</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="K305" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L305" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:12" ht="15" customHeight="1">
       <x:c r="A306" s="1">
         <x:v>303</x:v>
       </x:c>
       <x:c r="B306" s="1" t="s">
-        <x:v>1137</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C306" s="1" t="s">
-        <x:v>1138</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="D306" s="1" t="s">
-        <x:v>1139</x:v>
+        <x:v>1144</x:v>
       </x:c>
       <x:c r="E306" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F306" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G306" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="H306" s="1" t="s">
-        <x:v>1140</x:v>
+        <x:v>1145</x:v>
       </x:c>
       <x:c r="I306" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J306" s="1" t="s">
-        <x:v>1035</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="K306" s="1" t="s">
-        <x:v>1141</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="L306" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:12" ht="15" customHeight="1">
       <x:c r="A307" s="1">
         <x:v>304</x:v>
       </x:c>
       <x:c r="B307" s="1" t="s">
-        <x:v>1142</x:v>
+        <x:v>1146</x:v>
       </x:c>
       <x:c r="C307" s="1" t="s">
-        <x:v>530</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="D307" s="1" t="s">
-        <x:v>1143</x:v>
+        <x:v>1148</x:v>
       </x:c>
       <x:c r="E307" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F307" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G307" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="H307" s="1" t="s">
-        <x:v>1144</x:v>
+        <x:v>1149</x:v>
       </x:c>
       <x:c r="I307" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J307" s="1" t="s">
-        <x:v>1035</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="K307" s="1" t="s">
-        <x:v>1141</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="L307" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:12" ht="15" customHeight="1">
       <x:c r="A308" s="1">
         <x:v>305</x:v>
       </x:c>
       <x:c r="B308" s="1" t="s">
-        <x:v>812</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C308" s="1" t="s">
-        <x:v>1145</x:v>
+        <x:v>1150</x:v>
       </x:c>
       <x:c r="D308" s="1" t="s">
-        <x:v>1146</x:v>
+        <x:v>1151</x:v>
       </x:c>
       <x:c r="E308" s="1" t="s">
-        <x:v>1147</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="F308" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G308" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="H308" s="1" t="s">
-        <x:v>1148</x:v>
+        <x:v>1152</x:v>
       </x:c>
       <x:c r="I308" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J308" s="1" t="s">
-        <x:v>1035</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="K308" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L308" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:12" ht="15" customHeight="1">
       <x:c r="A309" s="1">
         <x:v>306</x:v>
       </x:c>
       <x:c r="B309" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>1153</x:v>
       </x:c>
       <x:c r="C309" s="1" t="s">
-        <x:v>1149</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="D309" s="1" t="s">
-        <x:v>1150</x:v>
+        <x:v>1154</x:v>
       </x:c>
       <x:c r="E309" s="1" t="s">
-        <x:v>1119</x:v>
+        <x:v>1155</x:v>
       </x:c>
       <x:c r="F309" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G309" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="H309" s="1" t="s">
-        <x:v>1151</x:v>
+        <x:v>1156</x:v>
       </x:c>
       <x:c r="I309" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J309" s="1" t="s">
-        <x:v>1035</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="K309" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="L309" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:12" ht="15" customHeight="1">
       <x:c r="A310" s="1">
         <x:v>307</x:v>
       </x:c>
       <x:c r="B310" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C310" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="D310" s="1" t="s">
-        <x:v>1152</x:v>
+        <x:v>1157</x:v>
       </x:c>
       <x:c r="E310" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="F310" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G310" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="H310" s="1" t="s">
-        <x:v>1153</x:v>
+        <x:v>1158</x:v>
       </x:c>
       <x:c r="I310" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J310" s="1" t="s">
-        <x:v>1035</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="K310" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L310" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:12" ht="15" customHeight="1">
       <x:c r="A311" s="1">
         <x:v>308</x:v>
       </x:c>
       <x:c r="B311" s="1" t="s">
-        <x:v>1154</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C311" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="D311" s="1" t="s">
-        <x:v>1155</x:v>
+        <x:v>1159</x:v>
       </x:c>
       <x:c r="E311" s="1" t="s">
-        <x:v>1156</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F311" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G311" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>1160</x:v>
       </x:c>
       <x:c r="H311" s="1" t="s">
-        <x:v>1157</x:v>
+        <x:v>1161</x:v>
       </x:c>
       <x:c r="I311" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J311" s="1" t="s">
-        <x:v>1035</x:v>
+        <x:v>1162</x:v>
       </x:c>
       <x:c r="K311" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L311" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:12" ht="15" customHeight="1">
       <x:c r="A312" s="1">
         <x:v>309</x:v>
       </x:c>
       <x:c r="B312" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>1163</x:v>
       </x:c>
       <x:c r="C312" s="1" t="s">
-        <x:v>530</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="D312" s="1" t="s">
-        <x:v>1158</x:v>
+        <x:v>1164</x:v>
       </x:c>
       <x:c r="E312" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F312" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G312" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="H312" s="1" t="s">
-        <x:v>1159</x:v>
+        <x:v>1165</x:v>
       </x:c>
       <x:c r="I312" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J312" s="1" t="s">
-        <x:v>1035</x:v>
+        <x:v>1162</x:v>
       </x:c>
       <x:c r="K312" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L312" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:12" ht="15" customHeight="1">
       <x:c r="A313" s="1">
         <x:v>310</x:v>
       </x:c>
       <x:c r="B313" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="C313" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="D313" s="1" t="s">
-        <x:v>1160</x:v>
+        <x:v>1166</x:v>
       </x:c>
       <x:c r="E313" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F313" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G313" s="1" t="s">
-        <x:v>1161</x:v>
+        <x:v>1167</x:v>
       </x:c>
       <x:c r="H313" s="1" t="s">
-        <x:v>1162</x:v>
+        <x:v>1168</x:v>
       </x:c>
       <x:c r="I313" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J313" s="1" t="s">
-        <x:v>1035</x:v>
+        <x:v>1169</x:v>
       </x:c>
       <x:c r="K313" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L313" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:12" ht="15" customHeight="1">
       <x:c r="A314" s="1">
         <x:v>311</x:v>
       </x:c>
       <x:c r="B314" s="1" t="s">
-        <x:v>1163</x:v>
+        <x:v>1170</x:v>
       </x:c>
       <x:c r="C314" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="D314" s="1" t="s">
-        <x:v>1164</x:v>
+        <x:v>1171</x:v>
       </x:c>
       <x:c r="E314" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F314" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G314" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>1172</x:v>
       </x:c>
       <x:c r="H314" s="1" t="s">
-        <x:v>1165</x:v>
+        <x:v>1173</x:v>
       </x:c>
       <x:c r="I314" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J314" s="1" t="s">
-        <x:v>1166</x:v>
+        <x:v>1169</x:v>
       </x:c>
       <x:c r="K314" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>1174</x:v>
       </x:c>
       <x:c r="L314" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:12" ht="15" customHeight="1">
       <x:c r="A315" s="1">
         <x:v>312</x:v>
       </x:c>
       <x:c r="B315" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="C315" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>877</x:v>
       </x:c>
       <x:c r="D315" s="1" t="s">
-        <x:v>1167</x:v>
+        <x:v>1175</x:v>
       </x:c>
       <x:c r="E315" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F315" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G315" s="1" t="s">
-        <x:v>1168</x:v>
+        <x:v>1176</x:v>
       </x:c>
       <x:c r="H315" s="1" t="s">
+        <x:v>1177</x:v>
+      </x:c>
+      <x:c r="I315" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J315" s="1" t="s">
         <x:v>1169</x:v>
       </x:c>
-      <x:c r="I315" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K315" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L315" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:12" ht="15" customHeight="1">
       <x:c r="A316" s="1">
         <x:v>313</x:v>
       </x:c>
       <x:c r="B316" s="1" t="s">
-        <x:v>1170</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="C316" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>1001</x:v>
       </x:c>
       <x:c r="D316" s="1" t="s">
-        <x:v>1171</x:v>
+        <x:v>1178</x:v>
       </x:c>
       <x:c r="E316" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F316" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G316" s="1" t="s">
-        <x:v>1172</x:v>
+        <x:v>1179</x:v>
       </x:c>
       <x:c r="H316" s="1" t="s">
-        <x:v>1173</x:v>
+        <x:v>1180</x:v>
       </x:c>
       <x:c r="I316" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J316" s="1" t="s">
-        <x:v>1174</x:v>
+        <x:v>1181</x:v>
       </x:c>
       <x:c r="K316" s="1" t="s">
-        <x:v>1175</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L316" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:12" ht="15" customHeight="1">
       <x:c r="A317" s="1">
         <x:v>314</x:v>
       </x:c>
       <x:c r="B317" s="1" t="s">
-        <x:v>668</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="C317" s="1" t="s">
-        <x:v>881</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D317" s="1" t="s">
-        <x:v>1176</x:v>
+        <x:v>1182</x:v>
       </x:c>
       <x:c r="E317" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>1155</x:v>
       </x:c>
       <x:c r="F317" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G317" s="1" t="s">
-        <x:v>1177</x:v>
+        <x:v>1183</x:v>
       </x:c>
       <x:c r="H317" s="1" t="s">
-        <x:v>1178</x:v>
+        <x:v>1184</x:v>
       </x:c>
       <x:c r="I317" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J317" s="1" t="s">
-        <x:v>1174</x:v>
+        <x:v>1181</x:v>
       </x:c>
       <x:c r="K317" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="L317" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:12" ht="15" customHeight="1">
       <x:c r="A318" s="1">
         <x:v>315</x:v>
       </x:c>
       <x:c r="B318" s="1" t="s">
-        <x:v>768</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="C318" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="D318" s="1" t="s">
-        <x:v>1179</x:v>
+        <x:v>1185</x:v>
       </x:c>
       <x:c r="E318" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F318" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G318" s="1" t="s">
-        <x:v>1180</x:v>
+        <x:v>1186</x:v>
       </x:c>
       <x:c r="H318" s="1" t="s">
+        <x:v>1187</x:v>
+      </x:c>
+      <x:c r="I318" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J318" s="1" t="s">
         <x:v>1181</x:v>
       </x:c>
-      <x:c r="I318" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K318" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="L318" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:12" ht="15" customHeight="1">
       <x:c r="A319" s="1">
         <x:v>316</x:v>
       </x:c>
       <x:c r="B319" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C319" s="1" t="s">
-        <x:v>996</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="D319" s="1" t="s">
-        <x:v>1182</x:v>
+        <x:v>1188</x:v>
       </x:c>
       <x:c r="E319" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F319" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G319" s="1" t="s">
-        <x:v>1183</x:v>
+        <x:v>1189</x:v>
       </x:c>
       <x:c r="H319" s="1" t="s">
-        <x:v>1184</x:v>
+        <x:v>1190</x:v>
       </x:c>
       <x:c r="I319" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J319" s="1" t="s">
-        <x:v>1185</x:v>
+        <x:v>1181</x:v>
       </x:c>
       <x:c r="K319" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L319" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:12" ht="15" customHeight="1">
       <x:c r="A320" s="1">
         <x:v>317</x:v>
       </x:c>
       <x:c r="B320" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>1094</x:v>
       </x:c>
       <x:c r="C320" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="D320" s="1" t="s">
-        <x:v>1186</x:v>
+        <x:v>1191</x:v>
       </x:c>
       <x:c r="E320" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="F320" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G320" s="1" t="s">
-        <x:v>1187</x:v>
+        <x:v>1179</x:v>
       </x:c>
       <x:c r="H320" s="1" t="s">
-        <x:v>1188</x:v>
+        <x:v>1192</x:v>
       </x:c>
       <x:c r="I320" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J320" s="1" t="s">
-        <x:v>1185</x:v>
+        <x:v>1181</x:v>
       </x:c>
       <x:c r="K320" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>971</x:v>
       </x:c>
       <x:c r="L320" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:12" ht="15" customHeight="1">
       <x:c r="A321" s="1">
         <x:v>318</x:v>
       </x:c>
       <x:c r="B321" s="1" t="s">
-        <x:v>1107</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C321" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="D321" s="1" t="s">
-        <x:v>1189</x:v>
+        <x:v>1193</x:v>
       </x:c>
       <x:c r="E321" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F321" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G321" s="1" t="s">
-        <x:v>1183</x:v>
+        <x:v>1194</x:v>
       </x:c>
       <x:c r="H321" s="1" t="s">
-        <x:v>1190</x:v>
+        <x:v>1195</x:v>
       </x:c>
       <x:c r="I321" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J321" s="1" t="s">
-        <x:v>1185</x:v>
+        <x:v>1196</x:v>
       </x:c>
       <x:c r="K321" s="1" t="s">
-        <x:v>973</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="L321" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:12" ht="15" customHeight="1">
       <x:c r="A322" s="1">
         <x:v>319</x:v>
       </x:c>
       <x:c r="B322" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C322" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="D322" s="1" t="s">
-        <x:v>1191</x:v>
+        <x:v>1197</x:v>
       </x:c>
       <x:c r="E322" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F322" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G322" s="1" t="s">
-        <x:v>1192</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="H322" s="1" t="s">
-        <x:v>1193</x:v>
+        <x:v>1199</x:v>
       </x:c>
       <x:c r="I322" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J322" s="1" t="s">
-        <x:v>1185</x:v>
+        <x:v>1196</x:v>
       </x:c>
       <x:c r="K322" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="L322" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:12" ht="15" customHeight="1">
       <x:c r="A323" s="1">
         <x:v>320</x:v>
       </x:c>
       <x:c r="B323" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="C323" s="1" t="s">
-        <x:v>726</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="D323" s="1" t="s">
-        <x:v>1194</x:v>
+        <x:v>1202</x:v>
       </x:c>
       <x:c r="E323" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F323" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G323" s="1" t="s">
-        <x:v>1195</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="H323" s="1" t="s">
+        <x:v>1204</x:v>
+      </x:c>
+      <x:c r="I323" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J323" s="1" t="s">
         <x:v>1196</x:v>
       </x:c>
-      <x:c r="I323" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K323" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="L323" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:12" ht="15" customHeight="1">
       <x:c r="A324" s="1">
         <x:v>321</x:v>
       </x:c>
       <x:c r="B324" s="1" t="s">
-        <x:v>1198</x:v>
+        <x:v>1205</x:v>
       </x:c>
       <x:c r="C324" s="1" t="s">
         <x:v>726</x:v>
       </x:c>
       <x:c r="D324" s="1" t="s">
-        <x:v>1199</x:v>
+        <x:v>1206</x:v>
       </x:c>
       <x:c r="E324" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F324" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G324" s="1" t="s">
-        <x:v>1200</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="H324" s="1" t="s">
-        <x:v>1201</x:v>
+        <x:v>1208</x:v>
       </x:c>
       <x:c r="I324" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J324" s="1" t="s">
-        <x:v>1197</x:v>
+        <x:v>1196</x:v>
       </x:c>
       <x:c r="K324" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L324" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:12" ht="15" customHeight="1">
       <x:c r="A325" s="1">
         <x:v>322</x:v>
       </x:c>
       <x:c r="B325" s="1" t="s">
-        <x:v>1202</x:v>
+        <x:v>1209</x:v>
       </x:c>
       <x:c r="C325" s="1" t="s">
-        <x:v>1203</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="D325" s="1" t="s">
-        <x:v>1204</x:v>
+        <x:v>1210</x:v>
       </x:c>
       <x:c r="E325" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F325" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G325" s="1" t="s">
-        <x:v>1205</x:v>
+        <x:v>1211</x:v>
       </x:c>
       <x:c r="H325" s="1" t="s">
-        <x:v>1206</x:v>
+        <x:v>1212</x:v>
       </x:c>
       <x:c r="I325" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J325" s="1" t="s">
-        <x:v>1197</x:v>
+        <x:v>1196</x:v>
       </x:c>
       <x:c r="K325" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="L325" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:12" ht="15" customHeight="1">
       <x:c r="A326" s="1">
         <x:v>323</x:v>
       </x:c>
       <x:c r="B326" s="1" t="s">
-        <x:v>1207</x:v>
+        <x:v>1213</x:v>
       </x:c>
       <x:c r="C326" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="D326" s="1" t="s">
-        <x:v>1208</x:v>
+        <x:v>1214</x:v>
       </x:c>
       <x:c r="E326" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F326" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G326" s="1" t="s">
-        <x:v>1209</x:v>
+        <x:v>1215</x:v>
       </x:c>
       <x:c r="H326" s="1" t="s">
-        <x:v>1210</x:v>
+        <x:v>1216</x:v>
       </x:c>
       <x:c r="I326" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J326" s="1" t="s">
-        <x:v>1197</x:v>
+        <x:v>1196</x:v>
       </x:c>
       <x:c r="K326" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>863</x:v>
       </x:c>
       <x:c r="L326" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:12" ht="15" customHeight="1">
       <x:c r="A327" s="1">
         <x:v>324</x:v>
       </x:c>
       <x:c r="B327" s="1" t="s">
-        <x:v>1211</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C327" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="D327" s="1" t="s">
-        <x:v>1212</x:v>
+        <x:v>1217</x:v>
       </x:c>
       <x:c r="E327" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F327" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G327" s="1" t="s">
-        <x:v>1213</x:v>
+        <x:v>1215</x:v>
       </x:c>
       <x:c r="H327" s="1" t="s">
-        <x:v>1214</x:v>
+        <x:v>1218</x:v>
       </x:c>
       <x:c r="I327" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J327" s="1" t="s">
-        <x:v>1197</x:v>
+        <x:v>1219</x:v>
       </x:c>
       <x:c r="K327" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="L327" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:12" ht="15" customHeight="1">
       <x:c r="A328" s="1">
         <x:v>325</x:v>
       </x:c>
       <x:c r="B328" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="C328" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="D328" s="1" t="s">
-        <x:v>1215</x:v>
+        <x:v>1220</x:v>
       </x:c>
       <x:c r="E328" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F328" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G328" s="1" t="s">
-        <x:v>1213</x:v>
+        <x:v>1221</x:v>
       </x:c>
       <x:c r="H328" s="1" t="s">
-        <x:v>1216</x:v>
+        <x:v>1222</x:v>
       </x:c>
       <x:c r="I328" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J328" s="1" t="s">
-        <x:v>1197</x:v>
+        <x:v>1219</x:v>
       </x:c>
       <x:c r="K328" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="L328" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:12" ht="15" customHeight="1">
       <x:c r="A329" s="1">
         <x:v>326</x:v>
       </x:c>
       <x:c r="B329" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>1223</x:v>
       </x:c>
       <x:c r="C329" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D329" s="1" t="s">
-        <x:v>1217</x:v>
+        <x:v>1224</x:v>
       </x:c>
       <x:c r="E329" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="F329" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G329" s="1" t="s">
-        <x:v>1218</x:v>
+        <x:v>1225</x:v>
       </x:c>
       <x:c r="H329" s="1" t="s">
-        <x:v>1219</x:v>
+        <x:v>1226</x:v>
       </x:c>
       <x:c r="I329" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J329" s="1" t="s">
-        <x:v>1220</x:v>
+        <x:v>1227</x:v>
       </x:c>
       <x:c r="K329" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>976</x:v>
       </x:c>
       <x:c r="L329" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:12" ht="15" customHeight="1">
       <x:c r="A330" s="1">
         <x:v>327</x:v>
       </x:c>
       <x:c r="B330" s="1" t="s">
-        <x:v>1221</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="C330" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="D330" s="1" t="s">
-        <x:v>1222</x:v>
+        <x:v>1228</x:v>
       </x:c>
       <x:c r="E330" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F330" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G330" s="1" t="s">
-        <x:v>1223</x:v>
+        <x:v>1229</x:v>
       </x:c>
       <x:c r="H330" s="1" t="s">
-        <x:v>1224</x:v>
+        <x:v>1230</x:v>
       </x:c>
       <x:c r="I330" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J330" s="1" t="s">
-        <x:v>1225</x:v>
+        <x:v>1227</x:v>
       </x:c>
       <x:c r="K330" s="1" t="s">
-        <x:v>965</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L330" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:12" ht="15" customHeight="1">
       <x:c r="A331" s="1">
         <x:v>328</x:v>
       </x:c>
       <x:c r="B331" s="1" t="s">
-        <x:v>875</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="C331" s="1" t="s">
-        <x:v>739</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="D331" s="1" t="s">
-        <x:v>1226</x:v>
+        <x:v>1231</x:v>
       </x:c>
       <x:c r="E331" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F331" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G331" s="1" t="s">
+        <x:v>1232</x:v>
+      </x:c>
+      <x:c r="H331" s="1" t="s">
+        <x:v>1233</x:v>
+      </x:c>
+      <x:c r="I331" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J331" s="1" t="s">
         <x:v>1227</x:v>
       </x:c>
-      <x:c r="H331" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K331" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L331" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:12" ht="15" customHeight="1">
       <x:c r="A332" s="1">
         <x:v>329</x:v>
       </x:c>
       <x:c r="B332" s="1" t="s">
-        <x:v>556</x:v>
+        <x:v>1234</x:v>
       </x:c>
       <x:c r="C332" s="1" t="s">
-        <x:v>1125</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="D332" s="1" t="s">
-        <x:v>1229</x:v>
+        <x:v>1235</x:v>
       </x:c>
       <x:c r="E332" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F332" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G332" s="1" t="s">
-        <x:v>1230</x:v>
+        <x:v>1236</x:v>
       </x:c>
       <x:c r="H332" s="1" t="s">
-        <x:v>1231</x:v>
+        <x:v>1237</x:v>
       </x:c>
       <x:c r="I332" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J332" s="1" t="s">
-        <x:v>1225</x:v>
+        <x:v>1238</x:v>
       </x:c>
       <x:c r="K332" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="L332" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:12" ht="15" customHeight="1">
       <x:c r="A333" s="1">
         <x:v>330</x:v>
       </x:c>
       <x:c r="B333" s="1" t="s">
-        <x:v>657</x:v>
+        <x:v>1239</x:v>
       </x:c>
       <x:c r="C333" s="1" t="s">
-        <x:v>517</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="D333" s="1" t="s">
-        <x:v>1232</x:v>
+        <x:v>1240</x:v>
       </x:c>
       <x:c r="E333" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F333" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G333" s="1" t="s">
-        <x:v>1233</x:v>
+        <x:v>1241</x:v>
       </x:c>
       <x:c r="H333" s="1" t="s">
-        <x:v>1234</x:v>
+        <x:v>1242</x:v>
       </x:c>
       <x:c r="I333" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J333" s="1" t="s">
-        <x:v>1225</x:v>
+        <x:v>1238</x:v>
       </x:c>
       <x:c r="K333" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>1243</x:v>
       </x:c>
       <x:c r="L333" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:12" ht="15" customHeight="1">
       <x:c r="A334" s="1">
         <x:v>331</x:v>
       </x:c>
       <x:c r="B334" s="1" t="s">
-        <x:v>1235</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="C334" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>1244</x:v>
       </x:c>
       <x:c r="D334" s="1" t="s">
+        <x:v>1245</x:v>
+      </x:c>
+      <x:c r="E334" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F334" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G334" s="1" t="s">
         <x:v>1236</x:v>
       </x:c>
-      <x:c r="E334" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H334" s="1" t="s">
+        <x:v>1246</x:v>
+      </x:c>
+      <x:c r="I334" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J334" s="1" t="s">
         <x:v>1238</x:v>
       </x:c>
-      <x:c r="I334" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K334" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="L334" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:12" ht="15" customHeight="1">
       <x:c r="A335" s="1">
         <x:v>332</x:v>
       </x:c>
       <x:c r="B335" s="1" t="s">
-        <x:v>1240</x:v>
+        <x:v>1247</x:v>
       </x:c>
       <x:c r="C335" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="D335" s="1" t="s">
-        <x:v>1241</x:v>
+        <x:v>1248</x:v>
       </x:c>
       <x:c r="E335" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F335" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G335" s="1" t="s">
-        <x:v>1242</x:v>
+        <x:v>1236</x:v>
       </x:c>
       <x:c r="H335" s="1" t="s">
-        <x:v>1243</x:v>
+        <x:v>1249</x:v>
       </x:c>
       <x:c r="I335" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J335" s="1" t="s">
-        <x:v>1239</x:v>
+        <x:v>1250</x:v>
       </x:c>
       <x:c r="K335" s="1" t="s">
-        <x:v>1244</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L335" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:12" ht="15" customHeight="1">
       <x:c r="A336" s="1">
         <x:v>333</x:v>
       </x:c>
       <x:c r="B336" s="1" t="s">
-        <x:v>523</x:v>
+        <x:v>1049</x:v>
       </x:c>
       <x:c r="C336" s="1" t="s">
-        <x:v>1245</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="D336" s="1" t="s">
-        <x:v>1246</x:v>
+        <x:v>1251</x:v>
       </x:c>
       <x:c r="E336" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="F336" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G336" s="1" t="s">
-        <x:v>1237</x:v>
+        <x:v>1236</x:v>
       </x:c>
       <x:c r="H336" s="1" t="s">
-        <x:v>1247</x:v>
+        <x:v>1252</x:v>
       </x:c>
       <x:c r="I336" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J336" s="1" t="s">
-        <x:v>1239</x:v>
+        <x:v>1250</x:v>
       </x:c>
       <x:c r="K336" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="L336" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:12" ht="15" customHeight="1">
       <x:c r="A337" s="1">
         <x:v>334</x:v>
       </x:c>
       <x:c r="B337" s="1" t="s">
-        <x:v>1248</x:v>
+        <x:v>1253</x:v>
       </x:c>
       <x:c r="C337" s="1" t="s">
-        <x:v>661</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D337" s="1" t="s">
-        <x:v>1249</x:v>
+        <x:v>1253</x:v>
       </x:c>
       <x:c r="E337" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F337" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>1254</x:v>
       </x:c>
       <x:c r="G337" s="1" t="s">
-        <x:v>1237</x:v>
+        <x:v>1255</x:v>
       </x:c>
       <x:c r="H337" s="1" t="s">
-        <x:v>1250</x:v>
+        <x:v>1256</x:v>
       </x:c>
       <x:c r="I337" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J337" s="1" t="s">
-        <x:v>1239</x:v>
+        <x:v>1257</x:v>
       </x:c>
       <x:c r="K337" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>1253</x:v>
       </x:c>
       <x:c r="L337" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:12" ht="15" customHeight="1">
       <x:c r="A338" s="1">
         <x:v>335</x:v>
       </x:c>
       <x:c r="B338" s="1" t="s">
-        <x:v>1068</x:v>
+        <x:v>1258</x:v>
       </x:c>
       <x:c r="C338" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D338" s="1" t="s">
-        <x:v>1251</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="E338" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F338" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>1259</x:v>
       </x:c>
       <x:c r="G338" s="1" t="s">
-        <x:v>1237</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H338" s="1" t="s">
-        <x:v>1252</x:v>
+        <x:v>1260</x:v>
       </x:c>
       <x:c r="I338" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J338" s="1" t="s">
-        <x:v>1253</x:v>
+        <x:v>1261</x:v>
       </x:c>
       <x:c r="K338" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="L338" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:12" ht="15" customHeight="1">
-      <x:c r="A339" s="1">
-[...75 lines deleted...]
-      <x:c r="A341" s="2" t="s">
+      <x:c r="A339" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="B341" s="2" t="s">
+      <x:c r="B339" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C341" s="2" t="s">
+      <x:c r="C339" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D341" s="2" t="s">
+      <x:c r="D339" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E341" s="2" t="s">
+      <x:c r="E339" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F341" s="2" t="s">
+      <x:c r="F339" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G341" s="2" t="s">
+      <x:c r="G339" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="H341" s="2" t="s">
+      <x:c r="H339" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I341" s="2" t="s">
+      <x:c r="I339" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="J341" s="2" t="s">
+      <x:c r="J339" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="K341" s="2" t="s">
+      <x:c r="K339" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="L341" s="2" t="s">
+      <x:c r="L339" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:L1"/>
     <x:mergeCell ref="A2:L2"/>
-    <x:mergeCell ref="A341:L341"/>
+    <x:mergeCell ref="A339:L339"/>
   </x:mergeCells>
 </x:worksheet>
 </file>