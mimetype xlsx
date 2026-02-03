--- v2 (2026-01-14)
+++ v3 (2026-02-03)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb3e5230b6a048fb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f953d0bdc104c3c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="SMB_asof_20260112" sheetId="1" r:id="R3b54d579c37c46f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="SMB_asof_20260130" sheetId="1" r:id="R5dd7b34f959942bb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3733" uniqueCount="1262">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  01/12/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3733" uniqueCount="1257">
+  <x:si>
+    <x:t>Daily Holdings (%)  01/30/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Maturity</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Coupon</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Par Value/ Contracts</x:t>
   </x:si>
@@ -58,3777 +58,3762 @@
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>State</x:t>
   </x:si>
   <x:si>
     <x:t>Currency</x:t>
   </x:si>
   <x:si>
     <x:t>California Community Choice Financing A</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2052</x:t>
   </x:si>
   <x:si>
     <x:t>BBG012G412B0</x:t>
   </x:si>
   <x:si>
     <x:t>4.000</x:t>
   </x:si>
   <x:si>
     <x:t>Bond</x:t>
   </x:si>
   <x:si>
-    <x:t>4,000,000</x:t>
-[...2 lines deleted...]
-    <x:t>$4,131,054.84</x:t>
+    <x:t>5,000,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,064,324.60</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>1.37%</x:t>
+    <x:t>1.67%</x:t>
   </x:si>
   <x:si>
     <x:t>CA</x:t>
   </x:si>
   <x:si>
     <x:t>USD</x:t>
   </x:si>
   <x:si>
     <x:t>State Of California</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00NK8YS73</x:t>
   </x:si>
   <x:si>
     <x:t>5.000</x:t>
   </x:si>
   <x:si>
     <x:t>2,910,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,292,897.08</x:t>
+    <x:t>$3,303,119.01</x:t>
   </x:si>
   <x:si>
     <x:t>1.09%</x:t>
   </x:si>
   <x:si>
     <x:t>Commonwealth Of Massachusetts</x:t>
   </x:si>
   <x:si>
     <x:t>05/01/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00P9J4CB0</x:t>
   </x:si>
   <x:si>
     <x:t>2,665,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,053,854.39</x:t>
+    <x:t>$3,068,648.31</x:t>
   </x:si>
   <x:si>
     <x:t>1.01%</x:t>
   </x:si>
   <x:si>
     <x:t>MA</x:t>
   </x:si>
   <x:si>
     <x:t>State Of New Jersey</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0101NRJ96</x:t>
   </x:si>
   <x:si>
     <x:t>2.000</x:t>
   </x:si>
   <x:si>
     <x:t>3,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,882,298.87</x:t>
-[...2 lines deleted...]
-    <x:t>0.95%</x:t>
+    <x:t>$2,892,826.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.96%</x:t>
   </x:si>
   <x:si>
     <x:t>NJ</x:t>
   </x:si>
   <x:si>
     <x:t>Kansas Development Finance Authority</x:t>
   </x:si>
   <x:si>
     <x:t>11/15/2054</x:t>
   </x:si>
   <x:si>
     <x:t>BBG011FJHTY9</x:t>
   </x:si>
   <x:si>
     <x:t>2,450,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,757,542.25</x:t>
+    <x:t>$2,766,349.00</x:t>
   </x:si>
   <x:si>
     <x:t>0.91%</x:t>
   </x:si>
   <x:si>
     <x:t>KS</x:t>
   </x:si>
   <x:si>
     <x:t>New York City Housing Development Corp</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2064</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01THFY5X8</x:t>
   </x:si>
   <x:si>
     <x:t>3.950</x:t>
   </x:si>
   <x:si>
     <x:t>2,500,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,581,914.05</x:t>
+    <x:t>$2,590,727.36</x:t>
   </x:si>
   <x:si>
     <x:t>0.86%</x:t>
   </x:si>
   <x:si>
     <x:t>NY</x:t>
   </x:si>
   <x:si>
     <x:t>California Statewide Communities Develo</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG013FFC4D6</x:t>
   </x:si>
   <x:si>
     <x:t>1.750</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,379,765.20</x:t>
+    <x:t>$2,387,676.22</x:t>
   </x:si>
   <x:si>
     <x:t>0.79%</x:t>
   </x:si>
   <x:si>
     <x:t>Massachusetts Water Resources Authority</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0010JZ1W9</x:t>
   </x:si>
   <x:si>
     <x:t>5.250</x:t>
   </x:si>
   <x:si>
     <x:t>2,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,314,275.46</x:t>
-[...2 lines deleted...]
-    <x:t>0.77%</x:t>
+    <x:t>$2,267,746.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Black Belt Energy Gas District</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2052</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG013V2S8D1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,200,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,239,450.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AL</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GNDSKC2</x:t>
   </x:si>
   <x:si>
     <x:t>2,115,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,248,983.96</x:t>
-[...23 lines deleted...]
-    <x:t>AL</x:t>
+    <x:t>$2,200,954.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.73%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City &amp; County Of Honolulu Hi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RN4PMM6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,930,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,178,060.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HI</x:t>
   </x:si>
   <x:si>
     <x:t>Main Street Natural Gas Inc</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2054</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01Q53CYM7</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,179,705.31</x:t>
-[...2 lines deleted...]
-    <x:t>0.72%</x:t>
+    <x:t>$2,177,880.09</x:t>
   </x:si>
   <x:si>
     <x:t>GA</x:t>
   </x:si>
   <x:si>
-    <x:t>City &amp; County Of Honolulu Hi</x:t>
-[...14 lines deleted...]
-    <x:t>HI</x:t>
+    <x:t>Tennessee Energy Acquisition Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2052</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011CJT937</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,173,578.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TN</x:t>
   </x:si>
   <x:si>
     <x:t>County Of King Wa</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00HTDY175</x:t>
   </x:si>
   <x:si>
     <x:t>2,110,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,155,684.13</x:t>
+    <x:t>$2,159,711.50</x:t>
   </x:si>
   <x:si>
     <x:t>0.71%</x:t>
   </x:si>
   <x:si>
     <x:t>WA</x:t>
   </x:si>
   <x:si>
     <x:t>05/01/2054</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01GYYPVX9</x:t>
   </x:si>
   <x:si>
     <x:t>5.500</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,134,188.56</x:t>
+    <x:t>$2,141,433.12</x:t>
   </x:si>
   <x:si>
     <x:t>Fort Bend Independent School District</x:t>
   </x:si>
   <x:si>
     <x:t>08/15/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00KRTP5H5</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,121,025.89</x:t>
+    <x:t>$2,124,864.27</x:t>
   </x:si>
   <x:si>
     <x:t>0.70%</x:t>
   </x:si>
   <x:si>
     <x:t>TX</x:t>
   </x:si>
   <x:si>
     <x:t>City Of Chicago Il</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG013YVN9Q3</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,104,946.52</x:t>
+    <x:t>$2,112,910.88</x:t>
   </x:si>
   <x:si>
     <x:t>IL</x:t>
   </x:si>
   <x:si>
     <x:t>City Of Orlando Fl Tourist Development</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00HCYGHV5</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,099,544.98</x:t>
+    <x:t>$2,104,950.35</x:t>
   </x:si>
   <x:si>
     <x:t>FL</x:t>
   </x:si>
   <x:si>
     <x:t>Conroe Independent School District</x:t>
   </x:si>
   <x:si>
     <x:t>02/15/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00XP7HT20</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,097,211.29</x:t>
-[...2 lines deleted...]
-    <x:t>0.69%</x:t>
+    <x:t>$2,103,723.07</x:t>
   </x:si>
   <x:si>
     <x:t>Los Angeles Unified School District/Ca</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00NZWRVJ2</x:t>
   </x:si>
   <x:si>
     <x:t>1,720,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,899,187.98</x:t>
+    <x:t>$1,903,263.84</x:t>
   </x:si>
   <x:si>
     <x:t>0.63%</x:t>
   </x:si>
   <x:si>
     <x:t>State Of Connecticut Special Tax Revenu</x:t>
   </x:si>
   <x:si>
     <x:t>BBG010B6RCV2</x:t>
   </x:si>
   <x:si>
     <x:t>1,650,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,881,070.61</x:t>
+    <x:t>$1,890,285.17</x:t>
   </x:si>
   <x:si>
     <x:t>0.62%</x:t>
   </x:si>
   <x:si>
     <x:t>CT</x:t>
   </x:si>
   <x:si>
     <x:t>Energy Southeast A Cooperative District</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2053</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01GYZFNY4</x:t>
   </x:si>
   <x:si>
     <x:t>1,710,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,873,105.63</x:t>
+    <x:t>$1,874,282.76</x:t>
   </x:si>
   <x:si>
     <x:t>State Of Maryland</x:t>
   </x:si>
   <x:si>
     <x:t>03/15/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00S02XCH2</x:t>
   </x:si>
   <x:si>
     <x:t>1,500,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,683,155.97</x:t>
+    <x:t>$1,687,699.15</x:t>
   </x:si>
   <x:si>
     <x:t>0.56%</x:t>
   </x:si>
   <x:si>
     <x:t>MD</x:t>
   </x:si>
   <x:si>
     <x:t>New Jersey Educational Facilities Autho</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2064</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01V4YHLL3</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,680,719.19</x:t>
+    <x:t>$1,687,312.42</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Q6M0R34</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,672,790.48</x:t>
+    <x:t>$1,678,324.12</x:t>
   </x:si>
   <x:si>
     <x:t>0.55%</x:t>
   </x:si>
   <x:si>
     <x:t>State Of North Carolina</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00P8T8SS2</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,647,743.88</x:t>
+    <x:t>$1,651,296.32</x:t>
   </x:si>
   <x:si>
     <x:t>NC</x:t>
   </x:si>
   <x:si>
     <x:t>New York City Transitional Finance Auth</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZN7KRG2</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,620,378.17</x:t>
+    <x:t>$1,624,417.08</x:t>
   </x:si>
   <x:si>
     <x:t>0.54%</x:t>
   </x:si>
   <x:si>
     <x:t>Indiana Finance Authority</x:t>
   </x:si>
   <x:si>
     <x:t>BBG017SK4W30</x:t>
   </x:si>
   <x:si>
     <x:t>4.250</x:t>
   </x:si>
   <x:si>
     <x:t>1,545,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,609,635.94</x:t>
+    <x:t>$1,616,561.64</x:t>
   </x:si>
   <x:si>
     <x:t>0.53%</x:t>
   </x:si>
   <x:si>
     <x:t>IN</x:t>
   </x:si>
   <x:si>
     <x:t>Curators Of The University Of Missouri/</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00TJHB5J4</x:t>
   </x:si>
   <x:si>
     <x:t>1,400,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,582,348.16</x:t>
+    <x:t>$1,588,887.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City Of Mesa Az Utility System Revenue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00CGF2LN8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,550,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,562,746.36</x:t>
   </x:si>
   <x:si>
     <x:t>0.52%</x:t>
   </x:si>
   <x:si>
-    <x:t>MO</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>AZ</x:t>
   </x:si>
   <x:si>
     <x:t>Pefa Inc</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2049</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00P82G986</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,540,831.98</x:t>
+    <x:t>$1,549,527.76</x:t>
   </x:si>
   <x:si>
     <x:t>0.51%</x:t>
   </x:si>
   <x:si>
     <x:t>IA</x:t>
   </x:si>
   <x:si>
     <x:t>California State University</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00CLB9M16</x:t>
   </x:si>
   <x:si>
     <x:t>1,510,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,537,939.81</x:t>
+    <x:t>$1,540,157.53</x:t>
   </x:si>
   <x:si>
     <x:t>Metropolitan Transportation Authority</x:t>
   </x:si>
   <x:si>
     <x:t>11/15/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JBB5XM9</x:t>
   </x:si>
   <x:si>
     <x:t>1,445,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,531,743.56</x:t>
+    <x:t>$1,536,679.67</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2050</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00QZ0MS34</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,530,096.57</x:t>
+    <x:t>$1,534,035.87</x:t>
   </x:si>
   <x:si>
     <x:t>Kern High School District</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00X03G182</x:t>
   </x:si>
   <x:si>
     <x:t>1,600,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,526,735.13</x:t>
+    <x:t>$1,517,258.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01WJZY0Y5</x:t>
   </x:si>
   <x:si>
     <x:t>1,250,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,450,133.74</x:t>
-[...2 lines deleted...]
-    <x:t>0.48%</x:t>
+    <x:t>$1,430,600.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>County Of Allen Oh Hospital Facilities</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00T2SJDB1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,374,299.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City Of Columbus Oh</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QB6WVH4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,245,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,369,243.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New York State Dormitory Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KWW7BF1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,325,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,368,910.96</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00HZFPQ23</x:t>
   </x:si>
   <x:si>
     <x:t>1,305,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,393,012.06</x:t>
-[...50 lines deleted...]
-    <x:t>$1,365,937.94</x:t>
+    <x:t>$1,363,289.36</x:t>
   </x:si>
   <x:si>
     <x:t>Central Plains Energy Project</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JG12WP8</x:t>
   </x:si>
   <x:si>
     <x:t>1,215,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,350,305.59</x:t>
+    <x:t>$1,357,505.54</x:t>
   </x:si>
   <x:si>
     <x:t>NE</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2052</x:t>
   </x:si>
   <x:si>
     <x:t>BBG013KDKGP6</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,282,904.35</x:t>
+    <x:t>$1,291,110.98</x:t>
   </x:si>
   <x:si>
     <x:t>0.43%</x:t>
   </x:si>
   <x:si>
     <x:t>New York Transportation Development Cor</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00YGN5QM0</x:t>
   </x:si>
   <x:si>
     <x:t>1,150,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,278,005.61</x:t>
+    <x:t>$1,281,967.46</x:t>
   </x:si>
   <x:si>
     <x:t>0.42%</x:t>
   </x:si>
   <x:si>
     <x:t>Central Florida Expressway Authority</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00CGSS673</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,258,525.56</x:t>
+    <x:t>$1,260,588.69</x:t>
   </x:si>
   <x:si>
     <x:t>Jackson County School District No 549c</x:t>
   </x:si>
   <x:si>
     <x:t>12/15/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0087LGV75</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,256,771.85</x:t>
+    <x:t>$1,260,057.33</x:t>
   </x:si>
   <x:si>
     <x:t>OR</x:t>
   </x:si>
   <x:si>
+    <x:t>06/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XP7PC46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,100,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,233,463.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41%</x:t>
+  </x:si>
+  <x:si>
     <x:t>02/01/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GDCW597</x:t>
   </x:si>
   <x:si>
     <x:t>1,190,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,250,533.15</x:t>
-[...2 lines deleted...]
-    <x:t>0.41%</x:t>
+    <x:t>$1,220,409.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.40%</x:t>
   </x:si>
   <x:si>
     <x:t>Kentucky Public Energy Authority</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2052</x:t>
   </x:si>
   <x:si>
     <x:t>BBG015MRTJ64</x:t>
   </x:si>
   <x:si>
     <x:t>1,200,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,234,899.37</x:t>
+    <x:t>$1,210,428.38</x:t>
   </x:si>
   <x:si>
     <x:t>KY</x:t>
   </x:si>
   <x:si>
-    <x:t>06/01/2031</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>Jefferson County School District R-1</x:t>
   </x:si>
   <x:si>
     <x:t>12/15/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00MRS69S4</x:t>
   </x:si>
   <x:si>
     <x:t>1,110,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,197,852.92</x:t>
-[...2 lines deleted...]
-    <x:t>0.40%</x:t>
+    <x:t>$1,201,869.78</x:t>
   </x:si>
   <x:si>
     <x:t>CO</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01396STN0</x:t>
   </x:si>
   <x:si>
     <x:t>1,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,166,257.25</x:t>
+    <x:t>$1,170,767.64</x:t>
   </x:si>
   <x:si>
     <x:t>0.39%</x:t>
   </x:si>
   <x:si>
     <x:t>Triborough Bridge &amp; Tunnel Authority</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01C86DDF1</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,156,867.24</x:t>
+    <x:t>$1,160,245.33</x:t>
   </x:si>
   <x:si>
     <x:t>0.38%</x:t>
   </x:si>
   <x:si>
     <x:t>Minnesota Public Facilities Authority S</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01KDTK0Q5</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,149,671.62</x:t>
+    <x:t>$1,153,114.11</x:t>
   </x:si>
   <x:si>
     <x:t>MN</x:t>
   </x:si>
   <x:si>
     <x:t>Bay Area Toll Authority</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2047</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00FZMC078</x:t>
   </x:si>
   <x:si>
     <x:t>2.950</x:t>
   </x:si>
   <x:si>
     <x:t>1,130,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,139,297.85</x:t>
+    <x:t>$1,141,323.19</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00CNP8WK1</x:t>
   </x:si>
   <x:si>
     <x:t>1,095,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,134,244.16</x:t>
+    <x:t>$1,136,387.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Y1CTQQ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,130,465.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.37%</x:t>
   </x:si>
   <x:si>
     <x:t>05/01/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00P9J4C84</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,123,777.89</x:t>
-[...11 lines deleted...]
-    <x:t>$1,122,821.44</x:t>
+    <x:t>$1,128,284.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Texas State Transportation Commission</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LM4SVZ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,126,957.04</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01396STL2</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,118,608.75</x:t>
-[...8 lines deleted...]
-    <x:t>$1,117,452.75</x:t>
+    <x:t>$1,121,772.64</x:t>
   </x:si>
   <x:si>
     <x:t>State Of Washington</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00QT7TS20</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,116,755.22</x:t>
+    <x:t>$1,119,723.11</x:t>
   </x:si>
   <x:si>
     <x:t>Board Of Regents Of The University Of T</x:t>
   </x:si>
   <x:si>
     <x:t>08/15/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00PGVK988</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,115,013.94</x:t>
+    <x:t>$1,117,517.63</x:t>
   </x:si>
   <x:si>
     <x:t>Denton Independent School District</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01H9Y5MX7</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,114,290.54</x:t>
+    <x:t>$1,116,804.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Colorado Health Facilities Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2060</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VD0ZWG9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,113,944.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Connecticut State Health &amp; Educational</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TX98803</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,113,735.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Metropolitan Government Nashville &amp; Dav</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0138633B8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,109,286.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00S02P3T8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,103,966.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KXSJMD3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,102,703.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XRS6BD1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,099,887.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01075ZK42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,095,742.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PG9ZN17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,093,584.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KD93SF9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,092,593.36</x:t>
   </x:si>
   <x:si>
     <x:t>City Of New York Ny</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00WVL0YQ5</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,112,767.59</x:t>
-[...29 lines deleted...]
-    <x:t>$1,105,387.48</x:t>
+    <x:t>$1,091,721.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01C86DDB5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,089,606.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Regional Transportation District Sales</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZCNC2Z2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,086,580.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>County Of Miami-Dade Fl Water &amp; Sewer S</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011FJ13B8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,085,601.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New Jersey Health Care Facilities Finan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QXSMZW7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,084,609.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GX6CB14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,084,518.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01H50THP9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,081,979.33</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JGMWVQ0</x:t>
   </x:si>
   <x:si>
     <x:t>1,030,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,103,422.19</x:t>
-[...11 lines deleted...]
-    <x:t>TN</x:t>
+    <x:t>$1,080,863.44</x:t>
   </x:si>
   <x:si>
     <x:t>State Of Louisiana</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG014M83834</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,103,267.29</x:t>
+    <x:t>$1,080,701.58</x:t>
   </x:si>
   <x:si>
     <x:t>LA</x:t>
   </x:si>
   <x:si>
-    <x:t>BBG00S02P3T8</x:t>
-[...2 lines deleted...]
-    <x:t>$1,101,858.28</x:t>
+    <x:t>07/01/2053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01F2ZPQF4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,080,330.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Minneapolis-St Paul Metropolitan Airpor</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01J7FPMD6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,077,967.54</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00LDN85G1</x:t>
   </x:si>
   <x:si>
     <x:t>1,010,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,099,537.01</x:t>
-[...83 lines deleted...]
-    <x:t>$1,082,992.46</x:t>
+    <x:t>$1,077,667.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>University Of Connecticut</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KK2TJM1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,073,842.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Texas Municipal Gas Acquisition &amp; Suppl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01K3HDTB3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,072,883.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>County Of Baltimore Md</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RTTQYQ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>945,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,068,337.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01J7T1TF5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,067,923.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Arizona Department Of Transportation St</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DM2RD77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,050,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,066,468.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012JCG3X7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,066,183.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Commonwealth Of Pennsylvania</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KCFCW76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,064,416.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Southeast Energy Authority A Cooperativ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01FPHV7K8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,063,969.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0194FYXF5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,063,781.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01P7FLTZ7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>County Of Harris Tx Toll Road Revenue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00K0CXY34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,063,440.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HLD20B5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,062,861.58</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2049</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01HMSS4Y9</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,080,205.78</x:t>
-[...8 lines deleted...]
-    <x:t>07/01/2053</x:t>
+    <x:t>$1,061,161.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City Of Houston Tx Combined Utility Sys</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MBDHMZ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,058,771.93</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01CD97GC2</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,075,916.19</x:t>
-[...44 lines deleted...]
-    <x:t>0.35%</x:t>
+    <x:t>$1,058,214.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>State Of Illinois</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QQ8C5X5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,054,523.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Washington Convention &amp; Sports Authorit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00K1GB3F3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,054,299.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG018PMLN38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,053,456.31</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00LK87QX2</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,066,946.49</x:t>
-[...23 lines deleted...]
-    <x:t>Commonwealth Of Pennsylvania</x:t>
+    <x:t>$1,044,614.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00G5H6ZD3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,043,070.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34%</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00PBGPC02</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,065,187.01</x:t>
-[...23 lines deleted...]
-    <x:t>$1,064,002.95</x:t>
+    <x:t>$1,042,355.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hillsboro School District No 1j</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JFF5K44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,041,772.17</x:t>
   </x:si>
   <x:si>
     <x:t>Iowa Finance Authority</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00J8C45T6</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,062,849.99</x:t>
-[...110 lines deleted...]
-    <x:t>$1,039,012.48</x:t>
+    <x:t>$1,039,661.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00CRD01K0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,038,965.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Francisco City &amp; County Public Util</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01G2R1JY1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,036,615.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>West Virginia Commissioner Of Highways</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HYZBL80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,036,513.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00TS9PPH5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,015,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,034,962.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01C86DD89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,033,105.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Metropolitan Council</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZWVLVX0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,031,390.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Louisville/Jefferson County Metropolita</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2047</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RZF0XM1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,030,560.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New York State Thruway Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KZLP4G6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,030,438.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ohio Water Development Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00D61KVY4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,030,210.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Central Florida Tourism Oversight Distr</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HMV90B7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,026,200.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DGWMJX1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>935,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,024,321.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>University Of Houston</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/15/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RCXQ7S0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,024,307.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pennsylvania Higher Educational Facilit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00CLLNJ51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,024,024.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>State Of Connecticut</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG010Z728R5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,022,173.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00K8G5CK7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,021,782.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Texas Water Development Board</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DW0PGD8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,020,622.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>California State Public Works Board</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DYPXRM8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,020,337.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Long Island Power Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WN6S3N7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,019,414.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SSNX3Q5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,018,280.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QT7TRX8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,017,750.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>State Of Minnesota</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HSFV3S7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,017,368.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>State Of Georgia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GX8Q5P3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,016,000.14</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2026</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00PBGPBZ6</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,038,200.81</x:t>
+    <x:t>$1,014,971.60</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2040</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00CP56KY6</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,037,702.99</x:t>
-[...236 lines deleted...]
-    <x:t>$1,014,238.46</x:t>
+    <x:t>$1,014,587.58</x:t>
   </x:si>
   <x:si>
     <x:t>State Of Hawaii</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00B63VHY3</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,008,610.53</x:t>
+    <x:t>$1,010,227.87</x:t>
   </x:si>
   <x:si>
     <x:t>0.33%</x:t>
   </x:si>
   <x:si>
     <x:t>State Of Florida</x:t>
   </x:si>
   <x:si>
     <x:t>BBG009S7LNW5</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,003,779.73</x:t>
+    <x:t>$1,005,402.07</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00P3CSRL1</x:t>
   </x:si>
   <x:si>
     <x:t>900,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$996,793.78</x:t>
+    <x:t>$1,002,000.81</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00QRXP333</x:t>
   </x:si>
   <x:si>
     <x:t>910,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$991,227.05</x:t>
+    <x:t>$993,846.02</x:t>
   </x:si>
   <x:si>
     <x:t>Golden State Tobacco Securitization Cor</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000ZPZPZ3</x:t>
   </x:si>
   <x:si>
-    <x:t>$991,109.70</x:t>
+    <x:t>$993,019.60</x:t>
   </x:si>
   <x:si>
     <x:t>02/15/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00NWR6Q73</x:t>
   </x:si>
   <x:si>
-    <x:t>$977,933.99</x:t>
+    <x:t>$981,630.31</x:t>
   </x:si>
   <x:si>
     <x:t>0.32%</x:t>
   </x:si>
   <x:si>
     <x:t>State Of Florida Department Of Transpor</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00QK4CZC7</x:t>
   </x:si>
   <x:si>
     <x:t>880,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$976,274.16</x:t>
+    <x:t>$978,918.73</x:t>
   </x:si>
   <x:si>
     <x:t>Collin County Community College Distric</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00K6990D5</x:t>
   </x:si>
   <x:si>
     <x:t>925,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$960,073.00</x:t>
+    <x:t>$961,891.38</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JCP0J52</x:t>
   </x:si>
   <x:si>
-    <x:t>$934,883.74</x:t>
-[...2 lines deleted...]
-    <x:t>0.31%</x:t>
+    <x:t>$915,127.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
   </x:si>
   <x:si>
     <x:t>Beverly Hills Unified School District C</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0011KRZ95</x:t>
   </x:si>
   <x:si>
-    <x:t>$903,722.20</x:t>
-[...2 lines deleted...]
-    <x:t>0.30%</x:t>
+    <x:t>$906,469.30</x:t>
   </x:si>
   <x:si>
     <x:t>Harris County Cultural Education Facili</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JCP3H53</x:t>
   </x:si>
   <x:si>
     <x:t>850,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$894,427.84</x:t>
+    <x:t>$896,739.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2045</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0106YJTK1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>875,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$877,575.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>State Of New Mexico Severance Tax Perma</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00L4H4VJ8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>840,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$876,319.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Georgia State Road &amp; Tollway Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YGN6BF0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>800,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$876,156.89</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01FRPGS29</x:t>
   </x:si>
   <x:si>
-    <x:t>$891,754.96</x:t>
-[...44 lines deleted...]
-    <x:t>NM</x:t>
+    <x:t>$873,419.35</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01JNTXS55</x:t>
   </x:si>
   <x:si>
     <x:t>830,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$858,277.32</x:t>
+    <x:t>$859,947.26</x:t>
   </x:si>
   <x:si>
     <x:t>0.28%</x:t>
   </x:si>
   <x:si>
+    <x:t>Public Finance Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SQ8MTB1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>810,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$852,486.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DM2RD68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>835,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$848,270.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Q6LZ359</x:t>
+  </x:si>
+  <x:si>
+    <x:t>750,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$840,479.81</x:t>
+  </x:si>
+  <x:si>
     <x:t>BBG00D5Y4PL8</x:t>
   </x:si>
   <x:si>
     <x:t>825,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$855,443.89</x:t>
-[...35 lines deleted...]
-    <x:t>$837,936.05</x:t>
+    <x:t>$836,345.22</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01JNTXS73</x:t>
   </x:si>
   <x:si>
     <x:t>785,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$833,466.73</x:t>
+    <x:t>$834,972.12</x:t>
   </x:si>
   <x:si>
     <x:t>Los Angeles County Metropolitan Transpo</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00FS7R4V8</x:t>
   </x:si>
   <x:si>
     <x:t>795,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$831,090.11</x:t>
+    <x:t>$832,326.47</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00J35P862</x:t>
   </x:si>
   <x:si>
-    <x:t>$823,817.27</x:t>
+    <x:t>$824,846.46</x:t>
   </x:si>
   <x:si>
     <x:t>0.27%</x:t>
   </x:si>
   <x:si>
+    <x:t>BBG00H56QFJ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$807,403.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>County Of Fairfax Va</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JNKXBW2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$805,720.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011RWVC41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$803,319.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>California Health Facilities Financing</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JKZG7M1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$798,579.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PZT5372</x:t>
+  </x:si>
+  <x:si>
+    <x:t>780,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$797,593.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00J3640H8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$796,406.36</x:t>
+  </x:si>
+  <x:si>
     <x:t>County Of Montgomery Md</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00W0YNSS7</x:t>
   </x:si>
   <x:si>
-    <x:t>$806,825.11</x:t>
-[...74 lines deleted...]
-    <x:t>$793,545.20</x:t>
+    <x:t>$793,668.55</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00NW3PTH8</x:t>
   </x:si>
   <x:si>
-    <x:t>$786,988.17</x:t>
+    <x:t>$788,635.83</x:t>
   </x:si>
   <x:si>
     <x:t>New Jersey Transportation Trust Fund Au</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F3BMD87</x:t>
   </x:si>
   <x:si>
     <x:t>4.100</x:t>
   </x:si>
   <x:si>
-    <x:t>$786,752.45</x:t>
+    <x:t>$787,960.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>State Of Maryland Department Of Transpo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KRWZ364</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$782,418.17</x:t>
   </x:si>
   <x:si>
     <x:t>01/15/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00FN166S8</x:t>
   </x:si>
   <x:si>
     <x:t>745,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$783,325.05</x:t>
-[...8 lines deleted...]
-    <x:t>$780,815.93</x:t>
+    <x:t>$765,999.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City Of Milwaukee Wi</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00SY2C0G5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$765,711.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Regional Transportation Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HC12C89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>735,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$763,322.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New Jersey Economic Development Authori</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HNKG166</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>755,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$758,048.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Energy Northwest</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GDCVZS1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>725,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$756,347.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG013B87852</x:t>
+  </x:si>
+  <x:si>
+    <x:t>675,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$755,401.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City Of South Miami Health Facilities A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JHP0G35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>710,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$754,283.08</x:t>
   </x:si>
   <x:si>
     <x:t>Virginia Public Building Authority</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JDKG6X2</x:t>
   </x:si>
   <x:si>
     <x:t>720,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$765,674.20</x:t>
-[...26 lines deleted...]
-    <x:t>$761,539.20</x:t>
+    <x:t>$749,347.54</x:t>
   </x:si>
   <x:si>
     <x:t>Parish Of St John The Baptist La</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2037</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00WKH94Z3</x:t>
   </x:si>
   <x:si>
     <x:t>2.375</x:t>
   </x:si>
   <x:si>
-    <x:t>$756,805.56</x:t>
-[...50 lines deleted...]
-    <x:t>$752,328.11</x:t>
+    <x:t>$748,654.84</x:t>
   </x:si>
   <x:si>
     <x:t>Montgomery County Industrial Developmen</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01FQZ0WZ0</x:t>
   </x:si>
   <x:si>
     <x:t>705,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$745,139.49</x:t>
+    <x:t>$747,283.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New York State Urban Development Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00G6D7DP6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>690,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$725,475.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Illinois Finance Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YJKPVJ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>685,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$714,812.60</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00WM1KGR5</x:t>
   </x:si>
   <x:si>
     <x:t>700,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$726,121.68</x:t>
-[...17 lines deleted...]
-    <x:t>$723,834.97</x:t>
+    <x:t>$709,931.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000ZN7RP6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>680,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$702,682.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pennsylvania Housing Finance Agency</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DQHHZV5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$699,228.87</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00DSLD072</x:t>
   </x:si>
   <x:si>
-    <x:t>$714,512.58</x:t>
-[...11 lines deleted...]
-    <x:t>$713,128.06</x:t>
+    <x:t>$698,630.09</x:t>
   </x:si>
   <x:si>
     <x:t>Trinity River Authority Central Regiona</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GLNQHJ4</x:t>
   </x:si>
   <x:si>
     <x:t>670,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$712,062.86</x:t>
-[...11 lines deleted...]
-    <x:t>0.23%</x:t>
+    <x:t>$696,224.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Q00X3T7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$695,311.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00D1ZXBP4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$690,398.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LDF3T35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>640,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$689,814.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GDD1P59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>660,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$687,524.86</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00D20RPB1</x:t>
   </x:si>
   <x:si>
-    <x:t>$696,816.66</x:t>
-[...50 lines deleted...]
-    <x:t>$686,024.70</x:t>
+    <x:t>$684,779.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Washington Metropolitan Area Transit Au</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00H9207F6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>650,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$675,503.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Illinois State Toll Highway Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00R2JF8J2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$669,307.11</x:t>
   </x:si>
   <x:si>
     <x:t>Town Of Oyster Bay Ny</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00KVRYQR7</x:t>
   </x:si>
   <x:si>
     <x:t>665,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$674,955.30</x:t>
-[...23 lines deleted...]
-    <x:t>$667,826.48</x:t>
+    <x:t>$665,324.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New York State Environmental Facilities</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QDM2RV3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>605,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$649,812.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00TZNJ818</x:t>
+  </x:si>
+  <x:si>
+    <x:t>600,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$643,732.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HTSP7M2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>615,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$642,803.88</x:t>
   </x:si>
   <x:si>
     <x:t>City Of San Antonio Tx Electric &amp; Gas S</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00D6158F3</x:t>
   </x:si>
   <x:si>
     <x:t>630,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$652,842.91</x:t>
-[...41 lines deleted...]
-    <x:t>$640,936.81</x:t>
+    <x:t>$638,287.13</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00DBBFK76</x:t>
   </x:si>
   <x:si>
-    <x:t>$637,200.91</x:t>
+    <x:t>$638,221.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City Of Phoenix Civic Improvement Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F5NRK97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>620,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$629,569.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>State Of New York Mortgage Agency Homeo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00C1CP0R8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$620,564.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City Of Dallas Tx Waterworks &amp; Sewer Sy</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00D3DLY92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$620,043.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New York State Housing Finance Agency</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2060</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01699XC58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$617,507.91</x:t>
   </x:si>
   <x:si>
     <x:t>Virginia College Building Authority</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00QT7PST5</x:t>
   </x:si>
   <x:si>
-    <x:t>$630,358.19</x:t>
-[...29 lines deleted...]
-    <x:t>$618,753.03</x:t>
+    <x:t>$616,771.60</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00LY4MP98</x:t>
   </x:si>
   <x:si>
     <x:t>595,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$614,885.41</x:t>
-[...17 lines deleted...]
-    <x:t>$614,767.13</x:t>
+    <x:t>$616,110.50</x:t>
   </x:si>
   <x:si>
     <x:t>12/15/2026</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Z19MT03</x:t>
   </x:si>
   <x:si>
-    <x:t>$613,476.17</x:t>
+    <x:t>$615,229.06</x:t>
   </x:si>
   <x:si>
     <x:t>05/01/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00H56QFG4</x:t>
   </x:si>
   <x:si>
     <x:t>585,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$610,498.21</x:t>
+    <x:t>$611,517.74</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00D5Y7LS7</x:t>
   </x:si>
   <x:si>
-    <x:t>$608,115.75</x:t>
+    <x:t>$608,989.23</x:t>
   </x:si>
   <x:si>
     <x:t>County Of Lehigh Pa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00QQ85D66</x:t>
   </x:si>
   <x:si>
-    <x:t>$607,197.57</x:t>
+    <x:t>$608,427.21</x:t>
   </x:si>
   <x:si>
     <x:t>State Of Illinois Sales Tax Revenue</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01254DXH5</x:t>
   </x:si>
   <x:si>
     <x:t>580,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$603,037.61</x:t>
+    <x:t>$604,628.21</x:t>
   </x:si>
   <x:si>
     <x:t>Alabama Public School And College Autho</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00XV3CTW4</x:t>
   </x:si>
   <x:si>
     <x:t>525,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$590,978.74</x:t>
+    <x:t>$592,596.57</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00D3DLY83</x:t>
   </x:si>
   <x:si>
     <x:t>565,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$582,740.19</x:t>
+    <x:t>$583,949.84</x:t>
   </x:si>
   <x:si>
     <x:t>0.19%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00H9207D8</x:t>
   </x:si>
   <x:si>
     <x:t>555,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$575,999.51</x:t>
+    <x:t>$577,345.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00WVL7QR4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$566,502.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Utah Transit Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VV3LY01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$566,260.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R3YZJS1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$565,789.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Q6M0QY2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>530,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$565,077.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KK2TJJ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>550,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$561,240.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PHMVKW2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$559,908.93</x:t>
   </x:si>
   <x:si>
     <x:t>San Bernardino Community College Distri</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2049</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00QYN0FV6</x:t>
   </x:si>
   <x:si>
     <x:t>540,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$566,363.40</x:t>
+    <x:t>$556,809.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18%</x:t>
   </x:si>
   <x:si>
     <x:t>Miami Beach Redevelopment Agency</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01VVNCSX4</x:t>
   </x:si>
   <x:si>
-    <x:t>500,000</x:t>
-[...47 lines deleted...]
-    <x:t>$560,361.29</x:t>
+    <x:t>$556,005.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Orange County Convention Center/Orlando</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GSMYCP4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>490,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$553,563.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rutherford Cty Health &amp; Edu Fac Brd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2048</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YM97002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$553,251.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QD67D35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$550,967.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>County Of Jefferson Al</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00H1B4QG7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$550,176.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chicago O'Hare International Airport</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QF13ZN6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$549,745.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City Of San Francisco Ca Public Utiliti</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01H8WNJL2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$549,567.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Metropolitan Government Of Nashville &amp;</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00CXCLL28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>545,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$549,462.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YBNR458</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$548,576.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New York City Industrial Development Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XKLYB42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$547,808.00</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00CXD0K76</x:t>
   </x:si>
   <x:si>
-    <x:t>$559,748.39</x:t>
-[...35 lines deleted...]
-    <x:t>$551,857.98</x:t>
+    <x:t>$547,130.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>County Of Clark Department Of Aviation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LTHPRJ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$546,037.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01HTM3230</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$544,867.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Metropolitan Washington Airports Author</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PC81DM9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$543,604.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG019Q1JG02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>535,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$543,470.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>California Infrastructure &amp; Economic De</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QB5DX46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$542,580.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shelby County Health Educational &amp; Hous</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NB0B994</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$542,099.20</x:t>
   </x:si>
   <x:si>
     <x:t>Austin Independent School District</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00NJLQ6B8</x:t>
   </x:si>
   <x:si>
     <x:t>505,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$550,355.21</x:t>
-[...125 lines deleted...]
-    <x:t>$540,162.54</x:t>
+    <x:t>$538,962.60</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00S02P3S9</x:t>
   </x:si>
   <x:si>
-    <x:t>$537,515.34</x:t>
+    <x:t>$538,597.18</x:t>
   </x:si>
   <x:si>
     <x:t>Ohio Turnpike &amp; Infrastructure Commissi</x:t>
   </x:si>
   <x:si>
     <x:t>02/15/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JXJKPC9</x:t>
   </x:si>
   <x:si>
-    <x:t>$536,553.02</x:t>
+    <x:t>$538,003.52</x:t>
   </x:si>
   <x:si>
     <x:t>Central Puget Sound Regional Transit Au</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0133R2JY8</x:t>
   </x:si>
   <x:si>
     <x:t>520,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$536,303.19</x:t>
+    <x:t>$537,419.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S9HGSL8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$536,733.73</x:t>
   </x:si>
   <x:si>
     <x:t>American Municipal Power Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00RMV1HZ0</x:t>
   </x:si>
   <x:si>
-    <x:t>$536,279.32</x:t>
+    <x:t>$536,090.32</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00HVK96P3</x:t>
   </x:si>
   <x:si>
     <x:t>510,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$535,944.24</x:t>
-[...8 lines deleted...]
-    <x:t>$532,403.72</x:t>
+    <x:t>$535,811.58</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00M6JNL10</x:t>
   </x:si>
   <x:si>
-    <x:t>$532,327.72</x:t>
+    <x:t>$533,290.72</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0139PLLL4</x:t>
   </x:si>
   <x:si>
-    <x:t>$532,001.48</x:t>
+    <x:t>$533,091.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GKLB850</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$532,400.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Arizona Industrial Development Authorit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KFWVJM7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$531,113.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01C86DD98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$530,916.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>State Of Michigan Trunk Line Revenue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00WYY86H7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$530,015.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grand River Dam Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F36K6W8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>515,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$529,809.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DR2J854</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$529,223.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00M7W5BK1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$529,216.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2052</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG018WZ0668</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$528,660.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Virginia Commonwealth Transportation Bo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F12YF72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$527,933.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YJKPVK2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$527,885.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tobacco Settlement Financing Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KHZ57F2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$526,977.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>County Of Miami-Dade Fl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DBJZRF3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$526,799.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JHGGZ81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$525,706.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011RWVC50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$525,638.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014H40FM5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$525,305.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01CH2T9T7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$524,675.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00G3P9L18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$524,281.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>University Of Colorado</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JDKGBZ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$524,004.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01H7TRG96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$523,641.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lower Colorado River Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GJTJ320</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$522,878.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG009FBKJ32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$521,761.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZXPYFF3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$520,908.37</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00RNXPHX1</x:t>
   </x:si>
   <x:si>
-    <x:t>$531,771.14</x:t>
-[...188 lines deleted...]
-    <x:t>$519,255.19</x:t>
+    <x:t>$520,372.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Butler County Unified School District N</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GY1BN29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$519,900.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01FQYYMX0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$519,085.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HSFZK05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$518,927.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/15/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00T6XQYJ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$518,569.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001077KT8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$518,315.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MNZL5V8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$518,077.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wisconsin Health &amp; Educational Faciliti</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JCWDPL1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$516,817.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011YPS0W7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$516,598.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>County Of Mecklenburg Nc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HD9Y4X6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$516,395.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City Of Colorado Springs Co Utilities S</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00L9B8RS1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$516,355.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HS861P8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$516,117.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City Of Portland Or Sewer System Revenu</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GF32F04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$515,945.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00M567ZG0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$515,389.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>State Of Colorado</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0113RZRC2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$515,214.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Boulder Larimer &amp; Weld Counties St Vrai</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00FD7Y6Z7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$515,166.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>North Texas Tollway Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JHJ5NF5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$514,805.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Salt River Project Agricultural Improve</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XPQZ4R6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$514,713.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City Of Forsyth Mt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01H511LC2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$512,660.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00J3ZJR70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$512,532.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00CF2LDH2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$511,301.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>State Of Michigan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DBB9QX1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$511,125.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>State Of Texas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DZNJNS1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$510,670.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG018KN76W2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$509,572.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HMJ93M6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$508,640.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DL8R251</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$508,133.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2063</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NCKK9W3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$508,112.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Delaware Transportation Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00WYH7CW5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$508,062.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HSFZK50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$508,024.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Maryland Community Development Administ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R3MNGR7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$507,974.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>County Of Bexar Tx</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JG8GJV0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$507,921.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N8LSK62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$507,542.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rhode Island Health And Educational Bui</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG008KP7Q54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$507,440.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>East County Advanced Water Purification</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PKNMJY7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$507,366.47</x:t>
   </x:si>
   <x:si>
     <x:t>San Diego Public Facilities Financing A</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00CZT40H8</x:t>
   </x:si>
   <x:si>
-    <x:t>$519,041.84</x:t>
-[...167 lines deleted...]
-    <x:t>$511,922.97</x:t>
+    <x:t>$507,331.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG013G4XR37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$506,941.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Michigan State Housing Development Auth</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PM0H8P5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$506,555.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>University Of Pittsburgh/Pa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZVX2KK6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$506,310.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tobacco Settlement Financing Corp/Ri</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0087HHLJ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$506,213.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014QZN749</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$505,309.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2062</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01H49GWG2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$505,089.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Maricopa County Industrial Development</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GY5PKR3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$504,725.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZT2Z0W1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$504,615.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2051</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01HDKLPS3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$504,462.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ohio Air Quality Development Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PL43V09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$504,105.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0101NRJ50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$500,581.87</x:t>
   </x:si>
   <x:si>
     <x:t>North Carolina Medical Care Commission</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2051</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00YV3D0F3</x:t>
   </x:si>
   <x:si>
-    <x:t>$511,870.04</x:t>
-[...215 lines deleted...]
-    <x:t>$499,466.34</x:t>
+    <x:t>$500,138.89</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01PZT5354</x:t>
   </x:si>
   <x:si>
     <x:t>485,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$495,231.64</x:t>
+    <x:t>$495,755.63</x:t>
   </x:si>
   <x:si>
     <x:t>0.16%</x:t>
   </x:si>
   <x:si>
     <x:t>Foothill-Eastern Transportation Corrido</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000ZS22D8</x:t>
   </x:si>
   <x:si>
-    <x:t>$489,143.40</x:t>
+    <x:t>$490,229.55</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00WML6FV4</x:t>
   </x:si>
   <x:si>
     <x:t>440,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$464,621.65</x:t>
+    <x:t>$466,107.74</x:t>
   </x:si>
   <x:si>
     <x:t>0.15%</x:t>
   </x:si>
   <x:si>
     <x:t>State Of Mississippi</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GX2JPY0</x:t>
   </x:si>
   <x:si>
     <x:t>430,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$455,428.42</x:t>
+    <x:t>$456,214.88</x:t>
   </x:si>
   <x:si>
     <x:t>MS</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00LG7JPZ6</x:t>
   </x:si>
   <x:si>
     <x:t>435,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$440,917.29</x:t>
+    <x:t>$441,722.04</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZFBJXB6</x:t>
   </x:si>
   <x:si>
     <x:t>410,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$429,952.78</x:t>
+    <x:t>$430,667.20</x:t>
   </x:si>
   <x:si>
     <x:t>0.14%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00CKKMCY8</x:t>
   </x:si>
   <x:si>
     <x:t>425,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$428,904.58</x:t>
+    <x:t>$429,624.70</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00MS8Y363</x:t>
   </x:si>
   <x:si>
     <x:t>415,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$426,381.52</x:t>
+    <x:t>$427,326.85</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GBL1HW1</x:t>
   </x:si>
   <x:si>
     <x:t>400,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$413,368.34</x:t>
+    <x:t>$414,191.93</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00LLN5R22</x:t>
   </x:si>
   <x:si>
-    <x:t>$413,108.19</x:t>
+    <x:t>$413,681.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QXXN2V8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>350,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$399,240.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00HDB1GB4</x:t>
   </x:si>
   <x:si>
     <x:t>385,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$399,430.64</x:t>
-[...11 lines deleted...]
-    <x:t>$397,267.69</x:t>
+    <x:t>$390,520.12</x:t>
   </x:si>
   <x:si>
     <x:t>Allegheny County Hospital Development A</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00P55MHW0</x:t>
   </x:si>
   <x:si>
     <x:t>360,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$396,845.54</x:t>
+    <x:t>$389,349.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>County Of Wake Nc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PCCBYL4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>375,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$388,845.61</x:t>
   </x:si>
   <x:si>
     <x:t>Oakland Unified School District/Alameda</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00DK5B629</x:t>
   </x:si>
   <x:si>
     <x:t>380,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$394,432.06</x:t>
-[...11 lines deleted...]
-    <x:t>$388,082.07</x:t>
+    <x:t>$385,638.13</x:t>
   </x:si>
   <x:si>
     <x:t>University Of Utah/The</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00HDGQV41</x:t>
   </x:si>
   <x:si>
     <x:t>365,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$387,203.53</x:t>
+    <x:t>$378,983.33</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01GS75Q31</x:t>
   </x:si>
   <x:si>
-    <x:t>$370,361.33</x:t>
+    <x:t>$371,488.73</x:t>
   </x:si>
   <x:si>
     <x:t>0.12%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0148L3ZM0</x:t>
   </x:si>
   <x:si>
     <x:t>358,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$362,481.71</x:t>
+    <x:t>$364,139.36</x:t>
   </x:si>
   <x:si>
     <x:t>Canadian County Educational Facilities</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GNX0K92</x:t>
   </x:si>
   <x:si>
     <x:t>330,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$333,875.00</x:t>
+    <x:t>$334,448.06</x:t>
   </x:si>
   <x:si>
     <x:t>0.11%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JC05NX2</x:t>
   </x:si>
   <x:si>
     <x:t>305,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$323,650.79</x:t>
+    <x:t>$324,528.03</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F40TD56</x:t>
   </x:si>
   <x:si>
     <x:t>310,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$321,353.02</x:t>
+    <x:t>$321,571.28</x:t>
   </x:si>
   <x:si>
     <x:t>Kentucky State Property &amp; Building Comm</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01Q1T0VR8</x:t>
   </x:si>
   <x:si>
     <x:t>250,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$281,387.92</x:t>
+    <x:t>$283,365.94</x:t>
   </x:si>
   <x:si>
     <x:t>0.09%</x:t>
   </x:si>
   <x:si>
     <x:t>South Dakota Health &amp; Educational Facil</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00HK94GD6</x:t>
   </x:si>
   <x:si>
     <x:t>255,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$267,812.99</x:t>
+    <x:t>$268,547.21</x:t>
   </x:si>
   <x:si>
     <x:t>SD</x:t>
   </x:si>
   <x:si>
     <x:t>04/15/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00HQ6QDZ5</x:t>
   </x:si>
   <x:si>
-    <x:t>$264,313.41</x:t>
-[...8 lines deleted...]
-    <x:t>$255,997.65</x:t>
+    <x:t>$265,172.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DVZC2L8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$242,593.16</x:t>
   </x:si>
   <x:si>
     <x:t>0.08%</x:t>
   </x:si>
   <x:si>
-    <x:t>BBG00DVZC2L8</x:t>
-[...4 lines deleted...]
-  <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>4,310,788</x:t>
-[...5 lines deleted...]
-    <x:t>1.43%</x:t>
+    <x:t>2,117,264</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,117,264.19</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-45,922.14</x:t>
-[...2 lines deleted...]
-    <x:t>-0.02%</x:t>
+    <x:t>$432,580.55</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -3853,51 +3838,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3fbc2857877144e9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rc17f8876e24e49b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3b54d579c37c46f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc4a68a6a636495f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R5b5e03a8a23f48fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5dd7b34f959942bb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:L339"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="16" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="12" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="28" customWidth="1"/>
     <x:col min="8" max="8" width="20" customWidth="1"/>
     <x:col min="9" max="9" width="21" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
     <x:col min="11" max="11" width="10" customWidth="1"/>
     <x:col min="12" max="12" width="14" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
@@ -4297,1130 +4282,1130 @@
       </x:c>
       <x:c r="G11" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H11" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="I11" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J11" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="K11" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L11" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:12" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G12" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="H12" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="I12" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J12" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="K12" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="L12" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:12" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="H13" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J13" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="K13" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L13" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:12" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>90</x:v>
       </x:c>
       <x:c r="H14" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="I14" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J14" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="K14" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="L14" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:12" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J15" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="K15" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="L15" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:12" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="H16" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
-      <x:c r="H16" s="1" t="s">
+      <x:c r="I16" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J16" s="1" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="K16" s="1" t="s">
         <x:v>103</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>105</x:v>
       </x:c>
       <x:c r="L16" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:12" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="D17" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="D17" s="1" t="s">
+      <x:c r="E17" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F17" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G17" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
-      <x:c r="E17" s="1" t="s">
+      <x:c r="H17" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
-      <x:c r="F17" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="H17" s="1" t="s">
+      <x:c r="I17" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J17" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="I17" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K17" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="L17" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:12" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J18" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="K18" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L18" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:12" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
-      <x:c r="C19" s="1" t="s">
+      <x:c r="D19" s="1" t="s">
         <x:v>117</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>118</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="I19" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J19" s="1" t="s">
         <x:v>119</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>114</x:v>
       </x:c>
       <x:c r="K19" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="L19" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:12" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J20" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K20" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="L20" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:12" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J21" s="1" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="K21" s="1" t="s">
         <x:v>130</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>115</x:v>
       </x:c>
       <x:c r="L21" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:12" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J22" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K22" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="L22" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:12" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="D23" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
-      <x:c r="C23" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D23" s="1" t="s">
+      <x:c r="E23" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F23" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G23" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
-      <x:c r="E23" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G23" s="1" t="s">
+      <x:c r="H23" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
-      <x:c r="H23" s="1" t="s">
+      <x:c r="I23" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J23" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="I23" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K23" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L23" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:12" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="D24" s="1" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="E24" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F24" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G24" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
-      <x:c r="C24" s="1" t="s">
+      <x:c r="H24" s="1" t="s">
         <x:v>143</x:v>
       </x:c>
-      <x:c r="D24" s="1" t="s">
+      <x:c r="I24" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J24" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
-      <x:c r="E24" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G24" s="1" t="s">
+      <x:c r="K24" s="1" t="s">
         <x:v>145</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>86</x:v>
       </x:c>
       <x:c r="L24" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:12" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
+      <x:c r="D25" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="s">
+      <x:c r="E25" s="1" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="F25" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G25" s="1" t="s">
         <x:v>149</x:v>
       </x:c>
-      <x:c r="E25" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G25" s="1" t="s">
+      <x:c r="H25" s="1" t="s">
         <x:v>150</x:v>
       </x:c>
-      <x:c r="H25" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I25" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J25" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="K25" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="L25" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:12" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="D26" s="1" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="E26" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F26" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G26" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="H26" s="1" t="s">
         <x:v>155</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
+      <x:c r="I26" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J26" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
-      <x:c r="E26" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="H26" s="1" t="s">
+      <x:c r="K26" s="1" t="s">
         <x:v>157</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>46</x:v>
       </x:c>
       <x:c r="L26" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:12" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J27" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="K27" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L27" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:12" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
         <x:v>162</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="D28" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="D28" s="1" t="s">
+      <x:c r="E28" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F28" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G28" s="1" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="H28" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="E28" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="H28" s="1" t="s">
+      <x:c r="I28" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J28" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
-      <x:c r="I28" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K28" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L28" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:12" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
         <x:v>167</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="D29" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
+      <x:c r="E29" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F29" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G29" s="1" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="H29" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="E29" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="H29" s="1" t="s">
+      <x:c r="I29" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J29" s="1" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="K29" s="1" t="s">
         <x:v>170</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>61</x:v>
       </x:c>
       <x:c r="L29" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:12" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
         <x:v>172</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>168</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F30" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G30" s="1" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="H30" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
-      <x:c r="F30" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G30" s="1" t="s">
+      <x:c r="I30" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J30" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
-      <x:c r="H30" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K30" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L30" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:12" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="D31" s="1" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="E31" s="1" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="F31" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
         <x:v>179</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D31" s="1" t="s">
+      <x:c r="H31" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
-      <x:c r="E31" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G31" s="1" t="s">
+      <x:c r="I31" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J31" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
-      <x:c r="H31" s="1" t="s">
+      <x:c r="K31" s="1" t="s">
         <x:v>182</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>184</x:v>
       </x:c>
       <x:c r="L31" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:12" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="D32" s="1" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="E32" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F32" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G32" s="1" t="s">
         <x:v>185</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
+      <x:c r="H32" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
-      <x:c r="D32" s="1" t="s">
+      <x:c r="I32" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J32" s="1" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="K32" s="1" t="s">
         <x:v>187</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>190</x:v>
       </x:c>
       <x:c r="L32" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:12" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="D33" s="1" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="E33" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F33" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
         <x:v>191</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
+      <x:c r="H33" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
-      <x:c r="D33" s="1" t="s">
+      <x:c r="I33" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J33" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
-      <x:c r="E33" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="H33" s="1" t="s">
+      <x:c r="K33" s="1" t="s">
         <x:v>194</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>196</x:v>
       </x:c>
       <x:c r="L33" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:12" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="D34" s="1" t="s">
         <x:v>197</x:v>
       </x:c>
-      <x:c r="C34" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D34" s="1" t="s">
+      <x:c r="E34" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F34" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G34" s="1" t="s">
+        <x:v>154</x:v>
+      </x:c>
+      <x:c r="H34" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
-      <x:c r="E34" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G34" s="1" t="s">
+      <x:c r="I34" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J34" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
-      <x:c r="H34" s="1" t="s">
+      <x:c r="K34" s="1" t="s">
         <x:v>200</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>23</x:v>
       </x:c>
       <x:c r="L34" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:12" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="D35" s="1" t="s">
         <x:v>202</x:v>
       </x:c>
-      <x:c r="D35" s="1" t="s">
+      <x:c r="E35" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F35" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
         <x:v>203</x:v>
       </x:c>
-      <x:c r="E35" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G35" s="1" t="s">
+      <x:c r="H35" s="1" t="s">
         <x:v>204</x:v>
       </x:c>
-      <x:c r="H35" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I35" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J35" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="K35" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L35" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:12" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J36" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="K36" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L36" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:12" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J37" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="K37" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="L37" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:12" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
         <x:v>214</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J38" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="K38" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L38" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:12" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J39" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="K39" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L39" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:12" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G40" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="H40" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J40" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="K40" s="1" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="L40" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:12" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
@@ -5475,11285 +5460,11285 @@
       </x:c>
       <x:c r="G42" s="1" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J42" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="K42" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L42" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:12" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="C43" s="1" t="s">
         <x:v>239</x:v>
       </x:c>
-      <x:c r="C43" s="1" t="s">
+      <x:c r="D43" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
-      <x:c r="D43" s="1" t="s">
+      <x:c r="E43" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F43" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G43" s="1" t="s">
         <x:v>241</x:v>
       </x:c>
-      <x:c r="E43" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G43" s="1" t="s">
+      <x:c r="H43" s="1" t="s">
         <x:v>242</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>243</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J43" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="K43" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L43" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:12" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="D44" s="1" t="s">
         <x:v>245</x:v>
       </x:c>
-      <x:c r="D44" s="1" t="s">
+      <x:c r="E44" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F44" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G44" s="1" t="s">
         <x:v>246</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>215</x:v>
       </x:c>
       <x:c r="H44" s="1" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J44" s="1" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="K44" s="1" t="s">
         <x:v>248</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>92</x:v>
       </x:c>
       <x:c r="L44" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:12" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
+        <x:v>94</x:v>
+      </x:c>
+      <x:c r="C45" s="1" t="s">
         <x:v>249</x:v>
       </x:c>
-      <x:c r="C45" s="1" t="s">
+      <x:c r="D45" s="1" t="s">
         <x:v>250</x:v>
       </x:c>
-      <x:c r="D45" s="1" t="s">
+      <x:c r="E45" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F45" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G45" s="1" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="H45" s="1" t="s">
         <x:v>251</x:v>
       </x:c>
-      <x:c r="E45" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G45" s="1" t="s">
+      <x:c r="I45" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J45" s="1" t="s">
         <x:v>252</x:v>
       </x:c>
-      <x:c r="H45" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K45" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="L45" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:12" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="C46" s="1" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="D46" s="1" t="s">
         <x:v>255</x:v>
       </x:c>
-      <x:c r="C46" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D46" s="1" t="s">
+      <x:c r="E46" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F46" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G46" s="1" t="s">
         <x:v>256</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>215</x:v>
       </x:c>
       <x:c r="H46" s="1" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J46" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="K46" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L46" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:12" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G47" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="H47" s="1" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J47" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="K47" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="L47" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:12" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="H48" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
-      <x:c r="H48" s="1" t="s">
+      <x:c r="I48" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J48" s="1" t="s">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="K48" s="1" t="s">
         <x:v>266</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>61</x:v>
       </x:c>
       <x:c r="L48" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:12" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="C49" s="1" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="D49" s="1" t="s">
         <x:v>268</x:v>
       </x:c>
-      <x:c r="C49" s="1" t="s">
+      <x:c r="E49" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F49" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G49" s="1" t="s">
         <x:v>269</x:v>
       </x:c>
-      <x:c r="D49" s="1" t="s">
+      <x:c r="H49" s="1" t="s">
         <x:v>270</x:v>
       </x:c>
-      <x:c r="E49" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G49" s="1" t="s">
+      <x:c r="I49" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J49" s="1" t="s">
         <x:v>271</x:v>
       </x:c>
-      <x:c r="H49" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K49" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="L49" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:12" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="D50" s="1" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="E50" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F50" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G50" s="1" t="s">
         <x:v>274</x:v>
       </x:c>
-      <x:c r="D50" s="1" t="s">
+      <x:c r="H50" s="1" t="s">
         <x:v>275</x:v>
       </x:c>
-      <x:c r="E50" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G50" s="1" t="s">
+      <x:c r="I50" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J50" s="1" t="s">
         <x:v>276</x:v>
       </x:c>
-      <x:c r="H50" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K50" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L50" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:12" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="C51" s="1" t="s">
         <x:v>278</x:v>
       </x:c>
-      <x:c r="C51" s="1" t="s">
+      <x:c r="D51" s="1" t="s">
         <x:v>279</x:v>
       </x:c>
-      <x:c r="D51" s="1" t="s">
+      <x:c r="E51" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F51" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G51" s="1" t="s">
         <x:v>280</x:v>
       </x:c>
-      <x:c r="E51" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G51" s="1" t="s">
+      <x:c r="H51" s="1" t="s">
         <x:v>281</x:v>
       </x:c>
-      <x:c r="H51" s="1" t="s">
+      <x:c r="I51" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J51" s="1" t="s">
+        <x:v>276</x:v>
+      </x:c>
+      <x:c r="K51" s="1" t="s">
         <x:v>282</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>284</x:v>
       </x:c>
       <x:c r="L51" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:12" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G52" s="1" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="H52" s="1" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J52" s="1" t="s">
+        <x:v>276</x:v>
+      </x:c>
+      <x:c r="K52" s="1" t="s">
         <x:v>288</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>23</x:v>
       </x:c>
       <x:c r="L52" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:12" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="C53" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="D53" s="1" t="s">
         <x:v>289</x:v>
       </x:c>
-      <x:c r="C53" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D53" s="1" t="s">
+      <x:c r="E53" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F53" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G53" s="1" t="s">
         <x:v>290</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>286</x:v>
       </x:c>
       <x:c r="H53" s="1" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J53" s="1" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="K53" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L53" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:12" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J54" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="K54" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L54" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:12" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="D55" s="1" t="s">
         <x:v>298</x:v>
       </x:c>
-      <x:c r="D55" s="1" t="s">
+      <x:c r="E55" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F55" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G55" s="1" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="H55" s="1" t="s">
         <x:v>299</x:v>
       </x:c>
-      <x:c r="E55" s="1" t="s">
+      <x:c r="I55" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J55" s="1" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="K55" s="1" t="s">
         <x:v>300</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>23</x:v>
       </x:c>
       <x:c r="L55" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:12" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="D56" s="1" t="s">
         <x:v>303</x:v>
       </x:c>
-      <x:c r="D56" s="1" t="s">
+      <x:c r="E56" s="1" t="s">
         <x:v>304</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>28</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J56" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="K56" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L56" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:12" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J57" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="K57" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L57" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:12" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G58" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H58" s="1" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J58" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="K58" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L58" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:12" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="D59" s="1" t="s">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="E59" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F59" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G59" s="1" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="H59" s="1" t="s">
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="I59" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J59" s="1" t="s">
         <x:v>314</x:v>
       </x:c>
-      <x:c r="D59" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="K59" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L59" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:12" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H60" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J60" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="K60" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="L60" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:12" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G61" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H61" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="I61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J61" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="K61" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L61" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:12" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G62" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H62" s="1" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="I62" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J62" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="K62" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="L62" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:12" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G63" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H63" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="I63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J63" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="K63" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="L63" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:12" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F64" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G64" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H64" s="1" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="I64" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J64" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="K64" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="L64" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:12" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G65" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H65" s="1" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="I65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J65" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="K65" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="L65" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:12" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G66" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H66" s="1" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="I66" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J66" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="K66" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="L66" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:12" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G67" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H67" s="1" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="I67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J67" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="K67" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="L67" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:12" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G68" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H68" s="1" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="I68" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J68" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="K68" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="L68" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:12" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G69" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H69" s="1" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="I69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J69" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="K69" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="L69" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:12" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="C70" s="1" t="s">
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="D70" s="1" t="s">
+        <x:v>350</x:v>
+      </x:c>
+      <x:c r="E70" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F70" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G70" s="1" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="H70" s="1" t="s">
         <x:v>351</x:v>
       </x:c>
-      <x:c r="C70" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I70" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J70" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="K70" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L70" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:12" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F71" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G71" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H71" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="I71" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J71" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="K71" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L71" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:12" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G72" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H72" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="I72" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J72" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="K72" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="L72" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:12" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G73" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H73" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="I73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J73" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="K73" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L73" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:12" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="E74" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F74" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G74" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H74" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="I74" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J74" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="K74" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L74" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:12" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G75" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H75" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="I75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J75" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="K75" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L75" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:12" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
+        <x:v>368</x:v>
+      </x:c>
+      <x:c r="D76" s="1" t="s">
         <x:v>369</x:v>
       </x:c>
-      <x:c r="D76" s="1" t="s">
+      <x:c r="E76" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F76" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G76" s="1" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="H76" s="1" t="s">
         <x:v>370</x:v>
       </x:c>
-      <x:c r="E76" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I76" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J76" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="K76" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="L76" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:12" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
+        <x:v>371</x:v>
+      </x:c>
+      <x:c r="C77" s="1" t="s">
         <x:v>372</x:v>
       </x:c>
-      <x:c r="C77" s="1" t="s">
+      <x:c r="D77" s="1" t="s">
         <x:v>373</x:v>
       </x:c>
-      <x:c r="D77" s="1" t="s">
+      <x:c r="E77" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F77" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G77" s="1" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="H77" s="1" t="s">
         <x:v>374</x:v>
       </x:c>
-      <x:c r="E77" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J77" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="K77" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="L77" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:12" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="D78" s="1" t="s">
         <x:v>376</x:v>
       </x:c>
-      <x:c r="D78" s="1" t="s">
+      <x:c r="E78" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F78" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G78" s="1" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="H78" s="1" t="s">
         <x:v>377</x:v>
       </x:c>
-      <x:c r="E78" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I78" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J78" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="K78" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L78" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:12" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
+        <x:v>378</x:v>
+      </x:c>
+      <x:c r="D79" s="1" t="s">
         <x:v>379</x:v>
       </x:c>
-      <x:c r="D79" s="1" t="s">
+      <x:c r="E79" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F79" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G79" s="1" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="H79" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
-      <x:c r="E79" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J79" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="K79" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="L79" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:12" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="C80" s="1" t="s">
+        <x:v>364</x:v>
+      </x:c>
+      <x:c r="D80" s="1" t="s">
+        <x:v>381</x:v>
+      </x:c>
+      <x:c r="E80" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F80" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G80" s="1" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="H80" s="1" t="s">
         <x:v>382</x:v>
       </x:c>
-      <x:c r="C80" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I80" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J80" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="K80" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L80" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:12" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F81" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G81" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="H81" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="I81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J81" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="K81" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="L81" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:12" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="D82" s="1" t="s">
+        <x:v>388</x:v>
+      </x:c>
+      <x:c r="E82" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F82" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G82" s="1" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="H82" s="1" t="s">
         <x:v>389</x:v>
       </x:c>
-      <x:c r="D82" s="1" t="s">
+      <x:c r="I82" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J82" s="1" t="s">
+        <x:v>347</x:v>
+      </x:c>
+      <x:c r="K82" s="1" t="s">
         <x:v>390</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>86</x:v>
       </x:c>
       <x:c r="L82" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:12" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
         <x:v>392</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F83" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G83" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H83" s="1" t="s">
         <x:v>393</x:v>
       </x:c>
       <x:c r="I83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J83" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="K83" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="L83" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:12" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F84" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G84" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H84" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="I84" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J84" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="K84" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="L84" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:12" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="D85" s="1" t="s">
         <x:v>398</x:v>
       </x:c>
-      <x:c r="D85" s="1" t="s">
+      <x:c r="E85" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F85" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G85" s="1" t="s">
         <x:v>399</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>286</x:v>
       </x:c>
       <x:c r="H85" s="1" t="s">
         <x:v>400</x:v>
       </x:c>
       <x:c r="I85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J85" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="K85" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L85" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:12" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="E86" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F86" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G86" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H86" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="I86" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J86" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="K86" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="L86" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:12" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
+        <x:v>408</x:v>
+      </x:c>
+      <x:c r="E87" s="1" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="F87" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G87" s="1" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="H87" s="1" t="s">
+        <x:v>409</x:v>
+      </x:c>
+      <x:c r="I87" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J87" s="1" t="s">
         <x:v>405</x:v>
       </x:c>
-      <x:c r="E87" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K87" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="L87" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:12" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="E88" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F88" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G88" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="H88" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="I88" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J88" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="K88" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="L88" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:12" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="D89" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="E89" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F89" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G89" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H89" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="I89" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J89" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="K89" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L89" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:12" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
-        <x:v>415</x:v>
+        <x:v>418</x:v>
       </x:c>
       <x:c r="E90" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F90" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G90" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="H90" s="1" t="s">
-        <x:v>416</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="I90" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J90" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="K90" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="L90" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:12" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="E91" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F91" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G91" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H91" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="I91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J91" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="K91" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L91" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:12" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="D92" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="E92" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F92" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G92" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H92" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="I92" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J92" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="K92" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="L92" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:12" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F93" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G93" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H93" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="I93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J93" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="K93" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="L93" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:12" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
         <x:v>431</x:v>
       </x:c>
       <x:c r="E94" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F94" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G94" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H94" s="1" t="s">
         <x:v>432</x:v>
       </x:c>
       <x:c r="I94" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J94" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="K94" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L94" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:12" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
+        <x:v>360</x:v>
+      </x:c>
+      <x:c r="C95" s="1" t="s">
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="D95" s="1" t="s">
         <x:v>433</x:v>
       </x:c>
-      <x:c r="C95" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="E95" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F95" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G95" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H95" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="I95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J95" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="K95" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L95" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:12" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="D96" s="1" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="E96" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F96" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G96" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H96" s="1" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="I96" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J96" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="K96" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="L96" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:12" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="D97" s="1" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="E97" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F97" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G97" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H97" s="1" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="I97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J97" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="K97" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L97" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:12" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="D98" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="E98" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="F98" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G98" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H98" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="I98" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J98" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="K98" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="L98" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:12" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="D99" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>445</x:v>
       </x:c>
       <x:c r="E99" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F99" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G99" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H99" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>446</x:v>
       </x:c>
       <x:c r="I99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J99" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="K99" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="L99" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:12" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C100" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="D100" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="E100" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F100" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G100" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H100" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="I100" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J100" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="K100" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L100" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:12" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="C101" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="D101" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="E101" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F101" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G101" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H101" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="I101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J101" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="K101" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L101" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:12" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="C102" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="D102" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="E102" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F102" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G102" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H102" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="I102" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J102" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="K102" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="L102" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:12" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C103" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="D103" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="E103" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F103" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G103" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H103" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="I103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J103" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="K103" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="L103" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:12" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C104" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D104" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="E104" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F104" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G104" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H104" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="I104" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J104" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="K104" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L104" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:12" ht="15" customHeight="1">
       <x:c r="A105" s="1">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="C105" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="D105" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="E105" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F105" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G105" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H105" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="I105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J105" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="K105" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L105" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:12" ht="15" customHeight="1">
       <x:c r="A106" s="1">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="C106" s="1" t="s">
+        <x:v>466</x:v>
+      </x:c>
+      <x:c r="D106" s="1" t="s">
+        <x:v>467</x:v>
+      </x:c>
+      <x:c r="E106" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F106" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G106" s="1" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="H106" s="1" t="s">
+        <x:v>468</x:v>
+      </x:c>
+      <x:c r="I106" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J106" s="1" t="s">
         <x:v>465</x:v>
       </x:c>
-      <x:c r="D106" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="K106" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="L106" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:12" ht="15" customHeight="1">
       <x:c r="A107" s="1">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
         <x:v>469</x:v>
       </x:c>
       <x:c r="C107" s="1" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="D107" s="1" t="s">
         <x:v>471</x:v>
       </x:c>
       <x:c r="E107" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F107" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G107" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H107" s="1" t="s">
         <x:v>472</x:v>
       </x:c>
       <x:c r="I107" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J107" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="K107" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="L107" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:12" ht="15" customHeight="1">
       <x:c r="A108" s="1">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>473</x:v>
       </x:c>
       <x:c r="C108" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D108" s="1" t="s">
         <x:v>474</x:v>
       </x:c>
       <x:c r="E108" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F108" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G108" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H108" s="1" t="s">
         <x:v>475</x:v>
       </x:c>
       <x:c r="I108" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J108" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="K108" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="L108" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:12" ht="15" customHeight="1">
       <x:c r="A109" s="1">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C109" s="1" t="s">
         <x:v>476</x:v>
       </x:c>
       <x:c r="D109" s="1" t="s">
         <x:v>477</x:v>
       </x:c>
       <x:c r="E109" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F109" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G109" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H109" s="1" t="s">
         <x:v>478</x:v>
       </x:c>
       <x:c r="I109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J109" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="K109" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L109" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:12" ht="15" customHeight="1">
       <x:c r="A110" s="1">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="C110" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="D110" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="E110" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F110" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G110" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H110" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="I110" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J110" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="K110" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L110" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:12" ht="15" customHeight="1">
       <x:c r="A111" s="1">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
-        <x:v>482</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="C111" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="D111" s="1" t="s">
         <x:v>484</x:v>
       </x:c>
       <x:c r="E111" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F111" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G111" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H111" s="1" t="s">
         <x:v>485</x:v>
       </x:c>
       <x:c r="I111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J111" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="K111" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="L111" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:12" ht="15" customHeight="1">
       <x:c r="A112" s="1">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
-        <x:v>486</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C112" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="D112" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="E112" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F112" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G112" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="H112" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="I112" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J112" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="K112" s="1" t="s">
-        <x:v>489</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="L112" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:12" ht="15" customHeight="1">
       <x:c r="A113" s="1">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C113" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="D113" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="E113" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F113" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G113" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H113" s="1" t="s">
         <x:v>493</x:v>
       </x:c>
       <x:c r="I113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J113" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="K113" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L113" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:12" ht="15" customHeight="1">
       <x:c r="A114" s="1">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="C114" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="D114" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="E114" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F114" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G114" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H114" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="I114" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J114" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="K114" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="L114" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:12" ht="15" customHeight="1">
       <x:c r="A115" s="1">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="C115" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="D115" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="E115" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F115" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G115" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H115" s="1" t="s">
-        <x:v>500</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="I115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J115" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="K115" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="L115" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:12" ht="15" customHeight="1">
       <x:c r="A116" s="1">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="C116" s="1" t="s">
-        <x:v>502</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="D116" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="E116" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F116" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G116" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H116" s="1" t="s">
-        <x:v>504</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="I116" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J116" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="K116" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L116" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:12" ht="15" customHeight="1">
       <x:c r="A117" s="1">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="C117" s="1" t="s">
-        <x:v>506</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="D117" s="1" t="s">
-        <x:v>507</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="E117" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F117" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G117" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H117" s="1" t="s">
-        <x:v>508</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="I117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J117" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="K117" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="L117" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:12" ht="15" customHeight="1">
       <x:c r="A118" s="1">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
-        <x:v>509</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="C118" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="D118" s="1" t="s">
         <x:v>511</x:v>
       </x:c>
       <x:c r="E118" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F118" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G118" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H118" s="1" t="s">
         <x:v>512</x:v>
       </x:c>
       <x:c r="I118" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J118" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="K118" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="L118" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:12" ht="15" customHeight="1">
       <x:c r="A119" s="1">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="C119" s="1" t="s">
         <x:v>513</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>274</x:v>
       </x:c>
       <x:c r="D119" s="1" t="s">
         <x:v>514</x:v>
       </x:c>
       <x:c r="E119" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F119" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G119" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="H119" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="I119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J119" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="K119" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="L119" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:12" ht="15" customHeight="1">
       <x:c r="A120" s="1">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="C120" s="1" t="s">
-        <x:v>517</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="D120" s="1" t="s">
-        <x:v>518</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="E120" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F120" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G120" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H120" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="I120" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J120" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="K120" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="L120" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:12" ht="15" customHeight="1">
       <x:c r="A121" s="1">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="C121" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="D121" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="E121" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F121" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G121" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H121" s="1" t="s">
-        <x:v>523</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="I121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J121" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="K121" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="L121" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:12" ht="15" customHeight="1">
       <x:c r="A122" s="1">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="C122" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="D122" s="1" t="s">
-        <x:v>525</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="E122" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="F122" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G122" s="1" t="s">
-        <x:v>526</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H122" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>528</x:v>
       </x:c>
       <x:c r="I122" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J122" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="K122" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="L122" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:12" ht="15" customHeight="1">
       <x:c r="A123" s="1">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C123" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="D123" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>529</x:v>
       </x:c>
       <x:c r="E123" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F123" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G123" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H123" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="I123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J123" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="K123" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L123" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:12" ht="15" customHeight="1">
       <x:c r="A124" s="1">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
-        <x:v>530</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="C124" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="D124" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="E124" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F124" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G124" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H124" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="I124" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J124" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="K124" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="L124" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:12" ht="15" customHeight="1">
       <x:c r="A125" s="1">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="C125" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D125" s="1" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="E125" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F125" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G125" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H125" s="1" t="s">
         <x:v>537</x:v>
       </x:c>
       <x:c r="I125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J125" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="K125" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L125" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:12" ht="15" customHeight="1">
       <x:c r="A126" s="1">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
         <x:v>538</x:v>
       </x:c>
       <x:c r="C126" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="D126" s="1" t="s">
-        <x:v>539</x:v>
+        <x:v>540</x:v>
       </x:c>
       <x:c r="E126" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="F126" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G126" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H126" s="1" t="s">
-        <x:v>540</x:v>
+        <x:v>541</x:v>
       </x:c>
       <x:c r="I126" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J126" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="K126" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L126" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:12" ht="15" customHeight="1">
       <x:c r="A127" s="1">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C127" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="D127" s="1" t="s">
         <x:v>542</x:v>
       </x:c>
-      <x:c r="D127" s="1" t="s">
+      <x:c r="E127" s="1" t="s">
         <x:v>543</x:v>
       </x:c>
-      <x:c r="E127" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F127" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G127" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H127" s="1" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="I127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J127" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="K127" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L127" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:12" ht="15" customHeight="1">
       <x:c r="A128" s="1">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="C128" s="1" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="D128" s="1" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="E128" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F128" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G128" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H128" s="1" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="I128" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J128" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="K128" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="L128" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:12" ht="15" customHeight="1">
       <x:c r="A129" s="1">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="C129" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="D129" s="1" t="s">
         <x:v>549</x:v>
       </x:c>
       <x:c r="E129" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="F129" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G129" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H129" s="1" t="s">
         <x:v>550</x:v>
       </x:c>
       <x:c r="I129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J129" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="K129" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="L129" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:12" ht="15" customHeight="1">
       <x:c r="A130" s="1">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="C130" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="D130" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>553</x:v>
       </x:c>
       <x:c r="E130" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F130" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G130" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H130" s="1" t="s">
-        <x:v>553</x:v>
+        <x:v>554</x:v>
       </x:c>
       <x:c r="I130" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J130" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="K130" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="L130" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:12" ht="15" customHeight="1">
       <x:c r="A131" s="1">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B131" s="1" t="s">
-        <x:v>554</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="C131" s="1" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="D131" s="1" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="E131" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F131" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G131" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H131" s="1" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="I131" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J131" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="K131" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="L131" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:12" ht="15" customHeight="1">
       <x:c r="A132" s="1">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="C132" s="1" t="s">
         <x:v>558</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>314</x:v>
       </x:c>
       <x:c r="D132" s="1" t="s">
         <x:v>559</x:v>
       </x:c>
       <x:c r="E132" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F132" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G132" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H132" s="1" t="s">
         <x:v>560</x:v>
       </x:c>
       <x:c r="I132" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J132" s="1" t="s">
-        <x:v>561</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="K132" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L132" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:12" ht="15" customHeight="1">
       <x:c r="A133" s="1">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
+        <x:v>561</x:v>
+      </x:c>
+      <x:c r="C133" s="1" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="D133" s="1" t="s">
         <x:v>562</x:v>
       </x:c>
-      <x:c r="C133" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D133" s="1" t="s">
+      <x:c r="E133" s="1" t="s">
+        <x:v>527</x:v>
+      </x:c>
+      <x:c r="F133" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G133" s="1" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="H133" s="1" t="s">
         <x:v>563</x:v>
       </x:c>
-      <x:c r="E133" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="H133" s="1" t="s">
+      <x:c r="I133" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J133" s="1" t="s">
         <x:v>564</x:v>
       </x:c>
-      <x:c r="I133" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K133" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="L133" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:12" ht="15" customHeight="1">
       <x:c r="A134" s="1">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>565</x:v>
       </x:c>
       <x:c r="C134" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="D134" s="1" t="s">
-        <x:v>565</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="E134" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="F134" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G134" s="1" t="s">
-        <x:v>566</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H134" s="1" t="s">
         <x:v>567</x:v>
       </x:c>
       <x:c r="I134" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J134" s="1" t="s">
-        <x:v>561</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="K134" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="L134" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:12" ht="15" customHeight="1">
       <x:c r="A135" s="1">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B135" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="C135" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="D135" s="1" t="s">
         <x:v>568</x:v>
       </x:c>
       <x:c r="E135" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F135" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G135" s="1" t="s">
         <x:v>569</x:v>
       </x:c>
       <x:c r="H135" s="1" t="s">
         <x:v>570</x:v>
       </x:c>
       <x:c r="I135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J135" s="1" t="s">
-        <x:v>561</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="K135" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="L135" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:12" ht="15" customHeight="1">
       <x:c r="A136" s="1">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B136" s="1" t="s">
+        <x:v>25</x:v>
+      </x:c>
+      <x:c r="C136" s="1" t="s">
+        <x:v>368</x:v>
+      </x:c>
+      <x:c r="D136" s="1" t="s">
         <x:v>571</x:v>
       </x:c>
-      <x:c r="C136" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D136" s="1" t="s">
+      <x:c r="E136" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F136" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G136" s="1" t="s">
         <x:v>572</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>286</x:v>
       </x:c>
       <x:c r="H136" s="1" t="s">
         <x:v>573</x:v>
       </x:c>
       <x:c r="I136" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J136" s="1" t="s">
-        <x:v>561</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="K136" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L136" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:12" ht="15" customHeight="1">
       <x:c r="A137" s="1">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B137" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="C137" s="1" t="s">
-        <x:v>574</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="D137" s="1" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="E137" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F137" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G137" s="1" t="s">
-        <x:v>569</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H137" s="1" t="s">
         <x:v>576</x:v>
       </x:c>
       <x:c r="I137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J137" s="1" t="s">
-        <x:v>577</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="K137" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L137" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:12" ht="15" customHeight="1">
       <x:c r="A138" s="1">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="C138" s="1" t="s">
+        <x:v>577</x:v>
+      </x:c>
+      <x:c r="D138" s="1" t="s">
         <x:v>578</x:v>
       </x:c>
-      <x:c r="C138" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D138" s="1" t="s">
+      <x:c r="E138" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F138" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G138" s="1" t="s">
+        <x:v>572</x:v>
+      </x:c>
+      <x:c r="H138" s="1" t="s">
         <x:v>579</x:v>
       </x:c>
-      <x:c r="E138" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G138" s="1" t="s">
+      <x:c r="I138" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J138" s="1" t="s">
         <x:v>580</x:v>
       </x:c>
-      <x:c r="H138" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K138" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="L138" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:12" ht="15" customHeight="1">
       <x:c r="A139" s="1">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B139" s="1" t="s">
+        <x:v>581</x:v>
+      </x:c>
+      <x:c r="C139" s="1" t="s">
+        <x:v>105</x:v>
+      </x:c>
+      <x:c r="D139" s="1" t="s">
         <x:v>582</x:v>
       </x:c>
-      <x:c r="C139" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D139" s="1" t="s">
+      <x:c r="E139" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F139" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G139" s="1" t="s">
         <x:v>583</x:v>
       </x:c>
-      <x:c r="E139" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G139" s="1" t="s">
+      <x:c r="H139" s="1" t="s">
         <x:v>584</x:v>
       </x:c>
-      <x:c r="H139" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J139" s="1" t="s">
-        <x:v>577</x:v>
+        <x:v>580</x:v>
       </x:c>
       <x:c r="K139" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="L139" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:12" ht="15" customHeight="1">
       <x:c r="A140" s="1">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B140" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="C140" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="D140" s="1" t="s">
         <x:v>586</x:v>
       </x:c>
       <x:c r="E140" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F140" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G140" s="1" t="s">
+        <x:v>587</x:v>
+      </x:c>
+      <x:c r="H140" s="1" t="s">
+        <x:v>588</x:v>
+      </x:c>
+      <x:c r="I140" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J140" s="1" t="s">
         <x:v>580</x:v>
       </x:c>
-      <x:c r="H140" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K140" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="L140" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:12" ht="15" customHeight="1">
       <x:c r="A141" s="1">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B141" s="1" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="C141" s="1" t="s">
+        <x:v>82</x:v>
+      </x:c>
+      <x:c r="D141" s="1" t="s">
         <x:v>589</x:v>
       </x:c>
-      <x:c r="C141" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D141" s="1" t="s">
+      <x:c r="E141" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F141" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G141" s="1" t="s">
+        <x:v>583</x:v>
+      </x:c>
+      <x:c r="H141" s="1" t="s">
         <x:v>590</x:v>
       </x:c>
-      <x:c r="E141" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="H141" s="1" t="s">
+      <x:c r="I141" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J141" s="1" t="s">
         <x:v>591</x:v>
       </x:c>
-      <x:c r="I141" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K141" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="L141" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:12" ht="15" customHeight="1">
       <x:c r="A142" s="1">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B142" s="1" t="s">
+        <x:v>592</x:v>
+      </x:c>
+      <x:c r="C142" s="1" t="s">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="D142" s="1" t="s">
         <x:v>593</x:v>
       </x:c>
-      <x:c r="C142" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D142" s="1" t="s">
+      <x:c r="E142" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F142" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G142" s="1" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="H142" s="1" t="s">
         <x:v>594</x:v>
       </x:c>
-      <x:c r="E142" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I142" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J142" s="1" t="s">
-        <x:v>592</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="K142" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L142" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:12" ht="15" customHeight="1">
       <x:c r="A143" s="1">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B143" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>595</x:v>
       </x:c>
       <x:c r="C143" s="1" t="s">
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="D143" s="1" t="s">
+        <x:v>596</x:v>
+      </x:c>
+      <x:c r="E143" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F143" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G143" s="1" t="s">
         <x:v>597</x:v>
       </x:c>
-      <x:c r="D143" s="1" t="s">
+      <x:c r="H143" s="1" t="s">
         <x:v>598</x:v>
       </x:c>
-      <x:c r="E143" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J143" s="1" t="s">
-        <x:v>592</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="K143" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="L143" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:12" ht="15" customHeight="1">
       <x:c r="A144" s="1">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B144" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C144" s="1" t="s">
+        <x:v>599</x:v>
+      </x:c>
+      <x:c r="D144" s="1" t="s">
         <x:v>600</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>601</x:v>
       </x:c>
       <x:c r="E144" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F144" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G144" s="1" t="s">
+        <x:v>601</x:v>
+      </x:c>
+      <x:c r="H144" s="1" t="s">
         <x:v>602</x:v>
       </x:c>
-      <x:c r="H144" s="1" t="s">
+      <x:c r="I144" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J144" s="1" t="s">
         <x:v>603</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>604</x:v>
       </x:c>
       <x:c r="K144" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L144" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:12" ht="15" customHeight="1">
       <x:c r="A145" s="1">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B145" s="1" t="s">
+        <x:v>604</x:v>
+      </x:c>
+      <x:c r="C145" s="1" t="s">
         <x:v>605</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>524</x:v>
       </x:c>
       <x:c r="D145" s="1" t="s">
         <x:v>606</x:v>
       </x:c>
       <x:c r="E145" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F145" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G145" s="1" t="s">
         <x:v>607</x:v>
       </x:c>
       <x:c r="H145" s="1" t="s">
         <x:v>608</x:v>
       </x:c>
       <x:c r="I145" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J145" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="K145" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="L145" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:12" ht="15" customHeight="1">
       <x:c r="A146" s="1">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B146" s="1" t="s">
-        <x:v>609</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="C146" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="D146" s="1" t="s">
         <x:v>611</x:v>
       </x:c>
       <x:c r="E146" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F146" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G146" s="1" t="s">
         <x:v>612</x:v>
       </x:c>
       <x:c r="H146" s="1" t="s">
         <x:v>613</x:v>
       </x:c>
       <x:c r="I146" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J146" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="K146" s="1" t="s">
-        <x:v>614</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="L146" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:12" ht="15" customHeight="1">
       <x:c r="A147" s="1">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B147" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C147" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="D147" s="1" t="s">
         <x:v>615</x:v>
       </x:c>
       <x:c r="E147" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F147" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G147" s="1" t="s">
+        <x:v>597</x:v>
+      </x:c>
+      <x:c r="H147" s="1" t="s">
         <x:v>616</x:v>
       </x:c>
-      <x:c r="H147" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I147" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J147" s="1" t="s">
-        <x:v>618</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="K147" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L147" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:12" ht="15" customHeight="1">
       <x:c r="A148" s="1">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B148" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="C148" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="D148" s="1" t="s">
+        <x:v>617</x:v>
+      </x:c>
+      <x:c r="E148" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F148" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G148" s="1" t="s">
+        <x:v>618</x:v>
+      </x:c>
+      <x:c r="H148" s="1" t="s">
         <x:v>619</x:v>
       </x:c>
-      <x:c r="E148" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G148" s="1" t="s">
+      <x:c r="I148" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J148" s="1" t="s">
         <x:v>620</x:v>
       </x:c>
-      <x:c r="H148" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K148" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L148" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:12" ht="15" customHeight="1">
       <x:c r="A149" s="1">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B149" s="1" t="s">
+        <x:v>621</x:v>
+      </x:c>
+      <x:c r="C149" s="1" t="s">
         <x:v>622</x:v>
       </x:c>
-      <x:c r="C149" s="1" t="s">
+      <x:c r="D149" s="1" t="s">
         <x:v>623</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>624</x:v>
       </x:c>
       <x:c r="E149" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F149" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G149" s="1" t="s">
+        <x:v>624</x:v>
+      </x:c>
+      <x:c r="H149" s="1" t="s">
         <x:v>625</x:v>
       </x:c>
-      <x:c r="H149" s="1" t="s">
+      <x:c r="I149" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J149" s="1" t="s">
+        <x:v>620</x:v>
+      </x:c>
+      <x:c r="K149" s="1" t="s">
         <x:v>626</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>627</x:v>
       </x:c>
       <x:c r="L149" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:12" ht="15" customHeight="1">
       <x:c r="A150" s="1">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B150" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>417</x:v>
       </x:c>
       <x:c r="C150" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D150" s="1" t="s">
+        <x:v>627</x:v>
+      </x:c>
+      <x:c r="E150" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F150" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G150" s="1" t="s">
         <x:v>628</x:v>
       </x:c>
-      <x:c r="E150" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G150" s="1" t="s">
+      <x:c r="H150" s="1" t="s">
         <x:v>629</x:v>
       </x:c>
-      <x:c r="H150" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I150" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J150" s="1" t="s">
-        <x:v>618</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="K150" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="L150" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:12" ht="15" customHeight="1">
       <x:c r="A151" s="1">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B151" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C151" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="D151" s="1" t="s">
+        <x:v>630</x:v>
+      </x:c>
+      <x:c r="E151" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F151" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G151" s="1" t="s">
         <x:v>631</x:v>
       </x:c>
-      <x:c r="E151" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G151" s="1" t="s">
+      <x:c r="H151" s="1" t="s">
         <x:v>632</x:v>
       </x:c>
-      <x:c r="H151" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I151" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J151" s="1" t="s">
-        <x:v>618</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="K151" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L151" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:12" ht="15" customHeight="1">
       <x:c r="A152" s="1">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B152" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="C152" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D152" s="1" t="s">
+        <x:v>633</x:v>
+      </x:c>
+      <x:c r="E152" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F152" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G152" s="1" t="s">
         <x:v>634</x:v>
       </x:c>
-      <x:c r="E152" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G152" s="1" t="s">
+      <x:c r="H152" s="1" t="s">
         <x:v>635</x:v>
       </x:c>
-      <x:c r="H152" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I152" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J152" s="1" t="s">
-        <x:v>618</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="K152" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="L152" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:12" ht="15" customHeight="1">
       <x:c r="A153" s="1">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B153" s="1" t="s">
+        <x:v>535</x:v>
+      </x:c>
+      <x:c r="C153" s="1" t="s">
+        <x:v>372</x:v>
+      </x:c>
+      <x:c r="D153" s="1" t="s">
+        <x:v>636</x:v>
+      </x:c>
+      <x:c r="E153" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F153" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G153" s="1" t="s">
         <x:v>637</x:v>
       </x:c>
-      <x:c r="C153" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D153" s="1" t="s">
+      <x:c r="H153" s="1" t="s">
         <x:v>638</x:v>
       </x:c>
-      <x:c r="E153" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I153" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J153" s="1" t="s">
-        <x:v>618</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="K153" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L153" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:12" ht="15" customHeight="1">
       <x:c r="A154" s="1">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B154" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="C154" s="1" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="D154" s="1" t="s">
+        <x:v>640</x:v>
+      </x:c>
+      <x:c r="E154" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F154" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G154" s="1" t="s">
         <x:v>641</x:v>
       </x:c>
-      <x:c r="D154" s="1" t="s">
+      <x:c r="H154" s="1" t="s">
         <x:v>642</x:v>
       </x:c>
-      <x:c r="E154" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I154" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J154" s="1" t="s">
-        <x:v>644</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="K154" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L154" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:12" ht="15" customHeight="1">
       <x:c r="A155" s="1">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B155" s="1" t="s">
+        <x:v>449</x:v>
+      </x:c>
+      <x:c r="C155" s="1" t="s">
+        <x:v>643</x:v>
+      </x:c>
+      <x:c r="D155" s="1" t="s">
+        <x:v>644</x:v>
+      </x:c>
+      <x:c r="E155" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F155" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G155" s="1" t="s">
+        <x:v>612</x:v>
+      </x:c>
+      <x:c r="H155" s="1" t="s">
         <x:v>645</x:v>
       </x:c>
-      <x:c r="C155" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D155" s="1" t="s">
+      <x:c r="I155" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J155" s="1" t="s">
         <x:v>646</x:v>
       </x:c>
-      <x:c r="E155" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K155" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L155" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:12" ht="15" customHeight="1">
       <x:c r="A156" s="1">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B156" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C156" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="D156" s="1" t="s">
+        <x:v>647</x:v>
+      </x:c>
+      <x:c r="E156" s="1" t="s">
+        <x:v>527</x:v>
+      </x:c>
+      <x:c r="F156" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G156" s="1" t="s">
+        <x:v>612</x:v>
+      </x:c>
+      <x:c r="H156" s="1" t="s">
         <x:v>648</x:v>
       </x:c>
-      <x:c r="E156" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I156" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J156" s="1" t="s">
-        <x:v>644</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="K156" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="L156" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:12" ht="15" customHeight="1">
       <x:c r="A157" s="1">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B157" s="1" t="s">
+        <x:v>649</x:v>
+      </x:c>
+      <x:c r="C157" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="D157" s="1" t="s">
         <x:v>650</x:v>
       </x:c>
-      <x:c r="C157" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D157" s="1" t="s">
+      <x:c r="E157" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F157" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G157" s="1" t="s">
+        <x:v>631</x:v>
+      </x:c>
+      <x:c r="H157" s="1" t="s">
         <x:v>651</x:v>
       </x:c>
-      <x:c r="E157" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="H157" s="1" t="s">
+      <x:c r="I157" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J157" s="1" t="s">
+        <x:v>646</x:v>
+      </x:c>
+      <x:c r="K157" s="1" t="s">
         <x:v>652</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>653</x:v>
       </x:c>
       <x:c r="L157" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:12" ht="15" customHeight="1">
       <x:c r="A158" s="1">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B158" s="1" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="C158" s="1" t="s">
+        <x:v>653</x:v>
+      </x:c>
+      <x:c r="D158" s="1" t="s">
+        <x:v>654</x:v>
+      </x:c>
+      <x:c r="E158" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F158" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G158" s="1" t="s">
+        <x:v>637</x:v>
+      </x:c>
+      <x:c r="H158" s="1" t="s">
+        <x:v>655</x:v>
+      </x:c>
+      <x:c r="I158" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J158" s="1" t="s">
+        <x:v>646</x:v>
+      </x:c>
+      <x:c r="K158" s="1" t="s">
         <x:v>93</x:v>
-      </x:c>
-[...25 lines deleted...]
-        <x:v>98</x:v>
       </x:c>
       <x:c r="L158" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:12" ht="15" customHeight="1">
       <x:c r="A159" s="1">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B159" s="1" t="s">
+        <x:v>656</x:v>
+      </x:c>
+      <x:c r="C159" s="1" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="D159" s="1" t="s">
         <x:v>657</x:v>
       </x:c>
-      <x:c r="C159" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D159" s="1" t="s">
+      <x:c r="E159" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F159" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G159" s="1" t="s">
+        <x:v>631</x:v>
+      </x:c>
+      <x:c r="H159" s="1" t="s">
         <x:v>658</x:v>
       </x:c>
-      <x:c r="E159" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="H159" s="1" t="s">
+      <x:c r="I159" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J159" s="1" t="s">
         <x:v>659</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>660</x:v>
       </x:c>
       <x:c r="K159" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L159" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:12" ht="15" customHeight="1">
       <x:c r="A160" s="1">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B160" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C160" s="1" t="s">
+        <x:v>660</x:v>
+      </x:c>
+      <x:c r="D160" s="1" t="s">
         <x:v>661</x:v>
       </x:c>
-      <x:c r="D160" s="1" t="s">
+      <x:c r="E160" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F160" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G160" s="1" t="s">
         <x:v>662</x:v>
       </x:c>
-      <x:c r="E160" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G160" s="1" t="s">
+      <x:c r="H160" s="1" t="s">
         <x:v>663</x:v>
       </x:c>
-      <x:c r="H160" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I160" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J160" s="1" t="s">
-        <x:v>660</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="K160" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L160" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:12" ht="15" customHeight="1">
       <x:c r="A161" s="1">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B161" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
       <x:c r="C161" s="1" t="s">
+        <x:v>664</x:v>
+      </x:c>
+      <x:c r="D161" s="1" t="s">
         <x:v>665</x:v>
       </x:c>
-      <x:c r="D161" s="1" t="s">
+      <x:c r="E161" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F161" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G161" s="1" t="s">
+        <x:v>631</x:v>
+      </x:c>
+      <x:c r="H161" s="1" t="s">
         <x:v>666</x:v>
       </x:c>
-      <x:c r="E161" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I161" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J161" s="1" t="s">
-        <x:v>660</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="K161" s="1" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="L161" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:12" ht="15" customHeight="1">
       <x:c r="A162" s="1">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B162" s="1" t="s">
+        <x:v>667</x:v>
+      </x:c>
+      <x:c r="C162" s="1" t="s">
+        <x:v>361</x:v>
+      </x:c>
+      <x:c r="D162" s="1" t="s">
         <x:v>668</x:v>
       </x:c>
-      <x:c r="C162" s="1" t="s">
+      <x:c r="E162" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F162" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G162" s="1" t="s">
+        <x:v>631</x:v>
+      </x:c>
+      <x:c r="H162" s="1" t="s">
         <x:v>669</x:v>
       </x:c>
-      <x:c r="D162" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I162" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J162" s="1" t="s">
-        <x:v>660</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="K162" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="L162" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:12" ht="15" customHeight="1">
       <x:c r="A163" s="1">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B163" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C163" s="1" t="s">
-        <x:v>673</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="D163" s="1" t="s">
-        <x:v>674</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="E163" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F163" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G163" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="H163" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="I163" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J163" s="1" t="s">
-        <x:v>660</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="K163" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L163" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:12" ht="15" customHeight="1">
       <x:c r="A164" s="1">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B164" s="1" t="s">
-        <x:v>676</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="C164" s="1" t="s">
         <x:v>470</x:v>
       </x:c>
       <x:c r="D164" s="1" t="s">
-        <x:v>677</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="E164" s="1" t="s">
-        <x:v>678</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="F164" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G164" s="1" t="s">
-        <x:v>663</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="H164" s="1" t="s">
-        <x:v>679</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="I164" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J164" s="1" t="s">
-        <x:v>660</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="K164" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L164" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:12" ht="15" customHeight="1">
       <x:c r="A165" s="1">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B165" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="C165" s="1" t="s">
-        <x:v>680</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="D165" s="1" t="s">
-        <x:v>681</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="E165" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F165" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G165" s="1" t="s">
-        <x:v>682</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="H165" s="1" t="s">
-        <x:v>683</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="I165" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J165" s="1" t="s">
-        <x:v>660</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="K165" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="L165" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:12" ht="15" customHeight="1">
       <x:c r="A166" s="1">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B166" s="1" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="C166" s="1" t="s">
+        <x:v>680</x:v>
+      </x:c>
+      <x:c r="D166" s="1" t="s">
+        <x:v>681</x:v>
+      </x:c>
+      <x:c r="E166" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F166" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G166" s="1" t="s">
+        <x:v>682</x:v>
+      </x:c>
+      <x:c r="H166" s="1" t="s">
+        <x:v>683</x:v>
+      </x:c>
+      <x:c r="I166" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J166" s="1" t="s">
         <x:v>684</x:v>
       </x:c>
-      <x:c r="C166" s="1" t="s">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="K166" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="L166" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:12" ht="15" customHeight="1">
       <x:c r="A167" s="1">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B167" s="1" t="s">
+        <x:v>685</x:v>
+      </x:c>
+      <x:c r="C167" s="1" t="s">
+        <x:v>686</x:v>
+      </x:c>
+      <x:c r="D167" s="1" t="s">
         <x:v>687</x:v>
       </x:c>
-      <x:c r="C167" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D167" s="1" t="s">
+      <x:c r="E167" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F167" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G167" s="1" t="s">
+        <x:v>631</x:v>
+      </x:c>
+      <x:c r="H167" s="1" t="s">
         <x:v>688</x:v>
       </x:c>
-      <x:c r="E167" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I167" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J167" s="1" t="s">
-        <x:v>691</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="K167" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="L167" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:12" ht="15" customHeight="1">
       <x:c r="A168" s="1">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B168" s="1" t="s">
+        <x:v>689</x:v>
+      </x:c>
+      <x:c r="C168" s="1" t="s">
+        <x:v>462</x:v>
+      </x:c>
+      <x:c r="D168" s="1" t="s">
+        <x:v>690</x:v>
+      </x:c>
+      <x:c r="E168" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F168" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G168" s="1" t="s">
+        <x:v>691</x:v>
+      </x:c>
+      <x:c r="H168" s="1" t="s">
         <x:v>692</x:v>
       </x:c>
-      <x:c r="C168" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I168" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J168" s="1" t="s">
-        <x:v>691</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="K168" s="1" t="s">
-        <x:v>627</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L168" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:12" ht="15" customHeight="1">
       <x:c r="A169" s="1">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B169" s="1" t="s">
+        <x:v>693</x:v>
+      </x:c>
+      <x:c r="C169" s="1" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="D169" s="1" t="s">
+        <x:v>694</x:v>
+      </x:c>
+      <x:c r="E169" s="1" t="s">
+        <x:v>695</x:v>
+      </x:c>
+      <x:c r="F169" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G169" s="1" t="s">
         <x:v>696</x:v>
       </x:c>
-      <x:c r="C169" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D169" s="1" t="s">
+      <x:c r="H169" s="1" t="s">
         <x:v>697</x:v>
       </x:c>
-      <x:c r="E169" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J169" s="1" t="s">
-        <x:v>691</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="K169" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L169" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:12" ht="15" customHeight="1">
       <x:c r="A170" s="1">
         <x:v>167</x:v>
       </x:c>
       <x:c r="B170" s="1" t="s">
+        <x:v>698</x:v>
+      </x:c>
+      <x:c r="C170" s="1" t="s">
+        <x:v>462</x:v>
+      </x:c>
+      <x:c r="D170" s="1" t="s">
+        <x:v>699</x:v>
+      </x:c>
+      <x:c r="E170" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F170" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G170" s="1" t="s">
         <x:v>700</x:v>
       </x:c>
-      <x:c r="C170" s="1" t="s">
+      <x:c r="H170" s="1" t="s">
         <x:v>701</x:v>
       </x:c>
-      <x:c r="D170" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I170" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J170" s="1" t="s">
-        <x:v>691</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="K170" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="L170" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:12" ht="15" customHeight="1">
       <x:c r="A171" s="1">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B171" s="1" t="s">
+        <x:v>535</x:v>
+      </x:c>
+      <x:c r="C171" s="1" t="s">
+        <x:v>702</x:v>
+      </x:c>
+      <x:c r="D171" s="1" t="s">
+        <x:v>703</x:v>
+      </x:c>
+      <x:c r="E171" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F171" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G171" s="1" t="s">
+        <x:v>704</x:v>
+      </x:c>
+      <x:c r="H171" s="1" t="s">
         <x:v>705</x:v>
       </x:c>
-      <x:c r="C171" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J171" s="1" t="s">
-        <x:v>691</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="K171" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L171" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:12" ht="15" customHeight="1">
       <x:c r="A172" s="1">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B172" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="C172" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="D172" s="1" t="s">
-        <x:v>711</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="E172" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F172" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G172" s="1" t="s">
-        <x:v>712</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="H172" s="1" t="s">
-        <x:v>713</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="I172" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J172" s="1" t="s">
-        <x:v>691</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="K172" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="L172" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:12" ht="15" customHeight="1">
       <x:c r="A173" s="1">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B173" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="C173" s="1" t="s">
-        <x:v>714</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="D173" s="1" t="s">
-        <x:v>715</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="E173" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F173" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G173" s="1" t="s">
-        <x:v>716</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="H173" s="1" t="s">
-        <x:v>717</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="I173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J173" s="1" t="s">
-        <x:v>691</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="K173" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="L173" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:12" ht="15" customHeight="1">
       <x:c r="A174" s="1">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B174" s="1" t="s">
+        <x:v>714</x:v>
+      </x:c>
+      <x:c r="C174" s="1" t="s">
+        <x:v>715</x:v>
+      </x:c>
+      <x:c r="D174" s="1" t="s">
+        <x:v>716</x:v>
+      </x:c>
+      <x:c r="E174" s="1" t="s">
+        <x:v>717</x:v>
+      </x:c>
+      <x:c r="F174" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G174" s="1" t="s">
+        <x:v>631</x:v>
+      </x:c>
+      <x:c r="H174" s="1" t="s">
         <x:v>718</x:v>
       </x:c>
-      <x:c r="C174" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I174" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J174" s="1" t="s">
-        <x:v>691</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="K174" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="L174" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:12" ht="15" customHeight="1">
       <x:c r="A175" s="1">
         <x:v>172</x:v>
       </x:c>
       <x:c r="B175" s="1" t="s">
+        <x:v>719</x:v>
+      </x:c>
+      <x:c r="C175" s="1" t="s">
+        <x:v>513</x:v>
+      </x:c>
+      <x:c r="D175" s="1" t="s">
+        <x:v>720</x:v>
+      </x:c>
+      <x:c r="E175" s="1" t="s">
+        <x:v>675</x:v>
+      </x:c>
+      <x:c r="F175" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G175" s="1" t="s">
+        <x:v>721</x:v>
+      </x:c>
+      <x:c r="H175" s="1" t="s">
         <x:v>722</x:v>
       </x:c>
-      <x:c r="C175" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J175" s="1" t="s">
-        <x:v>691</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="K175" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="L175" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:12" ht="15" customHeight="1">
       <x:c r="A176" s="1">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B176" s="1" t="s">
-        <x:v>554</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="C176" s="1" t="s">
+        <x:v>724</x:v>
+      </x:c>
+      <x:c r="D176" s="1" t="s">
+        <x:v>725</x:v>
+      </x:c>
+      <x:c r="E176" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F176" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G176" s="1" t="s">
         <x:v>726</x:v>
       </x:c>
-      <x:c r="D176" s="1" t="s">
+      <x:c r="H176" s="1" t="s">
         <x:v>727</x:v>
       </x:c>
-      <x:c r="E176" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G176" s="1" t="s">
+      <x:c r="I176" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J176" s="1" t="s">
         <x:v>728</x:v>
       </x:c>
-      <x:c r="H176" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K176" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L176" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:12" ht="15" customHeight="1">
       <x:c r="A177" s="1">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B177" s="1" t="s">
+        <x:v>729</x:v>
+      </x:c>
+      <x:c r="C177" s="1" t="s">
+        <x:v>605</x:v>
+      </x:c>
+      <x:c r="D177" s="1" t="s">
+        <x:v>730</x:v>
+      </x:c>
+      <x:c r="E177" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F177" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G177" s="1" t="s">
         <x:v>731</x:v>
       </x:c>
-      <x:c r="C177" s="1" t="s">
+      <x:c r="H177" s="1" t="s">
         <x:v>732</x:v>
       </x:c>
-      <x:c r="D177" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J177" s="1" t="s">
-        <x:v>730</x:v>
+        <x:v>728</x:v>
       </x:c>
       <x:c r="K177" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L177" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:12" ht="15" customHeight="1">
       <x:c r="A178" s="1">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B178" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="C178" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="D178" s="1" t="s">
+        <x:v>734</x:v>
+      </x:c>
+      <x:c r="E178" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F178" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G178" s="1" t="s">
+        <x:v>735</x:v>
+      </x:c>
+      <x:c r="H178" s="1" t="s">
         <x:v>736</x:v>
       </x:c>
-      <x:c r="E178" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="H178" s="1" t="s">
+      <x:c r="I178" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J178" s="1" t="s">
         <x:v>737</x:v>
       </x:c>
-      <x:c r="I178" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K178" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="L178" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:12" ht="15" customHeight="1">
       <x:c r="A179" s="1">
         <x:v>176</x:v>
       </x:c>
       <x:c r="B179" s="1" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="C179" s="1" t="s">
+        <x:v>503</x:v>
+      </x:c>
+      <x:c r="D179" s="1" t="s">
         <x:v>738</x:v>
       </x:c>
-      <x:c r="C179" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D179" s="1" t="s">
+      <x:c r="E179" s="1" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="F179" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G179" s="1" t="s">
         <x:v>739</x:v>
       </x:c>
-      <x:c r="E179" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G179" s="1" t="s">
+      <x:c r="H179" s="1" t="s">
         <x:v>740</x:v>
       </x:c>
-      <x:c r="H179" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I179" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J179" s="1" t="s">
-        <x:v>730</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="K179" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L179" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:12" ht="15" customHeight="1">
       <x:c r="A180" s="1">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B180" s="1" t="s">
+        <x:v>741</x:v>
+      </x:c>
+      <x:c r="C180" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="D180" s="1" t="s">
         <x:v>742</x:v>
       </x:c>
-      <x:c r="C180" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D180" s="1" t="s">
+      <x:c r="E180" s="1" t="s">
         <x:v>743</x:v>
       </x:c>
-      <x:c r="E180" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F180" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G180" s="1" t="s">
+        <x:v>735</x:v>
+      </x:c>
+      <x:c r="H180" s="1" t="s">
         <x:v>744</x:v>
       </x:c>
-      <x:c r="H180" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I180" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J180" s="1" t="s">
-        <x:v>730</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="K180" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="L180" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:12" ht="15" customHeight="1">
       <x:c r="A181" s="1">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B181" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C181" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D181" s="1" t="s">
+        <x:v>745</x:v>
+      </x:c>
+      <x:c r="E181" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F181" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G181" s="1" t="s">
+        <x:v>726</x:v>
+      </x:c>
+      <x:c r="H181" s="1" t="s">
         <x:v>746</x:v>
       </x:c>
-      <x:c r="E181" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J181" s="1" t="s">
-        <x:v>749</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="K181" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L181" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:12" ht="15" customHeight="1">
       <x:c r="A182" s="1">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B182" s="1" t="s">
-        <x:v>554</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="C182" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D182" s="1" t="s">
+        <x:v>748</x:v>
+      </x:c>
+      <x:c r="E182" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F182" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G182" s="1" t="s">
+        <x:v>749</x:v>
+      </x:c>
+      <x:c r="H182" s="1" t="s">
         <x:v>750</x:v>
       </x:c>
-      <x:c r="E182" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I182" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J182" s="1" t="s">
-        <x:v>749</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="K182" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="L182" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:12" ht="15" customHeight="1">
       <x:c r="A183" s="1">
         <x:v>180</x:v>
       </x:c>
       <x:c r="B183" s="1" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="C183" s="1" t="s">
+        <x:v>660</x:v>
+      </x:c>
+      <x:c r="D183" s="1" t="s">
+        <x:v>751</x:v>
+      </x:c>
+      <x:c r="E183" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F183" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G183" s="1" t="s">
+        <x:v>739</x:v>
+      </x:c>
+      <x:c r="H183" s="1" t="s">
         <x:v>752</x:v>
       </x:c>
-      <x:c r="C183" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I183" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J183" s="1" t="s">
-        <x:v>749</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="K183" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L183" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:12" ht="15" customHeight="1">
       <x:c r="A184" s="1">
         <x:v>181</x:v>
       </x:c>
       <x:c r="B184" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="C184" s="1" t="s">
-        <x:v>661</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="D184" s="1" t="s">
-        <x:v>756</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="E184" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>754</x:v>
       </x:c>
       <x:c r="F184" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G184" s="1" t="s">
-        <x:v>747</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="H184" s="1" t="s">
-        <x:v>757</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="I184" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J184" s="1" t="s">
-        <x:v>749</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="K184" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L184" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:12" ht="15" customHeight="1">
       <x:c r="A185" s="1">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B185" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C185" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="D185" s="1" t="s">
+        <x:v>757</x:v>
+      </x:c>
+      <x:c r="E185" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F185" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G185" s="1" t="s">
         <x:v>758</x:v>
       </x:c>
-      <x:c r="E185" s="1" t="s">
+      <x:c r="H185" s="1" t="s">
         <x:v>759</x:v>
       </x:c>
-      <x:c r="F185" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="I185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J185" s="1" t="s">
-        <x:v>749</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="K185" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L185" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:12" ht="15" customHeight="1">
       <x:c r="A186" s="1">
         <x:v>183</x:v>
       </x:c>
       <x:c r="B186" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="C186" s="1" t="s">
+        <x:v>760</x:v>
+      </x:c>
+      <x:c r="D186" s="1" t="s">
         <x:v>761</x:v>
       </x:c>
-      <x:c r="D186" s="1" t="s">
+      <x:c r="E186" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F186" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G186" s="1" t="s">
         <x:v>762</x:v>
       </x:c>
-      <x:c r="E186" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G186" s="1" t="s">
+      <x:c r="H186" s="1" t="s">
         <x:v>763</x:v>
       </x:c>
-      <x:c r="H186" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="I186" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J186" s="1" t="s">
-        <x:v>749</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="K186" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L186" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:12" ht="15" customHeight="1">
       <x:c r="A187" s="1">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B187" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="C187" s="1" t="s">
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="D187" s="1" t="s">
+        <x:v>764</x:v>
+      </x:c>
+      <x:c r="E187" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F187" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G187" s="1" t="s">
+        <x:v>739</x:v>
+      </x:c>
+      <x:c r="H187" s="1" t="s">
         <x:v>765</x:v>
       </x:c>
-      <x:c r="D187" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I187" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J187" s="1" t="s">
-        <x:v>749</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="K187" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="L187" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:12" ht="15" customHeight="1">
       <x:c r="A188" s="1">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B188" s="1" t="s">
+        <x:v>766</x:v>
+      </x:c>
+      <x:c r="C188" s="1" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="D188" s="1" t="s">
+        <x:v>767</x:v>
+      </x:c>
+      <x:c r="E188" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F188" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G188" s="1" t="s">
+        <x:v>768</x:v>
+      </x:c>
+      <x:c r="H188" s="1" t="s">
         <x:v>769</x:v>
       </x:c>
-      <x:c r="C188" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D188" s="1" t="s">
+      <x:c r="I188" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J188" s="1" t="s">
         <x:v>770</x:v>
       </x:c>
-      <x:c r="E188" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K188" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="L188" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:12" ht="15" customHeight="1">
       <x:c r="A189" s="1">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B189" s="1" t="s">
-        <x:v>774</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="C189" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="D189" s="1" t="s">
-        <x:v>775</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="E189" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F189" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G189" s="1" t="s">
-        <x:v>776</x:v>
+        <x:v>768</x:v>
       </x:c>
       <x:c r="H189" s="1" t="s">
-        <x:v>777</x:v>
+        <x:v>773</x:v>
       </x:c>
       <x:c r="I189" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J189" s="1" t="s">
-        <x:v>773</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="K189" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L189" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:12" ht="15" customHeight="1">
       <x:c r="A190" s="1">
         <x:v>187</x:v>
       </x:c>
       <x:c r="B190" s="1" t="s">
-        <x:v>778</x:v>
+        <x:v>774</x:v>
       </x:c>
       <x:c r="C190" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="D190" s="1" t="s">
-        <x:v>779</x:v>
+        <x:v>775</x:v>
       </x:c>
       <x:c r="E190" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="F190" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G190" s="1" t="s">
         <x:v>776</x:v>
       </x:c>
       <x:c r="H190" s="1" t="s">
-        <x:v>780</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="I190" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J190" s="1" t="s">
-        <x:v>773</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="K190" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L190" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:12" ht="15" customHeight="1">
       <x:c r="A191" s="1">
         <x:v>188</x:v>
       </x:c>
       <x:c r="B191" s="1" t="s">
+        <x:v>778</x:v>
+      </x:c>
+      <x:c r="C191" s="1" t="s">
+        <x:v>779</x:v>
+      </x:c>
+      <x:c r="D191" s="1" t="s">
+        <x:v>780</x:v>
+      </x:c>
+      <x:c r="E191" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F191" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G191" s="1" t="s">
         <x:v>781</x:v>
       </x:c>
-      <x:c r="C191" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D191" s="1" t="s">
+      <x:c r="H191" s="1" t="s">
         <x:v>782</x:v>
       </x:c>
-      <x:c r="E191" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G191" s="1" t="s">
+      <x:c r="I191" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J191" s="1" t="s">
         <x:v>783</x:v>
       </x:c>
-      <x:c r="H191" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K191" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L191" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:12" ht="15" customHeight="1">
       <x:c r="A192" s="1">
         <x:v>189</x:v>
       </x:c>
       <x:c r="B192" s="1" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="C192" s="1" t="s">
+        <x:v>784</x:v>
+      </x:c>
+      <x:c r="D192" s="1" t="s">
         <x:v>785</x:v>
       </x:c>
-      <x:c r="C192" s="1" t="s">
+      <x:c r="E192" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F192" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G192" s="1" t="s">
         <x:v>786</x:v>
       </x:c>
-      <x:c r="D192" s="1" t="s">
+      <x:c r="H192" s="1" t="s">
         <x:v>787</x:v>
       </x:c>
-      <x:c r="E192" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I192" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J192" s="1" t="s">
-        <x:v>790</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="K192" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="L192" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:12" ht="15" customHeight="1">
       <x:c r="A193" s="1">
         <x:v>190</x:v>
       </x:c>
       <x:c r="B193" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="C193" s="1" t="s">
+        <x:v>788</x:v>
+      </x:c>
+      <x:c r="D193" s="1" t="s">
+        <x:v>789</x:v>
+      </x:c>
+      <x:c r="E193" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F193" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G193" s="1" t="s">
+        <x:v>790</x:v>
+      </x:c>
+      <x:c r="H193" s="1" t="s">
         <x:v>791</x:v>
       </x:c>
-      <x:c r="D193" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I193" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J193" s="1" t="s">
-        <x:v>790</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="K193" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L193" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:12" ht="15" customHeight="1">
       <x:c r="A194" s="1">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B194" s="1" t="s">
-        <x:v>705</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="C194" s="1" t="s">
+        <x:v>614</x:v>
+      </x:c>
+      <x:c r="D194" s="1" t="s">
+        <x:v>793</x:v>
+      </x:c>
+      <x:c r="E194" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F194" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G194" s="1" t="s">
+        <x:v>794</x:v>
+      </x:c>
+      <x:c r="H194" s="1" t="s">
         <x:v>795</x:v>
       </x:c>
-      <x:c r="D194" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I194" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J194" s="1" t="s">
-        <x:v>790</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="K194" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="L194" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:12" ht="15" customHeight="1">
       <x:c r="A195" s="1">
         <x:v>192</x:v>
       </x:c>
       <x:c r="B195" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C195" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="D195" s="1" t="s">
-        <x:v>799</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="E195" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F195" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G195" s="1" t="s">
+        <x:v>794</x:v>
+      </x:c>
+      <x:c r="H195" s="1" t="s">
+        <x:v>797</x:v>
+      </x:c>
+      <x:c r="I195" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J195" s="1" t="s">
         <x:v>783</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>790</x:v>
       </x:c>
       <x:c r="K195" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L195" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:12" ht="15" customHeight="1">
       <x:c r="A196" s="1">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B196" s="1" t="s">
+        <x:v>798</x:v>
+      </x:c>
+      <x:c r="C196" s="1" t="s">
+        <x:v>760</x:v>
+      </x:c>
+      <x:c r="D196" s="1" t="s">
+        <x:v>799</x:v>
+      </x:c>
+      <x:c r="E196" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F196" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G196" s="1" t="s">
+        <x:v>800</x:v>
+      </x:c>
+      <x:c r="H196" s="1" t="s">
         <x:v>801</x:v>
       </x:c>
-      <x:c r="C196" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I196" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J196" s="1" t="s">
-        <x:v>790</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="K196" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="L196" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:12" ht="15" customHeight="1">
       <x:c r="A197" s="1">
         <x:v>194</x:v>
       </x:c>
       <x:c r="B197" s="1" t="s">
+        <x:v>802</x:v>
+      </x:c>
+      <x:c r="C197" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="D197" s="1" t="s">
+        <x:v>803</x:v>
+      </x:c>
+      <x:c r="E197" s="1" t="s">
+        <x:v>527</x:v>
+      </x:c>
+      <x:c r="F197" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G197" s="1" t="s">
+        <x:v>790</x:v>
+      </x:c>
+      <x:c r="H197" s="1" t="s">
         <x:v>804</x:v>
       </x:c>
-      <x:c r="C197" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J197" s="1" t="s">
-        <x:v>790</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="K197" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L197" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:12" ht="15" customHeight="1">
       <x:c r="A198" s="1">
         <x:v>195</x:v>
       </x:c>
       <x:c r="B198" s="1" t="s">
+        <x:v>805</x:v>
+      </x:c>
+      <x:c r="C198" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="D198" s="1" t="s">
+        <x:v>806</x:v>
+      </x:c>
+      <x:c r="E198" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F198" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G198" s="1" t="s">
+        <x:v>786</x:v>
+      </x:c>
+      <x:c r="H198" s="1" t="s">
+        <x:v>807</x:v>
+      </x:c>
+      <x:c r="I198" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J198" s="1" t="s">
         <x:v>808</x:v>
       </x:c>
-      <x:c r="C198" s="1" t="s">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="K198" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="L198" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:12" ht="15" customHeight="1">
       <x:c r="A199" s="1">
         <x:v>196</x:v>
       </x:c>
       <x:c r="B199" s="1" t="s">
+        <x:v>809</x:v>
+      </x:c>
+      <x:c r="C199" s="1" t="s">
+        <x:v>810</x:v>
+      </x:c>
+      <x:c r="D199" s="1" t="s">
         <x:v>811</x:v>
       </x:c>
-      <x:c r="C199" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D199" s="1" t="s">
+      <x:c r="E199" s="1" t="s">
         <x:v>812</x:v>
       </x:c>
-      <x:c r="E199" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="F199" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G199" s="1" t="s">
-        <x:v>793</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="H199" s="1" t="s">
         <x:v>813</x:v>
       </x:c>
       <x:c r="I199" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J199" s="1" t="s">
-        <x:v>790</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="K199" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L199" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:12" ht="15" customHeight="1">
       <x:c r="A200" s="1">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B200" s="1" t="s">
-        <x:v>684</x:v>
+        <x:v>814</x:v>
       </x:c>
       <x:c r="C200" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="D200" s="1" t="s">
-        <x:v>814</x:v>
+        <x:v>815</x:v>
       </x:c>
       <x:c r="E200" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F200" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G200" s="1" t="s">
-        <x:v>815</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="H200" s="1" t="s">
         <x:v>816</x:v>
       </x:c>
       <x:c r="I200" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J200" s="1" t="s">
-        <x:v>817</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="K200" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="L200" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:12" ht="15" customHeight="1">
       <x:c r="A201" s="1">
         <x:v>198</x:v>
       </x:c>
       <x:c r="B201" s="1" t="s">
+        <x:v>677</x:v>
+      </x:c>
+      <x:c r="C201" s="1" t="s">
+        <x:v>480</x:v>
+      </x:c>
+      <x:c r="D201" s="1" t="s">
+        <x:v>817</x:v>
+      </x:c>
+      <x:c r="E201" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F201" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G201" s="1" t="s">
         <x:v>818</x:v>
       </x:c>
-      <x:c r="C201" s="1" t="s">
+      <x:c r="H201" s="1" t="s">
         <x:v>819</x:v>
       </x:c>
-      <x:c r="D201" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J201" s="1" t="s">
-        <x:v>817</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="K201" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="L201" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:12" ht="15" customHeight="1">
       <x:c r="A202" s="1">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B202" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="C202" s="1" t="s">
-        <x:v>823</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="D202" s="1" t="s">
-        <x:v>824</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="E202" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F202" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G202" s="1" t="s">
-        <x:v>793</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="H202" s="1" t="s">
-        <x:v>825</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="I202" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J202" s="1" t="s">
-        <x:v>817</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="K202" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="L202" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:12" ht="15" customHeight="1">
       <x:c r="A203" s="1">
         <x:v>200</x:v>
       </x:c>
       <x:c r="B203" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="C203" s="1" t="s">
+        <x:v>823</x:v>
+      </x:c>
+      <x:c r="D203" s="1" t="s">
+        <x:v>824</x:v>
+      </x:c>
+      <x:c r="E203" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F203" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G203" s="1" t="s">
+        <x:v>825</x:v>
+      </x:c>
+      <x:c r="H203" s="1" t="s">
         <x:v>826</x:v>
       </x:c>
-      <x:c r="D203" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I203" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J203" s="1" t="s">
-        <x:v>817</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="K203" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="L203" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:12" ht="15" customHeight="1">
       <x:c r="A204" s="1">
         <x:v>201</x:v>
       </x:c>
       <x:c r="B204" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C204" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="D204" s="1" t="s">
-        <x:v>830</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="E204" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F204" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G204" s="1" t="s">
-        <x:v>793</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="H204" s="1" t="s">
-        <x:v>831</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="I204" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J204" s="1" t="s">
-        <x:v>817</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="K204" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L204" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:12" ht="15" customHeight="1">
       <x:c r="A205" s="1">
         <x:v>202</x:v>
       </x:c>
       <x:c r="B205" s="1" t="s">
-        <x:v>832</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="C205" s="1" t="s">
-        <x:v>555</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="D205" s="1" t="s">
-        <x:v>833</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="E205" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F205" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G205" s="1" t="s">
-        <x:v>793</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="H205" s="1" t="s">
-        <x:v>834</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="I205" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J205" s="1" t="s">
-        <x:v>817</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="K205" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="L205" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:12" ht="15" customHeight="1">
       <x:c r="A206" s="1">
         <x:v>203</x:v>
       </x:c>
       <x:c r="B206" s="1" t="s">
-        <x:v>835</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="C206" s="1" t="s">
-        <x:v>786</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="D206" s="1" t="s">
-        <x:v>836</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="E206" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F206" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G206" s="1" t="s">
-        <x:v>837</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="H206" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="I206" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J206" s="1" t="s">
-        <x:v>817</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="K206" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L206" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:12" ht="15" customHeight="1">
       <x:c r="A207" s="1">
         <x:v>204</x:v>
       </x:c>
       <x:c r="B207" s="1" t="s">
+        <x:v>836</x:v>
+      </x:c>
+      <x:c r="C207" s="1" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="D207" s="1" t="s">
+        <x:v>837</x:v>
+      </x:c>
+      <x:c r="E207" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F207" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G207" s="1" t="s">
+        <x:v>838</x:v>
+      </x:c>
+      <x:c r="H207" s="1" t="s">
         <x:v>839</x:v>
       </x:c>
-      <x:c r="C207" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I207" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J207" s="1" t="s">
-        <x:v>817</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="K207" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="L207" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:12" ht="15" customHeight="1">
       <x:c r="A208" s="1">
         <x:v>205</x:v>
       </x:c>
       <x:c r="B208" s="1" t="s">
-        <x:v>811</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="C208" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="D208" s="1" t="s">
+        <x:v>840</x:v>
+      </x:c>
+      <x:c r="E208" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F208" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G208" s="1" t="s">
+        <x:v>841</x:v>
+      </x:c>
+      <x:c r="H208" s="1" t="s">
+        <x:v>842</x:v>
+      </x:c>
+      <x:c r="I208" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J208" s="1" t="s">
         <x:v>843</x:v>
       </x:c>
-      <x:c r="E208" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K208" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="L208" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:12" ht="15" customHeight="1">
       <x:c r="A209" s="1">
         <x:v>206</x:v>
       </x:c>
       <x:c r="B209" s="1" t="s">
-        <x:v>774</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="C209" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D209" s="1" t="s">
-        <x:v>847</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="E209" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F209" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G209" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="H209" s="1" t="s">
-        <x:v>849</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="I209" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J209" s="1" t="s">
-        <x:v>846</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="K209" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="L209" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:12" ht="15" customHeight="1">
       <x:c r="A210" s="1">
         <x:v>207</x:v>
       </x:c>
       <x:c r="B210" s="1" t="s">
-        <x:v>850</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="C210" s="1" t="s">
-        <x:v>851</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="D210" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>847</x:v>
       </x:c>
       <x:c r="E210" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F210" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G210" s="1" t="s">
-        <x:v>853</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="H210" s="1" t="s">
-        <x:v>854</x:v>
+        <x:v>849</x:v>
       </x:c>
       <x:c r="I210" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J210" s="1" t="s">
-        <x:v>846</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="K210" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L210" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:12" ht="15" customHeight="1">
       <x:c r="A211" s="1">
         <x:v>208</x:v>
       </x:c>
       <x:c r="B211" s="1" t="s">
-        <x:v>855</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="C211" s="1" t="s">
-        <x:v>856</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="D211" s="1" t="s">
-        <x:v>857</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="E211" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F211" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G211" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="H211" s="1" t="s">
-        <x:v>859</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="I211" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J211" s="1" t="s">
-        <x:v>846</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="K211" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="L211" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:12" ht="15" customHeight="1">
       <x:c r="A212" s="1">
         <x:v>209</x:v>
       </x:c>
       <x:c r="B212" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C212" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>854</x:v>
       </x:c>
       <x:c r="D212" s="1" t="s">
-        <x:v>861</x:v>
+        <x:v>855</x:v>
       </x:c>
       <x:c r="E212" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F212" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G212" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="H212" s="1" t="s">
-        <x:v>862</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="I212" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J212" s="1" t="s">
-        <x:v>846</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="K212" s="1" t="s">
-        <x:v>863</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L212" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:12" ht="15" customHeight="1">
       <x:c r="A213" s="1">
         <x:v>210</x:v>
       </x:c>
       <x:c r="B213" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C213" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="D213" s="1" t="s">
-        <x:v>864</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="E213" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F213" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G213" s="1" t="s">
-        <x:v>865</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="H213" s="1" t="s">
-        <x:v>866</x:v>
+        <x:v>859</x:v>
       </x:c>
       <x:c r="I213" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J213" s="1" t="s">
-        <x:v>846</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="K213" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L213" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:12" ht="15" customHeight="1">
       <x:c r="A214" s="1">
         <x:v>211</x:v>
       </x:c>
       <x:c r="B214" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="C214" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="D214" s="1" t="s">
-        <x:v>868</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="E214" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F214" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G214" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>861</x:v>
       </x:c>
       <x:c r="H214" s="1" t="s">
-        <x:v>869</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="I214" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J214" s="1" t="s">
-        <x:v>846</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="K214" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="L214" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:12" ht="15" customHeight="1">
       <x:c r="A215" s="1">
         <x:v>212</x:v>
       </x:c>
       <x:c r="B215" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="C215" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>863</x:v>
       </x:c>
       <x:c r="D215" s="1" t="s">
-        <x:v>870</x:v>
+        <x:v>864</x:v>
       </x:c>
       <x:c r="E215" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F215" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G215" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="H215" s="1" t="s">
-        <x:v>871</x:v>
+        <x:v>865</x:v>
       </x:c>
       <x:c r="I215" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J215" s="1" t="s">
-        <x:v>846</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="K215" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="L215" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:12" ht="15" customHeight="1">
       <x:c r="A216" s="1">
         <x:v>213</x:v>
       </x:c>
       <x:c r="B216" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>866</x:v>
       </x:c>
       <x:c r="C216" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="D216" s="1" t="s">
-        <x:v>872</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="E216" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F216" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G216" s="1" t="s">
-        <x:v>873</x:v>
+        <x:v>869</x:v>
       </x:c>
       <x:c r="H216" s="1" t="s">
-        <x:v>874</x:v>
+        <x:v>870</x:v>
       </x:c>
       <x:c r="I216" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J216" s="1" t="s">
-        <x:v>846</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="K216" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L216" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:12" ht="15" customHeight="1">
       <x:c r="A217" s="1">
         <x:v>214</x:v>
       </x:c>
       <x:c r="B217" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="C217" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>873</x:v>
       </x:c>
       <x:c r="D217" s="1" t="s">
+        <x:v>874</x:v>
+      </x:c>
+      <x:c r="E217" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F217" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G217" s="1" t="s">
+        <x:v>848</x:v>
+      </x:c>
+      <x:c r="H217" s="1" t="s">
         <x:v>875</x:v>
       </x:c>
-      <x:c r="E217" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I217" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J217" s="1" t="s">
-        <x:v>846</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="K217" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="L217" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:12" ht="15" customHeight="1">
       <x:c r="A218" s="1">
         <x:v>215</x:v>
       </x:c>
       <x:c r="B218" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="C218" s="1" t="s">
+        <x:v>235</x:v>
+      </x:c>
+      <x:c r="D218" s="1" t="s">
         <x:v>877</x:v>
       </x:c>
-      <x:c r="D218" s="1" t="s">
+      <x:c r="E218" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F218" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G218" s="1" t="s">
         <x:v>878</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>858</x:v>
       </x:c>
       <x:c r="H218" s="1" t="s">
         <x:v>879</x:v>
       </x:c>
       <x:c r="I218" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J218" s="1" t="s">
-        <x:v>846</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="K218" s="1" t="s">
-        <x:v>863</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="L218" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:12" ht="15" customHeight="1">
       <x:c r="A219" s="1">
         <x:v>216</x:v>
       </x:c>
       <x:c r="B219" s="1" t="s">
         <x:v>880</x:v>
       </x:c>
       <x:c r="C219" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="D219" s="1" t="s">
-        <x:v>881</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="E219" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F219" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G219" s="1" t="s">
-        <x:v>882</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="H219" s="1" t="s">
         <x:v>883</x:v>
       </x:c>
       <x:c r="I219" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J219" s="1" t="s">
-        <x:v>884</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="K219" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="L219" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:12" ht="15" customHeight="1">
       <x:c r="A220" s="1">
         <x:v>217</x:v>
       </x:c>
       <x:c r="B220" s="1" t="s">
+        <x:v>360</x:v>
+      </x:c>
+      <x:c r="C220" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="D220" s="1" t="s">
+        <x:v>884</x:v>
+      </x:c>
+      <x:c r="E220" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F220" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G220" s="1" t="s">
+        <x:v>848</x:v>
+      </x:c>
+      <x:c r="H220" s="1" t="s">
         <x:v>885</x:v>
       </x:c>
-      <x:c r="C220" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I220" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J220" s="1" t="s">
-        <x:v>884</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="K220" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L220" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:12" ht="15" customHeight="1">
       <x:c r="A221" s="1">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B221" s="1" t="s">
+        <x:v>886</x:v>
+      </x:c>
+      <x:c r="C221" s="1" t="s">
+        <x:v>887</x:v>
+      </x:c>
+      <x:c r="D221" s="1" t="s">
+        <x:v>888</x:v>
+      </x:c>
+      <x:c r="E221" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F221" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G221" s="1" t="s">
+        <x:v>838</x:v>
+      </x:c>
+      <x:c r="H221" s="1" t="s">
         <x:v>889</x:v>
       </x:c>
-      <x:c r="C221" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I221" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J221" s="1" t="s">
-        <x:v>884</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="K221" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="L221" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:12" ht="15" customHeight="1">
       <x:c r="A222" s="1">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B222" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>890</x:v>
       </x:c>
       <x:c r="C222" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D222" s="1" t="s">
-        <x:v>894</x:v>
+        <x:v>891</x:v>
       </x:c>
       <x:c r="E222" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F222" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G222" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="H222" s="1" t="s">
-        <x:v>895</x:v>
+        <x:v>892</x:v>
       </x:c>
       <x:c r="I222" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J222" s="1" t="s">
-        <x:v>884</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="K222" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L222" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:12" ht="15" customHeight="1">
       <x:c r="A223" s="1">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B223" s="1" t="s">
-        <x:v>896</x:v>
+        <x:v>893</x:v>
       </x:c>
       <x:c r="C223" s="1" t="s">
-        <x:v>897</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="D223" s="1" t="s">
-        <x:v>898</x:v>
+        <x:v>894</x:v>
       </x:c>
       <x:c r="E223" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F223" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G223" s="1" t="s">
-        <x:v>841</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="H223" s="1" t="s">
-        <x:v>899</x:v>
+        <x:v>895</x:v>
       </x:c>
       <x:c r="I223" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J223" s="1" t="s">
-        <x:v>884</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="K223" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L223" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:12" ht="15" customHeight="1">
       <x:c r="A224" s="1">
         <x:v>221</x:v>
       </x:c>
       <x:c r="B224" s="1" t="s">
-        <x:v>900</x:v>
+        <x:v>896</x:v>
       </x:c>
       <x:c r="C224" s="1" t="s">
-        <x:v>901</x:v>
+        <x:v>897</x:v>
       </x:c>
       <x:c r="D224" s="1" t="s">
-        <x:v>902</x:v>
+        <x:v>898</x:v>
       </x:c>
       <x:c r="E224" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F224" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G224" s="1" t="s">
-        <x:v>903</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="H224" s="1" t="s">
-        <x:v>904</x:v>
+        <x:v>900</x:v>
       </x:c>
       <x:c r="I224" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J224" s="1" t="s">
-        <x:v>884</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="K224" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="L224" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:12" ht="15" customHeight="1">
       <x:c r="A225" s="1">
         <x:v>222</x:v>
       </x:c>
       <x:c r="B225" s="1" t="s">
-        <x:v>905</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="C225" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="D225" s="1" t="s">
-        <x:v>906</x:v>
+        <x:v>901</x:v>
       </x:c>
       <x:c r="E225" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F225" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G225" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="H225" s="1" t="s">
-        <x:v>907</x:v>
+        <x:v>902</x:v>
       </x:c>
       <x:c r="I225" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J225" s="1" t="s">
-        <x:v>884</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="K225" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="L225" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:12" ht="15" customHeight="1">
       <x:c r="A226" s="1">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B226" s="1" t="s">
-        <x:v>908</x:v>
+        <x:v>903</x:v>
       </x:c>
       <x:c r="C226" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>904</x:v>
       </x:c>
       <x:c r="D226" s="1" t="s">
-        <x:v>909</x:v>
+        <x:v>905</x:v>
       </x:c>
       <x:c r="E226" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F226" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G226" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="H226" s="1" t="s">
-        <x:v>910</x:v>
+        <x:v>906</x:v>
       </x:c>
       <x:c r="I226" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J226" s="1" t="s">
-        <x:v>884</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="K226" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L226" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:12" ht="15" customHeight="1">
       <x:c r="A227" s="1">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B227" s="1" t="s">
-        <x:v>911</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="C227" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D227" s="1" t="s">
-        <x:v>913</x:v>
+        <x:v>907</x:v>
       </x:c>
       <x:c r="E227" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F227" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G227" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>869</x:v>
       </x:c>
       <x:c r="H227" s="1" t="s">
-        <x:v>914</x:v>
+        <x:v>908</x:v>
       </x:c>
       <x:c r="I227" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J227" s="1" t="s">
-        <x:v>884</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="K227" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L227" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:12" ht="15" customHeight="1">
       <x:c r="A228" s="1">
         <x:v>225</x:v>
       </x:c>
       <x:c r="B228" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>909</x:v>
       </x:c>
       <x:c r="C228" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="D228" s="1" t="s">
-        <x:v>915</x:v>
+        <x:v>910</x:v>
       </x:c>
       <x:c r="E228" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F228" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G228" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="H228" s="1" t="s">
-        <x:v>916</x:v>
+        <x:v>911</x:v>
       </x:c>
       <x:c r="I228" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J228" s="1" t="s">
-        <x:v>884</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="K228" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="L228" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:12" ht="15" customHeight="1">
       <x:c r="A229" s="1">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B229" s="1" t="s">
-        <x:v>917</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C229" s="1" t="s">
-        <x:v>765</x:v>
+        <x:v>913</x:v>
       </x:c>
       <x:c r="D229" s="1" t="s">
-        <x:v>918</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="E229" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F229" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G229" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="H229" s="1" t="s">
-        <x:v>919</x:v>
+        <x:v>915</x:v>
       </x:c>
       <x:c r="I229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J229" s="1" t="s">
-        <x:v>884</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="K229" s="1" t="s">
-        <x:v>920</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L229" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:12" ht="15" customHeight="1">
       <x:c r="A230" s="1">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B230" s="1" t="s">
-        <x:v>609</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="C230" s="1" t="s">
-        <x:v>555</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="D230" s="1" t="s">
-        <x:v>921</x:v>
+        <x:v>917</x:v>
       </x:c>
       <x:c r="E230" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F230" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G230" s="1" t="s">
-        <x:v>922</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="H230" s="1" t="s">
-        <x:v>923</x:v>
+        <x:v>918</x:v>
       </x:c>
       <x:c r="I230" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J230" s="1" t="s">
-        <x:v>884</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="K230" s="1" t="s">
-        <x:v>614</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="L230" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:12" ht="15" customHeight="1">
       <x:c r="A231" s="1">
         <x:v>228</x:v>
       </x:c>
       <x:c r="B231" s="1" t="s">
-        <x:v>924</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="C231" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="D231" s="1" t="s">
-        <x:v>925</x:v>
+        <x:v>919</x:v>
       </x:c>
       <x:c r="E231" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F231" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G231" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="H231" s="1" t="s">
-        <x:v>926</x:v>
+        <x:v>921</x:v>
       </x:c>
       <x:c r="I231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J231" s="1" t="s">
-        <x:v>884</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="K231" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>609</x:v>
       </x:c>
       <x:c r="L231" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:12" ht="15" customHeight="1">
       <x:c r="A232" s="1">
         <x:v>229</x:v>
       </x:c>
       <x:c r="B232" s="1" t="s">
-        <x:v>927</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="C232" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="D232" s="1" t="s">
-        <x:v>928</x:v>
+        <x:v>923</x:v>
       </x:c>
       <x:c r="E232" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F232" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G232" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="H232" s="1" t="s">
-        <x:v>929</x:v>
+        <x:v>924</x:v>
       </x:c>
       <x:c r="I232" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J232" s="1" t="s">
-        <x:v>884</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="K232" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L232" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:12" ht="15" customHeight="1">
       <x:c r="A233" s="1">
         <x:v>230</x:v>
       </x:c>
       <x:c r="B233" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>925</x:v>
       </x:c>
       <x:c r="C233" s="1" t="s">
-        <x:v>930</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="D233" s="1" t="s">
-        <x:v>931</x:v>
+        <x:v>926</x:v>
       </x:c>
       <x:c r="E233" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F233" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G233" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="H233" s="1" t="s">
-        <x:v>932</x:v>
+        <x:v>927</x:v>
       </x:c>
       <x:c r="I233" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J233" s="1" t="s">
-        <x:v>884</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="K233" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="L233" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:12" ht="15" customHeight="1">
       <x:c r="A234" s="1">
         <x:v>231</x:v>
       </x:c>
       <x:c r="B234" s="1" t="s">
-        <x:v>933</x:v>
+        <x:v>928</x:v>
       </x:c>
       <x:c r="C234" s="1" t="s">
-        <x:v>714</x:v>
+        <x:v>929</x:v>
       </x:c>
       <x:c r="D234" s="1" t="s">
-        <x:v>934</x:v>
+        <x:v>930</x:v>
       </x:c>
       <x:c r="E234" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F234" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G234" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>931</x:v>
       </x:c>
       <x:c r="H234" s="1" t="s">
-        <x:v>935</x:v>
+        <x:v>932</x:v>
       </x:c>
       <x:c r="I234" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J234" s="1" t="s">
-        <x:v>884</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="K234" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="L234" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:12" ht="15" customHeight="1">
       <x:c r="A235" s="1">
         <x:v>232</x:v>
       </x:c>
       <x:c r="B235" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C235" s="1" t="s">
-        <x:v>761</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="D235" s="1" t="s">
-        <x:v>936</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="E235" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F235" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G235" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="H235" s="1" t="s">
-        <x:v>937</x:v>
+        <x:v>934</x:v>
       </x:c>
       <x:c r="I235" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J235" s="1" t="s">
-        <x:v>884</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="K235" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="L235" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:12" ht="15" customHeight="1">
       <x:c r="A236" s="1">
         <x:v>233</x:v>
       </x:c>
       <x:c r="B236" s="1" t="s">
+        <x:v>935</x:v>
+      </x:c>
+      <x:c r="C236" s="1" t="s">
+        <x:v>936</x:v>
+      </x:c>
+      <x:c r="D236" s="1" t="s">
+        <x:v>937</x:v>
+      </x:c>
+      <x:c r="E236" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F236" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G236" s="1" t="s">
+        <x:v>848</x:v>
+      </x:c>
+      <x:c r="H236" s="1" t="s">
         <x:v>938</x:v>
       </x:c>
-      <x:c r="C236" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I236" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J236" s="1" t="s">
-        <x:v>884</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="K236" s="1" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="L236" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:12" ht="15" customHeight="1">
       <x:c r="A237" s="1">
         <x:v>234</x:v>
       </x:c>
       <x:c r="B237" s="1" t="s">
+        <x:v>939</x:v>
+      </x:c>
+      <x:c r="C237" s="1" t="s">
+        <x:v>643</x:v>
+      </x:c>
+      <x:c r="D237" s="1" t="s">
+        <x:v>940</x:v>
+      </x:c>
+      <x:c r="E237" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F237" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G237" s="1" t="s">
+        <x:v>941</x:v>
+      </x:c>
+      <x:c r="H237" s="1" t="s">
         <x:v>942</x:v>
       </x:c>
-      <x:c r="C237" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I237" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J237" s="1" t="s">
-        <x:v>884</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="K237" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="L237" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:12" ht="15" customHeight="1">
       <x:c r="A238" s="1">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B238" s="1" t="s">
-        <x:v>946</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="C238" s="1" t="s">
-        <x:v>574</x:v>
+        <x:v>943</x:v>
       </x:c>
       <x:c r="D238" s="1" t="s">
-        <x:v>947</x:v>
+        <x:v>944</x:v>
       </x:c>
       <x:c r="E238" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F238" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G238" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="H238" s="1" t="s">
-        <x:v>948</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="I238" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J238" s="1" t="s">
-        <x:v>884</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="K238" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="L238" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:12" ht="15" customHeight="1">
       <x:c r="A239" s="1">
         <x:v>236</x:v>
       </x:c>
       <x:c r="B239" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>946</x:v>
       </x:c>
       <x:c r="C239" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="D239" s="1" t="s">
-        <x:v>949</x:v>
+        <x:v>947</x:v>
       </x:c>
       <x:c r="E239" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F239" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G239" s="1" t="s">
-        <x:v>950</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="H239" s="1" t="s">
-        <x:v>951</x:v>
+        <x:v>948</x:v>
       </x:c>
       <x:c r="I239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J239" s="1" t="s">
-        <x:v>884</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="K239" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="L239" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:12" ht="15" customHeight="1">
       <x:c r="A240" s="1">
         <x:v>237</x:v>
       </x:c>
       <x:c r="B240" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C240" s="1" t="s">
-        <x:v>952</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D240" s="1" t="s">
-        <x:v>953</x:v>
+        <x:v>949</x:v>
       </x:c>
       <x:c r="E240" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F240" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G240" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>950</x:v>
       </x:c>
       <x:c r="H240" s="1" t="s">
-        <x:v>954</x:v>
+        <x:v>951</x:v>
       </x:c>
       <x:c r="I240" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J240" s="1" t="s">
-        <x:v>884</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="K240" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L240" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:12" ht="15" customHeight="1">
       <x:c r="A241" s="1">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B241" s="1" t="s">
-        <x:v>900</x:v>
+        <x:v>896</x:v>
       </x:c>
       <x:c r="C241" s="1" t="s">
-        <x:v>555</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="D241" s="1" t="s">
-        <x:v>955</x:v>
+        <x:v>952</x:v>
       </x:c>
       <x:c r="E241" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F241" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G241" s="1" t="s">
-        <x:v>841</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="H241" s="1" t="s">
-        <x:v>956</x:v>
+        <x:v>953</x:v>
       </x:c>
       <x:c r="I241" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J241" s="1" t="s">
-        <x:v>884</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="K241" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="L241" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:12" ht="15" customHeight="1">
       <x:c r="A242" s="1">
         <x:v>239</x:v>
       </x:c>
       <x:c r="B242" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C242" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="D242" s="1" t="s">
-        <x:v>957</x:v>
+        <x:v>954</x:v>
       </x:c>
       <x:c r="E242" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F242" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G242" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="H242" s="1" t="s">
-        <x:v>958</x:v>
+        <x:v>955</x:v>
       </x:c>
       <x:c r="I242" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J242" s="1" t="s">
-        <x:v>884</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="K242" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L242" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:12" ht="15" customHeight="1">
       <x:c r="A243" s="1">
         <x:v>240</x:v>
       </x:c>
       <x:c r="B243" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="C243" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="D243" s="1" t="s">
-        <x:v>959</x:v>
+        <x:v>956</x:v>
       </x:c>
       <x:c r="E243" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F243" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G243" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="H243" s="1" t="s">
-        <x:v>960</x:v>
+        <x:v>957</x:v>
       </x:c>
       <x:c r="I243" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J243" s="1" t="s">
-        <x:v>884</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="K243" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L243" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:12" ht="15" customHeight="1">
       <x:c r="A244" s="1">
         <x:v>241</x:v>
       </x:c>
       <x:c r="B244" s="1" t="s">
-        <x:v>657</x:v>
+        <x:v>958</x:v>
       </x:c>
       <x:c r="C244" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="D244" s="1" t="s">
-        <x:v>961</x:v>
+        <x:v>959</x:v>
       </x:c>
       <x:c r="E244" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F244" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G244" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="H244" s="1" t="s">
-        <x:v>962</x:v>
+        <x:v>960</x:v>
       </x:c>
       <x:c r="I244" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J244" s="1" t="s">
-        <x:v>884</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="K244" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="L244" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:12" ht="15" customHeight="1">
       <x:c r="A245" s="1">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B245" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C245" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="D245" s="1" t="s">
-        <x:v>963</x:v>
+        <x:v>961</x:v>
       </x:c>
       <x:c r="E245" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F245" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G245" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="H245" s="1" t="s">
-        <x:v>964</x:v>
+        <x:v>962</x:v>
       </x:c>
       <x:c r="I245" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J245" s="1" t="s">
-        <x:v>884</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="K245" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L245" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:12" ht="15" customHeight="1">
       <x:c r="A246" s="1">
         <x:v>243</x:v>
       </x:c>
       <x:c r="B246" s="1" t="s">
+        <x:v>963</x:v>
+      </x:c>
+      <x:c r="C246" s="1" t="s">
+        <x:v>444</x:v>
+      </x:c>
+      <x:c r="D246" s="1" t="s">
+        <x:v>964</x:v>
+      </x:c>
+      <x:c r="E246" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F246" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G246" s="1" t="s">
+        <x:v>848</x:v>
+      </x:c>
+      <x:c r="H246" s="1" t="s">
         <x:v>965</x:v>
       </x:c>
-      <x:c r="C246" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D246" s="1" t="s">
+      <x:c r="I246" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J246" s="1" t="s">
+        <x:v>871</x:v>
+      </x:c>
+      <x:c r="K246" s="1" t="s">
         <x:v>966</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>190</x:v>
       </x:c>
       <x:c r="L246" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:12" ht="15" customHeight="1">
       <x:c r="A247" s="1">
         <x:v>244</x:v>
       </x:c>
       <x:c r="B247" s="1" t="s">
+        <x:v>967</x:v>
+      </x:c>
+      <x:c r="C247" s="1" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="D247" s="1" t="s">
         <x:v>968</x:v>
       </x:c>
-      <x:c r="C247" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D247" s="1" t="s">
+      <x:c r="E247" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F247" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G247" s="1" t="s">
         <x:v>969</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>858</x:v>
       </x:c>
       <x:c r="H247" s="1" t="s">
         <x:v>970</x:v>
       </x:c>
       <x:c r="I247" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J247" s="1" t="s">
-        <x:v>884</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="K247" s="1" t="s">
         <x:v>971</x:v>
       </x:c>
       <x:c r="L247" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:12" ht="15" customHeight="1">
       <x:c r="A248" s="1">
         <x:v>245</x:v>
       </x:c>
       <x:c r="B248" s="1" t="s">
+        <x:v>394</x:v>
+      </x:c>
+      <x:c r="C248" s="1" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="D248" s="1" t="s">
         <x:v>972</x:v>
       </x:c>
-      <x:c r="C248" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D248" s="1" t="s">
+      <x:c r="E248" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F248" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G248" s="1" t="s">
+        <x:v>969</x:v>
+      </x:c>
+      <x:c r="H248" s="1" t="s">
         <x:v>973</x:v>
       </x:c>
-      <x:c r="E248" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G248" s="1" t="s">
+      <x:c r="I248" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J248" s="1" t="s">
         <x:v>974</x:v>
       </x:c>
-      <x:c r="H248" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K248" s="1" t="s">
-        <x:v>976</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="L248" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:12" ht="15" customHeight="1">
       <x:c r="A249" s="1">
         <x:v>246</x:v>
       </x:c>
       <x:c r="B249" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="C249" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="D249" s="1" t="s">
-        <x:v>977</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="E249" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F249" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G249" s="1" t="s">
+        <x:v>950</x:v>
+      </x:c>
+      <x:c r="H249" s="1" t="s">
+        <x:v>976</x:v>
+      </x:c>
+      <x:c r="I249" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J249" s="1" t="s">
         <x:v>974</x:v>
       </x:c>
-      <x:c r="H249" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K249" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L249" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:12" ht="15" customHeight="1">
       <x:c r="A250" s="1">
         <x:v>247</x:v>
       </x:c>
       <x:c r="B250" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C250" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>977</x:v>
       </x:c>
       <x:c r="D250" s="1" t="s">
+        <x:v>978</x:v>
+      </x:c>
+      <x:c r="E250" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F250" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G250" s="1" t="s">
+        <x:v>848</x:v>
+      </x:c>
+      <x:c r="H250" s="1" t="s">
         <x:v>979</x:v>
       </x:c>
-      <x:c r="E250" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I250" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J250" s="1" t="s">
-        <x:v>884</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="K250" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="L250" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:12" ht="15" customHeight="1">
       <x:c r="A251" s="1">
         <x:v>248</x:v>
       </x:c>
       <x:c r="B251" s="1" t="s">
+        <x:v>980</x:v>
+      </x:c>
+      <x:c r="C251" s="1" t="s">
+        <x:v>724</x:v>
+      </x:c>
+      <x:c r="D251" s="1" t="s">
         <x:v>981</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>982</x:v>
       </x:c>
       <x:c r="E251" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F251" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G251" s="1" t="s">
         <x:v>950</x:v>
       </x:c>
       <x:c r="H251" s="1" t="s">
-        <x:v>983</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="I251" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J251" s="1" t="s">
-        <x:v>984</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="K251" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="L251" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:12" ht="15" customHeight="1">
       <x:c r="A252" s="1">
         <x:v>249</x:v>
       </x:c>
       <x:c r="B252" s="1" t="s">
-        <x:v>738</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="C252" s="1" t="s">
+        <x:v>983</x:v>
+      </x:c>
+      <x:c r="D252" s="1" t="s">
+        <x:v>984</x:v>
+      </x:c>
+      <x:c r="E252" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F252" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G252" s="1" t="s">
+        <x:v>848</x:v>
+      </x:c>
+      <x:c r="H252" s="1" t="s">
         <x:v>985</x:v>
       </x:c>
-      <x:c r="D252" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I252" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J252" s="1" t="s">
-        <x:v>984</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="K252" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L252" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:12" ht="15" customHeight="1">
       <x:c r="A253" s="1">
         <x:v>250</x:v>
       </x:c>
       <x:c r="B253" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>986</x:v>
       </x:c>
       <x:c r="C253" s="1" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="D253" s="1" t="s">
+        <x:v>987</x:v>
+      </x:c>
+      <x:c r="E253" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F253" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G253" s="1" t="s">
+        <x:v>848</x:v>
+      </x:c>
+      <x:c r="H253" s="1" t="s">
         <x:v>988</x:v>
       </x:c>
-      <x:c r="D253" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="I253" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J253" s="1" t="s">
-        <x:v>984</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="K253" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L253" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:12" ht="15" customHeight="1">
       <x:c r="A254" s="1">
         <x:v>251</x:v>
       </x:c>
       <x:c r="B254" s="1" t="s">
+        <x:v>989</x:v>
+      </x:c>
+      <x:c r="C254" s="1" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="D254" s="1" t="s">
+        <x:v>990</x:v>
+      </x:c>
+      <x:c r="E254" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F254" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G254" s="1" t="s">
+        <x:v>950</x:v>
+      </x:c>
+      <x:c r="H254" s="1" t="s">
         <x:v>991</x:v>
       </x:c>
-      <x:c r="C254" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I254" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J254" s="1" t="s">
-        <x:v>984</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="K254" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="L254" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:12" ht="15" customHeight="1">
       <x:c r="A255" s="1">
         <x:v>252</x:v>
       </x:c>
       <x:c r="B255" s="1" t="s">
-        <x:v>994</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="C255" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="D255" s="1" t="s">
-        <x:v>995</x:v>
+        <x:v>992</x:v>
       </x:c>
       <x:c r="E255" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F255" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G255" s="1" t="s">
-        <x:v>950</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="H255" s="1" t="s">
-        <x:v>996</x:v>
+        <x:v>993</x:v>
       </x:c>
       <x:c r="I255" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J255" s="1" t="s">
-        <x:v>984</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="K255" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L255" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:12" ht="15" customHeight="1">
       <x:c r="A256" s="1">
         <x:v>253</x:v>
       </x:c>
       <x:c r="B256" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="C256" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>994</x:v>
       </x:c>
       <x:c r="D256" s="1" t="s">
-        <x:v>997</x:v>
+        <x:v>995</x:v>
       </x:c>
       <x:c r="E256" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F256" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G256" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="H256" s="1" t="s">
-        <x:v>998</x:v>
+        <x:v>996</x:v>
       </x:c>
       <x:c r="I256" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J256" s="1" t="s">
-        <x:v>984</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="K256" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="L256" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:12" ht="15" customHeight="1">
       <x:c r="A257" s="1">
         <x:v>254</x:v>
       </x:c>
       <x:c r="B257" s="1" t="s">
-        <x:v>731</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C257" s="1" t="s">
-        <x:v>732</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D257" s="1" t="s">
-        <x:v>999</x:v>
+        <x:v>997</x:v>
       </x:c>
       <x:c r="E257" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F257" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G257" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="H257" s="1" t="s">
-        <x:v>1000</x:v>
+        <x:v>998</x:v>
       </x:c>
       <x:c r="I257" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J257" s="1" t="s">
-        <x:v>984</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="K257" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L257" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:12" ht="15" customHeight="1">
       <x:c r="A258" s="1">
         <x:v>255</x:v>
       </x:c>
       <x:c r="B258" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C258" s="1" t="s">
-        <x:v>1001</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="D258" s="1" t="s">
-        <x:v>1002</x:v>
+        <x:v>999</x:v>
       </x:c>
       <x:c r="E258" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F258" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G258" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="H258" s="1" t="s">
-        <x:v>1003</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="I258" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J258" s="1" t="s">
-        <x:v>984</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="K258" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="L258" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:12" ht="15" customHeight="1">
       <x:c r="A259" s="1">
         <x:v>256</x:v>
       </x:c>
       <x:c r="B259" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C259" s="1" t="s">
-        <x:v>761</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="D259" s="1" t="s">
-        <x:v>1004</x:v>
+        <x:v>1001</x:v>
       </x:c>
       <x:c r="E259" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F259" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G259" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="H259" s="1" t="s">
-        <x:v>1005</x:v>
+        <x:v>1002</x:v>
       </x:c>
       <x:c r="I259" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J259" s="1" t="s">
-        <x:v>984</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="K259" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="L259" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:12" ht="15" customHeight="1">
       <x:c r="A260" s="1">
         <x:v>257</x:v>
       </x:c>
       <x:c r="B260" s="1" t="s">
-        <x:v>1006</x:v>
+        <x:v>1003</x:v>
       </x:c>
       <x:c r="C260" s="1" t="s">
-        <x:v>1007</x:v>
+        <x:v>1004</x:v>
       </x:c>
       <x:c r="D260" s="1" t="s">
-        <x:v>1008</x:v>
+        <x:v>1005</x:v>
       </x:c>
       <x:c r="E260" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F260" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G260" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="H260" s="1" t="s">
-        <x:v>1009</x:v>
+        <x:v>1006</x:v>
       </x:c>
       <x:c r="I260" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J260" s="1" t="s">
-        <x:v>984</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="K260" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="L260" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:12" ht="15" customHeight="1">
       <x:c r="A261" s="1">
         <x:v>258</x:v>
       </x:c>
       <x:c r="B261" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C261" s="1" t="s">
-        <x:v>1010</x:v>
+        <x:v>1007</x:v>
       </x:c>
       <x:c r="D261" s="1" t="s">
-        <x:v>1011</x:v>
+        <x:v>1008</x:v>
       </x:c>
       <x:c r="E261" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F261" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G261" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="H261" s="1" t="s">
-        <x:v>1012</x:v>
+        <x:v>1009</x:v>
       </x:c>
       <x:c r="I261" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J261" s="1" t="s">
-        <x:v>984</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="K261" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L261" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:12" ht="15" customHeight="1">
       <x:c r="A262" s="1">
         <x:v>259</x:v>
       </x:c>
       <x:c r="B262" s="1" t="s">
+        <x:v>1010</x:v>
+      </x:c>
+      <x:c r="C262" s="1" t="s">
+        <x:v>1011</x:v>
+      </x:c>
+      <x:c r="D262" s="1" t="s">
+        <x:v>1012</x:v>
+      </x:c>
+      <x:c r="E262" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F262" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G262" s="1" t="s">
+        <x:v>848</x:v>
+      </x:c>
+      <x:c r="H262" s="1" t="s">
         <x:v>1013</x:v>
       </x:c>
-      <x:c r="C262" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I262" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J262" s="1" t="s">
-        <x:v>984</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="K262" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="L262" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:12" ht="15" customHeight="1">
       <x:c r="A263" s="1">
         <x:v>260</x:v>
       </x:c>
       <x:c r="B263" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C263" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="D263" s="1" t="s">
-        <x:v>1017</x:v>
+        <x:v>1014</x:v>
       </x:c>
       <x:c r="E263" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F263" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G263" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="H263" s="1" t="s">
-        <x:v>1018</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="I263" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J263" s="1" t="s">
-        <x:v>984</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="K263" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L263" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:12" ht="15" customHeight="1">
       <x:c r="A264" s="1">
         <x:v>261</x:v>
       </x:c>
       <x:c r="B264" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="C264" s="1" t="s">
-        <x:v>610</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="D264" s="1" t="s">
-        <x:v>1019</x:v>
+        <x:v>1016</x:v>
       </x:c>
       <x:c r="E264" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F264" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G264" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="H264" s="1" t="s">
-        <x:v>1020</x:v>
+        <x:v>1017</x:v>
       </x:c>
       <x:c r="I264" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J264" s="1" t="s">
-        <x:v>984</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="K264" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="L264" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:12" ht="15" customHeight="1">
       <x:c r="A265" s="1">
         <x:v>262</x:v>
       </x:c>
       <x:c r="B265" s="1" t="s">
-        <x:v>1021</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="C265" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="D265" s="1" t="s">
-        <x:v>1022</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="E265" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F265" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G265" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="H265" s="1" t="s">
-        <x:v>1023</x:v>
+        <x:v>1019</x:v>
       </x:c>
       <x:c r="I265" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J265" s="1" t="s">
-        <x:v>984</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="K265" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L265" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:12" ht="15" customHeight="1">
       <x:c r="A266" s="1">
         <x:v>263</x:v>
       </x:c>
       <x:c r="B266" s="1" t="s">
-        <x:v>1024</x:v>
+        <x:v>1020</x:v>
       </x:c>
       <x:c r="C266" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="D266" s="1" t="s">
-        <x:v>1025</x:v>
+        <x:v>1021</x:v>
       </x:c>
       <x:c r="E266" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F266" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G266" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="H266" s="1" t="s">
-        <x:v>1026</x:v>
+        <x:v>1022</x:v>
       </x:c>
       <x:c r="I266" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J266" s="1" t="s">
-        <x:v>984</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="K266" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L266" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:12" ht="15" customHeight="1">
       <x:c r="A267" s="1">
         <x:v>264</x:v>
       </x:c>
       <x:c r="B267" s="1" t="s">
-        <x:v>722</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="C267" s="1" t="s">
-        <x:v>1027</x:v>
+        <x:v>1023</x:v>
       </x:c>
       <x:c r="D267" s="1" t="s">
-        <x:v>1028</x:v>
+        <x:v>1024</x:v>
       </x:c>
       <x:c r="E267" s="1" t="s">
-        <x:v>678</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="F267" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G267" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="H267" s="1" t="s">
-        <x:v>1029</x:v>
+        <x:v>1025</x:v>
       </x:c>
       <x:c r="I267" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J267" s="1" t="s">
-        <x:v>984</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="K267" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="L267" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:12" ht="15" customHeight="1">
       <x:c r="A268" s="1">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B268" s="1" t="s">
-        <x:v>1030</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="C268" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="D268" s="1" t="s">
-        <x:v>1031</x:v>
+        <x:v>1026</x:v>
       </x:c>
       <x:c r="E268" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F268" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G268" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="H268" s="1" t="s">
-        <x:v>1032</x:v>
+        <x:v>1027</x:v>
       </x:c>
       <x:c r="I268" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J268" s="1" t="s">
-        <x:v>984</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="K268" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L268" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:12" ht="15" customHeight="1">
       <x:c r="A269" s="1">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B269" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="C269" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>1028</x:v>
       </x:c>
       <x:c r="D269" s="1" t="s">
-        <x:v>1033</x:v>
+        <x:v>1029</x:v>
       </x:c>
       <x:c r="E269" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F269" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G269" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="H269" s="1" t="s">
-        <x:v>1034</x:v>
+        <x:v>1030</x:v>
       </x:c>
       <x:c r="I269" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J269" s="1" t="s">
-        <x:v>984</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="K269" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L269" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:12" ht="15" customHeight="1">
       <x:c r="A270" s="1">
         <x:v>267</x:v>
       </x:c>
       <x:c r="B270" s="1" t="s">
-        <x:v>738</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="C270" s="1" t="s">
-        <x:v>1035</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="D270" s="1" t="s">
-        <x:v>1036</x:v>
+        <x:v>1031</x:v>
       </x:c>
       <x:c r="E270" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>1032</x:v>
       </x:c>
       <x:c r="F270" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G270" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="H270" s="1" t="s">
-        <x:v>1037</x:v>
+        <x:v>1033</x:v>
       </x:c>
       <x:c r="I270" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J270" s="1" t="s">
-        <x:v>984</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="K270" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="L270" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:12" ht="15" customHeight="1">
       <x:c r="A271" s="1">
         <x:v>268</x:v>
       </x:c>
       <x:c r="B271" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="C271" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>1034</x:v>
       </x:c>
       <x:c r="D271" s="1" t="s">
-        <x:v>1038</x:v>
+        <x:v>1035</x:v>
       </x:c>
       <x:c r="E271" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F271" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G271" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="H271" s="1" t="s">
-        <x:v>1039</x:v>
+        <x:v>1036</x:v>
       </x:c>
       <x:c r="I271" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J271" s="1" t="s">
-        <x:v>984</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="K271" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L271" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:12" ht="15" customHeight="1">
       <x:c r="A272" s="1">
         <x:v>269</x:v>
       </x:c>
       <x:c r="B272" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>1037</x:v>
       </x:c>
       <x:c r="C272" s="1" t="s">
-        <x:v>1040</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="D272" s="1" t="s">
-        <x:v>1041</x:v>
+        <x:v>1038</x:v>
       </x:c>
       <x:c r="E272" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F272" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G272" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="H272" s="1" t="s">
-        <x:v>1042</x:v>
+        <x:v>1039</x:v>
       </x:c>
       <x:c r="I272" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J272" s="1" t="s">
-        <x:v>984</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="K272" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="L272" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:12" ht="15" customHeight="1">
       <x:c r="A273" s="1">
         <x:v>270</x:v>
       </x:c>
       <x:c r="B273" s="1" t="s">
-        <x:v>1021</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C273" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="D273" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>1040</x:v>
       </x:c>
       <x:c r="E273" s="1" t="s">
-        <x:v>1044</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F273" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G273" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="H273" s="1" t="s">
-        <x:v>1045</x:v>
+        <x:v>1041</x:v>
       </x:c>
       <x:c r="I273" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J273" s="1" t="s">
-        <x:v>984</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="K273" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L273" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:12" ht="15" customHeight="1">
       <x:c r="A274" s="1">
         <x:v>271</x:v>
       </x:c>
       <x:c r="B274" s="1" t="s">
-        <x:v>1046</x:v>
+        <x:v>1042</x:v>
       </x:c>
       <x:c r="C274" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>664</x:v>
       </x:c>
       <x:c r="D274" s="1" t="s">
-        <x:v>1047</x:v>
+        <x:v>1043</x:v>
       </x:c>
       <x:c r="E274" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F274" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G274" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="H274" s="1" t="s">
-        <x:v>1048</x:v>
+        <x:v>1044</x:v>
       </x:c>
       <x:c r="I274" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J274" s="1" t="s">
-        <x:v>984</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="K274" s="1" t="s">
-        <x:v>627</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="L274" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:12" ht="15" customHeight="1">
       <x:c r="A275" s="1">
         <x:v>272</x:v>
       </x:c>
       <x:c r="B275" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>1045</x:v>
       </x:c>
       <x:c r="C275" s="1" t="s">
-        <x:v>665</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="D275" s="1" t="s">
-        <x:v>1050</x:v>
+        <x:v>1046</x:v>
       </x:c>
       <x:c r="E275" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F275" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G275" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="H275" s="1" t="s">
-        <x:v>1051</x:v>
+        <x:v>1047</x:v>
       </x:c>
       <x:c r="I275" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J275" s="1" t="s">
-        <x:v>984</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="K275" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="L275" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:12" ht="15" customHeight="1">
       <x:c r="A276" s="1">
         <x:v>273</x:v>
       </x:c>
       <x:c r="B276" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="C276" s="1" t="s">
-        <x:v>641</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="D276" s="1" t="s">
-        <x:v>1052</x:v>
+        <x:v>1048</x:v>
       </x:c>
       <x:c r="E276" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F276" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G276" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="H276" s="1" t="s">
-        <x:v>1053</x:v>
+        <x:v>1049</x:v>
       </x:c>
       <x:c r="I276" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J276" s="1" t="s">
-        <x:v>984</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="K276" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L276" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:12" ht="15" customHeight="1">
       <x:c r="A277" s="1">
         <x:v>274</x:v>
       </x:c>
       <x:c r="B277" s="1" t="s">
-        <x:v>1054</x:v>
+        <x:v>1050</x:v>
       </x:c>
       <x:c r="C277" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="D277" s="1" t="s">
-        <x:v>1055</x:v>
+        <x:v>1051</x:v>
       </x:c>
       <x:c r="E277" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F277" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G277" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="H277" s="1" t="s">
-        <x:v>1056</x:v>
+        <x:v>1052</x:v>
       </x:c>
       <x:c r="I277" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J277" s="1" t="s">
-        <x:v>984</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="K277" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="L277" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:12" ht="15" customHeight="1">
       <x:c r="A278" s="1">
         <x:v>275</x:v>
       </x:c>
       <x:c r="B278" s="1" t="s">
-        <x:v>1057</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="C278" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="D278" s="1" t="s">
-        <x:v>1058</x:v>
+        <x:v>1053</x:v>
       </x:c>
       <x:c r="E278" s="1" t="s">
-        <x:v>1059</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F278" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G278" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="H278" s="1" t="s">
-        <x:v>1060</x:v>
+        <x:v>1054</x:v>
       </x:c>
       <x:c r="I278" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J278" s="1" t="s">
-        <x:v>984</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="K278" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L278" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:12" ht="15" customHeight="1">
       <x:c r="A279" s="1">
         <x:v>276</x:v>
       </x:c>
       <x:c r="B279" s="1" t="s">
-        <x:v>1061</x:v>
+        <x:v>1055</x:v>
       </x:c>
       <x:c r="C279" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="D279" s="1" t="s">
-        <x:v>1062</x:v>
+        <x:v>1056</x:v>
       </x:c>
       <x:c r="E279" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F279" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G279" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="H279" s="1" t="s">
-        <x:v>1063</x:v>
+        <x:v>1057</x:v>
       </x:c>
       <x:c r="I279" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J279" s="1" t="s">
-        <x:v>984</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="K279" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="L279" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:12" ht="15" customHeight="1">
       <x:c r="A280" s="1">
         <x:v>277</x:v>
       </x:c>
       <x:c r="B280" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>1058</x:v>
       </x:c>
       <x:c r="C280" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>1059</x:v>
       </x:c>
       <x:c r="D280" s="1" t="s">
-        <x:v>1064</x:v>
+        <x:v>1060</x:v>
       </x:c>
       <x:c r="E280" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F280" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G280" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="H280" s="1" t="s">
-        <x:v>1065</x:v>
+        <x:v>1061</x:v>
       </x:c>
       <x:c r="I280" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J280" s="1" t="s">
-        <x:v>984</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="K280" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="L280" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:12" ht="15" customHeight="1">
       <x:c r="A281" s="1">
         <x:v>278</x:v>
       </x:c>
       <x:c r="B281" s="1" t="s">
-        <x:v>676</x:v>
+        <x:v>1062</x:v>
       </x:c>
       <x:c r="C281" s="1" t="s">
-        <x:v>823</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="D281" s="1" t="s">
-        <x:v>1066</x:v>
+        <x:v>1063</x:v>
       </x:c>
       <x:c r="E281" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F281" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G281" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="H281" s="1" t="s">
-        <x:v>1067</x:v>
+        <x:v>1064</x:v>
       </x:c>
       <x:c r="I281" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J281" s="1" t="s">
-        <x:v>984</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="K281" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="L281" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:12" ht="15" customHeight="1">
       <x:c r="A282" s="1">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B282" s="1" t="s">
-        <x:v>1068</x:v>
+        <x:v>1065</x:v>
       </x:c>
       <x:c r="C282" s="1" t="s">
-        <x:v>823</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="D282" s="1" t="s">
-        <x:v>1069</x:v>
+        <x:v>1066</x:v>
       </x:c>
       <x:c r="E282" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F282" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G282" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="H282" s="1" t="s">
-        <x:v>1070</x:v>
+        <x:v>1067</x:v>
       </x:c>
       <x:c r="I282" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J282" s="1" t="s">
-        <x:v>984</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="K282" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="L282" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:12" ht="15" customHeight="1">
       <x:c r="A283" s="1">
         <x:v>280</x:v>
       </x:c>
       <x:c r="B283" s="1" t="s">
+        <x:v>1068</x:v>
+      </x:c>
+      <x:c r="C283" s="1" t="s">
+        <x:v>462</x:v>
+      </x:c>
+      <x:c r="D283" s="1" t="s">
+        <x:v>1069</x:v>
+      </x:c>
+      <x:c r="E283" s="1" t="s">
+        <x:v>1070</x:v>
+      </x:c>
+      <x:c r="F283" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G283" s="1" t="s">
+        <x:v>848</x:v>
+      </x:c>
+      <x:c r="H283" s="1" t="s">
         <x:v>1071</x:v>
       </x:c>
-      <x:c r="C283" s="1" t="s">
+      <x:c r="I283" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J283" s="1" t="s">
+        <x:v>974</x:v>
+      </x:c>
+      <x:c r="K283" s="1" t="s">
         <x:v>1072</x:v>
-      </x:c>
-[...22 lines deleted...]
-        <x:v>284</x:v>
       </x:c>
       <x:c r="L283" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:12" ht="15" customHeight="1">
       <x:c r="A284" s="1">
         <x:v>281</x:v>
       </x:c>
       <x:c r="B284" s="1" t="s">
-        <x:v>1075</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="C284" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>897</x:v>
       </x:c>
       <x:c r="D284" s="1" t="s">
-        <x:v>1076</x:v>
+        <x:v>1073</x:v>
       </x:c>
       <x:c r="E284" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="F284" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G284" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>950</x:v>
       </x:c>
       <x:c r="H284" s="1" t="s">
-        <x:v>1077</x:v>
+        <x:v>1074</x:v>
       </x:c>
       <x:c r="I284" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J284" s="1" t="s">
-        <x:v>984</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="K284" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="L284" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:12" ht="15" customHeight="1">
       <x:c r="A285" s="1">
         <x:v>282</x:v>
       </x:c>
       <x:c r="B285" s="1" t="s">
-        <x:v>1078</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="C285" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="D285" s="1" t="s">
-        <x:v>1079</x:v>
+        <x:v>1075</x:v>
       </x:c>
       <x:c r="E285" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F285" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G285" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="H285" s="1" t="s">
-        <x:v>1080</x:v>
+        <x:v>1076</x:v>
       </x:c>
       <x:c r="I285" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J285" s="1" t="s">
-        <x:v>984</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="K285" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L285" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:12" ht="15" customHeight="1">
       <x:c r="A286" s="1">
         <x:v>283</x:v>
       </x:c>
       <x:c r="B286" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>1077</x:v>
       </x:c>
       <x:c r="C286" s="1" t="s">
-        <x:v>901</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="D286" s="1" t="s">
-        <x:v>1081</x:v>
+        <x:v>1078</x:v>
       </x:c>
       <x:c r="E286" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F286" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G286" s="1" t="s">
-        <x:v>950</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="H286" s="1" t="s">
-        <x:v>1082</x:v>
+        <x:v>1079</x:v>
       </x:c>
       <x:c r="I286" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J286" s="1" t="s">
-        <x:v>984</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="K286" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>966</x:v>
       </x:c>
       <x:c r="L286" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:12" ht="15" customHeight="1">
       <x:c r="A287" s="1">
         <x:v>284</x:v>
       </x:c>
       <x:c r="B287" s="1" t="s">
-        <x:v>1083</x:v>
+        <x:v>1080</x:v>
       </x:c>
       <x:c r="C287" s="1" t="s">
-        <x:v>1084</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="D287" s="1" t="s">
-        <x:v>1085</x:v>
+        <x:v>1081</x:v>
       </x:c>
       <x:c r="E287" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F287" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G287" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="H287" s="1" t="s">
-        <x:v>1086</x:v>
+        <x:v>1082</x:v>
       </x:c>
       <x:c r="I287" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J287" s="1" t="s">
-        <x:v>984</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="K287" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="L287" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:12" ht="15" customHeight="1">
       <x:c r="A288" s="1">
         <x:v>285</x:v>
       </x:c>
       <x:c r="B288" s="1" t="s">
-        <x:v>1087</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C288" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="D288" s="1" t="s">
-        <x:v>1088</x:v>
+        <x:v>1083</x:v>
       </x:c>
       <x:c r="E288" s="1" t="s">
-        <x:v>1089</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F288" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G288" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="H288" s="1" t="s">
-        <x:v>1090</x:v>
+        <x:v>1084</x:v>
       </x:c>
       <x:c r="I288" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J288" s="1" t="s">
-        <x:v>984</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="K288" s="1" t="s">
-        <x:v>1091</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L288" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:12" ht="15" customHeight="1">
       <x:c r="A289" s="1">
         <x:v>286</x:v>
       </x:c>
       <x:c r="B289" s="1" t="s">
-        <x:v>731</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="C289" s="1" t="s">
-        <x:v>761</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="D289" s="1" t="s">
-        <x:v>1092</x:v>
+        <x:v>1085</x:v>
       </x:c>
       <x:c r="E289" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="F289" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G289" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="H289" s="1" t="s">
-        <x:v>1093</x:v>
+        <x:v>1086</x:v>
       </x:c>
       <x:c r="I289" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J289" s="1" t="s">
-        <x:v>984</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="K289" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="L289" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:12" ht="15" customHeight="1">
       <x:c r="A290" s="1">
         <x:v>287</x:v>
       </x:c>
       <x:c r="B290" s="1" t="s">
-        <x:v>1094</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="C290" s="1" t="s">
-        <x:v>661</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="D290" s="1" t="s">
-        <x:v>1095</x:v>
+        <x:v>1087</x:v>
       </x:c>
       <x:c r="E290" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F290" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G290" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="H290" s="1" t="s">
-        <x:v>1096</x:v>
+        <x:v>1088</x:v>
       </x:c>
       <x:c r="I290" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J290" s="1" t="s">
-        <x:v>984</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="K290" s="1" t="s">
-        <x:v>971</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L290" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:12" ht="15" customHeight="1">
       <x:c r="A291" s="1">
         <x:v>288</x:v>
       </x:c>
       <x:c r="B291" s="1" t="s">
-        <x:v>1097</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="C291" s="1" t="s">
-        <x:v>26</x:v>
+        <x:v>1089</x:v>
       </x:c>
       <x:c r="D291" s="1" t="s">
-        <x:v>1098</x:v>
+        <x:v>1090</x:v>
       </x:c>
       <x:c r="E291" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>1091</x:v>
       </x:c>
       <x:c r="F291" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G291" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="H291" s="1" t="s">
-        <x:v>1099</x:v>
+        <x:v>1092</x:v>
       </x:c>
       <x:c r="I291" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J291" s="1" t="s">
-        <x:v>984</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="K291" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L291" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:12" ht="15" customHeight="1">
       <x:c r="A292" s="1">
         <x:v>289</x:v>
       </x:c>
       <x:c r="B292" s="1" t="s">
-        <x:v>684</x:v>
+        <x:v>1093</x:v>
       </x:c>
       <x:c r="C292" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="D292" s="1" t="s">
-        <x:v>1100</x:v>
+        <x:v>1094</x:v>
       </x:c>
       <x:c r="E292" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F292" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G292" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="H292" s="1" t="s">
-        <x:v>1101</x:v>
+        <x:v>1095</x:v>
       </x:c>
       <x:c r="I292" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J292" s="1" t="s">
-        <x:v>984</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="K292" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>1096</x:v>
       </x:c>
       <x:c r="L292" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:12" ht="15" customHeight="1">
       <x:c r="A293" s="1">
         <x:v>290</x:v>
       </x:c>
       <x:c r="B293" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="C293" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="D293" s="1" t="s">
-        <x:v>1102</x:v>
+        <x:v>1097</x:v>
       </x:c>
       <x:c r="E293" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="F293" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G293" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="H293" s="1" t="s">
-        <x:v>1103</x:v>
+        <x:v>1098</x:v>
       </x:c>
       <x:c r="I293" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J293" s="1" t="s">
-        <x:v>984</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="K293" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L293" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:12" ht="15" customHeight="1">
       <x:c r="A294" s="1">
         <x:v>291</x:v>
       </x:c>
       <x:c r="B294" s="1" t="s">
-        <x:v>1104</x:v>
+        <x:v>1099</x:v>
       </x:c>
       <x:c r="C294" s="1" t="s">
-        <x:v>555</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="D294" s="1" t="s">
-        <x:v>1105</x:v>
+        <x:v>1100</x:v>
       </x:c>
       <x:c r="E294" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>1101</x:v>
       </x:c>
       <x:c r="F294" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G294" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="H294" s="1" t="s">
-        <x:v>1106</x:v>
+        <x:v>1102</x:v>
       </x:c>
       <x:c r="I294" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J294" s="1" t="s">
-        <x:v>984</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="K294" s="1" t="s">
-        <x:v>1107</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="L294" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:12" ht="15" customHeight="1">
       <x:c r="A295" s="1">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B295" s="1" t="s">
-        <x:v>1108</x:v>
+        <x:v>1103</x:v>
       </x:c>
       <x:c r="C295" s="1" t="s">
-        <x:v>1109</x:v>
+        <x:v>1104</x:v>
       </x:c>
       <x:c r="D295" s="1" t="s">
-        <x:v>1110</x:v>
+        <x:v>1105</x:v>
       </x:c>
       <x:c r="E295" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F295" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G295" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="H295" s="1" t="s">
-        <x:v>1111</x:v>
+        <x:v>1106</x:v>
       </x:c>
       <x:c r="I295" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J295" s="1" t="s">
-        <x:v>984</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="K295" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="L295" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:12" ht="15" customHeight="1">
       <x:c r="A296" s="1">
         <x:v>293</x:v>
       </x:c>
       <x:c r="B296" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="C296" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>552</x:v>
       </x:c>
       <x:c r="D296" s="1" t="s">
-        <x:v>1112</x:v>
+        <x:v>1107</x:v>
       </x:c>
       <x:c r="E296" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F296" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G296" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="H296" s="1" t="s">
-        <x:v>1113</x:v>
+        <x:v>1108</x:v>
       </x:c>
       <x:c r="I296" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J296" s="1" t="s">
-        <x:v>984</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="K296" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="L296" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:12" ht="15" customHeight="1">
       <x:c r="A297" s="1">
         <x:v>294</x:v>
       </x:c>
       <x:c r="B297" s="1" t="s">
-        <x:v>1114</x:v>
+        <x:v>1109</x:v>
       </x:c>
       <x:c r="C297" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>1110</x:v>
       </x:c>
       <x:c r="D297" s="1" t="s">
-        <x:v>1115</x:v>
+        <x:v>1111</x:v>
       </x:c>
       <x:c r="E297" s="1" t="s">
-        <x:v>707</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F297" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G297" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="H297" s="1" t="s">
-        <x:v>1116</x:v>
+        <x:v>1112</x:v>
       </x:c>
       <x:c r="I297" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J297" s="1" t="s">
-        <x:v>984</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="K297" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>1113</x:v>
       </x:c>
       <x:c r="L297" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:12" ht="15" customHeight="1">
       <x:c r="A298" s="1">
         <x:v>295</x:v>
       </x:c>
       <x:c r="B298" s="1" t="s">
-        <x:v>818</x:v>
+        <x:v>1114</x:v>
       </x:c>
       <x:c r="C298" s="1" t="s">
-        <x:v>1117</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="D298" s="1" t="s">
-        <x:v>1118</x:v>
+        <x:v>1115</x:v>
       </x:c>
       <x:c r="E298" s="1" t="s">
-        <x:v>1119</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="F298" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G298" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="H298" s="1" t="s">
-        <x:v>1120</x:v>
+        <x:v>1116</x:v>
       </x:c>
       <x:c r="I298" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J298" s="1" t="s">
-        <x:v>984</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="K298" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L298" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:12" ht="15" customHeight="1">
       <x:c r="A299" s="1">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B299" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>1117</x:v>
       </x:c>
       <x:c r="C299" s="1" t="s">
-        <x:v>555</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="D299" s="1" t="s">
-        <x:v>1121</x:v>
+        <x:v>1118</x:v>
       </x:c>
       <x:c r="E299" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F299" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G299" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="H299" s="1" t="s">
-        <x:v>1122</x:v>
+        <x:v>1119</x:v>
       </x:c>
       <x:c r="I299" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J299" s="1" t="s">
-        <x:v>984</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="K299" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L299" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:12" ht="15" customHeight="1">
       <x:c r="A300" s="1">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B300" s="1" t="s">
-        <x:v>1123</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="C300" s="1" t="s">
-        <x:v>1124</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="D300" s="1" t="s">
-        <x:v>1125</x:v>
+        <x:v>1120</x:v>
       </x:c>
       <x:c r="E300" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="F300" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G300" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="H300" s="1" t="s">
-        <x:v>1126</x:v>
+        <x:v>1121</x:v>
       </x:c>
       <x:c r="I300" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J300" s="1" t="s">
-        <x:v>984</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="K300" s="1" t="s">
-        <x:v>1127</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L300" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:12" ht="15" customHeight="1">
       <x:c r="A301" s="1">
         <x:v>298</x:v>
       </x:c>
       <x:c r="B301" s="1" t="s">
-        <x:v>933</x:v>
+        <x:v>1122</x:v>
       </x:c>
       <x:c r="C301" s="1" t="s">
-        <x:v>506</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="D301" s="1" t="s">
-        <x:v>1128</x:v>
+        <x:v>1123</x:v>
       </x:c>
       <x:c r="E301" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>1124</x:v>
       </x:c>
       <x:c r="F301" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G301" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="H301" s="1" t="s">
-        <x:v>1129</x:v>
+        <x:v>1125</x:v>
       </x:c>
       <x:c r="I301" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J301" s="1" t="s">
-        <x:v>984</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="K301" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>966</x:v>
       </x:c>
       <x:c r="L301" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:12" ht="15" customHeight="1">
       <x:c r="A302" s="1">
         <x:v>299</x:v>
       </x:c>
       <x:c r="B302" s="1" t="s">
-        <x:v>1130</x:v>
+        <x:v>1126</x:v>
       </x:c>
       <x:c r="C302" s="1" t="s">
-        <x:v>26</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="D302" s="1" t="s">
-        <x:v>1131</x:v>
+        <x:v>1127</x:v>
       </x:c>
       <x:c r="E302" s="1" t="s">
-        <x:v>1132</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F302" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G302" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="H302" s="1" t="s">
-        <x:v>1133</x:v>
+        <x:v>1128</x:v>
       </x:c>
       <x:c r="I302" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J302" s="1" t="s">
-        <x:v>984</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="K302" s="1" t="s">
-        <x:v>971</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="L302" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:12" ht="15" customHeight="1">
       <x:c r="A303" s="1">
         <x:v>300</x:v>
       </x:c>
       <x:c r="B303" s="1" t="s">
-        <x:v>1134</x:v>
+        <x:v>1129</x:v>
       </x:c>
       <x:c r="C303" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="D303" s="1" t="s">
-        <x:v>1135</x:v>
+        <x:v>1130</x:v>
       </x:c>
       <x:c r="E303" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F303" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G303" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="H303" s="1" t="s">
-        <x:v>1136</x:v>
+        <x:v>1131</x:v>
       </x:c>
       <x:c r="I303" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J303" s="1" t="s">
-        <x:v>984</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="K303" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>1113</x:v>
       </x:c>
       <x:c r="L303" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:12" ht="15" customHeight="1">
       <x:c r="A304" s="1">
         <x:v>301</x:v>
       </x:c>
       <x:c r="B304" s="1" t="s">
-        <x:v>1137</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="C304" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="D304" s="1" t="s">
-        <x:v>1138</x:v>
+        <x:v>1132</x:v>
       </x:c>
       <x:c r="E304" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F304" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G304" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="H304" s="1" t="s">
-        <x:v>1139</x:v>
+        <x:v>1133</x:v>
       </x:c>
       <x:c r="I304" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J304" s="1" t="s">
-        <x:v>984</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="K304" s="1" t="s">
-        <x:v>1127</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="L304" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:12" ht="15" customHeight="1">
       <x:c r="A305" s="1">
         <x:v>302</x:v>
       </x:c>
       <x:c r="B305" s="1" t="s">
-        <x:v>818</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="C305" s="1" t="s">
-        <x:v>1140</x:v>
+        <x:v>1134</x:v>
       </x:c>
       <x:c r="D305" s="1" t="s">
-        <x:v>1141</x:v>
+        <x:v>1135</x:v>
       </x:c>
       <x:c r="E305" s="1" t="s">
-        <x:v>1142</x:v>
+        <x:v>1136</x:v>
       </x:c>
       <x:c r="F305" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G305" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="H305" s="1" t="s">
-        <x:v>1143</x:v>
+        <x:v>1137</x:v>
       </x:c>
       <x:c r="I305" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J305" s="1" t="s">
-        <x:v>984</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="K305" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L305" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:12" ht="15" customHeight="1">
       <x:c r="A306" s="1">
         <x:v>303</x:v>
       </x:c>
       <x:c r="B306" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>1138</x:v>
       </x:c>
       <x:c r="C306" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="D306" s="1" t="s">
-        <x:v>1144</x:v>
+        <x:v>1140</x:v>
       </x:c>
       <x:c r="E306" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F306" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G306" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="H306" s="1" t="s">
-        <x:v>1145</x:v>
+        <x:v>1141</x:v>
       </x:c>
       <x:c r="I306" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J306" s="1" t="s">
-        <x:v>984</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="K306" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="L306" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:12" ht="15" customHeight="1">
       <x:c r="A307" s="1">
         <x:v>304</x:v>
       </x:c>
       <x:c r="B307" s="1" t="s">
-        <x:v>1146</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="C307" s="1" t="s">
-        <x:v>1147</x:v>
+        <x:v>1142</x:v>
       </x:c>
       <x:c r="D307" s="1" t="s">
-        <x:v>1148</x:v>
+        <x:v>1143</x:v>
       </x:c>
       <x:c r="E307" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>1144</x:v>
       </x:c>
       <x:c r="F307" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G307" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="H307" s="1" t="s">
-        <x:v>1149</x:v>
+        <x:v>1145</x:v>
       </x:c>
       <x:c r="I307" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J307" s="1" t="s">
-        <x:v>984</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="K307" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="L307" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:12" ht="15" customHeight="1">
       <x:c r="A308" s="1">
         <x:v>305</x:v>
       </x:c>
       <x:c r="B308" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="C308" s="1" t="s">
-        <x:v>1150</x:v>
+        <x:v>1146</x:v>
       </x:c>
       <x:c r="D308" s="1" t="s">
-        <x:v>1151</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="E308" s="1" t="s">
-        <x:v>707</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="F308" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G308" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="H308" s="1" t="s">
-        <x:v>1152</x:v>
+        <x:v>1148</x:v>
       </x:c>
       <x:c r="I308" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J308" s="1" t="s">
-        <x:v>984</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="K308" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L308" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:12" ht="15" customHeight="1">
       <x:c r="A309" s="1">
         <x:v>306</x:v>
       </x:c>
       <x:c r="B309" s="1" t="s">
-        <x:v>1153</x:v>
+        <x:v>1149</x:v>
       </x:c>
       <x:c r="C309" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="D309" s="1" t="s">
-        <x:v>1154</x:v>
+        <x:v>1150</x:v>
       </x:c>
       <x:c r="E309" s="1" t="s">
-        <x:v>1155</x:v>
+        <x:v>1151</x:v>
       </x:c>
       <x:c r="F309" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G309" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="H309" s="1" t="s">
-        <x:v>1156</x:v>
+        <x:v>1152</x:v>
       </x:c>
       <x:c r="I309" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J309" s="1" t="s">
-        <x:v>984</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="K309" s="1" t="s">
         <x:v>228</x:v>
       </x:c>
       <x:c r="L309" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:12" ht="15" customHeight="1">
       <x:c r="A310" s="1">
         <x:v>307</x:v>
       </x:c>
       <x:c r="B310" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="C310" s="1" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="D310" s="1" t="s">
-        <x:v>1157</x:v>
+        <x:v>1153</x:v>
       </x:c>
       <x:c r="E310" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F310" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G310" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="H310" s="1" t="s">
-        <x:v>1158</x:v>
+        <x:v>1154</x:v>
       </x:c>
       <x:c r="I310" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J310" s="1" t="s">
-        <x:v>984</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="K310" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L310" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:12" ht="15" customHeight="1">
       <x:c r="A311" s="1">
         <x:v>308</x:v>
       </x:c>
       <x:c r="B311" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>1155</x:v>
       </x:c>
       <x:c r="C311" s="1" t="s">
-        <x:v>661</x:v>
+        <x:v>1156</x:v>
       </x:c>
       <x:c r="D311" s="1" t="s">
-        <x:v>1159</x:v>
+        <x:v>1157</x:v>
       </x:c>
       <x:c r="E311" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F311" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G311" s="1" t="s">
-        <x:v>1160</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="H311" s="1" t="s">
-        <x:v>1161</x:v>
+        <x:v>1158</x:v>
       </x:c>
       <x:c r="I311" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J311" s="1" t="s">
-        <x:v>1162</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="K311" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="L311" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:12" ht="15" customHeight="1">
       <x:c r="A312" s="1">
         <x:v>309</x:v>
       </x:c>
       <x:c r="B312" s="1" t="s">
-        <x:v>1163</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C312" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="D312" s="1" t="s">
-        <x:v>1164</x:v>
+        <x:v>1159</x:v>
       </x:c>
       <x:c r="E312" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F312" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G312" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>1160</x:v>
       </x:c>
       <x:c r="H312" s="1" t="s">
-        <x:v>1165</x:v>
+        <x:v>1161</x:v>
       </x:c>
       <x:c r="I312" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J312" s="1" t="s">
         <x:v>1162</x:v>
       </x:c>
       <x:c r="K312" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L312" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:12" ht="15" customHeight="1">
       <x:c r="A313" s="1">
         <x:v>310</x:v>
       </x:c>
       <x:c r="B313" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>1163</x:v>
       </x:c>
       <x:c r="C313" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="D313" s="1" t="s">
-        <x:v>1166</x:v>
+        <x:v>1164</x:v>
       </x:c>
       <x:c r="E313" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F313" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G313" s="1" t="s">
-        <x:v>1167</x:v>
+        <x:v>848</x:v>
       </x:c>
       <x:c r="H313" s="1" t="s">
-        <x:v>1168</x:v>
+        <x:v>1165</x:v>
       </x:c>
       <x:c r="I313" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J313" s="1" t="s">
-        <x:v>1169</x:v>
+        <x:v>1162</x:v>
       </x:c>
       <x:c r="K313" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L313" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:12" ht="15" customHeight="1">
       <x:c r="A314" s="1">
         <x:v>311</x:v>
       </x:c>
       <x:c r="B314" s="1" t="s">
-        <x:v>1170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="C314" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="D314" s="1" t="s">
-        <x:v>1171</x:v>
+        <x:v>1166</x:v>
       </x:c>
       <x:c r="E314" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F314" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G314" s="1" t="s">
-        <x:v>1172</x:v>
+        <x:v>1167</x:v>
       </x:c>
       <x:c r="H314" s="1" t="s">
-        <x:v>1173</x:v>
+        <x:v>1168</x:v>
       </x:c>
       <x:c r="I314" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J314" s="1" t="s">
         <x:v>1169</x:v>
       </x:c>
       <x:c r="K314" s="1" t="s">
-        <x:v>1174</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L314" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:12" ht="15" customHeight="1">
       <x:c r="A315" s="1">
         <x:v>312</x:v>
       </x:c>
       <x:c r="B315" s="1" t="s">
-        <x:v>676</x:v>
+        <x:v>1170</x:v>
       </x:c>
       <x:c r="C315" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="D315" s="1" t="s">
-        <x:v>1175</x:v>
+        <x:v>1171</x:v>
       </x:c>
       <x:c r="E315" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F315" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G315" s="1" t="s">
-        <x:v>1176</x:v>
+        <x:v>1172</x:v>
       </x:c>
       <x:c r="H315" s="1" t="s">
-        <x:v>1177</x:v>
+        <x:v>1173</x:v>
       </x:c>
       <x:c r="I315" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J315" s="1" t="s">
         <x:v>1169</x:v>
       </x:c>
       <x:c r="K315" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>1174</x:v>
       </x:c>
       <x:c r="L315" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:12" ht="15" customHeight="1">
       <x:c r="A316" s="1">
         <x:v>313</x:v>
       </x:c>
       <x:c r="B316" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="C316" s="1" t="s">
-        <x:v>1001</x:v>
+        <x:v>863</x:v>
       </x:c>
       <x:c r="D316" s="1" t="s">
-        <x:v>1178</x:v>
+        <x:v>1175</x:v>
       </x:c>
       <x:c r="E316" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F316" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G316" s="1" t="s">
-        <x:v>1179</x:v>
+        <x:v>1176</x:v>
       </x:c>
       <x:c r="H316" s="1" t="s">
-        <x:v>1180</x:v>
+        <x:v>1177</x:v>
       </x:c>
       <x:c r="I316" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J316" s="1" t="s">
-        <x:v>1181</x:v>
+        <x:v>1169</x:v>
       </x:c>
       <x:c r="K316" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L316" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:12" ht="15" customHeight="1">
       <x:c r="A317" s="1">
         <x:v>314</x:v>
       </x:c>
       <x:c r="B317" s="1" t="s">
-        <x:v>752</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="C317" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>994</x:v>
       </x:c>
       <x:c r="D317" s="1" t="s">
-        <x:v>1182</x:v>
+        <x:v>1178</x:v>
       </x:c>
       <x:c r="E317" s="1" t="s">
-        <x:v>1155</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F317" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G317" s="1" t="s">
-        <x:v>1183</x:v>
+        <x:v>1179</x:v>
       </x:c>
       <x:c r="H317" s="1" t="s">
-        <x:v>1184</x:v>
+        <x:v>1180</x:v>
       </x:c>
       <x:c r="I317" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J317" s="1" t="s">
         <x:v>1181</x:v>
       </x:c>
       <x:c r="K317" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L317" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:12" ht="15" customHeight="1">
       <x:c r="A318" s="1">
         <x:v>315</x:v>
       </x:c>
       <x:c r="B318" s="1" t="s">
-        <x:v>778</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="C318" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="D318" s="1" t="s">
-        <x:v>1185</x:v>
+        <x:v>1182</x:v>
       </x:c>
       <x:c r="E318" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>1151</x:v>
       </x:c>
       <x:c r="F318" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G318" s="1" t="s">
-        <x:v>1186</x:v>
+        <x:v>1183</x:v>
       </x:c>
       <x:c r="H318" s="1" t="s">
-        <x:v>1187</x:v>
+        <x:v>1184</x:v>
       </x:c>
       <x:c r="I318" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J318" s="1" t="s">
         <x:v>1181</x:v>
       </x:c>
       <x:c r="K318" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="L318" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:12" ht="15" customHeight="1">
       <x:c r="A319" s="1">
         <x:v>316</x:v>
       </x:c>
       <x:c r="B319" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="C319" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="D319" s="1" t="s">
-        <x:v>1188</x:v>
+        <x:v>1185</x:v>
       </x:c>
       <x:c r="E319" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F319" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G319" s="1" t="s">
-        <x:v>1189</x:v>
+        <x:v>1186</x:v>
       </x:c>
       <x:c r="H319" s="1" t="s">
-        <x:v>1190</x:v>
+        <x:v>1187</x:v>
       </x:c>
       <x:c r="I319" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J319" s="1" t="s">
         <x:v>1181</x:v>
       </x:c>
       <x:c r="K319" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L319" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:12" ht="15" customHeight="1">
       <x:c r="A320" s="1">
         <x:v>317</x:v>
       </x:c>
       <x:c r="B320" s="1" t="s">
-        <x:v>1094</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C320" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="D320" s="1" t="s">
-        <x:v>1191</x:v>
+        <x:v>1188</x:v>
       </x:c>
       <x:c r="E320" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F320" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G320" s="1" t="s">
-        <x:v>1179</x:v>
+        <x:v>1189</x:v>
       </x:c>
       <x:c r="H320" s="1" t="s">
-        <x:v>1192</x:v>
+        <x:v>1190</x:v>
       </x:c>
       <x:c r="I320" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J320" s="1" t="s">
         <x:v>1181</x:v>
       </x:c>
       <x:c r="K320" s="1" t="s">
-        <x:v>971</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L320" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:12" ht="15" customHeight="1">
       <x:c r="A321" s="1">
         <x:v>318</x:v>
       </x:c>
       <x:c r="B321" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>1077</x:v>
       </x:c>
       <x:c r="C321" s="1" t="s">
-        <x:v>726</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="D321" s="1" t="s">
-        <x:v>1193</x:v>
+        <x:v>1191</x:v>
       </x:c>
       <x:c r="E321" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="F321" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G321" s="1" t="s">
-        <x:v>1194</x:v>
+        <x:v>1179</x:v>
       </x:c>
       <x:c r="H321" s="1" t="s">
-        <x:v>1195</x:v>
+        <x:v>1192</x:v>
       </x:c>
       <x:c r="I321" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J321" s="1" t="s">
-        <x:v>1196</x:v>
+        <x:v>1181</x:v>
       </x:c>
       <x:c r="K321" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>966</x:v>
       </x:c>
       <x:c r="L321" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:12" ht="15" customHeight="1">
       <x:c r="A322" s="1">
         <x:v>319</x:v>
       </x:c>
       <x:c r="B322" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="C322" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="D322" s="1" t="s">
-        <x:v>1197</x:v>
+        <x:v>1193</x:v>
       </x:c>
       <x:c r="E322" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F322" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G322" s="1" t="s">
-        <x:v>1198</x:v>
+        <x:v>1194</x:v>
       </x:c>
       <x:c r="H322" s="1" t="s">
-        <x:v>1199</x:v>
+        <x:v>1195</x:v>
       </x:c>
       <x:c r="I322" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J322" s="1" t="s">
         <x:v>1196</x:v>
       </x:c>
       <x:c r="K322" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="L322" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:12" ht="15" customHeight="1">
       <x:c r="A323" s="1">
         <x:v>320</x:v>
       </x:c>
       <x:c r="B323" s="1" t="s">
-        <x:v>1200</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C323" s="1" t="s">
-        <x:v>1201</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="D323" s="1" t="s">
-        <x:v>1202</x:v>
+        <x:v>1197</x:v>
       </x:c>
       <x:c r="E323" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F323" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G323" s="1" t="s">
-        <x:v>1203</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="H323" s="1" t="s">
-        <x:v>1204</x:v>
+        <x:v>1199</x:v>
       </x:c>
       <x:c r="I323" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J323" s="1" t="s">
         <x:v>1196</x:v>
       </x:c>
       <x:c r="K323" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="L323" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:12" ht="15" customHeight="1">
       <x:c r="A324" s="1">
         <x:v>321</x:v>
       </x:c>
       <x:c r="B324" s="1" t="s">
-        <x:v>1205</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="C324" s="1" t="s">
-        <x:v>726</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="D324" s="1" t="s">
-        <x:v>1206</x:v>
+        <x:v>1202</x:v>
       </x:c>
       <x:c r="E324" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F324" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G324" s="1" t="s">
-        <x:v>1207</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="H324" s="1" t="s">
-        <x:v>1208</x:v>
+        <x:v>1204</x:v>
       </x:c>
       <x:c r="I324" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J324" s="1" t="s">
         <x:v>1196</x:v>
       </x:c>
       <x:c r="K324" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="L324" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:12" ht="15" customHeight="1">
       <x:c r="A325" s="1">
         <x:v>322</x:v>
       </x:c>
       <x:c r="B325" s="1" t="s">
-        <x:v>1209</x:v>
+        <x:v>1205</x:v>
       </x:c>
       <x:c r="C325" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="D325" s="1" t="s">
-        <x:v>1210</x:v>
+        <x:v>1206</x:v>
       </x:c>
       <x:c r="E325" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F325" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G325" s="1" t="s">
-        <x:v>1211</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="H325" s="1" t="s">
-        <x:v>1212</x:v>
+        <x:v>1208</x:v>
       </x:c>
       <x:c r="I325" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J325" s="1" t="s">
         <x:v>1196</x:v>
       </x:c>
       <x:c r="K325" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="L325" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:12" ht="15" customHeight="1">
       <x:c r="A326" s="1">
         <x:v>323</x:v>
       </x:c>
       <x:c r="B326" s="1" t="s">
-        <x:v>1213</x:v>
+        <x:v>1209</x:v>
       </x:c>
       <x:c r="C326" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="D326" s="1" t="s">
-        <x:v>1214</x:v>
+        <x:v>1210</x:v>
       </x:c>
       <x:c r="E326" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F326" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G326" s="1" t="s">
-        <x:v>1215</x:v>
+        <x:v>1211</x:v>
       </x:c>
       <x:c r="H326" s="1" t="s">
-        <x:v>1216</x:v>
+        <x:v>1212</x:v>
       </x:c>
       <x:c r="I326" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J326" s="1" t="s">
         <x:v>1196</x:v>
       </x:c>
       <x:c r="K326" s="1" t="s">
-        <x:v>863</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L326" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:12" ht="15" customHeight="1">
       <x:c r="A327" s="1">
         <x:v>324</x:v>
       </x:c>
       <x:c r="B327" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>1213</x:v>
       </x:c>
       <x:c r="C327" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="D327" s="1" t="s">
-        <x:v>1217</x:v>
+        <x:v>1214</x:v>
       </x:c>
       <x:c r="E327" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F327" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G327" s="1" t="s">
         <x:v>1215</x:v>
       </x:c>
       <x:c r="H327" s="1" t="s">
-        <x:v>1218</x:v>
+        <x:v>1216</x:v>
       </x:c>
       <x:c r="I327" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J327" s="1" t="s">
-        <x:v>1219</x:v>
+        <x:v>1196</x:v>
       </x:c>
       <x:c r="K327" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="L327" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:12" ht="15" customHeight="1">
       <x:c r="A328" s="1">
         <x:v>325</x:v>
       </x:c>
       <x:c r="B328" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C328" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="D328" s="1" t="s">
-        <x:v>1220</x:v>
+        <x:v>1217</x:v>
       </x:c>
       <x:c r="E328" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F328" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G328" s="1" t="s">
-        <x:v>1221</x:v>
+        <x:v>1215</x:v>
       </x:c>
       <x:c r="H328" s="1" t="s">
-        <x:v>1222</x:v>
+        <x:v>1218</x:v>
       </x:c>
       <x:c r="I328" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J328" s="1" t="s">
         <x:v>1219</x:v>
       </x:c>
       <x:c r="K328" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L328" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:12" ht="15" customHeight="1">
       <x:c r="A329" s="1">
         <x:v>326</x:v>
       </x:c>
       <x:c r="B329" s="1" t="s">
-        <x:v>1223</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C329" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D329" s="1" t="s">
-        <x:v>1224</x:v>
+        <x:v>1220</x:v>
       </x:c>
       <x:c r="E329" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F329" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G329" s="1" t="s">
-        <x:v>1225</x:v>
+        <x:v>1221</x:v>
       </x:c>
       <x:c r="H329" s="1" t="s">
-        <x:v>1226</x:v>
+        <x:v>1222</x:v>
       </x:c>
       <x:c r="I329" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J329" s="1" t="s">
-        <x:v>1227</x:v>
+        <x:v>1219</x:v>
       </x:c>
       <x:c r="K329" s="1" t="s">
-        <x:v>976</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L329" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:12" ht="15" customHeight="1">
       <x:c r="A330" s="1">
         <x:v>327</x:v>
       </x:c>
       <x:c r="B330" s="1" t="s">
-        <x:v>541</x:v>
+        <x:v>1223</x:v>
       </x:c>
       <x:c r="C330" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D330" s="1" t="s">
-        <x:v>1228</x:v>
+        <x:v>1224</x:v>
       </x:c>
       <x:c r="E330" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="F330" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G330" s="1" t="s">
-        <x:v>1229</x:v>
+        <x:v>1225</x:v>
       </x:c>
       <x:c r="H330" s="1" t="s">
-        <x:v>1230</x:v>
+        <x:v>1226</x:v>
       </x:c>
       <x:c r="I330" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J330" s="1" t="s">
         <x:v>1227</x:v>
       </x:c>
       <x:c r="K330" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>971</x:v>
       </x:c>
       <x:c r="L330" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:12" ht="15" customHeight="1">
       <x:c r="A331" s="1">
         <x:v>328</x:v>
       </x:c>
       <x:c r="B331" s="1" t="s">
-        <x:v>657</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="C331" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="D331" s="1" t="s">
-        <x:v>1231</x:v>
+        <x:v>1228</x:v>
       </x:c>
       <x:c r="E331" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F331" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G331" s="1" t="s">
-        <x:v>1232</x:v>
+        <x:v>1229</x:v>
       </x:c>
       <x:c r="H331" s="1" t="s">
-        <x:v>1233</x:v>
+        <x:v>1230</x:v>
       </x:c>
       <x:c r="I331" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J331" s="1" t="s">
         <x:v>1227</x:v>
       </x:c>
       <x:c r="K331" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L331" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:12" ht="15" customHeight="1">
       <x:c r="A332" s="1">
         <x:v>329</x:v>
       </x:c>
       <x:c r="B332" s="1" t="s">
-        <x:v>1234</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="C332" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="D332" s="1" t="s">
-        <x:v>1235</x:v>
+        <x:v>1231</x:v>
       </x:c>
       <x:c r="E332" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F332" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G332" s="1" t="s">
-        <x:v>1236</x:v>
+        <x:v>1232</x:v>
       </x:c>
       <x:c r="H332" s="1" t="s">
-        <x:v>1237</x:v>
+        <x:v>1233</x:v>
       </x:c>
       <x:c r="I332" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J332" s="1" t="s">
-        <x:v>1238</x:v>
+        <x:v>1227</x:v>
       </x:c>
       <x:c r="K332" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L332" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:12" ht="15" customHeight="1">
       <x:c r="A333" s="1">
         <x:v>330</x:v>
       </x:c>
       <x:c r="B333" s="1" t="s">
-        <x:v>1239</x:v>
+        <x:v>1234</x:v>
       </x:c>
       <x:c r="C333" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="D333" s="1" t="s">
-        <x:v>1240</x:v>
+        <x:v>1235</x:v>
       </x:c>
       <x:c r="E333" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F333" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G333" s="1" t="s">
-        <x:v>1241</x:v>
+        <x:v>1236</x:v>
       </x:c>
       <x:c r="H333" s="1" t="s">
-        <x:v>1242</x:v>
+        <x:v>1237</x:v>
       </x:c>
       <x:c r="I333" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J333" s="1" t="s">
         <x:v>1238</x:v>
       </x:c>
       <x:c r="K333" s="1" t="s">
-        <x:v>1243</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="L333" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:12" ht="15" customHeight="1">
       <x:c r="A334" s="1">
         <x:v>331</x:v>
       </x:c>
       <x:c r="B334" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>1239</x:v>
       </x:c>
       <x:c r="C334" s="1" t="s">
-        <x:v>1244</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="D334" s="1" t="s">
-        <x:v>1245</x:v>
+        <x:v>1240</x:v>
       </x:c>
       <x:c r="E334" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F334" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G334" s="1" t="s">
-        <x:v>1236</x:v>
+        <x:v>1241</x:v>
       </x:c>
       <x:c r="H334" s="1" t="s">
-        <x:v>1246</x:v>
+        <x:v>1242</x:v>
       </x:c>
       <x:c r="I334" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J334" s="1" t="s">
         <x:v>1238</x:v>
       </x:c>
       <x:c r="K334" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>1243</x:v>
       </x:c>
       <x:c r="L334" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:12" ht="15" customHeight="1">
       <x:c r="A335" s="1">
         <x:v>332</x:v>
       </x:c>
       <x:c r="B335" s="1" t="s">
-        <x:v>1247</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="C335" s="1" t="s">
-        <x:v>669</x:v>
+        <x:v>1244</x:v>
       </x:c>
       <x:c r="D335" s="1" t="s">
-        <x:v>1248</x:v>
+        <x:v>1245</x:v>
       </x:c>
       <x:c r="E335" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F335" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G335" s="1" t="s">
         <x:v>1236</x:v>
       </x:c>
       <x:c r="H335" s="1" t="s">
-        <x:v>1249</x:v>
+        <x:v>1246</x:v>
       </x:c>
       <x:c r="I335" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J335" s="1" t="s">
-        <x:v>1250</x:v>
+        <x:v>1238</x:v>
       </x:c>
       <x:c r="K335" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="L335" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:12" ht="15" customHeight="1">
       <x:c r="A336" s="1">
         <x:v>333</x:v>
       </x:c>
       <x:c r="B336" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>1042</x:v>
       </x:c>
       <x:c r="C336" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="D336" s="1" t="s">
-        <x:v>1251</x:v>
+        <x:v>1247</x:v>
       </x:c>
       <x:c r="E336" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="F336" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G336" s="1" t="s">
         <x:v>1236</x:v>
       </x:c>
       <x:c r="H336" s="1" t="s">
-        <x:v>1252</x:v>
+        <x:v>1248</x:v>
       </x:c>
       <x:c r="I336" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J336" s="1" t="s">
-        <x:v>1250</x:v>
+        <x:v>1249</x:v>
       </x:c>
       <x:c r="K336" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="L336" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:12" ht="15" customHeight="1">
       <x:c r="A337" s="1">
         <x:v>334</x:v>
       </x:c>
       <x:c r="B337" s="1" t="s">
+        <x:v>1250</x:v>
+      </x:c>
+      <x:c r="C337" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="D337" s="1" t="s">
+        <x:v>1250</x:v>
+      </x:c>
+      <x:c r="E337" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F337" s="1" t="s">
+        <x:v>1251</x:v>
+      </x:c>
+      <x:c r="G337" s="1" t="s">
+        <x:v>1252</x:v>
+      </x:c>
+      <x:c r="H337" s="1" t="s">
         <x:v>1253</x:v>
       </x:c>
-      <x:c r="C337" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="I337" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J337" s="1" t="s">
-        <x:v>1257</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="K337" s="1" t="s">
-        <x:v>1253</x:v>
+        <x:v>1250</x:v>
       </x:c>
       <x:c r="L337" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="338" spans="1:12" ht="15" customHeight="1">
       <x:c r="A338" s="1">
         <x:v>335</x:v>
       </x:c>
       <x:c r="B338" s="1" t="s">
-        <x:v>1258</x:v>
+        <x:v>1254</x:v>
       </x:c>
       <x:c r="C338" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D338" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="E338" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="F338" s="1" t="s">
-        <x:v>1259</x:v>
+        <x:v>1255</x:v>
       </x:c>
       <x:c r="G338" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="H338" s="1" t="s">
-        <x:v>1260</x:v>
+        <x:v>1256</x:v>
       </x:c>
       <x:c r="I338" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J338" s="1" t="s">
-        <x:v>1261</x:v>
+        <x:v>1181</x:v>
       </x:c>
       <x:c r="K338" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="L338" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="339" spans="1:12" ht="15" customHeight="1">
       <x:c r="A339" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B339" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C339" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D339" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E339" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F339" s="2" t="s">