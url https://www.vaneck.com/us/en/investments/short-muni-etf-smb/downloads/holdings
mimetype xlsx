--- v3 (2026-02-03)
+++ v4 (2026-02-03)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f953d0bdc104c3c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac90b344d75f4973" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="SMB_asof_20260130" sheetId="1" r:id="R5dd7b34f959942bb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="SMB_asof_20260130" sheetId="1" r:id="R448c81baa4a24d9b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3733" uniqueCount="1257">
   <x:si>
     <x:t>Daily Holdings (%)  01/30/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Maturity</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
@@ -3838,51 +3838,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdc4a68a6a636495f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R5b5e03a8a23f48fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5dd7b34f959942bb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R930102113f804df8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R06d2f5a0f0e84077" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R448c81baa4a24d9b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:L339"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="16" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="12" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="28" customWidth="1"/>
     <x:col min="8" max="8" width="20" customWidth="1"/>
     <x:col min="9" max="9" width="21" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
     <x:col min="11" max="11" width="10" customWidth="1"/>
     <x:col min="12" max="12" width="14" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">