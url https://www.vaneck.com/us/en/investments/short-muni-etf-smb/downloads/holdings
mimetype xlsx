--- v4 (2026-02-03)
+++ v5 (2026-02-24)
@@ -1,51 +1,51 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac90b344d75f4973" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbfcfc5cb10441fb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="SMB_asof_20260130" sheetId="1" r:id="R448c81baa4a24d9b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="SMB_asof_20260223" sheetId="1" r:id="R2c29371ad21142d1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3733" uniqueCount="1257">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  01/30/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3711" uniqueCount="1254">
+  <x:si>
+    <x:t>Daily Holdings (%)  02/23/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Maturity</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Coupon</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Par Value/ Contracts</x:t>
   </x:si>
@@ -61,3759 +61,3750 @@
   <x:si>
     <x:t>State</x:t>
   </x:si>
   <x:si>
     <x:t>Currency</x:t>
   </x:si>
   <x:si>
     <x:t>California Community Choice Financing A</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2052</x:t>
   </x:si>
   <x:si>
     <x:t>BBG012G412B0</x:t>
   </x:si>
   <x:si>
     <x:t>4.000</x:t>
   </x:si>
   <x:si>
     <x:t>Bond</x:t>
   </x:si>
   <x:si>
     <x:t>5,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,064,324.60</x:t>
+    <x:t>$5,206,952.82</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>1.67%</x:t>
+    <x:t>1.72%</x:t>
   </x:si>
   <x:si>
     <x:t>CA</x:t>
   </x:si>
   <x:si>
     <x:t>USD</x:t>
   </x:si>
   <x:si>
     <x:t>State Of California</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00NK8YS73</x:t>
   </x:si>
   <x:si>
     <x:t>5.000</x:t>
   </x:si>
   <x:si>
     <x:t>2,910,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,303,119.01</x:t>
+    <x:t>$3,317,966.00</x:t>
   </x:si>
   <x:si>
     <x:t>1.09%</x:t>
   </x:si>
   <x:si>
     <x:t>Commonwealth Of Massachusetts</x:t>
   </x:si>
   <x:si>
     <x:t>05/01/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00P9J4CB0</x:t>
   </x:si>
   <x:si>
     <x:t>2,665,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,068,648.31</x:t>
-[...2 lines deleted...]
-    <x:t>1.01%</x:t>
+    <x:t>$3,088,425.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.02%</x:t>
   </x:si>
   <x:si>
     <x:t>MA</x:t>
   </x:si>
   <x:si>
     <x:t>State Of New Jersey</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0101NRJ96</x:t>
   </x:si>
   <x:si>
     <x:t>2.000</x:t>
   </x:si>
   <x:si>
     <x:t>3,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,892,826.63</x:t>
+    <x:t>$2,916,089.90</x:t>
   </x:si>
   <x:si>
     <x:t>0.96%</x:t>
   </x:si>
   <x:si>
     <x:t>NJ</x:t>
   </x:si>
   <x:si>
     <x:t>Kansas Development Finance Authority</x:t>
   </x:si>
   <x:si>
     <x:t>11/15/2054</x:t>
   </x:si>
   <x:si>
     <x:t>BBG011FJHTY9</x:t>
   </x:si>
   <x:si>
     <x:t>2,450,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,766,349.00</x:t>
-[...2 lines deleted...]
-    <x:t>0.91%</x:t>
+    <x:t>$2,786,631.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.92%</x:t>
   </x:si>
   <x:si>
     <x:t>KS</x:t>
   </x:si>
   <x:si>
     <x:t>New York City Housing Development Corp</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2064</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01THFY5X8</x:t>
   </x:si>
   <x:si>
     <x:t>3.950</x:t>
   </x:si>
   <x:si>
     <x:t>2,500,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,590,727.36</x:t>
+    <x:t>$2,597,610.33</x:t>
   </x:si>
   <x:si>
     <x:t>0.86%</x:t>
   </x:si>
   <x:si>
     <x:t>NY</x:t>
   </x:si>
   <x:si>
     <x:t>California Statewide Communities Develo</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG013FFC4D6</x:t>
   </x:si>
   <x:si>
     <x:t>1.750</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,387,676.22</x:t>
+    <x:t>$2,403,025.34</x:t>
   </x:si>
   <x:si>
     <x:t>0.79%</x:t>
   </x:si>
   <x:si>
     <x:t>Massachusetts Water Resources Authority</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0010JZ1W9</x:t>
   </x:si>
   <x:si>
     <x:t>5.250</x:t>
   </x:si>
   <x:si>
     <x:t>2,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,267,746.94</x:t>
+    <x:t>$2,282,837.40</x:t>
   </x:si>
   <x:si>
     <x:t>0.75%</x:t>
   </x:si>
   <x:si>
     <x:t>Black Belt Energy Gas District</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2052</x:t>
   </x:si>
   <x:si>
     <x:t>BBG013V2S8D1</x:t>
   </x:si>
   <x:si>
     <x:t>2,200,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,239,450.37</x:t>
+    <x:t>$2,243,987.10</x:t>
   </x:si>
   <x:si>
     <x:t>0.74%</x:t>
   </x:si>
   <x:si>
     <x:t>AL</x:t>
   </x:si>
   <x:si>
+    <x:t>Main Street Natural Gas Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q53CYM7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,215,193.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.73%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GA</x:t>
+  </x:si>
+  <x:si>
     <x:t>08/01/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GNDSKC2</x:t>
   </x:si>
   <x:si>
     <x:t>2,115,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,200,954.19</x:t>
-[...2 lines deleted...]
-    <x:t>0.73%</x:t>
+    <x:t>$2,211,820.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tennessee Energy Acquisition Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2052</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011CJT937</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,207,888.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TN</x:t>
   </x:si>
   <x:si>
     <x:t>City &amp; County Of Honolulu Hi</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00RN4PMM6</x:t>
   </x:si>
   <x:si>
     <x:t>1,930,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,178,060.02</x:t>
+    <x:t>$2,187,375.28</x:t>
   </x:si>
   <x:si>
     <x:t>0.72%</x:t>
   </x:si>
   <x:si>
     <x:t>HI</x:t>
   </x:si>
   <x:si>
-    <x:t>Main Street Natural Gas Inc</x:t>
-[...26 lines deleted...]
-    <x:t>TN</x:t>
+    <x:t>Texas Water Development Board</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XK4FMB9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,171,747.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TX</x:t>
   </x:si>
   <x:si>
     <x:t>County Of King Wa</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00HTDY175</x:t>
   </x:si>
   <x:si>
     <x:t>2,110,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,159,711.50</x:t>
+    <x:t>$2,169,668.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GYYPVX9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,164,349.14</x:t>
   </x:si>
   <x:si>
     <x:t>0.71%</x:t>
   </x:si>
   <x:si>
-    <x:t>WA</x:t>
-[...11 lines deleted...]
-    <x:t>$2,141,433.12</x:t>
+    <x:t>City Of Chicago Il</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG013YVN9Q3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,125,701.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City Of Orlando Fl Tourist Development</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HCYGHV5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,115,040.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FL</x:t>
   </x:si>
   <x:si>
     <x:t>Fort Bend Independent School District</x:t>
   </x:si>
   <x:si>
     <x:t>08/15/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00KRTP5H5</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,124,864.27</x:t>
-[...35 lines deleted...]
-    <x:t>FL</x:t>
+    <x:t>$2,080,682.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.69%</x:t>
   </x:si>
   <x:si>
     <x:t>Conroe Independent School District</x:t>
   </x:si>
   <x:si>
     <x:t>02/15/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00XP7HT20</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,103,723.07</x:t>
+    <x:t>$2,058,325.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.68%</x:t>
   </x:si>
   <x:si>
     <x:t>Los Angeles Unified School District/Ca</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00NZWRVJ2</x:t>
   </x:si>
   <x:si>
     <x:t>1,720,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,903,263.84</x:t>
+    <x:t>$1,911,655.82</x:t>
   </x:si>
   <x:si>
     <x:t>0.63%</x:t>
   </x:si>
   <x:si>
     <x:t>State Of Connecticut Special Tax Revenu</x:t>
   </x:si>
   <x:si>
     <x:t>BBG010B6RCV2</x:t>
   </x:si>
   <x:si>
     <x:t>1,650,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,890,285.17</x:t>
-[...2 lines deleted...]
-    <x:t>0.62%</x:t>
+    <x:t>$1,899,117.88</x:t>
   </x:si>
   <x:si>
     <x:t>CT</x:t>
   </x:si>
   <x:si>
     <x:t>Energy Southeast A Cooperative District</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2053</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01GYZFNY4</x:t>
   </x:si>
   <x:si>
     <x:t>1,710,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,874,282.76</x:t>
+    <x:t>$1,898,955.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>New Jersey Educational Facilities Autho</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2064</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V4YHLL3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,697,678.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.56%</x:t>
   </x:si>
   <x:si>
     <x:t>State Of Maryland</x:t>
   </x:si>
   <x:si>
     <x:t>03/15/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00S02XCH2</x:t>
   </x:si>
   <x:si>
-    <x:t>1,500,000</x:t>
-[...5 lines deleted...]
-    <x:t>0.56%</x:t>
+    <x:t>$1,697,360.88</x:t>
   </x:si>
   <x:si>
     <x:t>MD</x:t>
   </x:si>
   <x:si>
-    <x:t>New Jersey Educational Facilities Autho</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>10/01/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Q6M0R34</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,678,324.12</x:t>
+    <x:t>$1,684,886.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>State Of North Carolina</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00P8T8SS2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,658,605.00</x:t>
   </x:si>
   <x:si>
     <x:t>0.55%</x:t>
   </x:si>
   <x:si>
-    <x:t>State Of North Carolina</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>NC</x:t>
   </x:si>
   <x:si>
     <x:t>New York City Transitional Finance Auth</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZN7KRG2</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,624,417.08</x:t>
+    <x:t>$1,636,465.60</x:t>
   </x:si>
   <x:si>
     <x:t>0.54%</x:t>
   </x:si>
   <x:si>
     <x:t>Indiana Finance Authority</x:t>
   </x:si>
   <x:si>
     <x:t>BBG017SK4W30</x:t>
   </x:si>
   <x:si>
     <x:t>4.250</x:t>
   </x:si>
   <x:si>
     <x:t>1,545,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,616,561.64</x:t>
+    <x:t>$1,633,698.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Curators Of The University Of Missouri/</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00TJHB5J4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,400,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,597,743.89</x:t>
   </x:si>
   <x:si>
     <x:t>0.53%</x:t>
   </x:si>
   <x:si>
-    <x:t>IN</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>MO</x:t>
   </x:si>
   <x:si>
     <x:t>City Of Mesa Az Utility System Revenue</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00CGF2LN8</x:t>
   </x:si>
   <x:si>
     <x:t>1,550,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,562,746.36</x:t>
+    <x:t>$1,565,923.46</x:t>
   </x:si>
   <x:si>
     <x:t>0.52%</x:t>
   </x:si>
   <x:si>
     <x:t>AZ</x:t>
   </x:si>
   <x:si>
     <x:t>Pefa Inc</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2049</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00P82G986</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,549,527.76</x:t>
+    <x:t>$1,554,126.85</x:t>
   </x:si>
   <x:si>
     <x:t>0.51%</x:t>
   </x:si>
   <x:si>
     <x:t>IA</x:t>
   </x:si>
   <x:si>
+    <x:t>Metropolitan Transportation Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JBB5XM9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,445,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,542,753.36</x:t>
+  </x:si>
+  <x:si>
     <x:t>California State University</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00CLB9M16</x:t>
   </x:si>
   <x:si>
     <x:t>1,510,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,540,157.53</x:t>
-[...14 lines deleted...]
-    <x:t>$1,536,679.67</x:t>
+    <x:t>$1,542,205.93</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2050</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00QZ0MS34</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,534,035.87</x:t>
+    <x:t>$1,537,974.21</x:t>
   </x:si>
   <x:si>
     <x:t>Kern High School District</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00X03G182</x:t>
   </x:si>
   <x:si>
     <x:t>1,600,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,517,258.26</x:t>
+    <x:t>$1,531,925.17</x:t>
   </x:si>
   <x:si>
     <x:t>0.50%</x:t>
   </x:si>
   <x:si>
     <x:t>07/15/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01WJZY0Y5</x:t>
   </x:si>
   <x:si>
     <x:t>1,250,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,430,600.25</x:t>
-[...2 lines deleted...]
-    <x:t>0.47%</x:t>
+    <x:t>$1,442,539.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.48%</x:t>
   </x:si>
   <x:si>
     <x:t>County Of Allen Oh Hospital Facilities</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00T2SJDB1</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,374,299.27</x:t>
+    <x:t>$1,382,883.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City Of Columbus Oh</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QB6WVH4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,245,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,374,841.80</x:t>
   </x:si>
   <x:si>
     <x:t>0.45%</x:t>
   </x:si>
   <x:si>
-    <x:t>OH</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>New York State Dormitory Authority</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00KWW7BF1</x:t>
   </x:si>
   <x:si>
     <x:t>1,325,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,368,910.96</x:t>
+    <x:t>$1,373,846.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Central Plains Energy Project</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JG12WP8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,215,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,367,758.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NE</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00HZFPQ23</x:t>
   </x:si>
   <x:si>
     <x:t>1,305,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,363,289.36</x:t>
-[...17 lines deleted...]
-    <x:t>NE</x:t>
+    <x:t>$1,366,843.86</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2052</x:t>
   </x:si>
   <x:si>
     <x:t>BBG013KDKGP6</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,291,110.98</x:t>
+    <x:t>$1,298,759.05</x:t>
   </x:si>
   <x:si>
     <x:t>0.43%</x:t>
   </x:si>
   <x:si>
     <x:t>New York Transportation Development Cor</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00YGN5QM0</x:t>
   </x:si>
   <x:si>
     <x:t>1,150,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,281,967.46</x:t>
+    <x:t>$1,293,807.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jackson County School District No 549c</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0087LGV75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,264,365.28</x:t>
   </x:si>
   <x:si>
     <x:t>0.42%</x:t>
   </x:si>
   <x:si>
+    <x:t>OR</x:t>
+  </x:si>
+  <x:si>
     <x:t>Central Florida Expressway Authority</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00CGSS673</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,260,588.69</x:t>
-[...14 lines deleted...]
-    <x:t>OR</x:t>
+    <x:t>$1,263,106.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kentucky Public Energy Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/01/2052</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG015MRTJ64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,200,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,244,222.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KY</x:t>
   </x:si>
   <x:si>
     <x:t>06/01/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00XP7PC46</x:t>
   </x:si>
   <x:si>
     <x:t>1,100,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,233,463.56</x:t>
-[...2 lines deleted...]
-    <x:t>0.41%</x:t>
+    <x:t>$1,241,020.73</x:t>
   </x:si>
   <x:si>
     <x:t>02/01/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GDCW597</x:t>
   </x:si>
   <x:si>
     <x:t>1,190,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,220,409.48</x:t>
+    <x:t>$1,224,085.57</x:t>
   </x:si>
   <x:si>
     <x:t>0.40%</x:t>
   </x:si>
   <x:si>
-    <x:t>Kentucky Public Energy Authority</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>Jefferson County School District R-1</x:t>
   </x:si>
   <x:si>
     <x:t>12/15/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00MRS69S4</x:t>
   </x:si>
   <x:si>
     <x:t>1,110,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,201,869.78</x:t>
+    <x:t>$1,206,301.41</x:t>
   </x:si>
   <x:si>
     <x:t>CO</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01396STN0</x:t>
   </x:si>
   <x:si>
     <x:t>1,000,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,170,767.64</x:t>
+    <x:t>$1,176,305.00</x:t>
   </x:si>
   <x:si>
     <x:t>0.39%</x:t>
   </x:si>
   <x:si>
     <x:t>Triborough Bridge &amp; Tunnel Authority</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01C86DDF1</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,160,245.33</x:t>
+    <x:t>$1,168,403.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Minnesota Public Facilities Authority S</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KDTK0Q5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,159,672.27</x:t>
   </x:si>
   <x:si>
     <x:t>0.38%</x:t>
   </x:si>
   <x:si>
-    <x:t>Minnesota Public Facilities Authority S</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>MN</x:t>
   </x:si>
   <x:si>
     <x:t>Bay Area Toll Authority</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2047</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00FZMC078</x:t>
   </x:si>
   <x:si>
     <x:t>2.950</x:t>
   </x:si>
   <x:si>
     <x:t>1,130,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,141,323.19</x:t>
+    <x:t>$1,143,432.76</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00CNP8WK1</x:t>
   </x:si>
   <x:si>
     <x:t>1,095,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,136,387.29</x:t>
+    <x:t>$1,138,723.31</x:t>
   </x:si>
   <x:si>
     <x:t>11/15/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Y1CTQQ0</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,130,465.33</x:t>
+    <x:t>$1,135,875.39</x:t>
   </x:si>
   <x:si>
     <x:t>0.37%</x:t>
   </x:si>
   <x:si>
     <x:t>05/01/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00P9J4C84</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,128,284.78</x:t>
+    <x:t>$1,134,744.63</x:t>
   </x:si>
   <x:si>
     <x:t>Texas State Transportation Commission</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01LM4SVZ2</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,126,957.04</x:t>
+    <x:t>$1,133,397.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>State Of Washington</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QT7TS20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,128,280.07</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01396STL2</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,121,772.64</x:t>
-[...8 lines deleted...]
-    <x:t>$1,119,723.11</x:t>
+    <x:t>$1,126,374.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Connecticut State Health &amp; Educational</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TX98803</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,119,940.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Metropolitan Government Nashville &amp; Dav</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0138633B8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,117,669.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Colorado Health Facilities Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2060</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VD0ZWG9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,115,557.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KXSJMD3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,113,408.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XRS6BD1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,110,955.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00S02P3T8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,108,462.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GX6CB14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,102,450.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PG9ZN17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,101,965.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KD93SF9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,099,920.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01075ZK42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,099,342.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City Of New York Ny</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00WVL0YQ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,099,056.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Denton Independent School District</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/15/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01H9Y5MX7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,097,097.79</x:t>
   </x:si>
   <x:si>
     <x:t>Board Of Regents Of The University Of T</x:t>
   </x:si>
   <x:si>
-    <x:t>08/15/2029</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>BBG00PGVK988</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,117,517.63</x:t>
-[...98 lines deleted...]
-    <x:t>$1,091,721.08</x:t>
+    <x:t>$1,096,745.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01F2ZPQF4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,096,488.57</x:t>
   </x:si>
   <x:si>
     <x:t>11/15/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01C86DDB5</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,089,606.43</x:t>
+    <x:t>$1,093,958.19</x:t>
   </x:si>
   <x:si>
     <x:t>Regional Transportation District Sales</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZCNC2Z2</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,086,580.48</x:t>
+    <x:t>$1,090,968.23</x:t>
   </x:si>
   <x:si>
     <x:t>County Of Miami-Dade Fl Water &amp; Sewer S</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG011FJ13B8</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,085,601.14</x:t>
+    <x:t>$1,090,227.50</x:t>
   </x:si>
   <x:si>
     <x:t>New Jersey Health Care Facilities Finan</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00QXSMZW7</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,084,609.64</x:t>
-[...8 lines deleted...]
-    <x:t>$1,084,518.31</x:t>
+    <x:t>$1,089,501.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>State Of Louisiana</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014M83834</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,085,334.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LA</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01H50THP9</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,081,979.33</x:t>
+    <x:t>$1,085,276.79</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JGMWVQ0</x:t>
   </x:si>
   <x:si>
     <x:t>1,030,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,080,863.44</x:t>
-[...23 lines deleted...]
-    <x:t>$1,080,330.21</x:t>
+    <x:t>$1,085,171.16</x:t>
   </x:si>
   <x:si>
     <x:t>Minneapolis-St Paul Metropolitan Airpor</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01J7FPMD6</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,077,967.54</x:t>
+    <x:t>$1,084,325.40</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00LDN85G1</x:t>
   </x:si>
   <x:si>
     <x:t>1,010,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,077,667.68</x:t>
+    <x:t>$1,082,326.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Texas Municipal Gas Acquisition &amp; Suppl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01K3HDTB3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,081,586.50</x:t>
   </x:si>
   <x:si>
     <x:t>University Of Connecticut</x:t>
   </x:si>
   <x:si>
     <x:t>04/15/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00KK2TJM1</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,073,842.80</x:t>
+    <x:t>$1,076,791.45</x:t>
   </x:si>
   <x:si>
     <x:t>0.35%</x:t>
   </x:si>
   <x:si>
-    <x:t>Texas Municipal Gas Acquisition &amp; Suppl</x:t>
-[...8 lines deleted...]
-    <x:t>$1,072,883.99</x:t>
+    <x:t>06/01/2049</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01HMSS4Y9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,074,459.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Southeast Energy Authority A Cooperativ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01FPHV7K8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,074,300.80</x:t>
   </x:si>
   <x:si>
     <x:t>County Of Baltimore Md</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00RTTQYQ4</x:t>
   </x:si>
   <x:si>
     <x:t>945,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,068,337.16</x:t>
+    <x:t>$1,073,588.29</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01J7T1TF5</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,067,923.61</x:t>
+    <x:t>$1,070,780.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG012JCG3X7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,069,147.50</x:t>
   </x:si>
   <x:si>
     <x:t>Arizona Department Of Transportation St</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00DM2RD77</x:t>
   </x:si>
   <x:si>
     <x:t>1,050,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,066,468.46</x:t>
-[...8 lines deleted...]
-    <x:t>$1,066,183.24</x:t>
+    <x:t>$1,068,425.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01P7FLTZ7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,068,324.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0194FYXF5</x:t>
   </x:si>
   <x:si>
     <x:t>Commonwealth Of Pennsylvania</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01KCFCW76</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,064,416.91</x:t>
+    <x:t>$1,067,864.37</x:t>
   </x:si>
   <x:si>
     <x:t>PA</x:t>
   </x:si>
   <x:si>
-    <x:t>Southeast Energy Authority A Cooperativ</x:t>
-[...14 lines deleted...]
-    <x:t>BBG01P7FLTZ7</x:t>
+    <x:t>BBG01CD97GC2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,066,553.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HLD20B5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,066,375.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City Of Houston Tx Combined Utility Sys</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MBDHMZ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,062,053.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG018PMLN38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,058,781.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>State Of Illinois</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QQ8C5X5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,058,409.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Washington Convention &amp; Sports Authorit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00K1GB3F3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,057,483.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LK87QX2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,049,090.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hillsboro School District No 1j</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JFF5K44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,046,684.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00G5H6ZD3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,045,951.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PBGPC02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,045,575.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Iowa Finance Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00J8C45T6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,042,692.83</x:t>
   </x:si>
   <x:si>
     <x:t>County Of Harris Tx Toll Road Revenue</x:t>
   </x:si>
   <x:si>
     <x:t>08/15/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00K0CXY34</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,063,440.73</x:t>
-[...113 lines deleted...]
-    <x:t>$1,039,661.18</x:t>
+    <x:t>$1,041,436.79</x:t>
   </x:si>
   <x:si>
     <x:t>09/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00CRD01K0</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,038,965.51</x:t>
+    <x:t>$1,039,355.47</x:t>
   </x:si>
   <x:si>
     <x:t>San Francisco City &amp; County Public Util</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01G2R1JY1</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,036,615.94</x:t>
+    <x:t>$1,038,780.00</x:t>
   </x:si>
   <x:si>
     <x:t>West Virginia Commissioner Of Highways</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00HYZBL80</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,036,513.71</x:t>
+    <x:t>$1,038,416.67</x:t>
   </x:si>
   <x:si>
     <x:t>WV</x:t>
   </x:si>
   <x:si>
     <x:t>05/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00TS9PPH5</x:t>
   </x:si>
   <x:si>
     <x:t>1,015,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,034,962.18</x:t>
+    <x:t>$1,036,426.99</x:t>
   </x:si>
   <x:si>
     <x:t>11/15/2026</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01C86DD89</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,033,105.53</x:t>
+    <x:t>$1,035,041.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Louisville/Jefferson County Metropolita</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2047</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RZF0XM1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,033,937.30</x:t>
   </x:si>
   <x:si>
     <x:t>Metropolitan Council</x:t>
   </x:si>
   <x:si>
     <x:t>12/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZWVLVX0</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,031,390.21</x:t>
-[...11 lines deleted...]
-    <x:t>$1,030,560.04</x:t>
+    <x:t>$1,033,507.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ohio Water Development Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00D61KVY4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,032,507.07</x:t>
   </x:si>
   <x:si>
     <x:t>New York State Thruway Authority</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01KZLP4G6</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,030,438.44</x:t>
-[...11 lines deleted...]
-    <x:t>$1,030,210.31</x:t>
+    <x:t>$1,032,486.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DGWMJX1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>935,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,029,070.50</x:t>
   </x:si>
   <x:si>
     <x:t>Central Florida Tourism Oversight Distr</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00HMV90B7</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,026,200.49</x:t>
-[...23 lines deleted...]
-    <x:t>$1,024,307.93</x:t>
+    <x:t>$1,029,028.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>State Of Connecticut</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG010Z728R5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,027,119.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Long Island Power Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/01/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WN6S3N7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,023,274.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00K8G5CK7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,023,123.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>California State Public Works Board</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DYPXRM8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,022,728.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01SSNX3Q5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,022,363.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>04/15/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DW0PGD8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,022,035.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>State Of Minnesota</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HSFV3S7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,019,953.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QT7TRX8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,019,417.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>State Of Georgia</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/01/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GX8Q5P3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,017,612.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00PBGPBZ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,016,880.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>08/01/2040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00CP56KY6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,016,230.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>State Of Hawaii</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00B63VHY3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,012,158.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>State Of Florida</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG009S7LNW5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,007,305.30</x:t>
   </x:si>
   <x:si>
     <x:t>Pennsylvania Higher Educational Facilit</x:t>
   </x:si>
   <x:si>
     <x:t>08/15/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00CLLNJ51</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,024,024.57</x:t>
-[...128 lines deleted...]
-    <x:t>$1,005,402.07</x:t>
+    <x:t>$1,006,759.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QRXP333</x:t>
+  </x:si>
+  <x:si>
+    <x:t>910,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$997,244.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Golden State Tobacco Securitization Cor</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000ZPZPZ3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$994,205.30</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00P3CSRL1</x:t>
   </x:si>
   <x:si>
     <x:t>900,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,002,000.81</x:t>
-[...17 lines deleted...]
-    <x:t>$993,019.60</x:t>
+    <x:t>$984,393.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>State Of Florida Department Of Transpor</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QK4CZC7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>880,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$984,390.00</x:t>
   </x:si>
   <x:si>
     <x:t>02/15/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00NWR6Q73</x:t>
   </x:si>
   <x:si>
-    <x:t>$981,630.31</x:t>
-[...14 lines deleted...]
-    <x:t>$978,918.73</x:t>
+    <x:t>$962,163.56</x:t>
   </x:si>
   <x:si>
     <x:t>Collin County Community College Distric</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00K6990D5</x:t>
   </x:si>
   <x:si>
     <x:t>925,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$961,891.38</x:t>
+    <x:t>$946,537.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JCP0J52</x:t>
   </x:si>
   <x:si>
-    <x:t>$915,127.73</x:t>
+    <x:t>$919,094.38</x:t>
   </x:si>
   <x:si>
     <x:t>0.30%</x:t>
   </x:si>
   <x:si>
     <x:t>Beverly Hills Unified School District C</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0011KRZ95</x:t>
   </x:si>
   <x:si>
-    <x:t>$906,469.30</x:t>
+    <x:t>$912,191.50</x:t>
   </x:si>
   <x:si>
     <x:t>Harris County Cultural Education Facili</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JCP3H53</x:t>
   </x:si>
   <x:si>
     <x:t>850,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$896,739.32</x:t>
+    <x:t>$899,646.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Georgia State Road &amp; Tollway Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YGN6BF0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>800,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$880,752.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.29%</x:t>
   </x:si>
   <x:si>
     <x:t>05/15/2045</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0106YJTK1</x:t>
   </x:si>
   <x:si>
     <x:t>875,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$877,575.06</x:t>
-[...2 lines deleted...]
-    <x:t>0.29%</x:t>
+    <x:t>$879,038.80</x:t>
   </x:si>
   <x:si>
     <x:t>State Of New Mexico Severance Tax Perma</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00L4H4VJ8</x:t>
   </x:si>
   <x:si>
     <x:t>840,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$876,319.53</x:t>
+    <x:t>$878,975.41</x:t>
   </x:si>
   <x:si>
     <x:t>NM</x:t>
   </x:si>
   <x:si>
-    <x:t>Georgia State Road &amp; Tollway Authority</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>02/01/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01FRPGS29</x:t>
   </x:si>
   <x:si>
-    <x:t>$873,419.35</x:t>
+    <x:t>$875,963.87</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01JNTXS55</x:t>
   </x:si>
   <x:si>
     <x:t>830,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$859,947.26</x:t>
+    <x:t>$861,733.47</x:t>
   </x:si>
   <x:si>
     <x:t>0.28%</x:t>
   </x:si>
   <x:si>
     <x:t>Public Finance Authority</x:t>
   </x:si>
   <x:si>
     <x:t>10/01/2041</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01SQ8MTB1</x:t>
   </x:si>
   <x:si>
     <x:t>810,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$852,486.89</x:t>
+    <x:t>$857,680.33</x:t>
   </x:si>
   <x:si>
     <x:t>WI</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00DM2RD68</x:t>
   </x:si>
   <x:si>
     <x:t>835,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$848,270.27</x:t>
+    <x:t>$849,771.57</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Q6LZ359</x:t>
   </x:si>
   <x:si>
     <x:t>750,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$840,479.81</x:t>
+    <x:t>$843,770.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JNTXS73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>785,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$838,440.52</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00D5Y4PL8</x:t>
   </x:si>
   <x:si>
     <x:t>825,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$836,345.22</x:t>
-[...8 lines deleted...]
-    <x:t>$834,972.12</x:t>
+    <x:t>$838,156.06</x:t>
   </x:si>
   <x:si>
     <x:t>Los Angeles County Metropolitan Transpo</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00FS7R4V8</x:t>
   </x:si>
   <x:si>
     <x:t>795,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$832,326.47</x:t>
+    <x:t>$834,831.65</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00J35P862</x:t>
   </x:si>
   <x:si>
-    <x:t>$824,846.46</x:t>
+    <x:t>$826,673.39</x:t>
   </x:si>
   <x:si>
     <x:t>0.27%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00H56QFJ1</x:t>
   </x:si>
   <x:si>
-    <x:t>$807,403.49</x:t>
+    <x:t>$809,753.68</x:t>
   </x:si>
   <x:si>
     <x:t>County Of Fairfax Va</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JNKXBW2</x:t>
   </x:si>
   <x:si>
-    <x:t>$805,720.23</x:t>
+    <x:t>$809,181.15</x:t>
   </x:si>
   <x:si>
     <x:t>VA</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>BBG011RWVC41</x:t>
   </x:si>
   <x:si>
-    <x:t>$803,319.24</x:t>
+    <x:t>$804,402.66</x:t>
   </x:si>
   <x:si>
     <x:t>California Health Facilities Financing</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JKZG7M1</x:t>
   </x:si>
   <x:si>
-    <x:t>$798,579.70</x:t>
+    <x:t>$798,973.35</x:t>
   </x:si>
   <x:si>
     <x:t>0.26%</x:t>
   </x:si>
   <x:si>
+    <x:t>04/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00J3640H8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$798,750.53</x:t>
+  </x:si>
+  <x:si>
     <x:t>03/15/2026</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01PZT5372</x:t>
   </x:si>
   <x:si>
     <x:t>780,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$797,593.03</x:t>
-[...8 lines deleted...]
-    <x:t>$796,406.36</x:t>
+    <x:t>$798,640.45</x:t>
   </x:si>
   <x:si>
     <x:t>County Of Montgomery Md</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00W0YNSS7</x:t>
   </x:si>
   <x:si>
-    <x:t>$793,668.55</x:t>
+    <x:t>$797,518.03</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00NW3PTH8</x:t>
   </x:si>
   <x:si>
-    <x:t>$788,635.83</x:t>
+    <x:t>$790,384.73</x:t>
   </x:si>
   <x:si>
     <x:t>New Jersey Transportation Trust Fund Au</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F3BMD87</x:t>
   </x:si>
   <x:si>
     <x:t>4.100</x:t>
   </x:si>
   <x:si>
-    <x:t>$787,960.34</x:t>
+    <x:t>$789,641.75</x:t>
   </x:si>
   <x:si>
     <x:t>State Of Maryland Department Of Transpo</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00KRWZ364</x:t>
   </x:si>
   <x:si>
-    <x:t>$782,418.17</x:t>
+    <x:t>$786,961.93</x:t>
   </x:si>
   <x:si>
     <x:t>01/15/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00FN166S8</x:t>
   </x:si>
   <x:si>
     <x:t>745,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$765,999.39</x:t>
+    <x:t>$767,507.39</x:t>
   </x:si>
   <x:si>
     <x:t>0.25%</x:t>
   </x:si>
   <x:si>
     <x:t>City Of Milwaukee Wi</x:t>
   </x:si>
   <x:si>
     <x:t>04/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00SY2C0G5</x:t>
   </x:si>
   <x:si>
-    <x:t>$765,711.48</x:t>
+    <x:t>$767,004.23</x:t>
   </x:si>
   <x:si>
     <x:t>Regional Transportation Authority</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00HC12C89</x:t>
   </x:si>
   <x:si>
     <x:t>735,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$763,322.38</x:t>
+    <x:t>$765,178.81</x:t>
   </x:si>
   <x:si>
     <x:t>New Jersey Economic Development Authori</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00HNKG166</x:t>
   </x:si>
   <x:si>
     <x:t>3.125</x:t>
   </x:si>
   <x:si>
     <x:t>755,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$758,048.75</x:t>
+    <x:t>$761,287.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG013B87852</x:t>
+  </x:si>
+  <x:si>
+    <x:t>675,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$758,817.54</x:t>
   </x:si>
   <x:si>
     <x:t>Energy Northwest</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GDCVZS1</x:t>
   </x:si>
   <x:si>
     <x:t>725,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$756,347.22</x:t>
-[...11 lines deleted...]
-    <x:t>$755,401.40</x:t>
+    <x:t>$758,441.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Montgomery County Industrial Developmen</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01FQZ0WZ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>705,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$751,454.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Virginia Public Building Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JDKG6X2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>720,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$751,443.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Parish Of St John The Baptist La</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00WKH94Z3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.375</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$750,589.83</x:t>
   </x:si>
   <x:si>
     <x:t>City Of South Miami Health Facilities A</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JHP0G35</x:t>
   </x:si>
   <x:si>
     <x:t>710,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$754,283.08</x:t>
-[...38 lines deleted...]
-    <x:t>$747,283.25</x:t>
+    <x:t>$738,703.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24%</x:t>
   </x:si>
   <x:si>
     <x:t>New York State Urban Development Corp</x:t>
   </x:si>
   <x:si>
     <x:t>03/15/2027</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00G6D7DP6</x:t>
   </x:si>
   <x:si>
     <x:t>690,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$725,475.43</x:t>
-[...2 lines deleted...]
-    <x:t>0.24%</x:t>
+    <x:t>$727,083.23</x:t>
   </x:si>
   <x:si>
     <x:t>Illinois Finance Authority</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00YJKPVJ4</x:t>
   </x:si>
   <x:si>
     <x:t>685,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$714,812.60</x:t>
+    <x:t>$716,690.09</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2026</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00WM1KGR5</x:t>
   </x:si>
   <x:si>
     <x:t>700,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$709,931.86</x:t>
+    <x:t>$711,115.11</x:t>
   </x:si>
   <x:si>
     <x:t>0.23%</x:t>
   </x:si>
   <x:si>
+    <x:t>Pennsylvania Housing Finance Agency</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DQHHZV5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$707,828.03</x:t>
+  </x:si>
+  <x:si>
     <x:t>BBG000ZN7RP6</x:t>
   </x:si>
   <x:si>
     <x:t>680,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$702,682.34</x:t>
-[...11 lines deleted...]
-    <x:t>$699,228.87</x:t>
+    <x:t>$704,229.69</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00DSLD072</x:t>
   </x:si>
   <x:si>
-    <x:t>$698,630.09</x:t>
+    <x:t>$700,156.06</x:t>
   </x:si>
   <x:si>
     <x:t>Trinity River Authority Central Regiona</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GLNQHJ4</x:t>
   </x:si>
   <x:si>
     <x:t>670,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$696,224.99</x:t>
+    <x:t>$698,590.59</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Q00X3T7</x:t>
   </x:si>
   <x:si>
-    <x:t>$695,311.87</x:t>
+    <x:t>$696,250.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/15/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LDF3T35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>640,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$692,706.76</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00D1ZXBP4</x:t>
   </x:si>
   <x:si>
     <x:t>3.500</x:t>
   </x:si>
   <x:si>
-    <x:t>$690,398.81</x:t>
-[...11 lines deleted...]
-    <x:t>$689,814.70</x:t>
+    <x:t>$691,919.65</x:t>
   </x:si>
   <x:si>
     <x:t>07/01/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GDD1P59</x:t>
   </x:si>
   <x:si>
     <x:t>660,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$687,524.86</x:t>
+    <x:t>$689,425.24</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00D20RPB1</x:t>
   </x:si>
   <x:si>
-    <x:t>$684,779.64</x:t>
+    <x:t>$687,230.53</x:t>
   </x:si>
   <x:si>
     <x:t>Washington Metropolitan Area Transit Au</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00H9207F6</x:t>
   </x:si>
   <x:si>
     <x:t>650,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$675,503.76</x:t>
+    <x:t>$677,180.79</x:t>
   </x:si>
   <x:si>
     <x:t>0.22%</x:t>
   </x:si>
   <x:si>
     <x:t>Illinois State Toll Highway Authority</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00R2JF8J2</x:t>
   </x:si>
   <x:si>
-    <x:t>$669,307.11</x:t>
+    <x:t>$670,725.32</x:t>
   </x:si>
   <x:si>
     <x:t>Town Of Oyster Bay Ny</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00KVRYQR7</x:t>
   </x:si>
   <x:si>
     <x:t>665,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$665,324.23</x:t>
+    <x:t>$666,726.38</x:t>
   </x:si>
   <x:si>
     <x:t>New York State Environmental Facilities</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00QDM2RV3</x:t>
   </x:si>
   <x:si>
     <x:t>605,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$649,812.02</x:t>
+    <x:t>$651,886.06</x:t>
   </x:si>
   <x:si>
     <x:t>0.21%</x:t>
   </x:si>
   <x:si>
     <x:t>05/01/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00TZNJ818</x:t>
   </x:si>
   <x:si>
     <x:t>600,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$643,732.01</x:t>
+    <x:t>$646,582.16</x:t>
   </x:si>
   <x:si>
     <x:t>06/15/2034</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00HTSP7M2</x:t>
   </x:si>
   <x:si>
     <x:t>615,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$642,803.88</x:t>
+    <x:t>$644,434.04</x:t>
   </x:si>
   <x:si>
     <x:t>City Of San Antonio Tx Electric &amp; Gas S</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00D6158F3</x:t>
   </x:si>
   <x:si>
     <x:t>630,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$638,287.13</x:t>
+    <x:t>$639,455.88</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00DBBFK76</x:t>
   </x:si>
   <x:si>
-    <x:t>$638,221.14</x:t>
+    <x:t>$639,451.05</x:t>
   </x:si>
   <x:si>
     <x:t>City Of Phoenix Civic Improvement Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F5NRK97</x:t>
   </x:si>
   <x:si>
     <x:t>620,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$629,569.36</x:t>
+    <x:t>$631,012.25</x:t>
   </x:si>
   <x:si>
     <x:t>State Of New York Mortgage Agency Homeo</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00C1CP0R8</x:t>
   </x:si>
   <x:si>
-    <x:t>$620,564.56</x:t>
+    <x:t>$622,392.85</x:t>
   </x:si>
   <x:si>
     <x:t>City Of Dallas Tx Waterworks &amp; Sewer Sy</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00D3DLY92</x:t>
   </x:si>
   <x:si>
-    <x:t>$620,043.87</x:t>
+    <x:t>$621,320.46</x:t>
   </x:si>
   <x:si>
     <x:t>0.20%</x:t>
   </x:si>
   <x:si>
     <x:t>New York State Housing Finance Agency</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2060</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01699XC58</x:t>
   </x:si>
   <x:si>
     <x:t>2.500</x:t>
   </x:si>
   <x:si>
-    <x:t>$617,507.91</x:t>
+    <x:t>$619,208.61</x:t>
   </x:si>
   <x:si>
     <x:t>Virginia College Building Authority</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00QT7PST5</x:t>
   </x:si>
   <x:si>
-    <x:t>$616,771.60</x:t>
+    <x:t>$618,270.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Z19MT03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$617,362.87</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00LY4MP98</x:t>
   </x:si>
   <x:si>
     <x:t>595,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$616,110.50</x:t>
-[...8 lines deleted...]
-    <x:t>$615,229.06</x:t>
+    <x:t>$617,243.12</x:t>
   </x:si>
   <x:si>
     <x:t>05/01/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00H56QFG4</x:t>
   </x:si>
   <x:si>
     <x:t>585,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$611,517.74</x:t>
+    <x:t>$613,906.57</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00D5Y7LS7</x:t>
   </x:si>
   <x:si>
-    <x:t>$608,989.23</x:t>
+    <x:t>$610,661.46</x:t>
   </x:si>
   <x:si>
     <x:t>County Of Lehigh Pa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00QQ85D66</x:t>
   </x:si>
   <x:si>
-    <x:t>$608,427.21</x:t>
+    <x:t>$609,564.06</x:t>
   </x:si>
   <x:si>
     <x:t>State Of Illinois Sales Tax Revenue</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01254DXH5</x:t>
   </x:si>
   <x:si>
     <x:t>580,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$604,628.21</x:t>
+    <x:t>$603,413.54</x:t>
   </x:si>
   <x:si>
     <x:t>Alabama Public School And College Autho</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00XV3CTW4</x:t>
   </x:si>
   <x:si>
     <x:t>525,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$592,596.57</x:t>
+    <x:t>$597,232.46</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00D3DLY83</x:t>
   </x:si>
   <x:si>
     <x:t>565,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$583,949.84</x:t>
+    <x:t>$585,145.08</x:t>
   </x:si>
   <x:si>
     <x:t>0.19%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00H9207D8</x:t>
   </x:si>
   <x:si>
     <x:t>555,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$577,345.60</x:t>
+    <x:t>$578,905.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Utah Transit Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VV3LY01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>500,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$569,439.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UT</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00WVL7QR4</x:t>
   </x:si>
   <x:si>
-    <x:t>500,000</x:t>
-[...14 lines deleted...]
-    <x:t>UT</x:t>
+    <x:t>$569,199.57</x:t>
   </x:si>
   <x:si>
     <x:t>03/15/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01R3YZJS1</x:t>
   </x:si>
   <x:si>
-    <x:t>$565,789.03</x:t>
+    <x:t>$568,978.01</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Q6M0QY2</x:t>
   </x:si>
   <x:si>
     <x:t>530,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$565,077.12</x:t>
+    <x:t>$566,648.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PHMVKW2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$562,979.01</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00KK2TJJ5</x:t>
   </x:si>
   <x:si>
     <x:t>550,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$561,240.19</x:t>
-[...8 lines deleted...]
-    <x:t>$559,908.93</x:t>
+    <x:t>$562,071.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Miami Beach Redevelopment Agency</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2031</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01VVNCSX4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$559,266.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18%</x:t>
   </x:si>
   <x:si>
     <x:t>San Bernardino Community College Distri</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2049</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00QYN0FV6</x:t>
   </x:si>
   <x:si>
     <x:t>540,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$556,809.24</x:t>
-[...14 lines deleted...]
-    <x:t>$556,005.69</x:t>
+    <x:t>$558,783.45</x:t>
   </x:si>
   <x:si>
     <x:t>Orange County Convention Center/Orlando</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GSMYCP4</x:t>
   </x:si>
   <x:si>
     <x:t>490,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$553,563.41</x:t>
+    <x:t>$556,678.51</x:t>
   </x:si>
   <x:si>
     <x:t>Rutherford Cty Health &amp; Edu Fac Brd</x:t>
   </x:si>
   <x:si>
     <x:t>11/15/2048</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01YM97002</x:t>
   </x:si>
   <x:si>
-    <x:t>$553,251.37</x:t>
+    <x:t>$556,567.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chicago O'Hare International Airport</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QF13ZN6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$554,971.45</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00QD67D35</x:t>
   </x:si>
   <x:si>
-    <x:t>$550,967.62</x:t>
+    <x:t>$554,352.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01HTM3230</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$552,126.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YBNR458</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$551,948.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City Of San Francisco Ca Public Utiliti</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01H8WNJL2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$551,640.82</x:t>
   </x:si>
   <x:si>
     <x:t>County Of Jefferson Al</x:t>
   </x:si>
   <x:si>
     <x:t>09/15/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00H1B4QG7</x:t>
   </x:si>
   <x:si>
-    <x:t>$550,176.20</x:t>
-[...17 lines deleted...]
-    <x:t>$549,567.74</x:t>
+    <x:t>$551,573.57</x:t>
   </x:si>
   <x:si>
     <x:t>Metropolitan Government Of Nashville &amp;</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00CXCLL28</x:t>
   </x:si>
   <x:si>
     <x:t>545,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$549,462.71</x:t>
-[...5 lines deleted...]
-    <x:t>$548,576.96</x:t>
+    <x:t>$551,371.70</x:t>
   </x:si>
   <x:si>
     <x:t>New York City Industrial Development Ag</x:t>
   </x:si>
   <x:si>
     <x:t>03/01/2029</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00XKLYB42</x:t>
   </x:si>
   <x:si>
-    <x:t>$547,808.00</x:t>
+    <x:t>$550,266.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>County Of Clark Department Of Aviation</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01LTHPRJ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$549,646.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NV</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00CXD0K76</x:t>
   </x:si>
   <x:si>
-    <x:t>$547,130.09</x:t>
-[...20 lines deleted...]
-    <x:t>$544,867.50</x:t>
+    <x:t>$548,326.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>California Infrastructure &amp; Economic De</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01QB5DX46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$547,873.72</x:t>
   </x:si>
   <x:si>
     <x:t>Metropolitan Washington Airports Author</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00PC81DM9</x:t>
   </x:si>
   <x:si>
-    <x:t>$543,604.27</x:t>
+    <x:t>$545,770.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01S9HGSL8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$544,983.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Shelby County Health Educational &amp; Hous</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NB0B994</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$544,809.03</x:t>
   </x:si>
   <x:si>
     <x:t>BBG019Q1JG02</x:t>
   </x:si>
   <x:si>
     <x:t>535,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$543,470.90</x:t>
-[...17 lines deleted...]
-    <x:t>$542,099.20</x:t>
+    <x:t>$544,403.32</x:t>
   </x:si>
   <x:si>
     <x:t>Austin Independent School District</x:t>
   </x:si>
   <x:si>
     <x:t>08/01/2028</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00NJLQ6B8</x:t>
   </x:si>
   <x:si>
     <x:t>505,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$538,962.60</x:t>
+    <x:t>$541,163.01</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00S02P3S9</x:t>
   </x:si>
   <x:si>
-    <x:t>$538,597.18</x:t>
+    <x:t>$540,448.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Central Puget Sound Regional Transit Au</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0133R2JY8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>520,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$538,457.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/01/2052</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG018WZ0668</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$535,455.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Arizona Industrial Development Authorit</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KFWVJM7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$534,800.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0139PLLL4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$534,573.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00M6JNL10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$534,264.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GKLB850</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$533,930.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01C86DD98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$532,071.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>State Of Michigan Trunk Line Revenue</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00WYY86H7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$531,636.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grand River Dam Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F36K6W8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>515,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$530,998.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tobacco Settlement Financing Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KHZ57F2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$530,610.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DR2J854</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$530,475.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>01/01/2028</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YJKPVK2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$530,265.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00M7W5BK1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>510,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$530,124.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01CH2T9T7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$530,003.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Virginia Commonwealth Transportation Bo</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F12YF72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$528,968.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>County Of Miami-Dade Fl</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DBJZRF3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$527,906.66</x:t>
   </x:si>
   <x:si>
     <x:t>Ohio Turnpike &amp; Infrastructure Commissi</x:t>
   </x:si>
   <x:si>
     <x:t>02/15/2031</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JXJKPC9</x:t>
   </x:si>
   <x:si>
-    <x:t>$538,003.52</x:t>
-[...20 lines deleted...]
-    <x:t>$536,733.73</x:t>
+    <x:t>$527,359.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JHGGZ81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$526,871.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>03/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011RWVC50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$526,812.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00G3P9L18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$526,401.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>University Of Colorado</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/01/2034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JDKGBZ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$526,384.02</x:t>
   </x:si>
   <x:si>
     <x:t>American Municipal Power Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00RMV1HZ0</x:t>
   </x:si>
   <x:si>
-    <x:t>$536,090.32</x:t>
+    <x:t>$525,484.29</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00HVK96P3</x:t>
   </x:si>
   <x:si>
-    <x:t>510,000</x:t>
-[...137 lines deleted...]
-    <x:t>$525,638.35</x:t>
+    <x:t>$525,262.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/01/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01H7TRG96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$525,034.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lower Colorado River Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GJTJ320</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$524,188.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG009FBKJ32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$523,267.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00RNXPHX1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$522,534.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZXPYFF3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$522,314.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Butler County Unified School District N</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GY1BN29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$521,406.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10/01/2053</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01FQYYMX0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$520,846.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001077KT8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$520,033.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HSFZK05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$519,938.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>09/15/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01MNZL5V8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$518,684.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011YPS0W7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$517,886.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>County Of Mecklenburg Nc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HD9Y4X6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$517,716.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City Of Colorado Springs Co Utilities S</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00L9B8RS1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$517,374.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City Of Portland Or Sewer System Revenu</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01GF32F04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$516,986.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HS861P8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$516,973.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>State Of Colorado</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0113RZRC2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$516,294.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Boulder Larimer &amp; Weld Counties St Vrai</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12/15/2035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00FD7Y6Z7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$516,248.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>North Texas Tollway Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JHJ5NF5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$515,985.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00M567ZG0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$515,847.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Salt River Project Agricultural Improve</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XPQZ4R6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$515,813.85</x:t>
   </x:si>
   <x:si>
     <x:t>BBG014H40FM5</x:t>
   </x:si>
   <x:si>
-    <x:t>$525,305.47</x:t>
-[...86 lines deleted...]
-    <x:t>$518,927.50</x:t>
+    <x:t>$514,962.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>City Of Forsyth Mt</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01H511LC2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$514,694.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00J3ZJR70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$513,868.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG018KN76W2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$513,219.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00CF2LDH2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$511,969.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>State Of Michigan</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DBB9QX1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$511,907.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>State Of Texas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DZNJNS1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$511,426.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014QZN749</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$510,310.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Maryland Community Development Administ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R3MNGR7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$510,299.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HMJ93M6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$510,282.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00HSFZK50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$509,688.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11/01/2063</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01NCKK9W3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$509,410.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rhode Island Health And Educational Bui</x:t>
+  </x:si>
+  <x:si>
+    <x:t>05/15/2026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG008KP7Q54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$509,136.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DL8R251</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$509,005.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Delaware Transportation Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00WYH7CW5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$508,859.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>County Of Bexar Tx</x:t>
+  </x:si>
+  <x:si>
+    <x:t>06/15/2027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JG8GJV0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$508,838.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Wisconsin Health &amp; Educational Faciliti</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JCWDPL1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$508,494.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>East County Advanced Water Purification</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PKNMJY7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$508,459.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01N8LSK62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$508,414.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>San Diego Public Facilities Financing A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00CZT40H8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$508,191.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>02/01/2055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01ZT2Z0W1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$508,190.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Michigan State Housing Development Auth</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PM0H8P5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$507,629.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG013G4XR37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$507,301.35</x:t>
   </x:si>
   <x:si>
     <x:t>08/15/2026</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00T6XQYJ4</x:t>
   </x:si>
   <x:si>
-    <x:t>$518,569.27</x:t>
-[...293 lines deleted...]
-    <x:t>$506,310.60</x:t>
+    <x:t>$507,012.79</x:t>
   </x:si>
   <x:si>
     <x:t>Tobacco Settlement Financing Corp/Ri</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0087HHLJ2</x:t>
   </x:si>
   <x:si>
-    <x:t>$506,213.86</x:t>
-[...5 lines deleted...]
-    <x:t>$505,309.01</x:t>
+    <x:t>$506,860.53</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2062</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01H49GWG2</x:t>
   </x:si>
   <x:si>
     <x:t>3.800</x:t>
   </x:si>
   <x:si>
-    <x:t>$505,089.71</x:t>
+    <x:t>$506,344.47</x:t>
   </x:si>
   <x:si>
     <x:t>Maricopa County Industrial Development</x:t>
   </x:si>
   <x:si>
     <x:t>01/01/2053</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01GY5PKR3</x:t>
   </x:si>
   <x:si>
-    <x:t>$504,725.77</x:t>
-[...11 lines deleted...]
-    <x:t>$504,615.55</x:t>
+    <x:t>$505,869.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ohio Air Quality Development Authority</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PL43V09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$505,158.32</x:t>
   </x:si>
   <x:si>
     <x:t>11/01/2051</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01HDKLPS3</x:t>
   </x:si>
   <x:si>
-    <x:t>$504,462.85</x:t>
-[...11 lines deleted...]
-    <x:t>$504,105.49</x:t>
+    <x:t>$504,952.16</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0101NRJ50</x:t>
   </x:si>
   <x:si>
-    <x:t>$500,581.87</x:t>
-[...11 lines deleted...]
-    <x:t>$500,138.89</x:t>
+    <x:t>$501,649.23</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01PZT5354</x:t>
   </x:si>
   <x:si>
     <x:t>485,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$495,755.63</x:t>
+    <x:t>$496,538.21</x:t>
   </x:si>
   <x:si>
     <x:t>0.16%</x:t>
   </x:si>
   <x:si>
     <x:t>Foothill-Eastern Transportation Corrido</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000ZS22D8</x:t>
   </x:si>
   <x:si>
-    <x:t>$490,229.55</x:t>
+    <x:t>$491,268.05</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00WML6FV4</x:t>
   </x:si>
   <x:si>
     <x:t>440,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$466,107.74</x:t>
+    <x:t>$468,507.35</x:t>
   </x:si>
   <x:si>
     <x:t>0.15%</x:t>
   </x:si>
   <x:si>
     <x:t>State Of Mississippi</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GX2JPY0</x:t>
   </x:si>
   <x:si>
     <x:t>430,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$456,214.88</x:t>
+    <x:t>$458,082.48</x:t>
   </x:si>
   <x:si>
     <x:t>MS</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00LG7JPZ6</x:t>
   </x:si>
   <x:si>
     <x:t>435,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$441,722.04</x:t>
+    <x:t>$442,611.60</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00ZFBJXB6</x:t>
   </x:si>
   <x:si>
     <x:t>410,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$430,667.20</x:t>
+    <x:t>$432,070.41</x:t>
   </x:si>
   <x:si>
     <x:t>0.14%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00CKKMCY8</x:t>
   </x:si>
   <x:si>
     <x:t>425,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$429,624.70</x:t>
+    <x:t>$430,487.22</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00MS8Y363</x:t>
   </x:si>
   <x:si>
     <x:t>415,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$427,326.85</x:t>
+    <x:t>$428,232.32</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GBL1HW1</x:t>
   </x:si>
   <x:si>
     <x:t>400,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$414,191.93</x:t>
+    <x:t>$414,953.36</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00LLN5R22</x:t>
   </x:si>
   <x:si>
-    <x:t>$413,681.46</x:t>
+    <x:t>$414,375.40</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01QXXN2V8</x:t>
   </x:si>
   <x:si>
     <x:t>350,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$399,240.05</x:t>
+    <x:t>$401,222.96</x:t>
   </x:si>
   <x:si>
     <x:t>0.13%</x:t>
   </x:si>
   <x:si>
+    <x:t>Allegheny County Hospital Development A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>07/15/2030</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00P55MHW0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>360,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$391,353.64</x:t>
+  </x:si>
+  <x:si>
     <x:t>BBG00HDB1GB4</x:t>
   </x:si>
   <x:si>
     <x:t>385,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$390,520.12</x:t>
-[...14 lines deleted...]
-    <x:t>$389,349.11</x:t>
+    <x:t>$391,164.01</x:t>
   </x:si>
   <x:si>
     <x:t>County Of Wake Nc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00PCCBYL4</x:t>
   </x:si>
   <x:si>
     <x:t>375,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$388,845.61</x:t>
+    <x:t>$389,543.09</x:t>
   </x:si>
   <x:si>
     <x:t>Oakland Unified School District/Alameda</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00DK5B629</x:t>
   </x:si>
   <x:si>
     <x:t>380,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$385,638.13</x:t>
+    <x:t>$386,250.86</x:t>
   </x:si>
   <x:si>
     <x:t>University Of Utah/The</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00HDGQV41</x:t>
   </x:si>
   <x:si>
     <x:t>365,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$378,983.33</x:t>
+    <x:t>$379,881.72</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01GS75Q31</x:t>
   </x:si>
   <x:si>
-    <x:t>$371,488.73</x:t>
+    <x:t>$372,230.54</x:t>
   </x:si>
   <x:si>
     <x:t>0.12%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0148L3ZM0</x:t>
   </x:si>
   <x:si>
     <x:t>358,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$364,139.36</x:t>
+    <x:t>$367,803.62</x:t>
   </x:si>
   <x:si>
     <x:t>Canadian County Educational Facilities</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GNX0K92</x:t>
   </x:si>
   <x:si>
     <x:t>330,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$334,448.06</x:t>
+    <x:t>$335,215.95</x:t>
   </x:si>
   <x:si>
     <x:t>0.11%</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JC05NX2</x:t>
   </x:si>
   <x:si>
     <x:t>305,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$324,528.03</x:t>
+    <x:t>$325,690.73</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F40TD56</x:t>
   </x:si>
   <x:si>
     <x:t>310,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$321,571.28</x:t>
+    <x:t>$314,560.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.10%</x:t>
   </x:si>
   <x:si>
     <x:t>Kentucky State Property &amp; Building Comm</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01Q1T0VR8</x:t>
   </x:si>
   <x:si>
     <x:t>250,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$283,365.94</x:t>
+    <x:t>$285,063.75</x:t>
   </x:si>
   <x:si>
     <x:t>0.09%</x:t>
   </x:si>
   <x:si>
     <x:t>South Dakota Health &amp; Educational Facil</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00HK94GD6</x:t>
   </x:si>
   <x:si>
     <x:t>255,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$268,547.21</x:t>
+    <x:t>$269,464.41</x:t>
   </x:si>
   <x:si>
     <x:t>SD</x:t>
   </x:si>
   <x:si>
     <x:t>04/15/2030</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00HQ6QDZ5</x:t>
   </x:si>
   <x:si>
-    <x:t>$265,172.88</x:t>
+    <x:t>$265,980.77</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00DVZC2L8</x:t>
   </x:si>
   <x:si>
-    <x:t>$242,593.16</x:t>
+    <x:t>$242,981.15</x:t>
   </x:si>
   <x:si>
     <x:t>0.08%</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>2,117,264</x:t>
-[...2 lines deleted...]
-    <x:t>$2,117,264.19</x:t>
+    <x:t>2,162,586</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,162,586.45</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$432,580.55</x:t>
+    <x:t>$-51,922.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.02%</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -3838,56 +3829,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R930102113f804df8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R06d2f5a0f0e84077" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R448c81baa4a24d9b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R28143d3e2d2148df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R248d3af94ab14f56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2c29371ad21142d1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:L339"/>
+  <x:dimension ref="A1:L337"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="51" customWidth="1"/>
     <x:col min="3" max="3" width="16" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="12" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="28" customWidth="1"/>
     <x:col min="8" max="8" width="20" customWidth="1"/>
     <x:col min="9" max="9" width="21" customWidth="1"/>
     <x:col min="10" max="10" width="22" customWidth="1"/>
     <x:col min="11" max="11" width="10" customWidth="1"/>
     <x:col min="12" max="12" width="14" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:12" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -4320,12454 +4311,12378 @@
       </x:c>
       <x:c r="G12" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="H12" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="I12" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J12" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="K12" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L12" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:12" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="H13" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J13" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="K13" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="L13" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:12" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="H14" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="I14" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J14" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="K14" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L14" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:12" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
+        <x:v>92</x:v>
+      </x:c>
+      <x:c r="C15" s="1" t="s">
+        <x:v>93</x:v>
+      </x:c>
+      <x:c r="D15" s="1" t="s">
         <x:v>94</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>96</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J15" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="K15" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="L15" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:12" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
+        <x:v>97</x:v>
+      </x:c>
+      <x:c r="C16" s="1" t="s">
+        <x:v>98</x:v>
+      </x:c>
+      <x:c r="D16" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="C16" s="1" t="s">
+      <x:c r="E16" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F16" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G16" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="D16" s="1" t="s">
+      <x:c r="H16" s="1" t="s">
         <x:v>101</x:v>
       </x:c>
-      <x:c r="E16" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="H16" s="1" t="s">
+      <x:c r="I16" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J16" s="1" t="s">
         <x:v>102</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>92</x:v>
       </x:c>
       <x:c r="K16" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="L16" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:12" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="H17" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
-      <x:c r="H17" s="1" t="s">
+      <x:c r="I17" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J17" s="1" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="K17" s="1" t="s">
         <x:v>108</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>110</x:v>
       </x:c>
       <x:c r="L17" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:12" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="D18" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
-      <x:c r="D18" s="1" t="s">
+      <x:c r="E18" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F18" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G18" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
-      <x:c r="E18" s="1" t="s">
+      <x:c r="H18" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
-      <x:c r="F18" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="H18" s="1" t="s">
+      <x:c r="I18" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J18" s="1" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="K18" s="1" t="s">
         <x:v>114</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>23</x:v>
       </x:c>
       <x:c r="L18" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:12" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>14</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="C19" s="1" t="s">
+      <x:c r="D19" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
-      <x:c r="D19" s="1" t="s">
+      <x:c r="E19" s="1" t="s">
         <x:v>117</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>28</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J19" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="K19" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L19" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:12" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
-      <x:c r="C20" s="1" t="s">
+      <x:c r="D20" s="1" t="s">
         <x:v>122</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>123</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="I20" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J20" s="1" t="s">
         <x:v>124</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>119</x:v>
       </x:c>
       <x:c r="K20" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="L20" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:12" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J21" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="K21" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="L21" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:12" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
         <x:v>131</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
         <x:v>132</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J22" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="K22" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="L22" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:12" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>72</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J23" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="K23" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="L23" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:12" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J24" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="K24" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L24" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:12" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
+        <x:v>33</x:v>
+      </x:c>
+      <x:c r="D25" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="s">
+      <x:c r="E25" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F25" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G25" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
-      <x:c r="E25" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G25" s="1" t="s">
+      <x:c r="H25" s="1" t="s">
         <x:v>149</x:v>
       </x:c>
-      <x:c r="H25" s="1" t="s">
+      <x:c r="I25" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J25" s="1" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="K25" s="1" t="s">
         <x:v>150</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>81</x:v>
       </x:c>
       <x:c r="L25" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:12" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>155</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J26" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="K26" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="L26" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:12" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="D27" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="E27" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F27" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G27" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
+      <x:c r="H27" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
-      <x:c r="E27" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="H27" s="1" t="s">
+      <x:c r="I27" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J27" s="1" t="s">
         <x:v>161</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>156</x:v>
       </x:c>
       <x:c r="K27" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L27" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:12" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J28" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="K28" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="L28" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:12" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J29" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="K29" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L29" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:12" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
         <x:v>171</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
+      <x:c r="D30" s="1" t="s">
         <x:v>172</x:v>
       </x:c>
-      <x:c r="D30" s="1" t="s">
+      <x:c r="E30" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F30" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G30" s="1" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="H30" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
-      <x:c r="E30" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="H30" s="1" t="s">
+      <x:c r="I30" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J30" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
-      <x:c r="I30" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="J30" s="1" t="s">
+      <x:c r="K30" s="1" t="s">
         <x:v>175</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>61</x:v>
       </x:c>
       <x:c r="L30" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:12" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="H31" s="1" t="s">
         <x:v>179</x:v>
       </x:c>
-      <x:c r="H31" s="1" t="s">
+      <x:c r="I31" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J31" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
-      <x:c r="I31" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K31" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L31" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:12" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="D32" s="1" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="E32" s="1" t="s">
         <x:v>183</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="D32" s="1" t="s">
+      <x:c r="F32" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G32" s="1" t="s">
         <x:v>184</x:v>
       </x:c>
-      <x:c r="E32" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G32" s="1" t="s">
+      <x:c r="H32" s="1" t="s">
         <x:v>185</x:v>
       </x:c>
-      <x:c r="H32" s="1" t="s">
+      <x:c r="I32" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J32" s="1" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="K32" s="1" t="s">
         <x:v>186</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>187</x:v>
       </x:c>
       <x:c r="L32" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:12" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="D33" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
+      <x:c r="E33" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F33" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
         <x:v>189</x:v>
       </x:c>
-      <x:c r="D33" s="1" t="s">
+      <x:c r="H33" s="1" t="s">
         <x:v>190</x:v>
       </x:c>
-      <x:c r="E33" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G33" s="1" t="s">
+      <x:c r="I33" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J33" s="1" t="s">
         <x:v>191</x:v>
       </x:c>
-      <x:c r="H33" s="1" t="s">
+      <x:c r="K33" s="1" t="s">
         <x:v>192</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>194</x:v>
       </x:c>
       <x:c r="L33" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:12" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="D34" s="1" t="s">
         <x:v>195</x:v>
       </x:c>
-      <x:c r="C34" s="1" t="s">
+      <x:c r="E34" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F34" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G34" s="1" t="s">
         <x:v>196</x:v>
       </x:c>
-      <x:c r="D34" s="1" t="s">
+      <x:c r="H34" s="1" t="s">
         <x:v>197</x:v>
       </x:c>
-      <x:c r="E34" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="H34" s="1" t="s">
+      <x:c r="I34" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J34" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
-      <x:c r="I34" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="J34" s="1" t="s">
+      <x:c r="K34" s="1" t="s">
         <x:v>199</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>200</x:v>
       </x:c>
       <x:c r="L34" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:12" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
         <x:v>201</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>127</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="H35" s="1" t="s">
         <x:v>203</x:v>
       </x:c>
-      <x:c r="H35" s="1" t="s">
+      <x:c r="I35" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J35" s="1" t="s">
         <x:v>204</x:v>
       </x:c>
-      <x:c r="I35" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K35" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="L35" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:12" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J36" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="K36" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L36" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:12" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J37" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="K37" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L37" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:12" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J38" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="K38" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="L38" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:12" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="I39" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J39" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="K39" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L39" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:12" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="C40" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
-      <x:c r="C40" s="1" t="s">
+      <x:c r="D40" s="1" t="s">
         <x:v>224</x:v>
       </x:c>
-      <x:c r="D40" s="1" t="s">
+      <x:c r="E40" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F40" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
         <x:v>225</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>220</x:v>
       </x:c>
       <x:c r="H40" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J40" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
       <x:c r="K40" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L40" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:12" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="C41" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
-      <x:c r="C41" s="1" t="s">
+      <x:c r="D41" s="1" t="s">
         <x:v>230</x:v>
       </x:c>
-      <x:c r="D41" s="1" t="s">
+      <x:c r="E41" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F41" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G41" s="1" t="s">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="H41" s="1" t="s">
         <x:v>231</x:v>
       </x:c>
-      <x:c r="E41" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G41" s="1" t="s">
+      <x:c r="I41" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J41" s="1" t="s">
         <x:v>232</x:v>
       </x:c>
-      <x:c r="H41" s="1" t="s">
+      <x:c r="K41" s="1" t="s">
         <x:v>233</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>228</x:v>
       </x:c>
       <x:c r="L41" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:12" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J42" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="K42" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="L42" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:12" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="D43" s="1" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="E43" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F43" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G43" s="1" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="H43" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="I43" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J43" s="1" t="s">
         <x:v>239</x:v>
       </x:c>
-      <x:c r="D43" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="K43" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L43" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:12" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G44" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="H44" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J44" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="K44" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="L44" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:12" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="H45" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J45" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="K45" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L45" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:12" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="H46" s="1" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J46" s="1" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="K46" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="L46" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:12" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G47" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="H47" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J47" s="1" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="K47" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L47" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:12" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="I48" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J48" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="K48" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="L48" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:12" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="E49" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F49" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G49" s="1" t="s">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="H49" s="1" t="s">
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="I49" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J49" s="1" t="s">
         <x:v>268</x:v>
       </x:c>
-      <x:c r="E49" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K49" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="L49" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:12" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G50" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="H50" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="I50" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J50" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="K50" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="L50" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:12" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
+        <x:v>280</x:v>
+      </x:c>
+      <x:c r="D51" s="1" t="s">
+        <x:v>281</x:v>
+      </x:c>
+      <x:c r="E51" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F51" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G51" s="1" t="s">
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="H51" s="1" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="I51" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J51" s="1" t="s">
         <x:v>278</x:v>
       </x:c>
-      <x:c r="D51" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="K51" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="L51" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:12" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G52" s="1" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="H52" s="1" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J52" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="K52" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L52" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:12" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="H53" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J53" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="K53" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="L53" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:12" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J54" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="K54" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L54" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:12" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="E55" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F55" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G55" s="1" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="H55" s="1" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="I55" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J55" s="1" t="s">
         <x:v>298</x:v>
       </x:c>
-      <x:c r="E55" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K55" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L55" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:12" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F56" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G56" s="1" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="H56" s="1" t="s">
         <x:v>304</x:v>
       </x:c>
-      <x:c r="F56" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G56" s="1" t="s">
+      <x:c r="I56" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J56" s="1" t="s">
         <x:v>305</x:v>
       </x:c>
-      <x:c r="H56" s="1" t="s">
+      <x:c r="K56" s="1" t="s">
         <x:v>306</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>23</x:v>
       </x:c>
       <x:c r="L56" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:12" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J57" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="K57" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L57" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:12" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G58" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="H58" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J58" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="K58" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L58" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:12" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H59" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J59" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="K59" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L59" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:12" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>26</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H60" s="1" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="I60" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J60" s="1" t="s">
         <x:v>320</x:v>
       </x:c>
-      <x:c r="I60" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K60" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L60" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:12" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G61" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H61" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="I61" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J61" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="K61" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="L61" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:12" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G62" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H62" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="I62" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J62" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="K62" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="L62" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:12" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G63" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H63" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="I63" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J63" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="K63" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L63" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:12" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F64" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G64" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H64" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="I64" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J64" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="K64" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="L64" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:12" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G65" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H65" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="I65" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J65" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="K65" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="L65" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:12" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G66" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H66" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="I66" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J66" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="K66" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="L66" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:12" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G67" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H67" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="I67" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J67" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="K67" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="L67" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:12" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G68" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H68" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="I68" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J68" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="K68" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L68" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:12" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G69" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H69" s="1" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="I69" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J69" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="K69" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="L69" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:12" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G70" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H70" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="I70" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J70" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="K70" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="L70" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:12" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="E71" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F71" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G71" s="1" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="H71" s="1" t="s">
+        <x:v>355</x:v>
+      </x:c>
+      <x:c r="I71" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J71" s="1" t="s">
         <x:v>353</x:v>
       </x:c>
-      <x:c r="E71" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K71" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="L71" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:12" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C72" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="D72" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="E72" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F72" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G72" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H72" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="I72" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J72" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="K72" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L72" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:12" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C73" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="D73" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="E73" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F73" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G73" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H73" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="I73" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J73" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="K73" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L73" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:12" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="C74" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="D74" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="E74" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F74" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G74" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H74" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="I74" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J74" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="K74" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L74" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:12" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="C75" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="D75" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="E75" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F75" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G75" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H75" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="I75" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J75" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="K75" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="L75" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:12" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="C76" s="1" t="s">
         <x:v>367</x:v>
       </x:c>
-      <x:c r="C76" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D76" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F76" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G76" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H76" s="1" t="s">
-        <x:v>370</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="I76" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J76" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="K76" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="L76" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:12" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>371</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
-        <x:v>373</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G77" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H77" s="1" t="s">
-        <x:v>374</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="I77" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J77" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="K77" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="L77" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:12" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F78" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G78" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H78" s="1" t="s">
-        <x:v>377</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="I78" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J78" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="K78" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L78" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:12" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="C79" s="1" t="s">
-        <x:v>378</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="D79" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="E79" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F79" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G79" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H79" s="1" t="s">
-        <x:v>380</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="I79" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J79" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="K79" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="L79" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:12" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
-        <x:v>381</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F80" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G80" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H80" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="I80" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J80" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="K80" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="L80" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:12" ht="15" customHeight="1">
       <x:c r="A81" s="1">
         <x:v>78</x:v>
       </x:c>
       <x:c r="B81" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="C81" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D81" s="1" t="s">
-        <x:v>383</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="E81" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F81" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G81" s="1" t="s">
-        <x:v>384</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H81" s="1" t="s">
-        <x:v>385</x:v>
+        <x:v>389</x:v>
       </x:c>
       <x:c r="I81" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J81" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="K81" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L81" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="82" spans="1:12" ht="15" customHeight="1">
       <x:c r="A82" s="1">
         <x:v>79</x:v>
       </x:c>
       <x:c r="B82" s="1" t="s">
-        <x:v>386</x:v>
+        <x:v>390</x:v>
       </x:c>
       <x:c r="C82" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="D82" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>392</x:v>
       </x:c>
       <x:c r="E82" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F82" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G82" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H82" s="1" t="s">
-        <x:v>389</x:v>
+        <x:v>393</x:v>
       </x:c>
       <x:c r="I82" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J82" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="K82" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="L82" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="83" spans="1:12" ht="15" customHeight="1">
       <x:c r="A83" s="1">
         <x:v>80</x:v>
       </x:c>
       <x:c r="B83" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="C83" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="D83" s="1" t="s">
-        <x:v>392</x:v>
+        <x:v>395</x:v>
       </x:c>
       <x:c r="E83" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F83" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G83" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H83" s="1" t="s">
-        <x:v>393</x:v>
+        <x:v>396</x:v>
       </x:c>
       <x:c r="I83" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J83" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="K83" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L83" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="84" spans="1:12" ht="15" customHeight="1">
       <x:c r="A84" s="1">
         <x:v>81</x:v>
       </x:c>
       <x:c r="B84" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="C84" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D84" s="1" t="s">
-        <x:v>396</x:v>
+        <x:v>397</x:v>
       </x:c>
       <x:c r="E84" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F84" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G84" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>398</x:v>
       </x:c>
       <x:c r="H84" s="1" t="s">
-        <x:v>397</x:v>
+        <x:v>399</x:v>
       </x:c>
       <x:c r="I84" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J84" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="K84" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="L84" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="85" spans="1:12" ht="15" customHeight="1">
       <x:c r="A85" s="1">
         <x:v>82</x:v>
       </x:c>
       <x:c r="B85" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="C85" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="D85" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>402</x:v>
       </x:c>
       <x:c r="E85" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F85" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G85" s="1" t="s">
-        <x:v>399</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H85" s="1" t="s">
-        <x:v>400</x:v>
+        <x:v>403</x:v>
       </x:c>
       <x:c r="I85" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J85" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="K85" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="L85" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="86" spans="1:12" ht="15" customHeight="1">
       <x:c r="A86" s="1">
         <x:v>83</x:v>
       </x:c>
       <x:c r="B86" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="C86" s="1" t="s">
-        <x:v>402</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="D86" s="1" t="s">
-        <x:v>403</x:v>
+        <x:v>404</x:v>
       </x:c>
       <x:c r="E86" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F86" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G86" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>405</x:v>
       </x:c>
       <x:c r="H86" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>406</x:v>
       </x:c>
       <x:c r="I86" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J86" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="K86" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L86" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="87" spans="1:12" ht="15" customHeight="1">
       <x:c r="A87" s="1">
         <x:v>84</x:v>
       </x:c>
       <x:c r="B87" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="C87" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="D87" s="1" t="s">
-        <x:v>408</x:v>
+        <x:v>409</x:v>
       </x:c>
       <x:c r="E87" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="F87" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G87" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H87" s="1" t="s">
-        <x:v>409</x:v>
+        <x:v>410</x:v>
       </x:c>
       <x:c r="I87" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J87" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="K87" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="L87" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="88" spans="1:12" ht="15" customHeight="1">
       <x:c r="A88" s="1">
         <x:v>85</x:v>
       </x:c>
       <x:c r="B88" s="1" t="s">
-        <x:v>410</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="C88" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>412</x:v>
       </x:c>
       <x:c r="D88" s="1" t="s">
-        <x:v>411</x:v>
+        <x:v>413</x:v>
       </x:c>
       <x:c r="E88" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F88" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G88" s="1" t="s">
-        <x:v>412</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H88" s="1" t="s">
-        <x:v>413</x:v>
+        <x:v>414</x:v>
       </x:c>
       <x:c r="I88" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J88" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="K88" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="L88" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="89" spans="1:12" ht="15" customHeight="1">
       <x:c r="A89" s="1">
         <x:v>86</x:v>
       </x:c>
       <x:c r="B89" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C89" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>416</x:v>
       </x:c>
       <x:c r="D89" s="1" t="s">
+        <x:v>417</x:v>
+      </x:c>
+      <x:c r="E89" s="1" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="F89" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G89" s="1" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="H89" s="1" t="s">
+        <x:v>418</x:v>
+      </x:c>
+      <x:c r="I89" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J89" s="1" t="s">
         <x:v>415</x:v>
       </x:c>
-      <x:c r="E89" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K89" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="L89" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="90" spans="1:12" ht="15" customHeight="1">
       <x:c r="A90" s="1">
         <x:v>87</x:v>
       </x:c>
       <x:c r="B90" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="C90" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>408</x:v>
       </x:c>
       <x:c r="D90" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>420</x:v>
       </x:c>
       <x:c r="E90" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F90" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G90" s="1" t="s">
-        <x:v>419</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H90" s="1" t="s">
-        <x:v>420</x:v>
+        <x:v>421</x:v>
       </x:c>
       <x:c r="I90" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J90" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="K90" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="L90" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="91" spans="1:12" ht="15" customHeight="1">
       <x:c r="A91" s="1">
         <x:v>88</x:v>
       </x:c>
       <x:c r="B91" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>422</x:v>
       </x:c>
       <x:c r="C91" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="D91" s="1" t="s">
-        <x:v>422</x:v>
+        <x:v>423</x:v>
       </x:c>
       <x:c r="E91" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F91" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G91" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>424</x:v>
       </x:c>
       <x:c r="H91" s="1" t="s">
-        <x:v>423</x:v>
+        <x:v>425</x:v>
       </x:c>
       <x:c r="I91" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J91" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="K91" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="L91" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="92" spans="1:12" ht="15" customHeight="1">
       <x:c r="A92" s="1">
         <x:v>89</x:v>
       </x:c>
       <x:c r="B92" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C92" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="D92" s="1" t="s">
-        <x:v>425</x:v>
+        <x:v>427</x:v>
       </x:c>
       <x:c r="E92" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F92" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G92" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H92" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="I92" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J92" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="K92" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L92" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="93" spans="1:12" ht="15" customHeight="1">
       <x:c r="A93" s="1">
         <x:v>90</x:v>
       </x:c>
       <x:c r="B93" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C93" s="1" t="s">
-        <x:v>407</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="D93" s="1" t="s">
-        <x:v>429</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="E93" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F93" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G93" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H93" s="1" t="s">
-        <x:v>430</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="I93" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J93" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="K93" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L93" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="94" spans="1:12" ht="15" customHeight="1">
       <x:c r="A94" s="1">
         <x:v>91</x:v>
       </x:c>
       <x:c r="B94" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="C94" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D94" s="1" t="s">
-        <x:v>431</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="E94" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F94" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G94" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="H94" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="I94" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J94" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="K94" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="L94" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="95" spans="1:12" ht="15" customHeight="1">
       <x:c r="A95" s="1">
         <x:v>92</x:v>
       </x:c>
       <x:c r="B95" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="C95" s="1" t="s">
-        <x:v>414</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="D95" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="E95" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F95" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G95" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H95" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="I95" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J95" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="K95" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L95" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="96" spans="1:12" ht="15" customHeight="1">
       <x:c r="A96" s="1">
         <x:v>93</x:v>
       </x:c>
       <x:c r="B96" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="C96" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="D96" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>438</x:v>
       </x:c>
       <x:c r="E96" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F96" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G96" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H96" s="1" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="I96" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J96" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="K96" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L96" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="97" spans="1:12" ht="15" customHeight="1">
       <x:c r="A97" s="1">
         <x:v>94</x:v>
       </x:c>
       <x:c r="B97" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="C97" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>426</x:v>
       </x:c>
       <x:c r="D97" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="E97" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F97" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G97" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H97" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="I97" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J97" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="K97" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="L97" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="98" spans="1:12" ht="15" customHeight="1">
       <x:c r="A98" s="1">
         <x:v>95</x:v>
       </x:c>
       <x:c r="B98" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C98" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="D98" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="E98" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F98" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G98" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H98" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>444</x:v>
       </x:c>
       <x:c r="I98" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J98" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="K98" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L98" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="99" spans="1:12" ht="15" customHeight="1">
       <x:c r="A99" s="1">
         <x:v>96</x:v>
       </x:c>
       <x:c r="B99" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C99" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="D99" s="1" t="s">
         <x:v>445</x:v>
       </x:c>
       <x:c r="E99" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F99" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G99" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H99" s="1" t="s">
         <x:v>446</x:v>
       </x:c>
       <x:c r="I99" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J99" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="K99" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L99" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="100" spans="1:12" ht="15" customHeight="1">
       <x:c r="A100" s="1">
         <x:v>97</x:v>
       </x:c>
       <x:c r="B100" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>447</x:v>
       </x:c>
       <x:c r="C100" s="1" t="s">
-        <x:v>391</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="D100" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>449</x:v>
       </x:c>
       <x:c r="E100" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F100" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G100" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H100" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>450</x:v>
       </x:c>
       <x:c r="I100" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J100" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="K100" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="L100" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="101" spans="1:12" ht="15" customHeight="1">
       <x:c r="A101" s="1">
         <x:v>98</x:v>
       </x:c>
       <x:c r="B101" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="C101" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="D101" s="1" t="s">
-        <x:v>451</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="E101" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F101" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G101" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H101" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="I101" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J101" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="K101" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="L101" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="102" spans="1:12" ht="15" customHeight="1">
       <x:c r="A102" s="1">
         <x:v>99</x:v>
       </x:c>
       <x:c r="B102" s="1" t="s">
-        <x:v>453</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C102" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="D102" s="1" t="s">
-        <x:v>454</x:v>
+        <x:v>456</x:v>
       </x:c>
       <x:c r="E102" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F102" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G102" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H102" s="1" t="s">
-        <x:v>455</x:v>
+        <x:v>457</x:v>
       </x:c>
       <x:c r="I102" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J102" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="K102" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L102" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="103" spans="1:12" ht="15" customHeight="1">
       <x:c r="A103" s="1">
         <x:v>100</x:v>
       </x:c>
       <x:c r="B103" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>458</x:v>
       </x:c>
       <x:c r="C103" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="D103" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>459</x:v>
       </x:c>
       <x:c r="E103" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F103" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G103" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H103" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="I103" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J103" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="K103" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="L103" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="104" spans="1:12" ht="15" customHeight="1">
       <x:c r="A104" s="1">
         <x:v>101</x:v>
       </x:c>
       <x:c r="B104" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C104" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D104" s="1" t="s">
-        <x:v>460</x:v>
+        <x:v>462</x:v>
       </x:c>
       <x:c r="E104" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F104" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G104" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H104" s="1" t="s">
-        <x:v>461</x:v>
+        <x:v>463</x:v>
       </x:c>
       <x:c r="I104" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J104" s="1" t="s">
-        <x:v>405</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="K104" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L104" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="105" spans="1:12" ht="15" customHeight="1">
       <x:c r="A105" s="1">
         <x:v>102</x:v>
       </x:c>
       <x:c r="B105" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>464</x:v>
       </x:c>
       <x:c r="C105" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="D105" s="1" t="s">
-        <x:v>463</x:v>
+        <x:v>466</x:v>
       </x:c>
       <x:c r="E105" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F105" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G105" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H105" s="1" t="s">
-        <x:v>464</x:v>
+        <x:v>467</x:v>
       </x:c>
       <x:c r="I105" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J105" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>415</x:v>
       </x:c>
       <x:c r="K105" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="L105" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="106" spans="1:12" ht="15" customHeight="1">
       <x:c r="A106" s="1">
         <x:v>103</x:v>
       </x:c>
       <x:c r="B106" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C106" s="1" t="s">
-        <x:v>466</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="D106" s="1" t="s">
-        <x:v>467</x:v>
+        <x:v>469</x:v>
       </x:c>
       <x:c r="E106" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F106" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G106" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H106" s="1" t="s">
-        <x:v>468</x:v>
+        <x:v>470</x:v>
       </x:c>
       <x:c r="I106" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J106" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="K106" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L106" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="107" spans="1:12" ht="15" customHeight="1">
       <x:c r="A107" s="1">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B107" s="1" t="s">
-        <x:v>469</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="C107" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>472</x:v>
       </x:c>
       <x:c r="D107" s="1" t="s">
+        <x:v>473</x:v>
+      </x:c>
+      <x:c r="E107" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F107" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G107" s="1" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="H107" s="1" t="s">
+        <x:v>474</x:v>
+      </x:c>
+      <x:c r="I107" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J107" s="1" t="s">
         <x:v>471</x:v>
       </x:c>
-      <x:c r="E107" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K107" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="L107" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="108" spans="1:12" ht="15" customHeight="1">
       <x:c r="A108" s="1">
         <x:v>105</x:v>
       </x:c>
       <x:c r="B108" s="1" t="s">
-        <x:v>473</x:v>
+        <x:v>475</x:v>
       </x:c>
       <x:c r="C108" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D108" s="1" t="s">
-        <x:v>474</x:v>
+        <x:v>476</x:v>
       </x:c>
       <x:c r="E108" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F108" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G108" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H108" s="1" t="s">
-        <x:v>475</x:v>
+        <x:v>477</x:v>
       </x:c>
       <x:c r="I108" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J108" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="K108" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="L108" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="109" spans="1:12" ht="15" customHeight="1">
       <x:c r="A109" s="1">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B109" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>478</x:v>
       </x:c>
       <x:c r="C109" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>479</x:v>
       </x:c>
       <x:c r="D109" s="1" t="s">
-        <x:v>477</x:v>
+        <x:v>480</x:v>
       </x:c>
       <x:c r="E109" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F109" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G109" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H109" s="1" t="s">
-        <x:v>478</x:v>
+        <x:v>481</x:v>
       </x:c>
       <x:c r="I109" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J109" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="K109" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="L109" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="110" spans="1:12" ht="15" customHeight="1">
       <x:c r="A110" s="1">
         <x:v>107</x:v>
       </x:c>
       <x:c r="B110" s="1" t="s">
-        <x:v>479</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C110" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="D110" s="1" t="s">
-        <x:v>481</x:v>
+        <x:v>483</x:v>
       </x:c>
       <x:c r="E110" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F110" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G110" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H110" s="1" t="s">
-        <x:v>482</x:v>
+        <x:v>484</x:v>
       </x:c>
       <x:c r="I110" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J110" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="K110" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L110" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="111" spans="1:12" ht="15" customHeight="1">
       <x:c r="A111" s="1">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B111" s="1" t="s">
-        <x:v>483</x:v>
+        <x:v>485</x:v>
       </x:c>
       <x:c r="C111" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="D111" s="1" t="s">
-        <x:v>484</x:v>
+        <x:v>487</x:v>
       </x:c>
       <x:c r="E111" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F111" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G111" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H111" s="1" t="s">
-        <x:v>485</x:v>
+        <x:v>488</x:v>
       </x:c>
       <x:c r="I111" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J111" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="K111" s="1" t="s">
-        <x:v>486</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L111" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="112" spans="1:12" ht="15" customHeight="1">
       <x:c r="A112" s="1">
         <x:v>109</x:v>
       </x:c>
       <x:c r="B112" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>489</x:v>
       </x:c>
       <x:c r="C112" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="D112" s="1" t="s">
-        <x:v>488</x:v>
+        <x:v>490</x:v>
       </x:c>
       <x:c r="E112" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F112" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G112" s="1" t="s">
-        <x:v>489</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H112" s="1" t="s">
-        <x:v>490</x:v>
+        <x:v>491</x:v>
       </x:c>
       <x:c r="I112" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J112" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="K112" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>492</x:v>
       </x:c>
       <x:c r="L112" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="113" spans="1:12" ht="15" customHeight="1">
       <x:c r="A113" s="1">
         <x:v>110</x:v>
       </x:c>
       <x:c r="B113" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C113" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="D113" s="1" t="s">
-        <x:v>492</x:v>
+        <x:v>494</x:v>
       </x:c>
       <x:c r="E113" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F113" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G113" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>495</x:v>
       </x:c>
       <x:c r="H113" s="1" t="s">
-        <x:v>493</x:v>
+        <x:v>496</x:v>
       </x:c>
       <x:c r="I113" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J113" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="K113" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="L113" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="114" spans="1:12" ht="15" customHeight="1">
       <x:c r="A114" s="1">
         <x:v>111</x:v>
       </x:c>
       <x:c r="B114" s="1" t="s">
-        <x:v>494</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="C114" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="D114" s="1" t="s">
-        <x:v>496</x:v>
+        <x:v>498</x:v>
       </x:c>
       <x:c r="E114" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F114" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G114" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H114" s="1" t="s">
-        <x:v>497</x:v>
+        <x:v>499</x:v>
       </x:c>
       <x:c r="I114" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J114" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="K114" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L114" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="115" spans="1:12" ht="15" customHeight="1">
       <x:c r="A115" s="1">
         <x:v>112</x:v>
       </x:c>
       <x:c r="B115" s="1" t="s">
-        <x:v>498</x:v>
+        <x:v>500</x:v>
       </x:c>
       <x:c r="C115" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="D115" s="1" t="s">
-        <x:v>500</x:v>
+        <x:v>502</x:v>
       </x:c>
       <x:c r="E115" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F115" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G115" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H115" s="1" t="s">
-        <x:v>501</x:v>
+        <x:v>503</x:v>
       </x:c>
       <x:c r="I115" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J115" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="K115" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="L115" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="116" spans="1:12" ht="15" customHeight="1">
       <x:c r="A116" s="1">
         <x:v>113</x:v>
       </x:c>
       <x:c r="B116" s="1" t="s">
-        <x:v>502</x:v>
+        <x:v>504</x:v>
       </x:c>
       <x:c r="C116" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="D116" s="1" t="s">
-        <x:v>504</x:v>
+        <x:v>506</x:v>
       </x:c>
       <x:c r="E116" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F116" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G116" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H116" s="1" t="s">
-        <x:v>505</x:v>
+        <x:v>507</x:v>
       </x:c>
       <x:c r="I116" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J116" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="K116" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="L116" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="117" spans="1:12" ht="15" customHeight="1">
       <x:c r="A117" s="1">
         <x:v>114</x:v>
       </x:c>
       <x:c r="B117" s="1" t="s">
-        <x:v>506</x:v>
+        <x:v>508</x:v>
       </x:c>
       <x:c r="C117" s="1" t="s">
-        <x:v>507</x:v>
+        <x:v>509</x:v>
       </x:c>
       <x:c r="D117" s="1" t="s">
-        <x:v>508</x:v>
+        <x:v>510</x:v>
       </x:c>
       <x:c r="E117" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F117" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G117" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H117" s="1" t="s">
-        <x:v>509</x:v>
+        <x:v>511</x:v>
       </x:c>
       <x:c r="I117" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J117" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="K117" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="L117" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="118" spans="1:12" ht="15" customHeight="1">
       <x:c r="A118" s="1">
         <x:v>115</x:v>
       </x:c>
       <x:c r="B118" s="1" t="s">
-        <x:v>510</x:v>
+        <x:v>512</x:v>
       </x:c>
       <x:c r="C118" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="D118" s="1" t="s">
-        <x:v>511</x:v>
+        <x:v>514</x:v>
       </x:c>
       <x:c r="E118" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F118" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G118" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H118" s="1" t="s">
-        <x:v>512</x:v>
+        <x:v>515</x:v>
       </x:c>
       <x:c r="I118" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J118" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="K118" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L118" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="119" spans="1:12" ht="15" customHeight="1">
       <x:c r="A119" s="1">
         <x:v>116</x:v>
       </x:c>
       <x:c r="B119" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C119" s="1" t="s">
-        <x:v>513</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="D119" s="1" t="s">
-        <x:v>514</x:v>
+        <x:v>517</x:v>
       </x:c>
       <x:c r="E119" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F119" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G119" s="1" t="s">
-        <x:v>515</x:v>
+        <x:v>518</x:v>
       </x:c>
       <x:c r="H119" s="1" t="s">
-        <x:v>516</x:v>
+        <x:v>519</x:v>
       </x:c>
       <x:c r="I119" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J119" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="K119" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="L119" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="120" spans="1:12" ht="15" customHeight="1">
       <x:c r="A120" s="1">
         <x:v>117</x:v>
       </x:c>
       <x:c r="B120" s="1" t="s">
-        <x:v>517</x:v>
+        <x:v>520</x:v>
       </x:c>
       <x:c r="C120" s="1" t="s">
-        <x:v>518</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="D120" s="1" t="s">
-        <x:v>519</x:v>
+        <x:v>521</x:v>
       </x:c>
       <x:c r="E120" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F120" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G120" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H120" s="1" t="s">
-        <x:v>520</x:v>
+        <x:v>522</x:v>
       </x:c>
       <x:c r="I120" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J120" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="K120" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="L120" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="121" spans="1:12" ht="15" customHeight="1">
       <x:c r="A121" s="1">
         <x:v>118</x:v>
       </x:c>
       <x:c r="B121" s="1" t="s">
-        <x:v>521</x:v>
+        <x:v>523</x:v>
       </x:c>
       <x:c r="C121" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="D121" s="1" t="s">
-        <x:v>523</x:v>
+        <x:v>524</x:v>
       </x:c>
       <x:c r="E121" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="F121" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G121" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H121" s="1" t="s">
-        <x:v>524</x:v>
+        <x:v>526</x:v>
       </x:c>
       <x:c r="I121" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J121" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="K121" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="L121" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="122" spans="1:12" ht="15" customHeight="1">
       <x:c r="A122" s="1">
         <x:v>119</x:v>
       </x:c>
       <x:c r="B122" s="1" t="s">
+        <x:v>527</x:v>
+      </x:c>
+      <x:c r="C122" s="1" t="s">
+        <x:v>528</x:v>
+      </x:c>
+      <x:c r="D122" s="1" t="s">
+        <x:v>529</x:v>
+      </x:c>
+      <x:c r="E122" s="1" t="s">
         <x:v>525</x:v>
       </x:c>
-      <x:c r="C122" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="F122" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G122" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H122" s="1" t="s">
-        <x:v>528</x:v>
+        <x:v>530</x:v>
       </x:c>
       <x:c r="I122" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J122" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="K122" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L122" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="123" spans="1:12" ht="15" customHeight="1">
       <x:c r="A123" s="1">
         <x:v>120</x:v>
       </x:c>
       <x:c r="B123" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C123" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="D123" s="1" t="s">
-        <x:v>529</x:v>
+        <x:v>531</x:v>
       </x:c>
       <x:c r="E123" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F123" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G123" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H123" s="1" t="s">
-        <x:v>530</x:v>
+        <x:v>532</x:v>
       </x:c>
       <x:c r="I123" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J123" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="K123" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L123" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="124" spans="1:12" ht="15" customHeight="1">
       <x:c r="A124" s="1">
         <x:v>121</x:v>
       </x:c>
       <x:c r="B124" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="C124" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D124" s="1" t="s">
-        <x:v>533</x:v>
+        <x:v>534</x:v>
       </x:c>
       <x:c r="E124" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F124" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G124" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H124" s="1" t="s">
-        <x:v>534</x:v>
+        <x:v>535</x:v>
       </x:c>
       <x:c r="I124" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J124" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="K124" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L124" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="125" spans="1:12" ht="15" customHeight="1">
       <x:c r="A125" s="1">
         <x:v>122</x:v>
       </x:c>
       <x:c r="B125" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C125" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="D125" s="1" t="s">
         <x:v>536</x:v>
       </x:c>
       <x:c r="E125" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="F125" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G125" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H125" s="1" t="s">
-        <x:v>537</x:v>
+        <x:v>538</x:v>
       </x:c>
       <x:c r="I125" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J125" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="K125" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L125" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="126" spans="1:12" ht="15" customHeight="1">
       <x:c r="A126" s="1">
         <x:v>123</x:v>
       </x:c>
       <x:c r="B126" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="C126" s="1" t="s">
         <x:v>539</x:v>
       </x:c>
       <x:c r="D126" s="1" t="s">
         <x:v>540</x:v>
       </x:c>
       <x:c r="E126" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F126" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G126" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H126" s="1" t="s">
         <x:v>541</x:v>
       </x:c>
       <x:c r="I126" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J126" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="K126" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="L126" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="127" spans="1:12" ht="15" customHeight="1">
       <x:c r="A127" s="1">
         <x:v>124</x:v>
       </x:c>
       <x:c r="B127" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>542</x:v>
       </x:c>
       <x:c r="C127" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="D127" s="1" t="s">
-        <x:v>542</x:v>
+        <x:v>543</x:v>
       </x:c>
       <x:c r="E127" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="F127" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G127" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H127" s="1" t="s">
         <x:v>544</x:v>
       </x:c>
       <x:c r="I127" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J127" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="K127" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="L127" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="128" spans="1:12" ht="15" customHeight="1">
       <x:c r="A128" s="1">
         <x:v>125</x:v>
       </x:c>
       <x:c r="B128" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="C128" s="1" t="s">
         <x:v>545</x:v>
       </x:c>
       <x:c r="D128" s="1" t="s">
         <x:v>546</x:v>
       </x:c>
       <x:c r="E128" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F128" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G128" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H128" s="1" t="s">
         <x:v>547</x:v>
       </x:c>
       <x:c r="I128" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J128" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="K128" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="L128" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="129" spans="1:12" ht="15" customHeight="1">
       <x:c r="A129" s="1">
         <x:v>126</x:v>
       </x:c>
       <x:c r="B129" s="1" t="s">
         <x:v>548</x:v>
       </x:c>
       <x:c r="C129" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="D129" s="1" t="s">
-        <x:v>549</x:v>
+        <x:v>550</x:v>
       </x:c>
       <x:c r="E129" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F129" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G129" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H129" s="1" t="s">
-        <x:v>550</x:v>
+        <x:v>551</x:v>
       </x:c>
       <x:c r="I129" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J129" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="K129" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="L129" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="130" spans="1:12" ht="15" customHeight="1">
       <x:c r="A130" s="1">
         <x:v>127</x:v>
       </x:c>
       <x:c r="B130" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="C130" s="1" t="s">
         <x:v>552</x:v>
       </x:c>
       <x:c r="D130" s="1" t="s">
         <x:v>553</x:v>
       </x:c>
       <x:c r="E130" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F130" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G130" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H130" s="1" t="s">
         <x:v>554</x:v>
       </x:c>
       <x:c r="I130" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J130" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>471</x:v>
       </x:c>
       <x:c r="K130" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="L130" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="131" spans="1:12" ht="15" customHeight="1">
       <x:c r="A131" s="1">
         <x:v>128</x:v>
       </x:c>
       <x:c r="B131" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C131" s="1" t="s">
         <x:v>555</x:v>
       </x:c>
       <x:c r="D131" s="1" t="s">
         <x:v>556</x:v>
       </x:c>
       <x:c r="E131" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F131" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G131" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H131" s="1" t="s">
         <x:v>557</x:v>
       </x:c>
       <x:c r="I131" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J131" s="1" t="s">
-        <x:v>465</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="K131" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L131" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="132" spans="1:12" ht="15" customHeight="1">
       <x:c r="A132" s="1">
         <x:v>129</x:v>
       </x:c>
       <x:c r="B132" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>559</x:v>
       </x:c>
       <x:c r="C132" s="1" t="s">
+        <x:v>330</x:v>
+      </x:c>
+      <x:c r="D132" s="1" t="s">
+        <x:v>560</x:v>
+      </x:c>
+      <x:c r="E132" s="1" t="s">
+        <x:v>525</x:v>
+      </x:c>
+      <x:c r="F132" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G132" s="1" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="H132" s="1" t="s">
+        <x:v>561</x:v>
+      </x:c>
+      <x:c r="I132" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J132" s="1" t="s">
         <x:v>558</x:v>
       </x:c>
-      <x:c r="D132" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="K132" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="L132" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="133" spans="1:12" ht="15" customHeight="1">
       <x:c r="A133" s="1">
         <x:v>130</x:v>
       </x:c>
       <x:c r="B133" s="1" t="s">
-        <x:v>561</x:v>
+        <x:v>562</x:v>
       </x:c>
       <x:c r="C133" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="D133" s="1" t="s">
-        <x:v>562</x:v>
+        <x:v>563</x:v>
       </x:c>
       <x:c r="E133" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="F133" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G133" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H133" s="1" t="s">
-        <x:v>563</x:v>
+        <x:v>564</x:v>
       </x:c>
       <x:c r="I133" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J133" s="1" t="s">
-        <x:v>564</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="K133" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="L133" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="134" spans="1:12" ht="15" customHeight="1">
       <x:c r="A134" s="1">
         <x:v>131</x:v>
       </x:c>
       <x:c r="B134" s="1" t="s">
         <x:v>565</x:v>
       </x:c>
       <x:c r="C134" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="D134" s="1" t="s">
-        <x:v>566</x:v>
+        <x:v>567</x:v>
       </x:c>
       <x:c r="E134" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F134" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G134" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H134" s="1" t="s">
-        <x:v>567</x:v>
+        <x:v>568</x:v>
       </x:c>
       <x:c r="I134" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J134" s="1" t="s">
-        <x:v>564</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="K134" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="L134" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="135" spans="1:12" ht="15" customHeight="1">
       <x:c r="A135" s="1">
         <x:v>132</x:v>
       </x:c>
       <x:c r="B135" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C135" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="D135" s="1" t="s">
-        <x:v>568</x:v>
+        <x:v>569</x:v>
       </x:c>
       <x:c r="E135" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F135" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G135" s="1" t="s">
-        <x:v>569</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="H135" s="1" t="s">
-        <x:v>570</x:v>
+        <x:v>571</x:v>
       </x:c>
       <x:c r="I135" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J135" s="1" t="s">
-        <x:v>564</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="K135" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L135" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="136" spans="1:12" ht="15" customHeight="1">
       <x:c r="A136" s="1">
         <x:v>133</x:v>
       </x:c>
       <x:c r="B136" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>572</x:v>
       </x:c>
       <x:c r="C136" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="D136" s="1" t="s">
-        <x:v>571</x:v>
+        <x:v>573</x:v>
       </x:c>
       <x:c r="E136" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F136" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G136" s="1" t="s">
-        <x:v>572</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="H136" s="1" t="s">
-        <x:v>573</x:v>
+        <x:v>574</x:v>
       </x:c>
       <x:c r="I136" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J136" s="1" t="s">
-        <x:v>564</x:v>
+        <x:v>558</x:v>
       </x:c>
       <x:c r="K136" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L136" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="137" spans="1:12" ht="15" customHeight="1">
       <x:c r="A137" s="1">
         <x:v>134</x:v>
       </x:c>
       <x:c r="B137" s="1" t="s">
-        <x:v>574</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="C137" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="D137" s="1" t="s">
         <x:v>575</x:v>
       </x:c>
       <x:c r="E137" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F137" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G137" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>576</x:v>
       </x:c>
       <x:c r="H137" s="1" t="s">
-        <x:v>576</x:v>
+        <x:v>577</x:v>
       </x:c>
       <x:c r="I137" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J137" s="1" t="s">
-        <x:v>564</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="K137" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="L137" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="138" spans="1:12" ht="15" customHeight="1">
       <x:c r="A138" s="1">
         <x:v>135</x:v>
       </x:c>
       <x:c r="B138" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>579</x:v>
       </x:c>
       <x:c r="C138" s="1" t="s">
-        <x:v>577</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D138" s="1" t="s">
+        <x:v>580</x:v>
+      </x:c>
+      <x:c r="E138" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F138" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G138" s="1" t="s">
+        <x:v>581</x:v>
+      </x:c>
+      <x:c r="H138" s="1" t="s">
+        <x:v>582</x:v>
+      </x:c>
+      <x:c r="I138" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J138" s="1" t="s">
         <x:v>578</x:v>
       </x:c>
-      <x:c r="E138" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K138" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="L138" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="139" spans="1:12" ht="15" customHeight="1">
       <x:c r="A139" s="1">
         <x:v>136</x:v>
       </x:c>
       <x:c r="B139" s="1" t="s">
-        <x:v>581</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C139" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="D139" s="1" t="s">
-        <x:v>582</x:v>
+        <x:v>584</x:v>
       </x:c>
       <x:c r="E139" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F139" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G139" s="1" t="s">
-        <x:v>583</x:v>
+        <x:v>570</x:v>
       </x:c>
       <x:c r="H139" s="1" t="s">
-        <x:v>584</x:v>
+        <x:v>585</x:v>
       </x:c>
       <x:c r="I139" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J139" s="1" t="s">
-        <x:v>580</x:v>
+        <x:v>578</x:v>
       </x:c>
       <x:c r="K139" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="L139" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="140" spans="1:12" ht="15" customHeight="1">
       <x:c r="A140" s="1">
         <x:v>137</x:v>
       </x:c>
       <x:c r="B140" s="1" t="s">
-        <x:v>585</x:v>
+        <x:v>586</x:v>
       </x:c>
       <x:c r="C140" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="D140" s="1" t="s">
-        <x:v>586</x:v>
+        <x:v>587</x:v>
       </x:c>
       <x:c r="E140" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F140" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G140" s="1" t="s">
-        <x:v>587</x:v>
+        <x:v>588</x:v>
       </x:c>
       <x:c r="H140" s="1" t="s">
-        <x:v>588</x:v>
+        <x:v>589</x:v>
       </x:c>
       <x:c r="I140" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J140" s="1" t="s">
-        <x:v>580</x:v>
+        <x:v>590</x:v>
       </x:c>
       <x:c r="K140" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="L140" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="141" spans="1:12" ht="15" customHeight="1">
       <x:c r="A141" s="1">
         <x:v>138</x:v>
       </x:c>
       <x:c r="B141" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="C141" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D141" s="1" t="s">
-        <x:v>589</x:v>
+        <x:v>591</x:v>
       </x:c>
       <x:c r="E141" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F141" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G141" s="1" t="s">
-        <x:v>583</x:v>
+        <x:v>581</x:v>
       </x:c>
       <x:c r="H141" s="1" t="s">
-        <x:v>590</x:v>
+        <x:v>592</x:v>
       </x:c>
       <x:c r="I141" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J141" s="1" t="s">
-        <x:v>591</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="K141" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="L141" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="142" spans="1:12" ht="15" customHeight="1">
       <x:c r="A142" s="1">
         <x:v>139</x:v>
       </x:c>
       <x:c r="B142" s="1" t="s">
-        <x:v>592</x:v>
+        <x:v>594</x:v>
       </x:c>
       <x:c r="C142" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D142" s="1" t="s">
+        <x:v>595</x:v>
+      </x:c>
+      <x:c r="E142" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F142" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G142" s="1" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="H142" s="1" t="s">
+        <x:v>596</x:v>
+      </x:c>
+      <x:c r="I142" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J142" s="1" t="s">
         <x:v>593</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>591</x:v>
       </x:c>
       <x:c r="K142" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L142" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="143" spans="1:12" ht="15" customHeight="1">
       <x:c r="A143" s="1">
         <x:v>140</x:v>
       </x:c>
       <x:c r="B143" s="1" t="s">
-        <x:v>595</x:v>
+        <x:v>597</x:v>
       </x:c>
       <x:c r="C143" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="D143" s="1" t="s">
-        <x:v>596</x:v>
+        <x:v>598</x:v>
       </x:c>
       <x:c r="E143" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F143" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G143" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="H143" s="1" t="s">
-        <x:v>598</x:v>
+        <x:v>600</x:v>
       </x:c>
       <x:c r="I143" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J143" s="1" t="s">
-        <x:v>591</x:v>
+        <x:v>593</x:v>
       </x:c>
       <x:c r="K143" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="L143" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="144" spans="1:12" ht="15" customHeight="1">
       <x:c r="A144" s="1">
         <x:v>141</x:v>
       </x:c>
       <x:c r="B144" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>601</x:v>
       </x:c>
       <x:c r="C144" s="1" t="s">
-        <x:v>599</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="D144" s="1" t="s">
-        <x:v>600</x:v>
+        <x:v>602</x:v>
       </x:c>
       <x:c r="E144" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F144" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G144" s="1" t="s">
-        <x:v>601</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="H144" s="1" t="s">
-        <x:v>602</x:v>
+        <x:v>604</x:v>
       </x:c>
       <x:c r="I144" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J144" s="1" t="s">
-        <x:v>603</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="K144" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="L144" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="145" spans="1:12" ht="15" customHeight="1">
       <x:c r="A145" s="1">
         <x:v>142</x:v>
       </x:c>
       <x:c r="B145" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="C145" s="1" t="s">
+        <x:v>606</x:v>
+      </x:c>
+      <x:c r="D145" s="1" t="s">
+        <x:v>607</x:v>
+      </x:c>
+      <x:c r="E145" s="1" t="s">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="F145" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G145" s="1" t="s">
+        <x:v>608</x:v>
+      </x:c>
+      <x:c r="H145" s="1" t="s">
+        <x:v>609</x:v>
+      </x:c>
+      <x:c r="I145" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J145" s="1" t="s">
         <x:v>605</x:v>
       </x:c>
-      <x:c r="D145" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="K145" s="1" t="s">
-        <x:v>609</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L145" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="146" spans="1:12" ht="15" customHeight="1">
       <x:c r="A146" s="1">
         <x:v>143</x:v>
       </x:c>
       <x:c r="B146" s="1" t="s">
         <x:v>610</x:v>
       </x:c>
       <x:c r="C146" s="1" t="s">
-        <x:v>513</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="D146" s="1" t="s">
-        <x:v>611</x:v>
+        <x:v>612</x:v>
       </x:c>
       <x:c r="E146" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F146" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G146" s="1" t="s">
-        <x:v>612</x:v>
+        <x:v>613</x:v>
       </x:c>
       <x:c r="H146" s="1" t="s">
-        <x:v>613</x:v>
+        <x:v>614</x:v>
       </x:c>
       <x:c r="I146" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J146" s="1" t="s">
-        <x:v>603</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="K146" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="L146" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="147" spans="1:12" ht="15" customHeight="1">
       <x:c r="A147" s="1">
         <x:v>144</x:v>
       </x:c>
       <x:c r="B147" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="C147" s="1" t="s">
-        <x:v>614</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="D147" s="1" t="s">
-        <x:v>615</x:v>
+        <x:v>617</x:v>
       </x:c>
       <x:c r="E147" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F147" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G147" s="1" t="s">
-        <x:v>597</x:v>
+        <x:v>599</x:v>
       </x:c>
       <x:c r="H147" s="1" t="s">
-        <x:v>616</x:v>
+        <x:v>618</x:v>
       </x:c>
       <x:c r="I147" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J147" s="1" t="s">
-        <x:v>603</x:v>
+        <x:v>605</x:v>
       </x:c>
       <x:c r="K147" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L147" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="148" spans="1:12" ht="15" customHeight="1">
       <x:c r="A148" s="1">
         <x:v>145</x:v>
       </x:c>
       <x:c r="B148" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="C148" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="D148" s="1" t="s">
-        <x:v>617</x:v>
+        <x:v>619</x:v>
       </x:c>
       <x:c r="E148" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F148" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G148" s="1" t="s">
-        <x:v>618</x:v>
+        <x:v>620</x:v>
       </x:c>
       <x:c r="H148" s="1" t="s">
-        <x:v>619</x:v>
+        <x:v>621</x:v>
       </x:c>
       <x:c r="I148" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J148" s="1" t="s">
-        <x:v>620</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="K148" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L148" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="149" spans="1:12" ht="15" customHeight="1">
       <x:c r="A149" s="1">
         <x:v>146</x:v>
       </x:c>
       <x:c r="B149" s="1" t="s">
-        <x:v>621</x:v>
+        <x:v>623</x:v>
       </x:c>
       <x:c r="C149" s="1" t="s">
-        <x:v>622</x:v>
+        <x:v>624</x:v>
       </x:c>
       <x:c r="D149" s="1" t="s">
-        <x:v>623</x:v>
+        <x:v>625</x:v>
       </x:c>
       <x:c r="E149" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F149" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G149" s="1" t="s">
-        <x:v>624</x:v>
+        <x:v>626</x:v>
       </x:c>
       <x:c r="H149" s="1" t="s">
-        <x:v>625</x:v>
+        <x:v>627</x:v>
       </x:c>
       <x:c r="I149" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J149" s="1" t="s">
-        <x:v>620</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="K149" s="1" t="s">
-        <x:v>626</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="L149" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="150" spans="1:12" ht="15" customHeight="1">
       <x:c r="A150" s="1">
         <x:v>147</x:v>
       </x:c>
       <x:c r="B150" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="C150" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D150" s="1" t="s">
-        <x:v>627</x:v>
+        <x:v>629</x:v>
       </x:c>
       <x:c r="E150" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F150" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G150" s="1" t="s">
-        <x:v>628</x:v>
+        <x:v>630</x:v>
       </x:c>
       <x:c r="H150" s="1" t="s">
-        <x:v>629</x:v>
+        <x:v>631</x:v>
       </x:c>
       <x:c r="I150" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J150" s="1" t="s">
-        <x:v>620</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="K150" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="L150" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="151" spans="1:12" ht="15" customHeight="1">
       <x:c r="A151" s="1">
         <x:v>148</x:v>
       </x:c>
       <x:c r="B151" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C151" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="D151" s="1" t="s">
-        <x:v>630</x:v>
+        <x:v>632</x:v>
       </x:c>
       <x:c r="E151" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F151" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G151" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="H151" s="1" t="s">
-        <x:v>632</x:v>
+        <x:v>634</x:v>
       </x:c>
       <x:c r="I151" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J151" s="1" t="s">
-        <x:v>620</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="K151" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L151" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="152" spans="1:12" ht="15" customHeight="1">
       <x:c r="A152" s="1">
         <x:v>149</x:v>
       </x:c>
       <x:c r="B152" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="C152" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="D152" s="1" t="s">
-        <x:v>633</x:v>
+        <x:v>635</x:v>
       </x:c>
       <x:c r="E152" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F152" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G152" s="1" t="s">
-        <x:v>634</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="H152" s="1" t="s">
-        <x:v>635</x:v>
+        <x:v>637</x:v>
       </x:c>
       <x:c r="I152" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J152" s="1" t="s">
-        <x:v>620</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="K152" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L152" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="153" spans="1:12" ht="15" customHeight="1">
       <x:c r="A153" s="1">
         <x:v>150</x:v>
       </x:c>
       <x:c r="B153" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="C153" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D153" s="1" t="s">
-        <x:v>636</x:v>
+        <x:v>638</x:v>
       </x:c>
       <x:c r="E153" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F153" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G153" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>639</x:v>
       </x:c>
       <x:c r="H153" s="1" t="s">
-        <x:v>638</x:v>
+        <x:v>640</x:v>
       </x:c>
       <x:c r="I153" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J153" s="1" t="s">
-        <x:v>620</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="K153" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="L153" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="154" spans="1:12" ht="15" customHeight="1">
       <x:c r="A154" s="1">
         <x:v>151</x:v>
       </x:c>
       <x:c r="B154" s="1" t="s">
-        <x:v>639</x:v>
+        <x:v>641</x:v>
       </x:c>
       <x:c r="C154" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D154" s="1" t="s">
-        <x:v>640</x:v>
+        <x:v>642</x:v>
       </x:c>
       <x:c r="E154" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F154" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G154" s="1" t="s">
-        <x:v>641</x:v>
+        <x:v>643</x:v>
       </x:c>
       <x:c r="H154" s="1" t="s">
-        <x:v>642</x:v>
+        <x:v>644</x:v>
       </x:c>
       <x:c r="I154" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J154" s="1" t="s">
-        <x:v>620</x:v>
+        <x:v>622</x:v>
       </x:c>
       <x:c r="K154" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L154" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="155" spans="1:12" ht="15" customHeight="1">
       <x:c r="A155" s="1">
         <x:v>152</x:v>
       </x:c>
       <x:c r="B155" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C155" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="D155" s="1" t="s">
-        <x:v>644</x:v>
+        <x:v>646</x:v>
       </x:c>
       <x:c r="E155" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F155" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G155" s="1" t="s">
-        <x:v>612</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="H155" s="1" t="s">
-        <x:v>645</x:v>
+        <x:v>647</x:v>
       </x:c>
       <x:c r="I155" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J155" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="K155" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="L155" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="156" spans="1:12" ht="15" customHeight="1">
       <x:c r="A156" s="1">
         <x:v>153</x:v>
       </x:c>
       <x:c r="B156" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C156" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="D156" s="1" t="s">
-        <x:v>647</x:v>
+        <x:v>649</x:v>
       </x:c>
       <x:c r="E156" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="F156" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G156" s="1" t="s">
-        <x:v>612</x:v>
+        <x:v>603</x:v>
       </x:c>
       <x:c r="H156" s="1" t="s">
+        <x:v>650</x:v>
+      </x:c>
+      <x:c r="I156" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J156" s="1" t="s">
         <x:v>648</x:v>
       </x:c>
-      <x:c r="I156" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K156" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="L156" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="157" spans="1:12" ht="15" customHeight="1">
       <x:c r="A157" s="1">
         <x:v>154</x:v>
       </x:c>
       <x:c r="B157" s="1" t="s">
-        <x:v>649</x:v>
+        <x:v>651</x:v>
       </x:c>
       <x:c r="C157" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="D157" s="1" t="s">
-        <x:v>650</x:v>
+        <x:v>652</x:v>
       </x:c>
       <x:c r="E157" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F157" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G157" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="H157" s="1" t="s">
-        <x:v>651</x:v>
+        <x:v>653</x:v>
       </x:c>
       <x:c r="I157" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J157" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="K157" s="1" t="s">
-        <x:v>652</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="L157" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="158" spans="1:12" ht="15" customHeight="1">
       <x:c r="A158" s="1">
         <x:v>155</x:v>
       </x:c>
       <x:c r="B158" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C158" s="1" t="s">
-        <x:v>653</x:v>
+        <x:v>655</x:v>
       </x:c>
       <x:c r="D158" s="1" t="s">
-        <x:v>654</x:v>
+        <x:v>656</x:v>
       </x:c>
       <x:c r="E158" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F158" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G158" s="1" t="s">
-        <x:v>637</x:v>
+        <x:v>636</x:v>
       </x:c>
       <x:c r="H158" s="1" t="s">
-        <x:v>655</x:v>
+        <x:v>657</x:v>
       </x:c>
       <x:c r="I158" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J158" s="1" t="s">
-        <x:v>646</x:v>
+        <x:v>648</x:v>
       </x:c>
       <x:c r="K158" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="L158" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="159" spans="1:12" ht="15" customHeight="1">
       <x:c r="A159" s="1">
         <x:v>156</x:v>
       </x:c>
       <x:c r="B159" s="1" t="s">
-        <x:v>656</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="C159" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="D159" s="1" t="s">
-        <x:v>657</x:v>
+        <x:v>659</x:v>
       </x:c>
       <x:c r="E159" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F159" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G159" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="H159" s="1" t="s">
-        <x:v>658</x:v>
+        <x:v>660</x:v>
       </x:c>
       <x:c r="I159" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J159" s="1" t="s">
-        <x:v>659</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="K159" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L159" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="160" spans="1:12" ht="15" customHeight="1">
       <x:c r="A160" s="1">
         <x:v>157</x:v>
       </x:c>
       <x:c r="B160" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="C160" s="1" t="s">
-        <x:v>660</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="D160" s="1" t="s">
+        <x:v>663</x:v>
+      </x:c>
+      <x:c r="E160" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F160" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G160" s="1" t="s">
+        <x:v>633</x:v>
+      </x:c>
+      <x:c r="H160" s="1" t="s">
+        <x:v>664</x:v>
+      </x:c>
+      <x:c r="I160" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J160" s="1" t="s">
         <x:v>661</x:v>
       </x:c>
-      <x:c r="E160" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K160" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="L160" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="161" spans="1:12" ht="15" customHeight="1">
       <x:c r="A161" s="1">
         <x:v>158</x:v>
       </x:c>
       <x:c r="B161" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C161" s="1" t="s">
-        <x:v>664</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="D161" s="1" t="s">
-        <x:v>665</x:v>
+        <x:v>666</x:v>
       </x:c>
       <x:c r="E161" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F161" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G161" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="H161" s="1" t="s">
-        <x:v>666</x:v>
+        <x:v>668</x:v>
       </x:c>
       <x:c r="I161" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J161" s="1" t="s">
-        <x:v>659</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="K161" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L161" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="162" spans="1:12" ht="15" customHeight="1">
       <x:c r="A162" s="1">
         <x:v>159</x:v>
       </x:c>
       <x:c r="B162" s="1" t="s">
-        <x:v>667</x:v>
+        <x:v>669</x:v>
       </x:c>
       <x:c r="C162" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="D162" s="1" t="s">
-        <x:v>668</x:v>
+        <x:v>670</x:v>
       </x:c>
       <x:c r="E162" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F162" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G162" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="H162" s="1" t="s">
-        <x:v>669</x:v>
+        <x:v>671</x:v>
       </x:c>
       <x:c r="I162" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J162" s="1" t="s">
-        <x:v>659</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="K162" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="L162" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="163" spans="1:12" ht="15" customHeight="1">
       <x:c r="A163" s="1">
         <x:v>160</x:v>
       </x:c>
       <x:c r="B163" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C163" s="1" t="s">
-        <x:v>670</x:v>
+        <x:v>672</x:v>
       </x:c>
       <x:c r="D163" s="1" t="s">
-        <x:v>671</x:v>
+        <x:v>673</x:v>
       </x:c>
       <x:c r="E163" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F163" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G163" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="H163" s="1" t="s">
-        <x:v>672</x:v>
+        <x:v>674</x:v>
       </x:c>
       <x:c r="I163" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J163" s="1" t="s">
-        <x:v>659</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="K163" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L163" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="164" spans="1:12" ht="15" customHeight="1">
       <x:c r="A164" s="1">
         <x:v>161</x:v>
       </x:c>
       <x:c r="B164" s="1" t="s">
-        <x:v>673</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="C164" s="1" t="s">
-        <x:v>470</x:v>
+        <x:v>465</x:v>
       </x:c>
       <x:c r="D164" s="1" t="s">
-        <x:v>674</x:v>
+        <x:v>676</x:v>
       </x:c>
       <x:c r="E164" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="F164" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G164" s="1" t="s">
-        <x:v>662</x:v>
+        <x:v>667</x:v>
       </x:c>
       <x:c r="H164" s="1" t="s">
-        <x:v>676</x:v>
+        <x:v>678</x:v>
       </x:c>
       <x:c r="I164" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J164" s="1" t="s">
-        <x:v>659</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="K164" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L164" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="165" spans="1:12" ht="15" customHeight="1">
       <x:c r="A165" s="1">
         <x:v>162</x:v>
       </x:c>
       <x:c r="B165" s="1" t="s">
-        <x:v>677</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="C165" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="D165" s="1" t="s">
-        <x:v>678</x:v>
+        <x:v>680</x:v>
       </x:c>
       <x:c r="E165" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F165" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G165" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="H165" s="1" t="s">
-        <x:v>679</x:v>
+        <x:v>681</x:v>
       </x:c>
       <x:c r="I165" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J165" s="1" t="s">
-        <x:v>659</x:v>
+        <x:v>661</x:v>
       </x:c>
       <x:c r="K165" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="L165" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="166" spans="1:12" ht="15" customHeight="1">
       <x:c r="A166" s="1">
         <x:v>163</x:v>
       </x:c>
       <x:c r="B166" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="C166" s="1" t="s">
-        <x:v>680</x:v>
+        <x:v>682</x:v>
       </x:c>
       <x:c r="D166" s="1" t="s">
-        <x:v>681</x:v>
+        <x:v>683</x:v>
       </x:c>
       <x:c r="E166" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F166" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G166" s="1" t="s">
-        <x:v>682</x:v>
+        <x:v>684</x:v>
       </x:c>
       <x:c r="H166" s="1" t="s">
-        <x:v>683</x:v>
+        <x:v>685</x:v>
       </x:c>
       <x:c r="I166" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J166" s="1" t="s">
-        <x:v>684</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="K166" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="L166" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="167" spans="1:12" ht="15" customHeight="1">
       <x:c r="A167" s="1">
         <x:v>164</x:v>
       </x:c>
       <x:c r="B167" s="1" t="s">
-        <x:v>685</x:v>
+        <x:v>687</x:v>
       </x:c>
       <x:c r="C167" s="1" t="s">
+        <x:v>688</x:v>
+      </x:c>
+      <x:c r="D167" s="1" t="s">
+        <x:v>689</x:v>
+      </x:c>
+      <x:c r="E167" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F167" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G167" s="1" t="s">
+        <x:v>633</x:v>
+      </x:c>
+      <x:c r="H167" s="1" t="s">
+        <x:v>690</x:v>
+      </x:c>
+      <x:c r="I167" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J167" s="1" t="s">
         <x:v>686</x:v>
       </x:c>
-      <x:c r="D167" s="1" t="s">
-[...19 lines deleted...]
-      </x:c>
       <x:c r="K167" s="1" t="s">
-        <x:v>626</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="L167" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="168" spans="1:12" ht="15" customHeight="1">
       <x:c r="A168" s="1">
         <x:v>165</x:v>
       </x:c>
       <x:c r="B168" s="1" t="s">
-        <x:v>689</x:v>
+        <x:v>691</x:v>
       </x:c>
       <x:c r="C168" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="D168" s="1" t="s">
-        <x:v>690</x:v>
+        <x:v>692</x:v>
       </x:c>
       <x:c r="E168" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F168" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G168" s="1" t="s">
-        <x:v>691</x:v>
+        <x:v>693</x:v>
       </x:c>
       <x:c r="H168" s="1" t="s">
-        <x:v>692</x:v>
+        <x:v>694</x:v>
       </x:c>
       <x:c r="I168" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J168" s="1" t="s">
-        <x:v>684</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="K168" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="L168" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="169" spans="1:12" ht="15" customHeight="1">
       <x:c r="A169" s="1">
         <x:v>166</x:v>
       </x:c>
       <x:c r="B169" s="1" t="s">
-        <x:v>693</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="C169" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D169" s="1" t="s">
-        <x:v>694</x:v>
+        <x:v>696</x:v>
       </x:c>
       <x:c r="E169" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="F169" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G169" s="1" t="s">
-        <x:v>696</x:v>
+        <x:v>698</x:v>
       </x:c>
       <x:c r="H169" s="1" t="s">
-        <x:v>697</x:v>
+        <x:v>699</x:v>
       </x:c>
       <x:c r="I169" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J169" s="1" t="s">
-        <x:v>684</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="K169" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L169" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="170" spans="1:12" ht="15" customHeight="1">
       <x:c r="A170" s="1">
         <x:v>167</x:v>
       </x:c>
       <x:c r="B170" s="1" t="s">
-        <x:v>698</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="C170" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="D170" s="1" t="s">
-        <x:v>699</x:v>
+        <x:v>701</x:v>
       </x:c>
       <x:c r="E170" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F170" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G170" s="1" t="s">
-        <x:v>700</x:v>
+        <x:v>702</x:v>
       </x:c>
       <x:c r="H170" s="1" t="s">
-        <x:v>701</x:v>
+        <x:v>703</x:v>
       </x:c>
       <x:c r="I170" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J170" s="1" t="s">
-        <x:v>684</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="K170" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L170" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="171" spans="1:12" ht="15" customHeight="1">
       <x:c r="A171" s="1">
         <x:v>168</x:v>
       </x:c>
       <x:c r="B171" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>704</x:v>
       </x:c>
       <x:c r="C171" s="1" t="s">
-        <x:v>702</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="D171" s="1" t="s">
-        <x:v>703</x:v>
+        <x:v>705</x:v>
       </x:c>
       <x:c r="E171" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F171" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G171" s="1" t="s">
-        <x:v>704</x:v>
+        <x:v>706</x:v>
       </x:c>
       <x:c r="H171" s="1" t="s">
-        <x:v>705</x:v>
+        <x:v>707</x:v>
       </x:c>
       <x:c r="I171" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J171" s="1" t="s">
-        <x:v>684</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="K171" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="L171" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="172" spans="1:12" ht="15" customHeight="1">
       <x:c r="A172" s="1">
         <x:v>169</x:v>
       </x:c>
       <x:c r="B172" s="1" t="s">
-        <x:v>706</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="C172" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="D172" s="1" t="s">
-        <x:v>707</x:v>
+        <x:v>709</x:v>
       </x:c>
       <x:c r="E172" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="F172" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G172" s="1" t="s">
-        <x:v>708</x:v>
+        <x:v>710</x:v>
       </x:c>
       <x:c r="H172" s="1" t="s">
-        <x:v>709</x:v>
+        <x:v>711</x:v>
       </x:c>
       <x:c r="I172" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J172" s="1" t="s">
-        <x:v>684</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="K172" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="L172" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="173" spans="1:12" ht="15" customHeight="1">
       <x:c r="A173" s="1">
         <x:v>170</x:v>
       </x:c>
       <x:c r="B173" s="1" t="s">
-        <x:v>710</x:v>
+        <x:v>712</x:v>
       </x:c>
       <x:c r="C173" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="D173" s="1" t="s">
-        <x:v>711</x:v>
+        <x:v>713</x:v>
       </x:c>
       <x:c r="E173" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F173" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G173" s="1" t="s">
-        <x:v>712</x:v>
+        <x:v>714</x:v>
       </x:c>
       <x:c r="H173" s="1" t="s">
-        <x:v>713</x:v>
+        <x:v>715</x:v>
       </x:c>
       <x:c r="I173" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J173" s="1" t="s">
-        <x:v>684</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="K173" s="1" t="s">
-        <x:v>652</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="L173" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="174" spans="1:12" ht="15" customHeight="1">
       <x:c r="A174" s="1">
         <x:v>171</x:v>
       </x:c>
       <x:c r="B174" s="1" t="s">
-        <x:v>714</x:v>
+        <x:v>716</x:v>
       </x:c>
       <x:c r="C174" s="1" t="s">
-        <x:v>715</x:v>
+        <x:v>717</x:v>
       </x:c>
       <x:c r="D174" s="1" t="s">
-        <x:v>716</x:v>
+        <x:v>718</x:v>
       </x:c>
       <x:c r="E174" s="1" t="s">
-        <x:v>717</x:v>
+        <x:v>719</x:v>
       </x:c>
       <x:c r="F174" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G174" s="1" t="s">
-        <x:v>631</x:v>
+        <x:v>633</x:v>
       </x:c>
       <x:c r="H174" s="1" t="s">
-        <x:v>718</x:v>
+        <x:v>720</x:v>
       </x:c>
       <x:c r="I174" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J174" s="1" t="s">
-        <x:v>684</x:v>
+        <x:v>686</x:v>
       </x:c>
       <x:c r="K174" s="1" t="s">
-        <x:v>390</x:v>
+        <x:v>394</x:v>
       </x:c>
       <x:c r="L174" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="175" spans="1:12" ht="15" customHeight="1">
       <x:c r="A175" s="1">
         <x:v>172</x:v>
       </x:c>
       <x:c r="B175" s="1" t="s">
-        <x:v>719</x:v>
+        <x:v>721</x:v>
       </x:c>
       <x:c r="C175" s="1" t="s">
-        <x:v>513</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="D175" s="1" t="s">
-        <x:v>720</x:v>
+        <x:v>722</x:v>
       </x:c>
       <x:c r="E175" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F175" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G175" s="1" t="s">
-        <x:v>721</x:v>
+        <x:v>723</x:v>
       </x:c>
       <x:c r="H175" s="1" t="s">
-        <x:v>722</x:v>
+        <x:v>724</x:v>
       </x:c>
       <x:c r="I175" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J175" s="1" t="s">
-        <x:v>684</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="K175" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="L175" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="176" spans="1:12" ht="15" customHeight="1">
       <x:c r="A176" s="1">
         <x:v>173</x:v>
       </x:c>
       <x:c r="B176" s="1" t="s">
-        <x:v>723</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="C176" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="D176" s="1" t="s">
+        <x:v>728</x:v>
+      </x:c>
+      <x:c r="E176" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F176" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G176" s="1" t="s">
+        <x:v>729</x:v>
+      </x:c>
+      <x:c r="H176" s="1" t="s">
+        <x:v>730</x:v>
+      </x:c>
+      <x:c r="I176" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J176" s="1" t="s">
         <x:v>725</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>728</x:v>
       </x:c>
       <x:c r="K176" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L176" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="177" spans="1:12" ht="15" customHeight="1">
       <x:c r="A177" s="1">
         <x:v>174</x:v>
       </x:c>
       <x:c r="B177" s="1" t="s">
-        <x:v>729</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="C177" s="1" t="s">
-        <x:v>605</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="D177" s="1" t="s">
-        <x:v>730</x:v>
+        <x:v>732</x:v>
       </x:c>
       <x:c r="E177" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F177" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G177" s="1" t="s">
-        <x:v>731</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="H177" s="1" t="s">
-        <x:v>732</x:v>
+        <x:v>734</x:v>
       </x:c>
       <x:c r="I177" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J177" s="1" t="s">
-        <x:v>728</x:v>
+        <x:v>725</x:v>
       </x:c>
       <x:c r="K177" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="L177" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="178" spans="1:12" ht="15" customHeight="1">
       <x:c r="A178" s="1">
         <x:v>175</x:v>
       </x:c>
       <x:c r="B178" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="C178" s="1" t="s">
-        <x:v>733</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="D178" s="1" t="s">
-        <x:v>734</x:v>
+        <x:v>736</x:v>
       </x:c>
       <x:c r="E178" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F178" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G178" s="1" t="s">
-        <x:v>735</x:v>
+        <x:v>737</x:v>
       </x:c>
       <x:c r="H178" s="1" t="s">
-        <x:v>736</x:v>
+        <x:v>738</x:v>
       </x:c>
       <x:c r="I178" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J178" s="1" t="s">
-        <x:v>737</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="K178" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="L178" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="179" spans="1:12" ht="15" customHeight="1">
       <x:c r="A179" s="1">
         <x:v>176</x:v>
       </x:c>
       <x:c r="B179" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="C179" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="D179" s="1" t="s">
-        <x:v>738</x:v>
+        <x:v>741</x:v>
       </x:c>
       <x:c r="E179" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>742</x:v>
       </x:c>
       <x:c r="F179" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G179" s="1" t="s">
+        <x:v>737</x:v>
+      </x:c>
+      <x:c r="H179" s="1" t="s">
+        <x:v>743</x:v>
+      </x:c>
+      <x:c r="I179" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J179" s="1" t="s">
         <x:v>739</x:v>
       </x:c>
-      <x:c r="H179" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K179" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="L179" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="180" spans="1:12" ht="15" customHeight="1">
       <x:c r="A180" s="1">
         <x:v>177</x:v>
       </x:c>
       <x:c r="B180" s="1" t="s">
-        <x:v>741</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C180" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="D180" s="1" t="s">
-        <x:v>742</x:v>
+        <x:v>744</x:v>
       </x:c>
       <x:c r="E180" s="1" t="s">
-        <x:v>743</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="F180" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G180" s="1" t="s">
-        <x:v>735</x:v>
+        <x:v>745</x:v>
       </x:c>
       <x:c r="H180" s="1" t="s">
-        <x:v>744</x:v>
+        <x:v>746</x:v>
       </x:c>
       <x:c r="I180" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J180" s="1" t="s">
-        <x:v>737</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="K180" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L180" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="181" spans="1:12" ht="15" customHeight="1">
       <x:c r="A181" s="1">
         <x:v>178</x:v>
       </x:c>
       <x:c r="B181" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="C181" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D181" s="1" t="s">
-        <x:v>745</x:v>
+        <x:v>747</x:v>
       </x:c>
       <x:c r="E181" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F181" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G181" s="1" t="s">
-        <x:v>726</x:v>
+        <x:v>729</x:v>
       </x:c>
       <x:c r="H181" s="1" t="s">
-        <x:v>746</x:v>
+        <x:v>748</x:v>
       </x:c>
       <x:c r="I181" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J181" s="1" t="s">
-        <x:v>737</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="K181" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L181" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="182" spans="1:12" ht="15" customHeight="1">
       <x:c r="A182" s="1">
         <x:v>179</x:v>
       </x:c>
       <x:c r="B182" s="1" t="s">
-        <x:v>747</x:v>
+        <x:v>749</x:v>
       </x:c>
       <x:c r="C182" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D182" s="1" t="s">
-        <x:v>748</x:v>
+        <x:v>750</x:v>
       </x:c>
       <x:c r="E182" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F182" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G182" s="1" t="s">
-        <x:v>749</x:v>
+        <x:v>751</x:v>
       </x:c>
       <x:c r="H182" s="1" t="s">
-        <x:v>750</x:v>
+        <x:v>752</x:v>
       </x:c>
       <x:c r="I182" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J182" s="1" t="s">
-        <x:v>737</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="K182" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="L182" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="183" spans="1:12" ht="15" customHeight="1">
       <x:c r="A183" s="1">
         <x:v>180</x:v>
       </x:c>
       <x:c r="B183" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C183" s="1" t="s">
-        <x:v>660</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="D183" s="1" t="s">
-        <x:v>751</x:v>
+        <x:v>753</x:v>
       </x:c>
       <x:c r="E183" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F183" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G183" s="1" t="s">
+        <x:v>745</x:v>
+      </x:c>
+      <x:c r="H183" s="1" t="s">
+        <x:v>754</x:v>
+      </x:c>
+      <x:c r="I183" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J183" s="1" t="s">
         <x:v>739</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>737</x:v>
       </x:c>
       <x:c r="K183" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L183" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="184" spans="1:12" ht="15" customHeight="1">
       <x:c r="A184" s="1">
         <x:v>181</x:v>
       </x:c>
       <x:c r="B184" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C184" s="1" t="s">
-        <x:v>513</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="D184" s="1" t="s">
-        <x:v>753</x:v>
+        <x:v>756</x:v>
       </x:c>
       <x:c r="E184" s="1" t="s">
-        <x:v>754</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F184" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G184" s="1" t="s">
-        <x:v>731</x:v>
+        <x:v>757</x:v>
       </x:c>
       <x:c r="H184" s="1" t="s">
-        <x:v>755</x:v>
+        <x:v>758</x:v>
       </x:c>
       <x:c r="I184" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J184" s="1" t="s">
-        <x:v>737</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="K184" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L184" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="185" spans="1:12" ht="15" customHeight="1">
       <x:c r="A185" s="1">
         <x:v>182</x:v>
       </x:c>
       <x:c r="B185" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>454</x:v>
       </x:c>
       <x:c r="C185" s="1" t="s">
-        <x:v>756</x:v>
+        <x:v>516</x:v>
       </x:c>
       <x:c r="D185" s="1" t="s">
-        <x:v>757</x:v>
+        <x:v>759</x:v>
       </x:c>
       <x:c r="E185" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>760</x:v>
       </x:c>
       <x:c r="F185" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G185" s="1" t="s">
-        <x:v>758</x:v>
+        <x:v>733</x:v>
       </x:c>
       <x:c r="H185" s="1" t="s">
-        <x:v>759</x:v>
+        <x:v>761</x:v>
       </x:c>
       <x:c r="I185" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J185" s="1" t="s">
-        <x:v>737</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="K185" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L185" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="186" spans="1:12" ht="15" customHeight="1">
       <x:c r="A186" s="1">
         <x:v>183</x:v>
       </x:c>
       <x:c r="B186" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="C186" s="1" t="s">
-        <x:v>760</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="D186" s="1" t="s">
-        <x:v>761</x:v>
+        <x:v>763</x:v>
       </x:c>
       <x:c r="E186" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F186" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G186" s="1" t="s">
-        <x:v>762</x:v>
+        <x:v>764</x:v>
       </x:c>
       <x:c r="H186" s="1" t="s">
-        <x:v>763</x:v>
+        <x:v>765</x:v>
       </x:c>
       <x:c r="I186" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J186" s="1" t="s">
-        <x:v>737</x:v>
+        <x:v>739</x:v>
       </x:c>
       <x:c r="K186" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L186" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="187" spans="1:12" ht="15" customHeight="1">
       <x:c r="A187" s="1">
         <x:v>184</x:v>
       </x:c>
       <x:c r="B187" s="1" t="s">
-        <x:v>551</x:v>
+        <x:v>548</x:v>
       </x:c>
       <x:c r="C187" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="D187" s="1" t="s">
-        <x:v>764</x:v>
+        <x:v>766</x:v>
       </x:c>
       <x:c r="E187" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F187" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G187" s="1" t="s">
+        <x:v>745</x:v>
+      </x:c>
+      <x:c r="H187" s="1" t="s">
+        <x:v>767</x:v>
+      </x:c>
+      <x:c r="I187" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J187" s="1" t="s">
         <x:v>739</x:v>
       </x:c>
-      <x:c r="H187" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K187" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="L187" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="188" spans="1:12" ht="15" customHeight="1">
       <x:c r="A188" s="1">
         <x:v>185</x:v>
       </x:c>
       <x:c r="B188" s="1" t="s">
-        <x:v>766</x:v>
+        <x:v>768</x:v>
       </x:c>
       <x:c r="C188" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D188" s="1" t="s">
-        <x:v>767</x:v>
+        <x:v>769</x:v>
       </x:c>
       <x:c r="E188" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F188" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G188" s="1" t="s">
-        <x:v>768</x:v>
+        <x:v>770</x:v>
       </x:c>
       <x:c r="H188" s="1" t="s">
-        <x:v>769</x:v>
+        <x:v>771</x:v>
       </x:c>
       <x:c r="I188" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J188" s="1" t="s">
-        <x:v>770</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="K188" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="L188" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="189" spans="1:12" ht="15" customHeight="1">
       <x:c r="A189" s="1">
         <x:v>186</x:v>
       </x:c>
       <x:c r="B189" s="1" t="s">
-        <x:v>771</x:v>
+        <x:v>773</x:v>
       </x:c>
       <x:c r="C189" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="D189" s="1" t="s">
+        <x:v>774</x:v>
+      </x:c>
+      <x:c r="E189" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F189" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G189" s="1" t="s">
+        <x:v>770</x:v>
+      </x:c>
+      <x:c r="H189" s="1" t="s">
+        <x:v>775</x:v>
+      </x:c>
+      <x:c r="I189" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J189" s="1" t="s">
         <x:v>772</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>770</x:v>
       </x:c>
       <x:c r="K189" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="L189" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="190" spans="1:12" ht="15" customHeight="1">
       <x:c r="A190" s="1">
         <x:v>187</x:v>
       </x:c>
       <x:c r="B190" s="1" t="s">
-        <x:v>774</x:v>
+        <x:v>776</x:v>
       </x:c>
       <x:c r="C190" s="1" t="s">
-        <x:v>387</x:v>
+        <x:v>391</x:v>
       </x:c>
       <x:c r="D190" s="1" t="s">
-        <x:v>775</x:v>
+        <x:v>777</x:v>
       </x:c>
       <x:c r="E190" s="1" t="s">
-        <x:v>543</x:v>
+        <x:v>537</x:v>
       </x:c>
       <x:c r="F190" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G190" s="1" t="s">
-        <x:v>776</x:v>
+        <x:v>778</x:v>
       </x:c>
       <x:c r="H190" s="1" t="s">
-        <x:v>777</x:v>
+        <x:v>779</x:v>
       </x:c>
       <x:c r="I190" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J190" s="1" t="s">
-        <x:v>770</x:v>
+        <x:v>772</x:v>
       </x:c>
       <x:c r="K190" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L190" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="191" spans="1:12" ht="15" customHeight="1">
       <x:c r="A191" s="1">
         <x:v>188</x:v>
       </x:c>
       <x:c r="B191" s="1" t="s">
-        <x:v>778</x:v>
+        <x:v>780</x:v>
       </x:c>
       <x:c r="C191" s="1" t="s">
-        <x:v>779</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="D191" s="1" t="s">
-        <x:v>780</x:v>
+        <x:v>782</x:v>
       </x:c>
       <x:c r="E191" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F191" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G191" s="1" t="s">
-        <x:v>781</x:v>
+        <x:v>783</x:v>
       </x:c>
       <x:c r="H191" s="1" t="s">
-        <x:v>782</x:v>
+        <x:v>784</x:v>
       </x:c>
       <x:c r="I191" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J191" s="1" t="s">
-        <x:v>783</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="K191" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L191" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="192" spans="1:12" ht="15" customHeight="1">
       <x:c r="A192" s="1">
         <x:v>189</x:v>
       </x:c>
       <x:c r="B192" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C192" s="1" t="s">
-        <x:v>784</x:v>
+        <x:v>786</x:v>
       </x:c>
       <x:c r="D192" s="1" t="s">
+        <x:v>787</x:v>
+      </x:c>
+      <x:c r="E192" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F192" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G192" s="1" t="s">
+        <x:v>788</x:v>
+      </x:c>
+      <x:c r="H192" s="1" t="s">
+        <x:v>789</x:v>
+      </x:c>
+      <x:c r="I192" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J192" s="1" t="s">
         <x:v>785</x:v>
       </x:c>
-      <x:c r="E192" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K192" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="L192" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="193" spans="1:12" ht="15" customHeight="1">
       <x:c r="A193" s="1">
         <x:v>190</x:v>
       </x:c>
       <x:c r="B193" s="1" t="s">
-        <x:v>693</x:v>
+        <x:v>695</x:v>
       </x:c>
       <x:c r="C193" s="1" t="s">
-        <x:v>788</x:v>
+        <x:v>790</x:v>
       </x:c>
       <x:c r="D193" s="1" t="s">
-        <x:v>789</x:v>
+        <x:v>791</x:v>
       </x:c>
       <x:c r="E193" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F193" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G193" s="1" t="s">
-        <x:v>790</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="H193" s="1" t="s">
-        <x:v>791</x:v>
+        <x:v>793</x:v>
       </x:c>
       <x:c r="I193" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J193" s="1" t="s">
-        <x:v>783</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="K193" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L193" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="194" spans="1:12" ht="15" customHeight="1">
       <x:c r="A194" s="1">
         <x:v>191</x:v>
       </x:c>
       <x:c r="B194" s="1" t="s">
-        <x:v>792</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="C194" s="1" t="s">
-        <x:v>614</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="D194" s="1" t="s">
-        <x:v>793</x:v>
+        <x:v>795</x:v>
       </x:c>
       <x:c r="E194" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F194" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G194" s="1" t="s">
-        <x:v>794</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="H194" s="1" t="s">
-        <x:v>795</x:v>
+        <x:v>797</x:v>
       </x:c>
       <x:c r="I194" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J194" s="1" t="s">
-        <x:v>783</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="K194" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="L194" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="195" spans="1:12" ht="15" customHeight="1">
       <x:c r="A195" s="1">
         <x:v>192</x:v>
       </x:c>
       <x:c r="B195" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="C195" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="D195" s="1" t="s">
-        <x:v>796</x:v>
+        <x:v>798</x:v>
       </x:c>
       <x:c r="E195" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F195" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G195" s="1" t="s">
-        <x:v>794</x:v>
+        <x:v>796</x:v>
       </x:c>
       <x:c r="H195" s="1" t="s">
-        <x:v>797</x:v>
+        <x:v>799</x:v>
       </x:c>
       <x:c r="I195" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J195" s="1" t="s">
-        <x:v>783</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="K195" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L195" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="196" spans="1:12" ht="15" customHeight="1">
       <x:c r="A196" s="1">
         <x:v>193</x:v>
       </x:c>
       <x:c r="B196" s="1" t="s">
-        <x:v>798</x:v>
+        <x:v>800</x:v>
       </x:c>
       <x:c r="C196" s="1" t="s">
-        <x:v>760</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="D196" s="1" t="s">
-        <x:v>799</x:v>
+        <x:v>801</x:v>
       </x:c>
       <x:c r="E196" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F196" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G196" s="1" t="s">
-        <x:v>800</x:v>
+        <x:v>802</x:v>
       </x:c>
       <x:c r="H196" s="1" t="s">
-        <x:v>801</x:v>
+        <x:v>803</x:v>
       </x:c>
       <x:c r="I196" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J196" s="1" t="s">
-        <x:v>783</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="K196" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="L196" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="197" spans="1:12" ht="15" customHeight="1">
       <x:c r="A197" s="1">
         <x:v>194</x:v>
       </x:c>
       <x:c r="B197" s="1" t="s">
-        <x:v>802</x:v>
+        <x:v>804</x:v>
       </x:c>
       <x:c r="C197" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="D197" s="1" t="s">
-        <x:v>803</x:v>
+        <x:v>805</x:v>
       </x:c>
       <x:c r="E197" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="F197" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G197" s="1" t="s">
-        <x:v>790</x:v>
+        <x:v>792</x:v>
       </x:c>
       <x:c r="H197" s="1" t="s">
-        <x:v>804</x:v>
+        <x:v>806</x:v>
       </x:c>
       <x:c r="I197" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J197" s="1" t="s">
-        <x:v>783</x:v>
+        <x:v>785</x:v>
       </x:c>
       <x:c r="K197" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L197" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="198" spans="1:12" ht="15" customHeight="1">
       <x:c r="A198" s="1">
         <x:v>195</x:v>
       </x:c>
       <x:c r="B198" s="1" t="s">
-        <x:v>805</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="C198" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="D198" s="1" t="s">
-        <x:v>806</x:v>
+        <x:v>808</x:v>
       </x:c>
       <x:c r="E198" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F198" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G198" s="1" t="s">
-        <x:v>786</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="H198" s="1" t="s">
-        <x:v>807</x:v>
+        <x:v>809</x:v>
       </x:c>
       <x:c r="I198" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J198" s="1" t="s">
-        <x:v>808</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="K198" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="L198" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="199" spans="1:12" ht="15" customHeight="1">
       <x:c r="A199" s="1">
         <x:v>196</x:v>
       </x:c>
       <x:c r="B199" s="1" t="s">
-        <x:v>809</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="C199" s="1" t="s">
+        <x:v>812</x:v>
+      </x:c>
+      <x:c r="D199" s="1" t="s">
+        <x:v>813</x:v>
+      </x:c>
+      <x:c r="E199" s="1" t="s">
+        <x:v>814</x:v>
+      </x:c>
+      <x:c r="F199" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G199" s="1" t="s">
+        <x:v>792</x:v>
+      </x:c>
+      <x:c r="H199" s="1" t="s">
+        <x:v>815</x:v>
+      </x:c>
+      <x:c r="I199" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J199" s="1" t="s">
         <x:v>810</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>808</x:v>
       </x:c>
       <x:c r="K199" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L199" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="200" spans="1:12" ht="15" customHeight="1">
       <x:c r="A200" s="1">
         <x:v>197</x:v>
       </x:c>
       <x:c r="B200" s="1" t="s">
-        <x:v>814</x:v>
+        <x:v>816</x:v>
       </x:c>
       <x:c r="C200" s="1" t="s">
-        <x:v>614</x:v>
+        <x:v>616</x:v>
       </x:c>
       <x:c r="D200" s="1" t="s">
-        <x:v>815</x:v>
+        <x:v>817</x:v>
       </x:c>
       <x:c r="E200" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F200" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G200" s="1" t="s">
-        <x:v>786</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="H200" s="1" t="s">
-        <x:v>816</x:v>
+        <x:v>818</x:v>
       </x:c>
       <x:c r="I200" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J200" s="1" t="s">
-        <x:v>808</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="K200" s="1" t="s">
-        <x:v>652</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="L200" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="201" spans="1:12" ht="15" customHeight="1">
       <x:c r="A201" s="1">
         <x:v>198</x:v>
       </x:c>
       <x:c r="B201" s="1" t="s">
-        <x:v>677</x:v>
+        <x:v>407</x:v>
       </x:c>
       <x:c r="C201" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="D201" s="1" t="s">
-        <x:v>817</x:v>
+        <x:v>820</x:v>
       </x:c>
       <x:c r="E201" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F201" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G201" s="1" t="s">
-        <x:v>818</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="H201" s="1" t="s">
-        <x:v>819</x:v>
+        <x:v>821</x:v>
       </x:c>
       <x:c r="I201" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J201" s="1" t="s">
-        <x:v>808</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="K201" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="L201" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="202" spans="1:12" ht="15" customHeight="1">
       <x:c r="A202" s="1">
         <x:v>199</x:v>
       </x:c>
       <x:c r="B202" s="1" t="s">
-        <x:v>406</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="C202" s="1" t="s">
-        <x:v>820</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="D202" s="1" t="s">
-        <x:v>821</x:v>
+        <x:v>822</x:v>
       </x:c>
       <x:c r="E202" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F202" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G202" s="1" t="s">
-        <x:v>786</x:v>
+        <x:v>823</x:v>
       </x:c>
       <x:c r="H202" s="1" t="s">
-        <x:v>822</x:v>
+        <x:v>824</x:v>
       </x:c>
       <x:c r="I202" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J202" s="1" t="s">
-        <x:v>808</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="K202" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="L202" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="203" spans="1:12" ht="15" customHeight="1">
       <x:c r="A203" s="1">
         <x:v>200</x:v>
       </x:c>
       <x:c r="B203" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C203" s="1" t="s">
-        <x:v>823</x:v>
+        <x:v>825</x:v>
       </x:c>
       <x:c r="D203" s="1" t="s">
-        <x:v>824</x:v>
+        <x:v>826</x:v>
       </x:c>
       <x:c r="E203" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F203" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G203" s="1" t="s">
-        <x:v>825</x:v>
+        <x:v>827</x:v>
       </x:c>
       <x:c r="H203" s="1" t="s">
-        <x:v>826</x:v>
+        <x:v>828</x:v>
       </x:c>
       <x:c r="I203" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J203" s="1" t="s">
-        <x:v>808</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="K203" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="L203" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="204" spans="1:12" ht="15" customHeight="1">
       <x:c r="A204" s="1">
         <x:v>201</x:v>
       </x:c>
       <x:c r="B204" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
       <x:c r="C204" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D204" s="1" t="s">
-        <x:v>827</x:v>
+        <x:v>829</x:v>
       </x:c>
       <x:c r="E204" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F204" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G204" s="1" t="s">
-        <x:v>786</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="H204" s="1" t="s">
-        <x:v>828</x:v>
+        <x:v>830</x:v>
       </x:c>
       <x:c r="I204" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J204" s="1" t="s">
-        <x:v>808</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="K204" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="L204" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="205" spans="1:12" ht="15" customHeight="1">
       <x:c r="A205" s="1">
         <x:v>202</x:v>
       </x:c>
       <x:c r="B205" s="1" t="s">
-        <x:v>829</x:v>
+        <x:v>831</x:v>
       </x:c>
       <x:c r="C205" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="D205" s="1" t="s">
-        <x:v>830</x:v>
+        <x:v>832</x:v>
       </x:c>
       <x:c r="E205" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F205" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G205" s="1" t="s">
-        <x:v>786</x:v>
+        <x:v>788</x:v>
       </x:c>
       <x:c r="H205" s="1" t="s">
-        <x:v>831</x:v>
+        <x:v>833</x:v>
       </x:c>
       <x:c r="I205" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J205" s="1" t="s">
-        <x:v>808</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="K205" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="L205" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="206" spans="1:12" ht="15" customHeight="1">
       <x:c r="A206" s="1">
         <x:v>203</x:v>
       </x:c>
       <x:c r="B206" s="1" t="s">
-        <x:v>832</x:v>
+        <x:v>834</x:v>
       </x:c>
       <x:c r="C206" s="1" t="s">
-        <x:v>779</x:v>
+        <x:v>781</x:v>
       </x:c>
       <x:c r="D206" s="1" t="s">
-        <x:v>833</x:v>
+        <x:v>835</x:v>
       </x:c>
       <x:c r="E206" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F206" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G206" s="1" t="s">
-        <x:v>834</x:v>
+        <x:v>836</x:v>
       </x:c>
       <x:c r="H206" s="1" t="s">
-        <x:v>835</x:v>
+        <x:v>837</x:v>
       </x:c>
       <x:c r="I206" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J206" s="1" t="s">
-        <x:v>808</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="K206" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="L206" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="207" spans="1:12" ht="15" customHeight="1">
       <x:c r="A207" s="1">
         <x:v>204</x:v>
       </x:c>
       <x:c r="B207" s="1" t="s">
-        <x:v>836</x:v>
+        <x:v>838</x:v>
       </x:c>
       <x:c r="C207" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="D207" s="1" t="s">
-        <x:v>837</x:v>
+        <x:v>839</x:v>
       </x:c>
       <x:c r="E207" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F207" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G207" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="H207" s="1" t="s">
-        <x:v>839</x:v>
+        <x:v>841</x:v>
       </x:c>
       <x:c r="I207" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J207" s="1" t="s">
-        <x:v>808</x:v>
+        <x:v>810</x:v>
       </x:c>
       <x:c r="K207" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L207" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="208" spans="1:12" ht="15" customHeight="1">
       <x:c r="A208" s="1">
         <x:v>205</x:v>
       </x:c>
       <x:c r="B208" s="1" t="s">
-        <x:v>805</x:v>
+        <x:v>807</x:v>
       </x:c>
       <x:c r="C208" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="D208" s="1" t="s">
-        <x:v>840</x:v>
+        <x:v>842</x:v>
       </x:c>
       <x:c r="E208" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F208" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G208" s="1" t="s">
-        <x:v>841</x:v>
+        <x:v>843</x:v>
       </x:c>
       <x:c r="H208" s="1" t="s">
-        <x:v>842</x:v>
+        <x:v>844</x:v>
       </x:c>
       <x:c r="I208" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J208" s="1" t="s">
-        <x:v>843</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="K208" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="L208" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="209" spans="1:12" ht="15" customHeight="1">
       <x:c r="A209" s="1">
         <x:v>206</x:v>
       </x:c>
       <x:c r="B209" s="1" t="s">
-        <x:v>766</x:v>
+        <x:v>768</x:v>
       </x:c>
       <x:c r="C209" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D209" s="1" t="s">
-        <x:v>844</x:v>
+        <x:v>846</x:v>
       </x:c>
       <x:c r="E209" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F209" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G209" s="1" t="s">
+        <x:v>847</x:v>
+      </x:c>
+      <x:c r="H209" s="1" t="s">
+        <x:v>848</x:v>
+      </x:c>
+      <x:c r="I209" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J209" s="1" t="s">
         <x:v>845</x:v>
       </x:c>
-      <x:c r="H209" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K209" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="L209" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="210" spans="1:12" ht="15" customHeight="1">
       <x:c r="A210" s="1">
         <x:v>207</x:v>
       </x:c>
       <x:c r="B210" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>849</x:v>
       </x:c>
       <x:c r="C210" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="D210" s="1" t="s">
-        <x:v>847</x:v>
+        <x:v>850</x:v>
       </x:c>
       <x:c r="E210" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F210" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G210" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="H210" s="1" t="s">
-        <x:v>849</x:v>
+        <x:v>852</x:v>
       </x:c>
       <x:c r="I210" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J210" s="1" t="s">
-        <x:v>843</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="K210" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="L210" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="211" spans="1:12" ht="15" customHeight="1">
       <x:c r="A211" s="1">
         <x:v>208</x:v>
       </x:c>
       <x:c r="B211" s="1" t="s">
-        <x:v>850</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="C211" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="D211" s="1" t="s">
+        <x:v>854</x:v>
+      </x:c>
+      <x:c r="E211" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F211" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G211" s="1" t="s">
         <x:v>851</x:v>
       </x:c>
-      <x:c r="E211" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H211" s="1" t="s">
-        <x:v>852</x:v>
+        <x:v>855</x:v>
       </x:c>
       <x:c r="I211" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J211" s="1" t="s">
-        <x:v>843</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="K211" s="1" t="s">
-        <x:v>853</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L211" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="212" spans="1:12" ht="15" customHeight="1">
       <x:c r="A212" s="1">
         <x:v>209</x:v>
       </x:c>
       <x:c r="B212" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C212" s="1" t="s">
-        <x:v>854</x:v>
+        <x:v>856</x:v>
       </x:c>
       <x:c r="D212" s="1" t="s">
-        <x:v>855</x:v>
+        <x:v>857</x:v>
       </x:c>
       <x:c r="E212" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F212" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G212" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="H212" s="1" t="s">
-        <x:v>856</x:v>
+        <x:v>858</x:v>
       </x:c>
       <x:c r="I212" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J212" s="1" t="s">
-        <x:v>843</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="K212" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L212" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="213" spans="1:12" ht="15" customHeight="1">
       <x:c r="A213" s="1">
         <x:v>210</x:v>
       </x:c>
       <x:c r="B213" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="C213" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="D213" s="1" t="s">
-        <x:v>857</x:v>
+        <x:v>859</x:v>
       </x:c>
       <x:c r="E213" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F213" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G213" s="1" t="s">
-        <x:v>858</x:v>
+        <x:v>860</x:v>
       </x:c>
       <x:c r="H213" s="1" t="s">
-        <x:v>859</x:v>
+        <x:v>861</x:v>
       </x:c>
       <x:c r="I213" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J213" s="1" t="s">
-        <x:v>843</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="K213" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L213" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="214" spans="1:12" ht="15" customHeight="1">
       <x:c r="A214" s="1">
         <x:v>211</x:v>
       </x:c>
       <x:c r="B214" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>849</x:v>
       </x:c>
       <x:c r="C214" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="D214" s="1" t="s">
-        <x:v>860</x:v>
+        <x:v>863</x:v>
       </x:c>
       <x:c r="E214" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F214" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G214" s="1" t="s">
-        <x:v>861</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="H214" s="1" t="s">
-        <x:v>862</x:v>
+        <x:v>864</x:v>
       </x:c>
       <x:c r="I214" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J214" s="1" t="s">
-        <x:v>843</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="K214" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="L214" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="215" spans="1:12" ht="15" customHeight="1">
       <x:c r="A215" s="1">
         <x:v>212</x:v>
       </x:c>
       <x:c r="B215" s="1" t="s">
-        <x:v>850</x:v>
+        <x:v>411</x:v>
       </x:c>
       <x:c r="C215" s="1" t="s">
-        <x:v>863</x:v>
+        <x:v>539</x:v>
       </x:c>
       <x:c r="D215" s="1" t="s">
-        <x:v>864</x:v>
+        <x:v>865</x:v>
       </x:c>
       <x:c r="E215" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F215" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G215" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>866</x:v>
       </x:c>
       <x:c r="H215" s="1" t="s">
-        <x:v>865</x:v>
+        <x:v>867</x:v>
       </x:c>
       <x:c r="I215" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J215" s="1" t="s">
-        <x:v>843</x:v>
+        <x:v>845</x:v>
       </x:c>
       <x:c r="K215" s="1" t="s">
-        <x:v>853</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="L215" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="216" spans="1:12" ht="15" customHeight="1">
       <x:c r="A216" s="1">
         <x:v>213</x:v>
       </x:c>
       <x:c r="B216" s="1" t="s">
-        <x:v>866</x:v>
+        <x:v>868</x:v>
       </x:c>
       <x:c r="C216" s="1" t="s">
-        <x:v>867</x:v>
+        <x:v>869</x:v>
       </x:c>
       <x:c r="D216" s="1" t="s">
-        <x:v>868</x:v>
+        <x:v>870</x:v>
       </x:c>
       <x:c r="E216" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F216" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G216" s="1" t="s">
-        <x:v>869</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="H216" s="1" t="s">
-        <x:v>870</x:v>
+        <x:v>871</x:v>
       </x:c>
       <x:c r="I216" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J216" s="1" t="s">
-        <x:v>871</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="K216" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="L216" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="217" spans="1:12" ht="15" customHeight="1">
       <x:c r="A217" s="1">
         <x:v>214</x:v>
       </x:c>
       <x:c r="B217" s="1" t="s">
+        <x:v>873</x:v>
+      </x:c>
+      <x:c r="C217" s="1" t="s">
+        <x:v>874</x:v>
+      </x:c>
+      <x:c r="D217" s="1" t="s">
+        <x:v>875</x:v>
+      </x:c>
+      <x:c r="E217" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F217" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G217" s="1" t="s">
+        <x:v>876</x:v>
+      </x:c>
+      <x:c r="H217" s="1" t="s">
+        <x:v>877</x:v>
+      </x:c>
+      <x:c r="I217" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J217" s="1" t="s">
         <x:v>872</x:v>
       </x:c>
-      <x:c r="C217" s="1" t="s">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="K217" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L217" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="218" spans="1:12" ht="15" customHeight="1">
       <x:c r="A218" s="1">
         <x:v>215</x:v>
       </x:c>
       <x:c r="B218" s="1" t="s">
-        <x:v>876</x:v>
+        <x:v>878</x:v>
       </x:c>
       <x:c r="C218" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="D218" s="1" t="s">
-        <x:v>877</x:v>
+        <x:v>879</x:v>
       </x:c>
       <x:c r="E218" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F218" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G218" s="1" t="s">
-        <x:v>878</x:v>
+        <x:v>880</x:v>
       </x:c>
       <x:c r="H218" s="1" t="s">
-        <x:v>879</x:v>
+        <x:v>881</x:v>
       </x:c>
       <x:c r="I218" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J218" s="1" t="s">
-        <x:v>871</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="K218" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="L218" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="219" spans="1:12" ht="15" customHeight="1">
       <x:c r="A219" s="1">
         <x:v>216</x:v>
       </x:c>
       <x:c r="B219" s="1" t="s">
-        <x:v>880</x:v>
+        <x:v>882</x:v>
       </x:c>
       <x:c r="C219" s="1" t="s">
-        <x:v>881</x:v>
+        <x:v>883</x:v>
       </x:c>
       <x:c r="D219" s="1" t="s">
-        <x:v>882</x:v>
+        <x:v>884</x:v>
       </x:c>
       <x:c r="E219" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F219" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G219" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="H219" s="1" t="s">
-        <x:v>883</x:v>
+        <x:v>885</x:v>
       </x:c>
       <x:c r="I219" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J219" s="1" t="s">
-        <x:v>871</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="K219" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="L219" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="220" spans="1:12" ht="15" customHeight="1">
       <x:c r="A220" s="1">
         <x:v>217</x:v>
       </x:c>
       <x:c r="B220" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>886</x:v>
       </x:c>
       <x:c r="C220" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="D220" s="1" t="s">
-        <x:v>884</x:v>
+        <x:v>887</x:v>
       </x:c>
       <x:c r="E220" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F220" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G220" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="H220" s="1" t="s">
-        <x:v>885</x:v>
+        <x:v>888</x:v>
       </x:c>
       <x:c r="I220" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J220" s="1" t="s">
-        <x:v>871</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="K220" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L220" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="221" spans="1:12" ht="15" customHeight="1">
       <x:c r="A221" s="1">
         <x:v>218</x:v>
       </x:c>
       <x:c r="B221" s="1" t="s">
-        <x:v>886</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="C221" s="1" t="s">
-        <x:v>887</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="D221" s="1" t="s">
-        <x:v>888</x:v>
+        <x:v>889</x:v>
       </x:c>
       <x:c r="E221" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F221" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G221" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="H221" s="1" t="s">
-        <x:v>889</x:v>
+        <x:v>890</x:v>
       </x:c>
       <x:c r="I221" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J221" s="1" t="s">
-        <x:v>871</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="K221" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L221" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="222" spans="1:12" ht="15" customHeight="1">
       <x:c r="A222" s="1">
         <x:v>219</x:v>
       </x:c>
       <x:c r="B222" s="1" t="s">
-        <x:v>890</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C222" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>891</x:v>
       </x:c>
       <x:c r="D222" s="1" t="s">
-        <x:v>891</x:v>
+        <x:v>892</x:v>
       </x:c>
       <x:c r="E222" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F222" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G222" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="H222" s="1" t="s">
-        <x:v>892</x:v>
+        <x:v>893</x:v>
       </x:c>
       <x:c r="I222" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J222" s="1" t="s">
-        <x:v>871</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="K222" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L222" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="223" spans="1:12" ht="15" customHeight="1">
       <x:c r="A223" s="1">
         <x:v>220</x:v>
       </x:c>
       <x:c r="B223" s="1" t="s">
-        <x:v>893</x:v>
+        <x:v>419</x:v>
       </x:c>
       <x:c r="C223" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="D223" s="1" t="s">
         <x:v>894</x:v>
       </x:c>
       <x:c r="E223" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F223" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G223" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="H223" s="1" t="s">
         <x:v>895</x:v>
       </x:c>
       <x:c r="I223" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J223" s="1" t="s">
-        <x:v>871</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="K223" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="L223" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="224" spans="1:12" ht="15" customHeight="1">
       <x:c r="A224" s="1">
         <x:v>221</x:v>
       </x:c>
       <x:c r="B224" s="1" t="s">
         <x:v>896</x:v>
       </x:c>
       <x:c r="C224" s="1" t="s">
+        <x:v>380</x:v>
+      </x:c>
+      <x:c r="D224" s="1" t="s">
         <x:v>897</x:v>
       </x:c>
-      <x:c r="D224" s="1" t="s">
+      <x:c r="E224" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F224" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G224" s="1" t="s">
+        <x:v>851</x:v>
+      </x:c>
+      <x:c r="H224" s="1" t="s">
         <x:v>898</x:v>
       </x:c>
-      <x:c r="E224" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="I224" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J224" s="1" t="s">
-        <x:v>871</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="K224" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L224" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="225" spans="1:12" ht="15" customHeight="1">
       <x:c r="A225" s="1">
         <x:v>222</x:v>
       </x:c>
       <x:c r="B225" s="1" t="s">
-        <x:v>428</x:v>
+        <x:v>899</x:v>
       </x:c>
       <x:c r="C225" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>900</x:v>
       </x:c>
       <x:c r="D225" s="1" t="s">
         <x:v>901</x:v>
       </x:c>
       <x:c r="E225" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F225" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G225" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="H225" s="1" t="s">
         <x:v>902</x:v>
       </x:c>
       <x:c r="I225" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J225" s="1" t="s">
-        <x:v>871</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="K225" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="L225" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="226" spans="1:12" ht="15" customHeight="1">
       <x:c r="A226" s="1">
         <x:v>223</x:v>
       </x:c>
       <x:c r="B226" s="1" t="s">
         <x:v>903</x:v>
       </x:c>
       <x:c r="C226" s="1" t="s">
         <x:v>904</x:v>
       </x:c>
       <x:c r="D226" s="1" t="s">
         <x:v>905</x:v>
       </x:c>
       <x:c r="E226" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F226" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G226" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>906</x:v>
       </x:c>
       <x:c r="H226" s="1" t="s">
-        <x:v>906</x:v>
+        <x:v>907</x:v>
       </x:c>
       <x:c r="I226" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J226" s="1" t="s">
-        <x:v>871</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="K226" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="L226" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="227" spans="1:12" ht="15" customHeight="1">
       <x:c r="A227" s="1">
         <x:v>224</x:v>
       </x:c>
       <x:c r="B227" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>908</x:v>
       </x:c>
       <x:c r="C227" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>909</x:v>
       </x:c>
       <x:c r="D227" s="1" t="s">
-        <x:v>907</x:v>
+        <x:v>910</x:v>
       </x:c>
       <x:c r="E227" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F227" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G227" s="1" t="s">
-        <x:v>869</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="H227" s="1" t="s">
-        <x:v>908</x:v>
+        <x:v>911</x:v>
       </x:c>
       <x:c r="I227" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J227" s="1" t="s">
-        <x:v>871</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="K227" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L227" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="228" spans="1:12" ht="15" customHeight="1">
       <x:c r="A228" s="1">
         <x:v>225</x:v>
       </x:c>
       <x:c r="B228" s="1" t="s">
-        <x:v>909</x:v>
+        <x:v>912</x:v>
       </x:c>
       <x:c r="C228" s="1" t="s">
-        <x:v>760</x:v>
+        <x:v>762</x:v>
       </x:c>
       <x:c r="D228" s="1" t="s">
-        <x:v>910</x:v>
+        <x:v>913</x:v>
       </x:c>
       <x:c r="E228" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F228" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G228" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="H228" s="1" t="s">
-        <x:v>911</x:v>
+        <x:v>914</x:v>
       </x:c>
       <x:c r="I228" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J228" s="1" t="s">
-        <x:v>871</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="K228" s="1" t="s">
-        <x:v>912</x:v>
+        <x:v>915</x:v>
       </x:c>
       <x:c r="L228" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="229" spans="1:12" ht="15" customHeight="1">
       <x:c r="A229" s="1">
         <x:v>226</x:v>
       </x:c>
       <x:c r="B229" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="C229" s="1" t="s">
-        <x:v>913</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D229" s="1" t="s">
-        <x:v>914</x:v>
+        <x:v>916</x:v>
       </x:c>
       <x:c r="E229" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F229" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G229" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>876</x:v>
       </x:c>
       <x:c r="H229" s="1" t="s">
-        <x:v>915</x:v>
+        <x:v>917</x:v>
       </x:c>
       <x:c r="I229" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J229" s="1" t="s">
-        <x:v>871</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="K229" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L229" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="230" spans="1:12" ht="15" customHeight="1">
       <x:c r="A230" s="1">
         <x:v>227</x:v>
       </x:c>
       <x:c r="B230" s="1" t="s">
-        <x:v>916</x:v>
+        <x:v>918</x:v>
       </x:c>
       <x:c r="C230" s="1" t="s">
-        <x:v>372</x:v>
+        <x:v>700</x:v>
       </x:c>
       <x:c r="D230" s="1" t="s">
-        <x:v>917</x:v>
+        <x:v>919</x:v>
       </x:c>
       <x:c r="E230" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F230" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G230" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="H230" s="1" t="s">
-        <x:v>918</x:v>
+        <x:v>920</x:v>
       </x:c>
       <x:c r="I230" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J230" s="1" t="s">
-        <x:v>871</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="K230" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L230" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="231" spans="1:12" ht="15" customHeight="1">
       <x:c r="A231" s="1">
         <x:v>228</x:v>
       </x:c>
       <x:c r="B231" s="1" t="s">
-        <x:v>604</x:v>
+        <x:v>921</x:v>
       </x:c>
       <x:c r="C231" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="D231" s="1" t="s">
-        <x:v>919</x:v>
+        <x:v>922</x:v>
       </x:c>
       <x:c r="E231" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F231" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G231" s="1" t="s">
-        <x:v>920</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="H231" s="1" t="s">
-        <x:v>921</x:v>
+        <x:v>923</x:v>
       </x:c>
       <x:c r="I231" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J231" s="1" t="s">
-        <x:v>871</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="K231" s="1" t="s">
-        <x:v>609</x:v>
+        <x:v>461</x:v>
       </x:c>
       <x:c r="L231" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="232" spans="1:12" ht="15" customHeight="1">
       <x:c r="A232" s="1">
         <x:v>229</x:v>
       </x:c>
       <x:c r="B232" s="1" t="s">
-        <x:v>922</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="C232" s="1" t="s">
-        <x:v>702</x:v>
+        <x:v>924</x:v>
       </x:c>
       <x:c r="D232" s="1" t="s">
-        <x:v>923</x:v>
+        <x:v>925</x:v>
       </x:c>
       <x:c r="E232" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="F232" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G232" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="H232" s="1" t="s">
-        <x:v>924</x:v>
+        <x:v>926</x:v>
       </x:c>
       <x:c r="I232" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J232" s="1" t="s">
-        <x:v>871</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="K232" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="L232" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="233" spans="1:12" ht="15" customHeight="1">
       <x:c r="A233" s="1">
         <x:v>230</x:v>
       </x:c>
       <x:c r="B233" s="1" t="s">
-        <x:v>925</x:v>
+        <x:v>927</x:v>
       </x:c>
       <x:c r="C233" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="D233" s="1" t="s">
-        <x:v>926</x:v>
+        <x:v>928</x:v>
       </x:c>
       <x:c r="E233" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F233" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G233" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="H233" s="1" t="s">
-        <x:v>927</x:v>
+        <x:v>929</x:v>
       </x:c>
       <x:c r="I233" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J233" s="1" t="s">
-        <x:v>871</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="K233" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="L233" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="234" spans="1:12" ht="15" customHeight="1">
       <x:c r="A234" s="1">
         <x:v>231</x:v>
       </x:c>
       <x:c r="B234" s="1" t="s">
-        <x:v>928</x:v>
+        <x:v>610</x:v>
       </x:c>
       <x:c r="C234" s="1" t="s">
-        <x:v>929</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="D234" s="1" t="s">
         <x:v>930</x:v>
       </x:c>
       <x:c r="E234" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F234" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G234" s="1" t="s">
         <x:v>931</x:v>
       </x:c>
       <x:c r="H234" s="1" t="s">
         <x:v>932</x:v>
       </x:c>
       <x:c r="I234" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J234" s="1" t="s">
-        <x:v>871</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="K234" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>615</x:v>
       </x:c>
       <x:c r="L234" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="235" spans="1:12" ht="15" customHeight="1">
       <x:c r="A235" s="1">
         <x:v>232</x:v>
       </x:c>
       <x:c r="B235" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>933</x:v>
       </x:c>
       <x:c r="C235" s="1" t="s">
-        <x:v>756</x:v>
+        <x:v>934</x:v>
       </x:c>
       <x:c r="D235" s="1" t="s">
-        <x:v>933</x:v>
+        <x:v>935</x:v>
       </x:c>
       <x:c r="E235" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F235" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G235" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>936</x:v>
       </x:c>
       <x:c r="H235" s="1" t="s">
-        <x:v>934</x:v>
+        <x:v>937</x:v>
       </x:c>
       <x:c r="I235" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J235" s="1" t="s">
-        <x:v>871</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="K235" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="L235" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="236" spans="1:12" ht="15" customHeight="1">
       <x:c r="A236" s="1">
         <x:v>233</x:v>
       </x:c>
       <x:c r="B236" s="1" t="s">
-        <x:v>935</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C236" s="1" t="s">
-        <x:v>936</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="D236" s="1" t="s">
-        <x:v>937</x:v>
+        <x:v>938</x:v>
       </x:c>
       <x:c r="E236" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F236" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G236" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="H236" s="1" t="s">
-        <x:v>938</x:v>
+        <x:v>939</x:v>
       </x:c>
       <x:c r="I236" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J236" s="1" t="s">
-        <x:v>871</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="K236" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="L236" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="237" spans="1:12" ht="15" customHeight="1">
       <x:c r="A237" s="1">
         <x:v>234</x:v>
       </x:c>
       <x:c r="B237" s="1" t="s">
-        <x:v>939</x:v>
+        <x:v>940</x:v>
       </x:c>
       <x:c r="C237" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="D237" s="1" t="s">
-        <x:v>940</x:v>
+        <x:v>941</x:v>
       </x:c>
       <x:c r="E237" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F237" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G237" s="1" t="s">
-        <x:v>941</x:v>
+        <x:v>942</x:v>
       </x:c>
       <x:c r="H237" s="1" t="s">
-        <x:v>942</x:v>
+        <x:v>943</x:v>
       </x:c>
       <x:c r="I237" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J237" s="1" t="s">
-        <x:v>871</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="K237" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="L237" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="238" spans="1:12" ht="15" customHeight="1">
       <x:c r="A238" s="1">
         <x:v>235</x:v>
       </x:c>
       <x:c r="B238" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C238" s="1" t="s">
-        <x:v>943</x:v>
+        <x:v>944</x:v>
       </x:c>
       <x:c r="D238" s="1" t="s">
-        <x:v>944</x:v>
+        <x:v>945</x:v>
       </x:c>
       <x:c r="E238" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F238" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G238" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="H238" s="1" t="s">
-        <x:v>945</x:v>
+        <x:v>946</x:v>
       </x:c>
       <x:c r="I238" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J238" s="1" t="s">
-        <x:v>871</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="K238" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="L238" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="239" spans="1:12" ht="15" customHeight="1">
       <x:c r="A239" s="1">
         <x:v>236</x:v>
       </x:c>
       <x:c r="B239" s="1" t="s">
-        <x:v>946</x:v>
+        <x:v>947</x:v>
       </x:c>
       <x:c r="C239" s="1" t="s">
-        <x:v>577</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="D239" s="1" t="s">
-        <x:v>947</x:v>
+        <x:v>948</x:v>
       </x:c>
       <x:c r="E239" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F239" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G239" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="H239" s="1" t="s">
-        <x:v>948</x:v>
+        <x:v>949</x:v>
       </x:c>
       <x:c r="I239" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J239" s="1" t="s">
-        <x:v>871</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="K239" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="L239" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="240" spans="1:12" ht="15" customHeight="1">
       <x:c r="A240" s="1">
         <x:v>237</x:v>
       </x:c>
       <x:c r="B240" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C240" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="D240" s="1" t="s">
-        <x:v>949</x:v>
+        <x:v>950</x:v>
       </x:c>
       <x:c r="E240" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F240" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G240" s="1" t="s">
-        <x:v>950</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="H240" s="1" t="s">
         <x:v>951</x:v>
       </x:c>
       <x:c r="I240" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J240" s="1" t="s">
-        <x:v>871</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="K240" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L240" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="241" spans="1:12" ht="15" customHeight="1">
       <x:c r="A241" s="1">
         <x:v>238</x:v>
       </x:c>
       <x:c r="B241" s="1" t="s">
-        <x:v>896</x:v>
+        <x:v>903</x:v>
       </x:c>
       <x:c r="C241" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="D241" s="1" t="s">
         <x:v>952</x:v>
       </x:c>
       <x:c r="E241" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F241" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G241" s="1" t="s">
-        <x:v>838</x:v>
+        <x:v>840</x:v>
       </x:c>
       <x:c r="H241" s="1" t="s">
         <x:v>953</x:v>
       </x:c>
       <x:c r="I241" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J241" s="1" t="s">
-        <x:v>871</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="K241" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="L241" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="242" spans="1:12" ht="15" customHeight="1">
       <x:c r="A242" s="1">
         <x:v>239</x:v>
       </x:c>
       <x:c r="B242" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="C242" s="1" t="s">
-        <x:v>421</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="D242" s="1" t="s">
         <x:v>954</x:v>
       </x:c>
       <x:c r="E242" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F242" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G242" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="H242" s="1" t="s">
         <x:v>955</x:v>
       </x:c>
       <x:c r="I242" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J242" s="1" t="s">
-        <x:v>871</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="K242" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L242" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="243" spans="1:12" ht="15" customHeight="1">
       <x:c r="A243" s="1">
         <x:v>240</x:v>
       </x:c>
       <x:c r="B243" s="1" t="s">
-        <x:v>656</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="C243" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="D243" s="1" t="s">
         <x:v>956</x:v>
       </x:c>
       <x:c r="E243" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F243" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G243" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="H243" s="1" t="s">
         <x:v>957</x:v>
       </x:c>
       <x:c r="I243" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J243" s="1" t="s">
-        <x:v>871</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="K243" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L243" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="244" spans="1:12" ht="15" customHeight="1">
       <x:c r="A244" s="1">
         <x:v>241</x:v>
       </x:c>
       <x:c r="B244" s="1" t="s">
         <x:v>958</x:v>
       </x:c>
       <x:c r="C244" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>448</x:v>
       </x:c>
       <x:c r="D244" s="1" t="s">
         <x:v>959</x:v>
       </x:c>
       <x:c r="E244" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F244" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G244" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="H244" s="1" t="s">
         <x:v>960</x:v>
       </x:c>
       <x:c r="I244" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J244" s="1" t="s">
-        <x:v>871</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="K244" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>961</x:v>
       </x:c>
       <x:c r="L244" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="245" spans="1:12" ht="15" customHeight="1">
       <x:c r="A245" s="1">
         <x:v>242</x:v>
       </x:c>
       <x:c r="B245" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>962</x:v>
       </x:c>
       <x:c r="C245" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="D245" s="1" t="s">
-        <x:v>961</x:v>
+        <x:v>963</x:v>
       </x:c>
       <x:c r="E245" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F245" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G245" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>964</x:v>
       </x:c>
       <x:c r="H245" s="1" t="s">
-        <x:v>962</x:v>
+        <x:v>965</x:v>
       </x:c>
       <x:c r="I245" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J245" s="1" t="s">
-        <x:v>871</x:v>
+        <x:v>872</x:v>
       </x:c>
       <x:c r="K245" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>966</x:v>
       </x:c>
       <x:c r="L245" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="246" spans="1:12" ht="15" customHeight="1">
       <x:c r="A246" s="1">
         <x:v>243</x:v>
       </x:c>
       <x:c r="B246" s="1" t="s">
-        <x:v>963</x:v>
+        <x:v>967</x:v>
       </x:c>
       <x:c r="C246" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="D246" s="1" t="s">
-        <x:v>964</x:v>
+        <x:v>968</x:v>
       </x:c>
       <x:c r="E246" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F246" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G246" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="H246" s="1" t="s">
-        <x:v>965</x:v>
+        <x:v>969</x:v>
       </x:c>
       <x:c r="I246" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J246" s="1" t="s">
-        <x:v>871</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="K246" s="1" t="s">
-        <x:v>966</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L246" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="247" spans="1:12" ht="15" customHeight="1">
       <x:c r="A247" s="1">
         <x:v>244</x:v>
       </x:c>
       <x:c r="B247" s="1" t="s">
-        <x:v>967</x:v>
+        <x:v>400</x:v>
       </x:c>
       <x:c r="C247" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="D247" s="1" t="s">
-        <x:v>968</x:v>
+        <x:v>971</x:v>
       </x:c>
       <x:c r="E247" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F247" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G247" s="1" t="s">
-        <x:v>969</x:v>
+        <x:v>964</x:v>
       </x:c>
       <x:c r="H247" s="1" t="s">
+        <x:v>972</x:v>
+      </x:c>
+      <x:c r="I247" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J247" s="1" t="s">
         <x:v>970</x:v>
       </x:c>
-      <x:c r="I247" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K247" s="1" t="s">
-        <x:v>971</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="L247" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="248" spans="1:12" ht="15" customHeight="1">
       <x:c r="A248" s="1">
         <x:v>245</x:v>
       </x:c>
       <x:c r="B248" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="C248" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>973</x:v>
       </x:c>
       <x:c r="D248" s="1" t="s">
-        <x:v>972</x:v>
+        <x:v>974</x:v>
       </x:c>
       <x:c r="E248" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F248" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G248" s="1" t="s">
-        <x:v>969</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="H248" s="1" t="s">
-        <x:v>973</x:v>
+        <x:v>975</x:v>
       </x:c>
       <x:c r="I248" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J248" s="1" t="s">
-        <x:v>974</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="K248" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L248" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="249" spans="1:12" ht="15" customHeight="1">
       <x:c r="A249" s="1">
         <x:v>246</x:v>
       </x:c>
       <x:c r="B249" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="C249" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="D249" s="1" t="s">
-        <x:v>975</x:v>
+        <x:v>976</x:v>
       </x:c>
       <x:c r="E249" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F249" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G249" s="1" t="s">
-        <x:v>950</x:v>
+        <x:v>977</x:v>
       </x:c>
       <x:c r="H249" s="1" t="s">
-        <x:v>976</x:v>
+        <x:v>978</x:v>
       </x:c>
       <x:c r="I249" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J249" s="1" t="s">
-        <x:v>974</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="K249" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L249" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="250" spans="1:12" ht="15" customHeight="1">
       <x:c r="A250" s="1">
         <x:v>247</x:v>
       </x:c>
       <x:c r="B250" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C250" s="1" t="s">
-        <x:v>977</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="D250" s="1" t="s">
-        <x:v>978</x:v>
+        <x:v>979</x:v>
       </x:c>
       <x:c r="E250" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F250" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G250" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="H250" s="1" t="s">
-        <x:v>979</x:v>
+        <x:v>980</x:v>
       </x:c>
       <x:c r="I250" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J250" s="1" t="s">
-        <x:v>974</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="K250" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="L250" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="251" spans="1:12" ht="15" customHeight="1">
       <x:c r="A251" s="1">
         <x:v>248</x:v>
       </x:c>
       <x:c r="B251" s="1" t="s">
-        <x:v>980</x:v>
+        <x:v>981</x:v>
       </x:c>
       <x:c r="C251" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="D251" s="1" t="s">
-        <x:v>981</x:v>
+        <x:v>982</x:v>
       </x:c>
       <x:c r="E251" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F251" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G251" s="1" t="s">
-        <x:v>950</x:v>
+        <x:v>977</x:v>
       </x:c>
       <x:c r="H251" s="1" t="s">
-        <x:v>982</x:v>
+        <x:v>983</x:v>
       </x:c>
       <x:c r="I251" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J251" s="1" t="s">
-        <x:v>974</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="K251" s="1" t="s">
-        <x:v>652</x:v>
+        <x:v>654</x:v>
       </x:c>
       <x:c r="L251" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="252" spans="1:12" ht="15" customHeight="1">
       <x:c r="A252" s="1">
         <x:v>249</x:v>
       </x:c>
       <x:c r="B252" s="1" t="s">
-        <x:v>729</x:v>
+        <x:v>984</x:v>
       </x:c>
       <x:c r="C252" s="1" t="s">
-        <x:v>983</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="D252" s="1" t="s">
-        <x:v>984</x:v>
+        <x:v>985</x:v>
       </x:c>
       <x:c r="E252" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F252" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G252" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>977</x:v>
       </x:c>
       <x:c r="H252" s="1" t="s">
-        <x:v>985</x:v>
+        <x:v>986</x:v>
       </x:c>
       <x:c r="I252" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J252" s="1" t="s">
-        <x:v>974</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="K252" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="L252" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="253" spans="1:12" ht="15" customHeight="1">
       <x:c r="A253" s="1">
         <x:v>250</x:v>
       </x:c>
       <x:c r="B253" s="1" t="s">
-        <x:v>986</x:v>
+        <x:v>987</x:v>
       </x:c>
       <x:c r="C253" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>988</x:v>
       </x:c>
       <x:c r="D253" s="1" t="s">
-        <x:v>987</x:v>
+        <x:v>989</x:v>
       </x:c>
       <x:c r="E253" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F253" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G253" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="H253" s="1" t="s">
-        <x:v>988</x:v>
+        <x:v>990</x:v>
       </x:c>
       <x:c r="I253" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J253" s="1" t="s">
-        <x:v>974</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="K253" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="L253" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="254" spans="1:12" ht="15" customHeight="1">
       <x:c r="A254" s="1">
         <x:v>251</x:v>
       </x:c>
       <x:c r="B254" s="1" t="s">
-        <x:v>989</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="C254" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>727</x:v>
       </x:c>
       <x:c r="D254" s="1" t="s">
-        <x:v>990</x:v>
+        <x:v>991</x:v>
       </x:c>
       <x:c r="E254" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F254" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G254" s="1" t="s">
-        <x:v>950</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="H254" s="1" t="s">
-        <x:v>991</x:v>
+        <x:v>992</x:v>
       </x:c>
       <x:c r="I254" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J254" s="1" t="s">
-        <x:v>974</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="K254" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L254" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="255" spans="1:12" ht="15" customHeight="1">
       <x:c r="A255" s="1">
         <x:v>252</x:v>
       </x:c>
       <x:c r="B255" s="1" t="s">
-        <x:v>723</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C255" s="1" t="s">
-        <x:v>724</x:v>
+        <x:v>993</x:v>
       </x:c>
       <x:c r="D255" s="1" t="s">
-        <x:v>992</x:v>
+        <x:v>994</x:v>
       </x:c>
       <x:c r="E255" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F255" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G255" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="H255" s="1" t="s">
-        <x:v>993</x:v>
+        <x:v>995</x:v>
       </x:c>
       <x:c r="I255" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J255" s="1" t="s">
-        <x:v>974</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="K255" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="L255" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="256" spans="1:12" ht="15" customHeight="1">
       <x:c r="A256" s="1">
         <x:v>253</x:v>
       </x:c>
       <x:c r="B256" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C256" s="1" t="s">
-        <x:v>994</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="D256" s="1" t="s">
-        <x:v>995</x:v>
+        <x:v>996</x:v>
       </x:c>
       <x:c r="E256" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F256" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G256" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="H256" s="1" t="s">
-        <x:v>996</x:v>
+        <x:v>997</x:v>
       </x:c>
       <x:c r="I256" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J256" s="1" t="s">
-        <x:v>974</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="K256" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="L256" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="257" spans="1:12" ht="15" customHeight="1">
       <x:c r="A257" s="1">
         <x:v>254</x:v>
       </x:c>
       <x:c r="B257" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>998</x:v>
       </x:c>
       <x:c r="C257" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>999</x:v>
       </x:c>
       <x:c r="D257" s="1" t="s">
-        <x:v>997</x:v>
+        <x:v>1000</x:v>
       </x:c>
       <x:c r="E257" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F257" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G257" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="H257" s="1" t="s">
-        <x:v>998</x:v>
+        <x:v>1001</x:v>
       </x:c>
       <x:c r="I257" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J257" s="1" t="s">
-        <x:v>974</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="K257" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="L257" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="258" spans="1:12" ht="15" customHeight="1">
       <x:c r="A258" s="1">
         <x:v>255</x:v>
       </x:c>
       <x:c r="B258" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>1002</x:v>
       </x:c>
       <x:c r="C258" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>583</x:v>
       </x:c>
       <x:c r="D258" s="1" t="s">
-        <x:v>999</x:v>
+        <x:v>1003</x:v>
       </x:c>
       <x:c r="E258" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F258" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G258" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="H258" s="1" t="s">
-        <x:v>1000</x:v>
+        <x:v>1004</x:v>
       </x:c>
       <x:c r="I258" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J258" s="1" t="s">
-        <x:v>974</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="K258" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="L258" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="259" spans="1:12" ht="15" customHeight="1">
       <x:c r="A259" s="1">
         <x:v>256</x:v>
       </x:c>
       <x:c r="B259" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C259" s="1" t="s">
-        <x:v>756</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="D259" s="1" t="s">
-        <x:v>1001</x:v>
+        <x:v>1005</x:v>
       </x:c>
       <x:c r="E259" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F259" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G259" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>977</x:v>
       </x:c>
       <x:c r="H259" s="1" t="s">
-        <x:v>1002</x:v>
+        <x:v>1006</x:v>
       </x:c>
       <x:c r="I259" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J259" s="1" t="s">
-        <x:v>974</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="K259" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L259" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="260" spans="1:12" ht="15" customHeight="1">
       <x:c r="A260" s="1">
         <x:v>257</x:v>
       </x:c>
       <x:c r="B260" s="1" t="s">
-        <x:v>1003</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C260" s="1" t="s">
-        <x:v>1004</x:v>
+        <x:v>1007</x:v>
       </x:c>
       <x:c r="D260" s="1" t="s">
-        <x:v>1005</x:v>
+        <x:v>1008</x:v>
       </x:c>
       <x:c r="E260" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F260" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G260" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="H260" s="1" t="s">
-        <x:v>1006</x:v>
+        <x:v>1009</x:v>
       </x:c>
       <x:c r="I260" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J260" s="1" t="s">
-        <x:v>974</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="K260" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L260" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="261" spans="1:12" ht="15" customHeight="1">
       <x:c r="A261" s="1">
         <x:v>258</x:v>
       </x:c>
       <x:c r="B261" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>1010</x:v>
       </x:c>
       <x:c r="C261" s="1" t="s">
-        <x:v>1007</x:v>
+        <x:v>1011</x:v>
       </x:c>
       <x:c r="D261" s="1" t="s">
-        <x:v>1008</x:v>
+        <x:v>1012</x:v>
       </x:c>
       <x:c r="E261" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F261" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G261" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="H261" s="1" t="s">
-        <x:v>1009</x:v>
+        <x:v>1013</x:v>
       </x:c>
       <x:c r="I261" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J261" s="1" t="s">
-        <x:v>974</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="K261" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="L261" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="262" spans="1:12" ht="15" customHeight="1">
       <x:c r="A262" s="1">
         <x:v>259</x:v>
       </x:c>
       <x:c r="B262" s="1" t="s">
-        <x:v>1010</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C262" s="1" t="s">
-        <x:v>1011</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="D262" s="1" t="s">
-        <x:v>1012</x:v>
+        <x:v>1014</x:v>
       </x:c>
       <x:c r="E262" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F262" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G262" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="H262" s="1" t="s">
-        <x:v>1013</x:v>
+        <x:v>1015</x:v>
       </x:c>
       <x:c r="I262" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J262" s="1" t="s">
-        <x:v>974</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="K262" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L262" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="263" spans="1:12" ht="15" customHeight="1">
       <x:c r="A263" s="1">
         <x:v>260</x:v>
       </x:c>
       <x:c r="B263" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="C263" s="1" t="s">
-        <x:v>605</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="D263" s="1" t="s">
-        <x:v>1014</x:v>
+        <x:v>1016</x:v>
       </x:c>
       <x:c r="E263" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F263" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G263" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="H263" s="1" t="s">
-        <x:v>1015</x:v>
+        <x:v>1017</x:v>
       </x:c>
       <x:c r="I263" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J263" s="1" t="s">
-        <x:v>974</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="K263" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L263" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="264" spans="1:12" ht="15" customHeight="1">
       <x:c r="A264" s="1">
         <x:v>261</x:v>
       </x:c>
       <x:c r="B264" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="C264" s="1" t="s">
-        <x:v>605</x:v>
+        <x:v>611</x:v>
       </x:c>
       <x:c r="D264" s="1" t="s">
-        <x:v>1016</x:v>
+        <x:v>1018</x:v>
       </x:c>
       <x:c r="E264" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F264" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G264" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="H264" s="1" t="s">
-        <x:v>1017</x:v>
+        <x:v>1019</x:v>
       </x:c>
       <x:c r="I264" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J264" s="1" t="s">
-        <x:v>974</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="K264" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="L264" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="265" spans="1:12" ht="15" customHeight="1">
       <x:c r="A265" s="1">
         <x:v>262</x:v>
       </x:c>
       <x:c r="B265" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>1020</x:v>
       </x:c>
       <x:c r="C265" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="D265" s="1" t="s">
-        <x:v>1018</x:v>
+        <x:v>1021</x:v>
       </x:c>
       <x:c r="E265" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F265" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G265" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="H265" s="1" t="s">
-        <x:v>1019</x:v>
+        <x:v>1022</x:v>
       </x:c>
       <x:c r="I265" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J265" s="1" t="s">
-        <x:v>974</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="K265" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="L265" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="266" spans="1:12" ht="15" customHeight="1">
       <x:c r="A266" s="1">
         <x:v>263</x:v>
       </x:c>
       <x:c r="B266" s="1" t="s">
-        <x:v>1020</x:v>
+        <x:v>708</x:v>
       </x:c>
       <x:c r="C266" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>1023</x:v>
       </x:c>
       <x:c r="D266" s="1" t="s">
-        <x:v>1021</x:v>
+        <x:v>1024</x:v>
       </x:c>
       <x:c r="E266" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>677</x:v>
       </x:c>
       <x:c r="F266" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G266" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="H266" s="1" t="s">
-        <x:v>1022</x:v>
+        <x:v>1025</x:v>
       </x:c>
       <x:c r="I266" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J266" s="1" t="s">
-        <x:v>974</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="K266" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="L266" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="267" spans="1:12" ht="15" customHeight="1">
       <x:c r="A267" s="1">
         <x:v>264</x:v>
       </x:c>
       <x:c r="B267" s="1" t="s">
-        <x:v>719</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="C267" s="1" t="s">
-        <x:v>1023</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="D267" s="1" t="s">
-        <x:v>1024</x:v>
+        <x:v>1026</x:v>
       </x:c>
       <x:c r="E267" s="1" t="s">
-        <x:v>675</x:v>
+        <x:v>1027</x:v>
       </x:c>
       <x:c r="F267" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G267" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="H267" s="1" t="s">
-        <x:v>1025</x:v>
+        <x:v>1028</x:v>
       </x:c>
       <x:c r="I267" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J267" s="1" t="s">
-        <x:v>974</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="K267" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="L267" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="268" spans="1:12" ht="15" customHeight="1">
       <x:c r="A268" s="1">
         <x:v>265</x:v>
       </x:c>
       <x:c r="B268" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="C268" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="D268" s="1" t="s">
-        <x:v>1026</x:v>
+        <x:v>1029</x:v>
       </x:c>
       <x:c r="E268" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F268" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G268" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="H268" s="1" t="s">
-        <x:v>1027</x:v>
+        <x:v>1030</x:v>
       </x:c>
       <x:c r="I268" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J268" s="1" t="s">
-        <x:v>974</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="K268" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L268" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="269" spans="1:12" ht="15" customHeight="1">
       <x:c r="A269" s="1">
         <x:v>266</x:v>
       </x:c>
       <x:c r="B269" s="1" t="s">
-        <x:v>729</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="C269" s="1" t="s">
-        <x:v>1028</x:v>
+        <x:v>1031</x:v>
       </x:c>
       <x:c r="D269" s="1" t="s">
-        <x:v>1029</x:v>
+        <x:v>1032</x:v>
       </x:c>
       <x:c r="E269" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F269" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G269" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="H269" s="1" t="s">
-        <x:v>1030</x:v>
+        <x:v>1033</x:v>
       </x:c>
       <x:c r="I269" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J269" s="1" t="s">
-        <x:v>974</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="K269" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L269" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="270" spans="1:12" ht="15" customHeight="1">
       <x:c r="A270" s="1">
         <x:v>267</x:v>
       </x:c>
       <x:c r="B270" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="C270" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>645</x:v>
       </x:c>
       <x:c r="D270" s="1" t="s">
-        <x:v>1031</x:v>
+        <x:v>1034</x:v>
       </x:c>
       <x:c r="E270" s="1" t="s">
-        <x:v>1032</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F270" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G270" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="H270" s="1" t="s">
-        <x:v>1033</x:v>
+        <x:v>1035</x:v>
       </x:c>
       <x:c r="I270" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J270" s="1" t="s">
-        <x:v>974</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="K270" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L270" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="271" spans="1:12" ht="15" customHeight="1">
       <x:c r="A271" s="1">
         <x:v>268</x:v>
       </x:c>
       <x:c r="B271" s="1" t="s">
-        <x:v>375</x:v>
+        <x:v>1036</x:v>
       </x:c>
       <x:c r="C271" s="1" t="s">
-        <x:v>1034</x:v>
+        <x:v>662</x:v>
       </x:c>
       <x:c r="D271" s="1" t="s">
-        <x:v>1035</x:v>
+        <x:v>1037</x:v>
       </x:c>
       <x:c r="E271" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F271" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G271" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="H271" s="1" t="s">
-        <x:v>1036</x:v>
+        <x:v>1038</x:v>
       </x:c>
       <x:c r="I271" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J271" s="1" t="s">
-        <x:v>974</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="K271" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="L271" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="272" spans="1:12" ht="15" customHeight="1">
       <x:c r="A272" s="1">
         <x:v>269</x:v>
       </x:c>
       <x:c r="B272" s="1" t="s">
-        <x:v>1037</x:v>
+        <x:v>1039</x:v>
       </x:c>
       <x:c r="C272" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="D272" s="1" t="s">
-        <x:v>1038</x:v>
+        <x:v>1040</x:v>
       </x:c>
       <x:c r="E272" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F272" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G272" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="H272" s="1" t="s">
-        <x:v>1039</x:v>
+        <x:v>1041</x:v>
       </x:c>
       <x:c r="I272" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J272" s="1" t="s">
-        <x:v>974</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="K272" s="1" t="s">
-        <x:v>626</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="L272" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="273" spans="1:12" ht="15" customHeight="1">
       <x:c r="A273" s="1">
         <x:v>270</x:v>
       </x:c>
       <x:c r="B273" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>1042</x:v>
       </x:c>
       <x:c r="C273" s="1" t="s">
-        <x:v>643</x:v>
+        <x:v>505</x:v>
       </x:c>
       <x:c r="D273" s="1" t="s">
-        <x:v>1040</x:v>
+        <x:v>1043</x:v>
       </x:c>
       <x:c r="E273" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F273" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G273" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="H273" s="1" t="s">
-        <x:v>1041</x:v>
+        <x:v>1044</x:v>
       </x:c>
       <x:c r="I273" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J273" s="1" t="s">
-        <x:v>974</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="K273" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="L273" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="274" spans="1:12" ht="15" customHeight="1">
       <x:c r="A274" s="1">
         <x:v>271</x:v>
       </x:c>
       <x:c r="B274" s="1" t="s">
-        <x:v>1042</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="C274" s="1" t="s">
-        <x:v>664</x:v>
+        <x:v>497</x:v>
       </x:c>
       <x:c r="D274" s="1" t="s">
-        <x:v>1043</x:v>
+        <x:v>1045</x:v>
       </x:c>
       <x:c r="E274" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F274" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G274" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="H274" s="1" t="s">
-        <x:v>1044</x:v>
+        <x:v>1046</x:v>
       </x:c>
       <x:c r="I274" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J274" s="1" t="s">
-        <x:v>974</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="K274" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L274" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="275" spans="1:12" ht="15" customHeight="1">
       <x:c r="A275" s="1">
         <x:v>272</x:v>
       </x:c>
       <x:c r="B275" s="1" t="s">
-        <x:v>1045</x:v>
+        <x:v>1047</x:v>
       </x:c>
       <x:c r="C275" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="D275" s="1" t="s">
-        <x:v>1046</x:v>
+        <x:v>1048</x:v>
       </x:c>
       <x:c r="E275" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F275" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G275" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="H275" s="1" t="s">
-        <x:v>1047</x:v>
+        <x:v>1049</x:v>
       </x:c>
       <x:c r="I275" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J275" s="1" t="s">
-        <x:v>974</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="K275" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="L275" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="276" spans="1:12" ht="15" customHeight="1">
       <x:c r="A276" s="1">
         <x:v>273</x:v>
       </x:c>
       <x:c r="B276" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>1050</x:v>
       </x:c>
       <x:c r="C276" s="1" t="s">
-        <x:v>491</x:v>
+        <x:v>1051</x:v>
       </x:c>
       <x:c r="D276" s="1" t="s">
-        <x:v>1048</x:v>
+        <x:v>1052</x:v>
       </x:c>
       <x:c r="E276" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F276" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G276" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="H276" s="1" t="s">
-        <x:v>1049</x:v>
+        <x:v>1053</x:v>
       </x:c>
       <x:c r="I276" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J276" s="1" t="s">
-        <x:v>974</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="K276" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="L276" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="277" spans="1:12" ht="15" customHeight="1">
       <x:c r="A277" s="1">
         <x:v>274</x:v>
       </x:c>
       <x:c r="B277" s="1" t="s">
-        <x:v>1050</x:v>
+        <x:v>1054</x:v>
       </x:c>
       <x:c r="C277" s="1" t="s">
-        <x:v>495</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="D277" s="1" t="s">
-        <x:v>1051</x:v>
+        <x:v>1055</x:v>
       </x:c>
       <x:c r="E277" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F277" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G277" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="H277" s="1" t="s">
-        <x:v>1052</x:v>
+        <x:v>1056</x:v>
       </x:c>
       <x:c r="I277" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J277" s="1" t="s">
-        <x:v>974</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="K277" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="L277" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="278" spans="1:12" ht="15" customHeight="1">
       <x:c r="A278" s="1">
         <x:v>275</x:v>
       </x:c>
       <x:c r="B278" s="1" t="s">
-        <x:v>673</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="C278" s="1" t="s">
-        <x:v>820</x:v>
+        <x:v>819</x:v>
       </x:c>
       <x:c r="D278" s="1" t="s">
-        <x:v>1053</x:v>
+        <x:v>1057</x:v>
       </x:c>
       <x:c r="E278" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F278" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G278" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="H278" s="1" t="s">
-        <x:v>1054</x:v>
+        <x:v>1058</x:v>
       </x:c>
       <x:c r="I278" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J278" s="1" t="s">
-        <x:v>974</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="K278" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="L278" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="279" spans="1:12" ht="15" customHeight="1">
       <x:c r="A279" s="1">
         <x:v>276</x:v>
       </x:c>
       <x:c r="B279" s="1" t="s">
-        <x:v>1055</x:v>
+        <x:v>1059</x:v>
       </x:c>
       <x:c r="C279" s="1" t="s">
-        <x:v>820</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="D279" s="1" t="s">
-        <x:v>1056</x:v>
+        <x:v>1060</x:v>
       </x:c>
       <x:c r="E279" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F279" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G279" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="H279" s="1" t="s">
-        <x:v>1057</x:v>
+        <x:v>1061</x:v>
       </x:c>
       <x:c r="I279" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J279" s="1" t="s">
-        <x:v>974</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="K279" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="L279" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="280" spans="1:12" ht="15" customHeight="1">
       <x:c r="A280" s="1">
         <x:v>277</x:v>
       </x:c>
       <x:c r="B280" s="1" t="s">
-        <x:v>1058</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C280" s="1" t="s">
-        <x:v>1059</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="D280" s="1" t="s">
-        <x:v>1060</x:v>
+        <x:v>1062</x:v>
       </x:c>
       <x:c r="E280" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F280" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G280" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="H280" s="1" t="s">
-        <x:v>1061</x:v>
+        <x:v>1063</x:v>
       </x:c>
       <x:c r="I280" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J280" s="1" t="s">
-        <x:v>974</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="K280" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L280" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="281" spans="1:12" ht="15" customHeight="1">
       <x:c r="A281" s="1">
         <x:v>278</x:v>
       </x:c>
       <x:c r="B281" s="1" t="s">
-        <x:v>1062</x:v>
+        <x:v>1064</x:v>
       </x:c>
       <x:c r="C281" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>468</x:v>
       </x:c>
       <x:c r="D281" s="1" t="s">
-        <x:v>1063</x:v>
+        <x:v>1065</x:v>
       </x:c>
       <x:c r="E281" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>1066</x:v>
       </x:c>
       <x:c r="F281" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G281" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="H281" s="1" t="s">
-        <x:v>1064</x:v>
+        <x:v>1067</x:v>
       </x:c>
       <x:c r="I281" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J281" s="1" t="s">
-        <x:v>974</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="K281" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>1068</x:v>
       </x:c>
       <x:c r="L281" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="282" spans="1:12" ht="15" customHeight="1">
       <x:c r="A282" s="1">
         <x:v>279</x:v>
       </x:c>
       <x:c r="B282" s="1" t="s">
-        <x:v>1065</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="C282" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>904</x:v>
       </x:c>
       <x:c r="D282" s="1" t="s">
-        <x:v>1066</x:v>
+        <x:v>1069</x:v>
       </x:c>
       <x:c r="E282" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="F282" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G282" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>977</x:v>
       </x:c>
       <x:c r="H282" s="1" t="s">
-        <x:v>1067</x:v>
+        <x:v>1070</x:v>
       </x:c>
       <x:c r="I282" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J282" s="1" t="s">
-        <x:v>974</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="K282" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="L282" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="283" spans="1:12" ht="15" customHeight="1">
       <x:c r="A283" s="1">
         <x:v>280</x:v>
       </x:c>
       <x:c r="B283" s="1" t="s">
-        <x:v>1068</x:v>
+        <x:v>14</x:v>
       </x:c>
       <x:c r="C283" s="1" t="s">
-        <x:v>462</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="D283" s="1" t="s">
-        <x:v>1069</x:v>
+        <x:v>1071</x:v>
       </x:c>
       <x:c r="E283" s="1" t="s">
-        <x:v>1070</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F283" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G283" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="H283" s="1" t="s">
-        <x:v>1071</x:v>
+        <x:v>1072</x:v>
       </x:c>
       <x:c r="I283" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J283" s="1" t="s">
-        <x:v>974</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="K283" s="1" t="s">
-        <x:v>1072</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L283" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="284" spans="1:12" ht="15" customHeight="1">
       <x:c r="A284" s="1">
         <x:v>281</x:v>
       </x:c>
       <x:c r="B284" s="1" t="s">
-        <x:v>424</x:v>
+        <x:v>726</x:v>
       </x:c>
       <x:c r="C284" s="1" t="s">
-        <x:v>897</x:v>
+        <x:v>755</x:v>
       </x:c>
       <x:c r="D284" s="1" t="s">
         <x:v>1073</x:v>
       </x:c>
       <x:c r="E284" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F284" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G284" s="1" t="s">
-        <x:v>950</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="H284" s="1" t="s">
         <x:v>1074</x:v>
       </x:c>
       <x:c r="I284" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J284" s="1" t="s">
-        <x:v>974</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="K284" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L284" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="285" spans="1:12" ht="15" customHeight="1">
       <x:c r="A285" s="1">
         <x:v>282</x:v>
       </x:c>
       <x:c r="B285" s="1" t="s">
-        <x:v>723</x:v>
+        <x:v>1075</x:v>
       </x:c>
       <x:c r="C285" s="1" t="s">
-        <x:v>756</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="D285" s="1" t="s">
-        <x:v>1075</x:v>
+        <x:v>1076</x:v>
       </x:c>
       <x:c r="E285" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F285" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G285" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="H285" s="1" t="s">
-        <x:v>1076</x:v>
+        <x:v>1077</x:v>
       </x:c>
       <x:c r="I285" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J285" s="1" t="s">
-        <x:v>974</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="K285" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>961</x:v>
       </x:c>
       <x:c r="L285" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="286" spans="1:12" ht="15" customHeight="1">
       <x:c r="A286" s="1">
         <x:v>283</x:v>
       </x:c>
       <x:c r="B286" s="1" t="s">
-        <x:v>1077</x:v>
+        <x:v>1078</x:v>
       </x:c>
       <x:c r="C286" s="1" t="s">
-        <x:v>660</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="D286" s="1" t="s">
-        <x:v>1078</x:v>
+        <x:v>1079</x:v>
       </x:c>
       <x:c r="E286" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F286" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G286" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="H286" s="1" t="s">
-        <x:v>1079</x:v>
+        <x:v>1080</x:v>
       </x:c>
       <x:c r="I286" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J286" s="1" t="s">
-        <x:v>974</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="K286" s="1" t="s">
-        <x:v>966</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="L286" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="287" spans="1:12" ht="15" customHeight="1">
       <x:c r="A287" s="1">
         <x:v>284</x:v>
       </x:c>
       <x:c r="B287" s="1" t="s">
-        <x:v>1080</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="C287" s="1" t="s">
-        <x:v>26</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="D287" s="1" t="s">
         <x:v>1081</x:v>
       </x:c>
       <x:c r="E287" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F287" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G287" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="H287" s="1" t="s">
         <x:v>1082</x:v>
       </x:c>
       <x:c r="I287" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J287" s="1" t="s">
-        <x:v>974</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="K287" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="L287" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="288" spans="1:12" ht="15" customHeight="1">
       <x:c r="A288" s="1">
         <x:v>285</x:v>
       </x:c>
       <x:c r="B288" s="1" t="s">
-        <x:v>14</x:v>
+        <x:v>1083</x:v>
       </x:c>
       <x:c r="C288" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>401</x:v>
       </x:c>
       <x:c r="D288" s="1" t="s">
-        <x:v>1083</x:v>
+        <x:v>1084</x:v>
       </x:c>
       <x:c r="E288" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>1085</x:v>
       </x:c>
       <x:c r="F288" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G288" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="H288" s="1" t="s">
-        <x:v>1084</x:v>
+        <x:v>1086</x:v>
       </x:c>
       <x:c r="I288" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J288" s="1" t="s">
-        <x:v>974</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="K288" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="L288" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="289" spans="1:12" ht="15" customHeight="1">
       <x:c r="A289" s="1">
         <x:v>286</x:v>
       </x:c>
       <x:c r="B289" s="1" t="s">
-        <x:v>677</x:v>
+        <x:v>679</x:v>
       </x:c>
       <x:c r="C289" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="D289" s="1" t="s">
-        <x:v>1085</x:v>
+        <x:v>1087</x:v>
       </x:c>
       <x:c r="E289" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="F289" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G289" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="H289" s="1" t="s">
-        <x:v>1086</x:v>
+        <x:v>1088</x:v>
       </x:c>
       <x:c r="I289" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J289" s="1" t="s">
-        <x:v>974</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="K289" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="L289" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="290" spans="1:12" ht="15" customHeight="1">
       <x:c r="A290" s="1">
         <x:v>287</x:v>
       </x:c>
       <x:c r="B290" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>533</x:v>
       </x:c>
       <x:c r="C290" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="D290" s="1" t="s">
-        <x:v>1087</x:v>
+        <x:v>1089</x:v>
       </x:c>
       <x:c r="E290" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="F290" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G290" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="H290" s="1" t="s">
-        <x:v>1088</x:v>
+        <x:v>1090</x:v>
       </x:c>
       <x:c r="I290" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J290" s="1" t="s">
-        <x:v>974</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="K290" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L290" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="291" spans="1:12" ht="15" customHeight="1">
       <x:c r="A291" s="1">
         <x:v>288</x:v>
       </x:c>
       <x:c r="B291" s="1" t="s">
-        <x:v>809</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="C291" s="1" t="s">
-        <x:v>1089</x:v>
+        <x:v>1091</x:v>
       </x:c>
       <x:c r="D291" s="1" t="s">
-        <x:v>1090</x:v>
+        <x:v>1092</x:v>
       </x:c>
       <x:c r="E291" s="1" t="s">
-        <x:v>1091</x:v>
+        <x:v>1093</x:v>
       </x:c>
       <x:c r="F291" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G291" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="H291" s="1" t="s">
-        <x:v>1092</x:v>
+        <x:v>1094</x:v>
       </x:c>
       <x:c r="I291" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J291" s="1" t="s">
-        <x:v>974</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="K291" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L291" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="292" spans="1:12" ht="15" customHeight="1">
       <x:c r="A292" s="1">
         <x:v>289</x:v>
       </x:c>
       <x:c r="B292" s="1" t="s">
-        <x:v>1093</x:v>
+        <x:v>1095</x:v>
       </x:c>
       <x:c r="C292" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>1096</x:v>
       </x:c>
       <x:c r="D292" s="1" t="s">
-        <x:v>1094</x:v>
+        <x:v>1097</x:v>
       </x:c>
       <x:c r="E292" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F292" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G292" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="H292" s="1" t="s">
-        <x:v>1095</x:v>
+        <x:v>1098</x:v>
       </x:c>
       <x:c r="I292" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J292" s="1" t="s">
-        <x:v>974</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="K292" s="1" t="s">
-        <x:v>1096</x:v>
+        <x:v>1099</x:v>
       </x:c>
       <x:c r="L292" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="293" spans="1:12" ht="15" customHeight="1">
       <x:c r="A293" s="1">
         <x:v>290</x:v>
       </x:c>
       <x:c r="B293" s="1" t="s">
-        <x:v>535</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="C293" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D293" s="1" t="s">
-        <x:v>1097</x:v>
+        <x:v>1100</x:v>
       </x:c>
       <x:c r="E293" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F293" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G293" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="H293" s="1" t="s">
-        <x:v>1098</x:v>
+        <x:v>1101</x:v>
       </x:c>
       <x:c r="I293" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J293" s="1" t="s">
-        <x:v>974</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="K293" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L293" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="294" spans="1:12" ht="15" customHeight="1">
       <x:c r="A294" s="1">
         <x:v>291</x:v>
       </x:c>
       <x:c r="B294" s="1" t="s">
-        <x:v>1099</x:v>
+        <x:v>1102</x:v>
       </x:c>
       <x:c r="C294" s="1" t="s">
-        <x:v>395</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="D294" s="1" t="s">
-        <x:v>1100</x:v>
+        <x:v>1103</x:v>
       </x:c>
       <x:c r="E294" s="1" t="s">
-        <x:v>1101</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F294" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G294" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="H294" s="1" t="s">
-        <x:v>1102</x:v>
+        <x:v>1104</x:v>
       </x:c>
       <x:c r="I294" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J294" s="1" t="s">
-        <x:v>974</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="K294" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>1105</x:v>
       </x:c>
       <x:c r="L294" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="295" spans="1:12" ht="15" customHeight="1">
       <x:c r="A295" s="1">
         <x:v>292</x:v>
       </x:c>
       <x:c r="B295" s="1" t="s">
-        <x:v>1103</x:v>
+        <x:v>1106</x:v>
       </x:c>
       <x:c r="C295" s="1" t="s">
-        <x:v>1104</x:v>
+        <x:v>1107</x:v>
       </x:c>
       <x:c r="D295" s="1" t="s">
-        <x:v>1105</x:v>
+        <x:v>1108</x:v>
       </x:c>
       <x:c r="E295" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F295" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G295" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="H295" s="1" t="s">
-        <x:v>1106</x:v>
+        <x:v>1109</x:v>
       </x:c>
       <x:c r="I295" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J295" s="1" t="s">
-        <x:v>974</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="K295" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="L295" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="296" spans="1:12" ht="15" customHeight="1">
       <x:c r="A296" s="1">
         <x:v>293</x:v>
       </x:c>
       <x:c r="B296" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>1110</x:v>
       </x:c>
       <x:c r="C296" s="1" t="s">
-        <x:v>552</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="D296" s="1" t="s">
-        <x:v>1107</x:v>
+        <x:v>1111</x:v>
       </x:c>
       <x:c r="E296" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F296" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G296" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="H296" s="1" t="s">
-        <x:v>1108</x:v>
+        <x:v>1112</x:v>
       </x:c>
       <x:c r="I296" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J296" s="1" t="s">
-        <x:v>974</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="K296" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>628</x:v>
       </x:c>
       <x:c r="L296" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="297" spans="1:12" ht="15" customHeight="1">
       <x:c r="A297" s="1">
         <x:v>294</x:v>
       </x:c>
       <x:c r="B297" s="1" t="s">
-        <x:v>1109</x:v>
+        <x:v>1113</x:v>
       </x:c>
       <x:c r="C297" s="1" t="s">
-        <x:v>1110</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="D297" s="1" t="s">
-        <x:v>1111</x:v>
+        <x:v>1114</x:v>
       </x:c>
       <x:c r="E297" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="F297" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G297" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="H297" s="1" t="s">
-        <x:v>1112</x:v>
+        <x:v>1115</x:v>
       </x:c>
       <x:c r="I297" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J297" s="1" t="s">
-        <x:v>974</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="K297" s="1" t="s">
-        <x:v>1113</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L297" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="298" spans="1:12" ht="15" customHeight="1">
       <x:c r="A298" s="1">
         <x:v>295</x:v>
       </x:c>
       <x:c r="B298" s="1" t="s">
-        <x:v>1114</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="C298" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>549</x:v>
       </x:c>
       <x:c r="D298" s="1" t="s">
-        <x:v>1115</x:v>
+        <x:v>1116</x:v>
       </x:c>
       <x:c r="E298" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F298" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G298" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="H298" s="1" t="s">
-        <x:v>1116</x:v>
+        <x:v>1117</x:v>
       </x:c>
       <x:c r="I298" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J298" s="1" t="s">
-        <x:v>974</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="K298" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="L298" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="299" spans="1:12" ht="15" customHeight="1">
       <x:c r="A299" s="1">
         <x:v>296</x:v>
       </x:c>
       <x:c r="B299" s="1" t="s">
-        <x:v>1117</x:v>
+        <x:v>1118</x:v>
       </x:c>
       <x:c r="C299" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="D299" s="1" t="s">
-        <x:v>1118</x:v>
+        <x:v>1119</x:v>
       </x:c>
       <x:c r="E299" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F299" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G299" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="H299" s="1" t="s">
-        <x:v>1119</x:v>
+        <x:v>1120</x:v>
       </x:c>
       <x:c r="I299" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J299" s="1" t="s">
-        <x:v>974</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="K299" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L299" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="300" spans="1:12" ht="15" customHeight="1">
       <x:c r="A300" s="1">
         <x:v>297</x:v>
       </x:c>
       <x:c r="B300" s="1" t="s">
-        <x:v>922</x:v>
+        <x:v>794</x:v>
       </x:c>
       <x:c r="C300" s="1" t="s">
-        <x:v>499</x:v>
+        <x:v>1121</x:v>
       </x:c>
       <x:c r="D300" s="1" t="s">
-        <x:v>1120</x:v>
+        <x:v>1122</x:v>
       </x:c>
       <x:c r="E300" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>1123</x:v>
       </x:c>
       <x:c r="F300" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G300" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="H300" s="1" t="s">
-        <x:v>1121</x:v>
+        <x:v>1124</x:v>
       </x:c>
       <x:c r="I300" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J300" s="1" t="s">
-        <x:v>974</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="K300" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="L300" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="301" spans="1:12" ht="15" customHeight="1">
       <x:c r="A301" s="1">
         <x:v>298</x:v>
       </x:c>
       <x:c r="B301" s="1" t="s">
-        <x:v>1122</x:v>
+        <x:v>1125</x:v>
       </x:c>
       <x:c r="C301" s="1" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="D301" s="1" t="s">
-        <x:v>1123</x:v>
+        <x:v>1126</x:v>
       </x:c>
       <x:c r="E301" s="1" t="s">
-        <x:v>1124</x:v>
+        <x:v>1127</x:v>
       </x:c>
       <x:c r="F301" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G301" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="H301" s="1" t="s">
-        <x:v>1125</x:v>
+        <x:v>1128</x:v>
       </x:c>
       <x:c r="I301" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J301" s="1" t="s">
-        <x:v>974</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="K301" s="1" t="s">
-        <x:v>966</x:v>
+        <x:v>961</x:v>
       </x:c>
       <x:c r="L301" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="302" spans="1:12" ht="15" customHeight="1">
       <x:c r="A302" s="1">
         <x:v>299</x:v>
       </x:c>
       <x:c r="B302" s="1" t="s">
-        <x:v>1126</x:v>
+        <x:v>918</x:v>
       </x:c>
       <x:c r="C302" s="1" t="s">
-        <x:v>532</x:v>
+        <x:v>501</x:v>
       </x:c>
       <x:c r="D302" s="1" t="s">
-        <x:v>1127</x:v>
+        <x:v>1129</x:v>
       </x:c>
       <x:c r="E302" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="F302" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G302" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="H302" s="1" t="s">
-        <x:v>1128</x:v>
+        <x:v>1130</x:v>
       </x:c>
       <x:c r="I302" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J302" s="1" t="s">
-        <x:v>974</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="K302" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L302" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="303" spans="1:12" ht="15" customHeight="1">
       <x:c r="A303" s="1">
         <x:v>300</x:v>
       </x:c>
       <x:c r="B303" s="1" t="s">
-        <x:v>1129</x:v>
+        <x:v>731</x:v>
       </x:c>
       <x:c r="C303" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>1131</x:v>
       </x:c>
       <x:c r="D303" s="1" t="s">
-        <x:v>1130</x:v>
+        <x:v>1132</x:v>
       </x:c>
       <x:c r="E303" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F303" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G303" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="H303" s="1" t="s">
-        <x:v>1131</x:v>
+        <x:v>1133</x:v>
       </x:c>
       <x:c r="I303" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J303" s="1" t="s">
-        <x:v>974</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="K303" s="1" t="s">
-        <x:v>1113</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L303" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="304" spans="1:12" ht="15" customHeight="1">
       <x:c r="A304" s="1">
         <x:v>301</x:v>
       </x:c>
       <x:c r="B304" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>1134</x:v>
       </x:c>
       <x:c r="C304" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="D304" s="1" t="s">
-        <x:v>1132</x:v>
+        <x:v>1135</x:v>
       </x:c>
       <x:c r="E304" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F304" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G304" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="H304" s="1" t="s">
-        <x:v>1133</x:v>
+        <x:v>1136</x:v>
       </x:c>
       <x:c r="I304" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J304" s="1" t="s">
-        <x:v>974</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="K304" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>1099</x:v>
       </x:c>
       <x:c r="L304" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="305" spans="1:12" ht="15" customHeight="1">
       <x:c r="A305" s="1">
         <x:v>302</x:v>
       </x:c>
       <x:c r="B305" s="1" t="s">
-        <x:v>809</x:v>
+        <x:v>811</x:v>
       </x:c>
       <x:c r="C305" s="1" t="s">
-        <x:v>1134</x:v>
+        <x:v>1137</x:v>
       </x:c>
       <x:c r="D305" s="1" t="s">
-        <x:v>1135</x:v>
+        <x:v>1138</x:v>
       </x:c>
       <x:c r="E305" s="1" t="s">
-        <x:v>1136</x:v>
+        <x:v>1139</x:v>
       </x:c>
       <x:c r="F305" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G305" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="H305" s="1" t="s">
-        <x:v>1137</x:v>
+        <x:v>1140</x:v>
       </x:c>
       <x:c r="I305" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J305" s="1" t="s">
-        <x:v>974</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="K305" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L305" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="306" spans="1:12" ht="15" customHeight="1">
       <x:c r="A306" s="1">
         <x:v>303</x:v>
       </x:c>
       <x:c r="B306" s="1" t="s">
-        <x:v>1138</x:v>
+        <x:v>1141</x:v>
       </x:c>
       <x:c r="C306" s="1" t="s">
-        <x:v>1139</x:v>
+        <x:v>1142</x:v>
       </x:c>
       <x:c r="D306" s="1" t="s">
-        <x:v>1140</x:v>
+        <x:v>1143</x:v>
       </x:c>
       <x:c r="E306" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F306" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G306" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="H306" s="1" t="s">
-        <x:v>1141</x:v>
+        <x:v>1144</x:v>
       </x:c>
       <x:c r="I306" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J306" s="1" t="s">
-        <x:v>974</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="K306" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="L306" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="307" spans="1:12" ht="15" customHeight="1">
       <x:c r="A307" s="1">
         <x:v>304</x:v>
       </x:c>
       <x:c r="B307" s="1" t="s">
-        <x:v>792</x:v>
+        <x:v>1145</x:v>
       </x:c>
       <x:c r="C307" s="1" t="s">
-        <x:v>1142</x:v>
+        <x:v>493</x:v>
       </x:c>
       <x:c r="D307" s="1" t="s">
-        <x:v>1143</x:v>
+        <x:v>1146</x:v>
       </x:c>
       <x:c r="E307" s="1" t="s">
-        <x:v>1144</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="F307" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G307" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="H307" s="1" t="s">
-        <x:v>1145</x:v>
+        <x:v>1148</x:v>
       </x:c>
       <x:c r="I307" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J307" s="1" t="s">
-        <x:v>974</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="K307" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="L307" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="308" spans="1:12" ht="15" customHeight="1">
       <x:c r="A308" s="1">
         <x:v>305</x:v>
       </x:c>
       <x:c r="B308" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C308" s="1" t="s">
-        <x:v>1146</x:v>
+        <x:v>1149</x:v>
       </x:c>
       <x:c r="D308" s="1" t="s">
-        <x:v>1147</x:v>
+        <x:v>1150</x:v>
       </x:c>
       <x:c r="E308" s="1" t="s">
-        <x:v>695</x:v>
+        <x:v>697</x:v>
       </x:c>
       <x:c r="F308" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G308" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="H308" s="1" t="s">
-        <x:v>1148</x:v>
+        <x:v>1151</x:v>
       </x:c>
       <x:c r="I308" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J308" s="1" t="s">
-        <x:v>974</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="K308" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="L308" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="309" spans="1:12" ht="15" customHeight="1">
       <x:c r="A309" s="1">
         <x:v>306</x:v>
       </x:c>
       <x:c r="B309" s="1" t="s">
-        <x:v>1149</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="C309" s="1" t="s">
-        <x:v>487</x:v>
+        <x:v>545</x:v>
       </x:c>
       <x:c r="D309" s="1" t="s">
-        <x:v>1150</x:v>
+        <x:v>1152</x:v>
       </x:c>
       <x:c r="E309" s="1" t="s">
-        <x:v>1151</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="F309" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G309" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>851</x:v>
       </x:c>
       <x:c r="H309" s="1" t="s">
-        <x:v>1152</x:v>
+        <x:v>1153</x:v>
       </x:c>
       <x:c r="I309" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J309" s="1" t="s">
-        <x:v>974</x:v>
+        <x:v>970</x:v>
       </x:c>
       <x:c r="K309" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L309" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="310" spans="1:12" ht="15" customHeight="1">
       <x:c r="A310" s="1">
         <x:v>307</x:v>
       </x:c>
       <x:c r="B310" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C310" s="1" t="s">
-        <x:v>545</x:v>
+        <x:v>665</x:v>
       </x:c>
       <x:c r="D310" s="1" t="s">
-        <x:v>1153</x:v>
+        <x:v>1154</x:v>
       </x:c>
       <x:c r="E310" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F310" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G310" s="1" t="s">
-        <x:v>848</x:v>
+        <x:v>1155</x:v>
       </x:c>
       <x:c r="H310" s="1" t="s">
-        <x:v>1154</x:v>
+        <x:v>1156</x:v>
       </x:c>
       <x:c r="I310" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J310" s="1" t="s">
-        <x:v>974</x:v>
+        <x:v>1157</x:v>
       </x:c>
       <x:c r="K310" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L310" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="311" spans="1:12" ht="15" customHeight="1">
       <x:c r="A311" s="1">
         <x:v>308</x:v>
       </x:c>
       <x:c r="B311" s="1" t="s">
-        <x:v>1155</x:v>
+        <x:v>1158</x:v>
       </x:c>
       <x:c r="C311" s="1" t="s">
-        <x:v>1156</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="D311" s="1" t="s">
+        <x:v>1159</x:v>
+      </x:c>
+      <x:c r="E311" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="F311" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G311" s="1" t="s">
+        <x:v>851</x:v>
+      </x:c>
+      <x:c r="H311" s="1" t="s">
+        <x:v>1160</x:v>
+      </x:c>
+      <x:c r="I311" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J311" s="1" t="s">
         <x:v>1157</x:v>
       </x:c>
-      <x:c r="E311" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K311" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L311" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="312" spans="1:12" ht="15" customHeight="1">
       <x:c r="A312" s="1">
         <x:v>309</x:v>
       </x:c>
       <x:c r="B312" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="C312" s="1" t="s">
-        <x:v>660</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="D312" s="1" t="s">
-        <x:v>1159</x:v>
+        <x:v>1161</x:v>
       </x:c>
       <x:c r="E312" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F312" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G312" s="1" t="s">
-        <x:v>1160</x:v>
+        <x:v>1162</x:v>
       </x:c>
       <x:c r="H312" s="1" t="s">
-        <x:v>1161</x:v>
+        <x:v>1163</x:v>
       </x:c>
       <x:c r="I312" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J312" s="1" t="s">
-        <x:v>1162</x:v>
+        <x:v>1164</x:v>
       </x:c>
       <x:c r="K312" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="L312" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="313" spans="1:12" ht="15" customHeight="1">
       <x:c r="A313" s="1">
         <x:v>310</x:v>
       </x:c>
       <x:c r="B313" s="1" t="s">
-        <x:v>1163</x:v>
+        <x:v>1165</x:v>
       </x:c>
       <x:c r="C313" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="D313" s="1" t="s">
+        <x:v>1166</x:v>
+      </x:c>
+      <x:c r="E313" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F313" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G313" s="1" t="s">
+        <x:v>1167</x:v>
+      </x:c>
+      <x:c r="H313" s="1" t="s">
+        <x:v>1168</x:v>
+      </x:c>
+      <x:c r="I313" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J313" s="1" t="s">
         <x:v>1164</x:v>
       </x:c>
-      <x:c r="E313" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K313" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>1169</x:v>
       </x:c>
       <x:c r="L313" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="314" spans="1:12" ht="15" customHeight="1">
       <x:c r="A314" s="1">
         <x:v>311</x:v>
       </x:c>
       <x:c r="B314" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>675</x:v>
       </x:c>
       <x:c r="C314" s="1" t="s">
-        <x:v>450</x:v>
+        <x:v>862</x:v>
       </x:c>
       <x:c r="D314" s="1" t="s">
-        <x:v>1166</x:v>
+        <x:v>1170</x:v>
       </x:c>
       <x:c r="E314" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F314" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G314" s="1" t="s">
-        <x:v>1167</x:v>
+        <x:v>1171</x:v>
       </x:c>
       <x:c r="H314" s="1" t="s">
-        <x:v>1168</x:v>
+        <x:v>1172</x:v>
       </x:c>
       <x:c r="I314" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J314" s="1" t="s">
-        <x:v>1169</x:v>
+        <x:v>1164</x:v>
       </x:c>
       <x:c r="K314" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="L314" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="315" spans="1:12" ht="15" customHeight="1">
       <x:c r="A315" s="1">
         <x:v>312</x:v>
       </x:c>
       <x:c r="B315" s="1" t="s">
-        <x:v>1170</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="C315" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>993</x:v>
       </x:c>
       <x:c r="D315" s="1" t="s">
-        <x:v>1171</x:v>
+        <x:v>1173</x:v>
       </x:c>
       <x:c r="E315" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F315" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G315" s="1" t="s">
-        <x:v>1172</x:v>
+        <x:v>1174</x:v>
       </x:c>
       <x:c r="H315" s="1" t="s">
-        <x:v>1173</x:v>
+        <x:v>1175</x:v>
       </x:c>
       <x:c r="I315" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J315" s="1" t="s">
-        <x:v>1169</x:v>
+        <x:v>1176</x:v>
       </x:c>
       <x:c r="K315" s="1" t="s">
-        <x:v>1174</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L315" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="316" spans="1:12" ht="15" customHeight="1">
       <x:c r="A316" s="1">
         <x:v>313</x:v>
       </x:c>
       <x:c r="B316" s="1" t="s">
-        <x:v>673</x:v>
+        <x:v>740</x:v>
       </x:c>
       <x:c r="C316" s="1" t="s">
-        <x:v>863</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="D316" s="1" t="s">
-        <x:v>1175</x:v>
+        <x:v>1177</x:v>
       </x:c>
       <x:c r="E316" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>1147</x:v>
       </x:c>
       <x:c r="F316" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G316" s="1" t="s">
+        <x:v>1178</x:v>
+      </x:c>
+      <x:c r="H316" s="1" t="s">
+        <x:v>1179</x:v>
+      </x:c>
+      <x:c r="I316" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J316" s="1" t="s">
         <x:v>1176</x:v>
       </x:c>
-      <x:c r="H316" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="K316" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="L316" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="317" spans="1:12" ht="15" customHeight="1">
       <x:c r="A317" s="1">
         <x:v>314</x:v>
       </x:c>
       <x:c r="B317" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>773</x:v>
       </x:c>
       <x:c r="C317" s="1" t="s">
-        <x:v>994</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="D317" s="1" t="s">
-        <x:v>1178</x:v>
+        <x:v>1180</x:v>
       </x:c>
       <x:c r="E317" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F317" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G317" s="1" t="s">
-        <x:v>1179</x:v>
+        <x:v>1181</x:v>
       </x:c>
       <x:c r="H317" s="1" t="s">
-        <x:v>1180</x:v>
+        <x:v>1182</x:v>
       </x:c>
       <x:c r="I317" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J317" s="1" t="s">
-        <x:v>1181</x:v>
+        <x:v>1176</x:v>
       </x:c>
       <x:c r="K317" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L317" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="318" spans="1:12" ht="15" customHeight="1">
       <x:c r="A318" s="1">
         <x:v>315</x:v>
       </x:c>
       <x:c r="B318" s="1" t="s">
-        <x:v>741</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="C318" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>486</x:v>
       </x:c>
       <x:c r="D318" s="1" t="s">
-        <x:v>1182</x:v>
+        <x:v>1183</x:v>
       </x:c>
       <x:c r="E318" s="1" t="s">
-        <x:v>1151</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F318" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G318" s="1" t="s">
-        <x:v>1183</x:v>
+        <x:v>1184</x:v>
       </x:c>
       <x:c r="H318" s="1" t="s">
-        <x:v>1184</x:v>
+        <x:v>1185</x:v>
       </x:c>
       <x:c r="I318" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J318" s="1" t="s">
-        <x:v>1181</x:v>
+        <x:v>1176</x:v>
       </x:c>
       <x:c r="K318" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="L318" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="319" spans="1:12" ht="15" customHeight="1">
       <x:c r="A319" s="1">
         <x:v>316</x:v>
       </x:c>
       <x:c r="B319" s="1" t="s">
-        <x:v>771</x:v>
+        <x:v>1075</x:v>
       </x:c>
       <x:c r="C319" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="D319" s="1" t="s">
-        <x:v>1185</x:v>
+        <x:v>1186</x:v>
       </x:c>
       <x:c r="E319" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="F319" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G319" s="1" t="s">
-        <x:v>1186</x:v>
+        <x:v>1174</x:v>
       </x:c>
       <x:c r="H319" s="1" t="s">
         <x:v>1187</x:v>
       </x:c>
       <x:c r="I319" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J319" s="1" t="s">
-        <x:v>1181</x:v>
+        <x:v>1176</x:v>
       </x:c>
       <x:c r="K319" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>961</x:v>
       </x:c>
       <x:c r="L319" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="320" spans="1:12" ht="15" customHeight="1">
       <x:c r="A320" s="1">
         <x:v>317</x:v>
       </x:c>
       <x:c r="B320" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="C320" s="1" t="s">
-        <x:v>480</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D320" s="1" t="s">
         <x:v>1188</x:v>
       </x:c>
       <x:c r="E320" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F320" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G320" s="1" t="s">
         <x:v>1189</x:v>
       </x:c>
       <x:c r="H320" s="1" t="s">
         <x:v>1190</x:v>
       </x:c>
       <x:c r="I320" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J320" s="1" t="s">
-        <x:v>1181</x:v>
+        <x:v>1191</x:v>
       </x:c>
       <x:c r="K320" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="L320" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="321" spans="1:12" ht="15" customHeight="1">
       <x:c r="A321" s="1">
         <x:v>318</x:v>
       </x:c>
       <x:c r="B321" s="1" t="s">
-        <x:v>1077</x:v>
+        <x:v>1192</x:v>
       </x:c>
       <x:c r="C321" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>1193</x:v>
       </x:c>
       <x:c r="D321" s="1" t="s">
+        <x:v>1194</x:v>
+      </x:c>
+      <x:c r="E321" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F321" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G321" s="1" t="s">
+        <x:v>1195</x:v>
+      </x:c>
+      <x:c r="H321" s="1" t="s">
+        <x:v>1196</x:v>
+      </x:c>
+      <x:c r="I321" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J321" s="1" t="s">
         <x:v>1191</x:v>
       </x:c>
-      <x:c r="E321" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K321" s="1" t="s">
-        <x:v>966</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="L321" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="322" spans="1:12" ht="15" customHeight="1">
       <x:c r="A322" s="1">
         <x:v>319</x:v>
       </x:c>
       <x:c r="B322" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C322" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="D322" s="1" t="s">
-        <x:v>1193</x:v>
+        <x:v>1197</x:v>
       </x:c>
       <x:c r="E322" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F322" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G322" s="1" t="s">
-        <x:v>1194</x:v>
+        <x:v>1198</x:v>
       </x:c>
       <x:c r="H322" s="1" t="s">
-        <x:v>1195</x:v>
+        <x:v>1199</x:v>
       </x:c>
       <x:c r="I322" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J322" s="1" t="s">
-        <x:v>1196</x:v>
+        <x:v>1191</x:v>
       </x:c>
       <x:c r="K322" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="L322" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="323" spans="1:12" ht="15" customHeight="1">
       <x:c r="A323" s="1">
         <x:v>320</x:v>
       </x:c>
       <x:c r="B323" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>1200</x:v>
       </x:c>
       <x:c r="C323" s="1" t="s">
-        <x:v>733</x:v>
+        <x:v>482</x:v>
       </x:c>
       <x:c r="D323" s="1" t="s">
-        <x:v>1197</x:v>
+        <x:v>1201</x:v>
       </x:c>
       <x:c r="E323" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F323" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G323" s="1" t="s">
-        <x:v>1198</x:v>
+        <x:v>1202</x:v>
       </x:c>
       <x:c r="H323" s="1" t="s">
-        <x:v>1199</x:v>
+        <x:v>1203</x:v>
       </x:c>
       <x:c r="I323" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J323" s="1" t="s">
-        <x:v>1196</x:v>
+        <x:v>1191</x:v>
       </x:c>
       <x:c r="K323" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="L323" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="324" spans="1:12" ht="15" customHeight="1">
       <x:c r="A324" s="1">
         <x:v>321</x:v>
       </x:c>
       <x:c r="B324" s="1" t="s">
-        <x:v>1200</x:v>
+        <x:v>1204</x:v>
       </x:c>
       <x:c r="C324" s="1" t="s">
-        <x:v>1201</x:v>
+        <x:v>735</x:v>
       </x:c>
       <x:c r="D324" s="1" t="s">
-        <x:v>1202</x:v>
+        <x:v>1205</x:v>
       </x:c>
       <x:c r="E324" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F324" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G324" s="1" t="s">
-        <x:v>1203</x:v>
+        <x:v>1206</x:v>
       </x:c>
       <x:c r="H324" s="1" t="s">
-        <x:v>1204</x:v>
+        <x:v>1207</x:v>
       </x:c>
       <x:c r="I324" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J324" s="1" t="s">
-        <x:v>1196</x:v>
+        <x:v>1191</x:v>
       </x:c>
       <x:c r="K324" s="1" t="s">
-        <x:v>427</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L324" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="325" spans="1:12" ht="15" customHeight="1">
       <x:c r="A325" s="1">
         <x:v>322</x:v>
       </x:c>
       <x:c r="B325" s="1" t="s">
-        <x:v>1205</x:v>
+        <x:v>1208</x:v>
       </x:c>
       <x:c r="C325" s="1" t="s">
-        <x:v>476</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="D325" s="1" t="s">
-        <x:v>1206</x:v>
+        <x:v>1209</x:v>
       </x:c>
       <x:c r="E325" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F325" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G325" s="1" t="s">
-        <x:v>1207</x:v>
+        <x:v>1210</x:v>
       </x:c>
       <x:c r="H325" s="1" t="s">
-        <x:v>1208</x:v>
+        <x:v>1211</x:v>
       </x:c>
       <x:c r="I325" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J325" s="1" t="s">
-        <x:v>1196</x:v>
+        <x:v>1191</x:v>
       </x:c>
       <x:c r="K325" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>853</x:v>
       </x:c>
       <x:c r="L325" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="326" spans="1:12" ht="15" customHeight="1">
       <x:c r="A326" s="1">
         <x:v>323</x:v>
       </x:c>
       <x:c r="B326" s="1" t="s">
-        <x:v>1209</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C326" s="1" t="s">
-        <x:v>733</x:v>
+        <x:v>513</x:v>
       </x:c>
       <x:c r="D326" s="1" t="s">
+        <x:v>1212</x:v>
+      </x:c>
+      <x:c r="E326" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F326" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G326" s="1" t="s">
         <x:v>1210</x:v>
       </x:c>
-      <x:c r="E326" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H326" s="1" t="s">
-        <x:v>1212</x:v>
+        <x:v>1213</x:v>
       </x:c>
       <x:c r="I326" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J326" s="1" t="s">
-        <x:v>1196</x:v>
+        <x:v>1214</x:v>
       </x:c>
       <x:c r="K326" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L326" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="327" spans="1:12" ht="15" customHeight="1">
       <x:c r="A327" s="1">
         <x:v>324</x:v>
       </x:c>
       <x:c r="B327" s="1" t="s">
-        <x:v>1213</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C327" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="D327" s="1" t="s">
+        <x:v>1215</x:v>
+      </x:c>
+      <x:c r="E327" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F327" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G327" s="1" t="s">
+        <x:v>1216</x:v>
+      </x:c>
+      <x:c r="H327" s="1" t="s">
+        <x:v>1217</x:v>
+      </x:c>
+      <x:c r="I327" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J327" s="1" t="s">
         <x:v>1214</x:v>
       </x:c>
-      <x:c r="E327" s="1" t="s">
-[...16 lines deleted...]
-      </x:c>
       <x:c r="K327" s="1" t="s">
-        <x:v>853</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="L327" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="328" spans="1:12" ht="15" customHeight="1">
       <x:c r="A328" s="1">
         <x:v>325</x:v>
       </x:c>
       <x:c r="B328" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>1218</x:v>
       </x:c>
       <x:c r="C328" s="1" t="s">
-        <x:v>503</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="D328" s="1" t="s">
-        <x:v>1217</x:v>
+        <x:v>1219</x:v>
       </x:c>
       <x:c r="E328" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>525</x:v>
       </x:c>
       <x:c r="F328" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G328" s="1" t="s">
-        <x:v>1215</x:v>
+        <x:v>1220</x:v>
       </x:c>
       <x:c r="H328" s="1" t="s">
-        <x:v>1218</x:v>
+        <x:v>1221</x:v>
       </x:c>
       <x:c r="I328" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J328" s="1" t="s">
-        <x:v>1219</x:v>
+        <x:v>1222</x:v>
       </x:c>
       <x:c r="K328" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>966</x:v>
       </x:c>
       <x:c r="L328" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="329" spans="1:12" ht="15" customHeight="1">
       <x:c r="A329" s="1">
         <x:v>326</x:v>
       </x:c>
       <x:c r="B329" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>527</x:v>
       </x:c>
       <x:c r="C329" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="D329" s="1" t="s">
-        <x:v>1220</x:v>
+        <x:v>1223</x:v>
       </x:c>
       <x:c r="E329" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F329" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G329" s="1" t="s">
-        <x:v>1221</x:v>
+        <x:v>1224</x:v>
       </x:c>
       <x:c r="H329" s="1" t="s">
+        <x:v>1225</x:v>
+      </x:c>
+      <x:c r="I329" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J329" s="1" t="s">
         <x:v>1222</x:v>
       </x:c>
-      <x:c r="I329" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="K329" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="L329" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="330" spans="1:12" ht="15" customHeight="1">
       <x:c r="A330" s="1">
         <x:v>327</x:v>
       </x:c>
       <x:c r="B330" s="1" t="s">
-        <x:v>1223</x:v>
+        <x:v>658</x:v>
       </x:c>
       <x:c r="C330" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>566</x:v>
       </x:c>
       <x:c r="D330" s="1" t="s">
-        <x:v>1224</x:v>
+        <x:v>1226</x:v>
       </x:c>
       <x:c r="E330" s="1" t="s">
-        <x:v>527</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F330" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G330" s="1" t="s">
-        <x:v>1225</x:v>
+        <x:v>1227</x:v>
       </x:c>
       <x:c r="H330" s="1" t="s">
-        <x:v>1226</x:v>
+        <x:v>1228</x:v>
       </x:c>
       <x:c r="I330" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J330" s="1" t="s">
-        <x:v>1227</x:v>
+        <x:v>1229</x:v>
       </x:c>
       <x:c r="K330" s="1" t="s">
-        <x:v>971</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="L330" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="331" spans="1:12" ht="15" customHeight="1">
       <x:c r="A331" s="1">
         <x:v>328</x:v>
       </x:c>
       <x:c r="B331" s="1" t="s">
-        <x:v>538</x:v>
+        <x:v>1230</x:v>
       </x:c>
       <x:c r="C331" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="D331" s="1" t="s">
-        <x:v>1228</x:v>
+        <x:v>1231</x:v>
       </x:c>
       <x:c r="E331" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F331" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G331" s="1" t="s">
-        <x:v>1229</x:v>
+        <x:v>1232</x:v>
       </x:c>
       <x:c r="H331" s="1" t="s">
-        <x:v>1230</x:v>
+        <x:v>1233</x:v>
       </x:c>
       <x:c r="I331" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J331" s="1" t="s">
-        <x:v>1227</x:v>
+        <x:v>1234</x:v>
       </x:c>
       <x:c r="K331" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="L331" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="332" spans="1:12" ht="15" customHeight="1">
       <x:c r="A332" s="1">
         <x:v>329</x:v>
       </x:c>
       <x:c r="B332" s="1" t="s">
-        <x:v>656</x:v>
+        <x:v>1235</x:v>
       </x:c>
       <x:c r="C332" s="1" t="s">
-        <x:v>522</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="D332" s="1" t="s">
-        <x:v>1231</x:v>
+        <x:v>1236</x:v>
       </x:c>
       <x:c r="E332" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
       <x:c r="F332" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G332" s="1" t="s">
-        <x:v>1232</x:v>
+        <x:v>1237</x:v>
       </x:c>
       <x:c r="H332" s="1" t="s">
-        <x:v>1233</x:v>
+        <x:v>1238</x:v>
       </x:c>
       <x:c r="I332" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J332" s="1" t="s">
-        <x:v>1227</x:v>
+        <x:v>1234</x:v>
       </x:c>
       <x:c r="K332" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>1239</x:v>
       </x:c>
       <x:c r="L332" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="333" spans="1:12" ht="15" customHeight="1">
       <x:c r="A333" s="1">
         <x:v>330</x:v>
       </x:c>
       <x:c r="B333" s="1" t="s">
+        <x:v>104</x:v>
+      </x:c>
+      <x:c r="C333" s="1" t="s">
+        <x:v>1240</x:v>
+      </x:c>
+      <x:c r="D333" s="1" t="s">
+        <x:v>1241</x:v>
+      </x:c>
+      <x:c r="E333" s="1" t="s">
+        <x:v>28</x:v>
+      </x:c>
+      <x:c r="F333" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G333" s="1" t="s">
+        <x:v>1232</x:v>
+      </x:c>
+      <x:c r="H333" s="1" t="s">
+        <x:v>1242</x:v>
+      </x:c>
+      <x:c r="I333" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J333" s="1" t="s">
         <x:v>1234</x:v>
       </x:c>
-      <x:c r="C333" s="1" t="s">
-[...22 lines deleted...]
-      </x:c>
       <x:c r="K333" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="L333" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="334" spans="1:12" ht="15" customHeight="1">
       <x:c r="A334" s="1">
         <x:v>331</x:v>
       </x:c>
       <x:c r="B334" s="1" t="s">
-        <x:v>1239</x:v>
+        <x:v>1036</x:v>
       </x:c>
       <x:c r="C334" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="D334" s="1" t="s">
-        <x:v>1240</x:v>
+        <x:v>1243</x:v>
       </x:c>
       <x:c r="E334" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>42</x:v>
       </x:c>
       <x:c r="F334" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G334" s="1" t="s">
-        <x:v>1241</x:v>
+        <x:v>1232</x:v>
       </x:c>
       <x:c r="H334" s="1" t="s">
-        <x:v>1242</x:v>
+        <x:v>1244</x:v>
       </x:c>
       <x:c r="I334" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J334" s="1" t="s">
-        <x:v>1238</x:v>
+        <x:v>1245</x:v>
       </x:c>
       <x:c r="K334" s="1" t="s">
-        <x:v>1243</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="L334" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="335" spans="1:12" ht="15" customHeight="1">
       <x:c r="A335" s="1">
         <x:v>332</x:v>
       </x:c>
       <x:c r="B335" s="1" t="s">
-        <x:v>531</x:v>
+        <x:v>1246</x:v>
       </x:c>
       <x:c r="C335" s="1" t="s">
-        <x:v>1244</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D335" s="1" t="s">
-        <x:v>1245</x:v>
+        <x:v>1246</x:v>
       </x:c>
       <x:c r="E335" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F335" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>1247</x:v>
       </x:c>
       <x:c r="G335" s="1" t="s">
-        <x:v>1236</x:v>
+        <x:v>1248</x:v>
       </x:c>
       <x:c r="H335" s="1" t="s">
+        <x:v>1249</x:v>
+      </x:c>
+      <x:c r="I335" s="1" t="s">
+        <x:v>21</x:v>
+      </x:c>
+      <x:c r="J335" s="1" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="K335" s="1" t="s">
         <x:v>1246</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>120</x:v>
       </x:c>
       <x:c r="L335" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="336" spans="1:12" ht="15" customHeight="1">
       <x:c r="A336" s="1">
         <x:v>333</x:v>
       </x:c>
       <x:c r="B336" s="1" t="s">
-        <x:v>1042</x:v>
+        <x:v>1250</x:v>
       </x:c>
       <x:c r="C336" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="D336" s="1" t="s">
-        <x:v>1247</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="E336" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="F336" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>1251</x:v>
       </x:c>
       <x:c r="G336" s="1" t="s">
-        <x:v>1236</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="H336" s="1" t="s">
-        <x:v>1248</x:v>
+        <x:v>1252</x:v>
       </x:c>
       <x:c r="I336" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="J336" s="1" t="s">
-        <x:v>1249</x:v>
+        <x:v>1253</x:v>
       </x:c>
       <x:c r="K336" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="L336" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="337" spans="1:12" ht="15" customHeight="1">
-      <x:c r="A337" s="1">
-[...75 lines deleted...]
-      <x:c r="A339" s="2" t="s">
+      <x:c r="A337" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="B339" s="2" t="s">
+      <x:c r="B337" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C339" s="2" t="s">
+      <x:c r="C337" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D339" s="2" t="s">
+      <x:c r="D337" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E339" s="2" t="s">
+      <x:c r="E337" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F339" s="2" t="s">
+      <x:c r="F337" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G339" s="2" t="s">
+      <x:c r="G337" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="H339" s="2" t="s">
+      <x:c r="H337" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I339" s="2" t="s">
+      <x:c r="I337" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="J339" s="2" t="s">
+      <x:c r="J337" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="K339" s="2" t="s">
+      <x:c r="K337" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="L339" s="2" t="s">
+      <x:c r="L337" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:L1"/>
     <x:mergeCell ref="A2:L2"/>
-    <x:mergeCell ref="A339:L339"/>
+    <x:mergeCell ref="A337:L337"/>
   </x:mergeCells>
 </x:worksheet>
 </file>