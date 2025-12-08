--- v0 (2025-12-05)
+++ v1 (2025-12-08)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf197ac36c28c410c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc439b97021a34e55" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="BUZZ_asof_20251204" sheetId="1" r:id="R5c83edc7a0cd47f7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="BUZZ_asof_20251204" sheetId="1" r:id="R96b48e851d0c43e2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="652" uniqueCount="464">
   <x:si>
     <x:t>Daily Holdings (%)  12/04/2025</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
@@ -1459,51 +1459,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R61d9b4fa1c7b4c56" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R9c8dd949846c4834" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R5c83edc7a0cd47f7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d6bf36f857448df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R232f6eadcc204994" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R96b48e851d0c43e2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I81"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="48" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="13" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">