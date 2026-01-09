--- v1 (2025-12-08)
+++ v2 (2026-01-09)
@@ -1,1437 +1,1437 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc439b97021a34e55" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e42cf213e484f8d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="BUZZ_asof_20251204" sheetId="1" r:id="R96b48e851d0c43e2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="BUZZ_asof_20260108" sheetId="1" r:id="Rf4c296778e93438e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="652" uniqueCount="464">
   <x:si>
-    <x:t>Daily Holdings (%)  12/04/2025</x:t>
+    <x:t>Daily Holdings (%)  01/08/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
+    <x:t>ASTS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ast Spacemobile Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Q402TR2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39,612</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stock</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,587,262.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t> -- </x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GOOGL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alphabet Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG009S39JX6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,745</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,496,852.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IREN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Iren Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG010J28KQ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>76,402</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,490,043.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NBIS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yandex Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001NVJ6W4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>35,608</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,464,658.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SOFI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sofi Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YB1ZD58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>124,016</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,437,723.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NVDA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nvidia Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBJQV0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,555</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,433,417.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>META US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Meta Platforms Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000MM2P62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,143</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,322,686.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.98%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GME US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gamestop Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BB5BF6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>153,579</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,289,662.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.95%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TSLA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tesla Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000N9MNX3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,512</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,273,729.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.94%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INTC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intel Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C0G1D1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>79,567</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,270,999.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.93%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PLTR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Palantir Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000N7QR55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,901</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,165,970.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.84%</x:t>
+  </x:si>
+  <x:si>
     <x:t>APLD US</x:t>
   </x:si>
   <x:si>
     <x:t>Applied Digital Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DSJYS8</x:t>
   </x:si>
   <x:si>
-    <x:t>138,759</x:t>
-[...11 lines deleted...]
-    <x:t>3.82%</x:t>
+    <x:t>98,957</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,160,686.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMZN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amazon.Com Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BVPV84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,672</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,120,986.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Advanced Micro Devices Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBQCY0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,161</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,103,153.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.78%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OPEN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Opendoor Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00SHY8ZQ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>476,192</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,061,914.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MSTR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Strategy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000GQJPZ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,315</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,058,055.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORCL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oracle Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQLTW7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,695</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,968,709.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.66%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NFLX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Netflix Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CL9VN6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32,347</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,928,373.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HOOD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Robinhood Markets Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG008NMBXN8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,474</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,708,664.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RKLB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rocket Lab Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V7JN3F3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,905</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,484,507.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AAPL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Apple Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000B9XRY4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,458</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,190,960.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.96%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PATH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Uipath Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GKS1G03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>120,394</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,032,250.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RIVN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rivian Automotive Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00741Y1N2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92,351</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,836,861.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HIMS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hims &amp; Hers Health Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Q53VYM7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>52,716</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,785,490.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SMCI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Super Micro Computer Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000MYZDJ3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>59,204</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,770,199.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MSFT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Microsoft Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BPH459</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,657</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,748,448.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PYPL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Paypal Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0077VNXV6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,463</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,658,539.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sentinelone Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00B6F2F09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>98,232</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,505,896.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Unitedhealth Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CH5208</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,327</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,500,819.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVGO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Broadcom Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KHY5S69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,445</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,477,873.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MU US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Micron Technology Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C5Z1S3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,469</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,461,452.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CVNA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Carvana Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GCTWDJ3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,212</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,421,566.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SOUN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Soundhound Ai Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG017304ND0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>116,330</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,281,956.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Boeing Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BCSST7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,297</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,204,431.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.08%</x:t>
   </x:si>
   <x:si>
     <x:t>RGTI US</x:t>
   </x:si>
   <x:si>
     <x:t>Rigetti Computing Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Z911S16</x:t>
   </x:si>
   <x:si>
-    <x:t>126,973</x:t>
-[...380 lines deleted...]
-    <x:t>1.90%</x:t>
+    <x:t>46,465</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,173,241.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quantumscape Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VJ17DS2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>106,081</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,155,222.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACHR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Archer Aviation Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XRTC910</x:t>
+  </x:si>
+  <x:si>
+    <x:t>127,438</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,109,984.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COIN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coinbase Global Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZGF7771</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$982,360.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IONQ US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ionq Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XZP0LB4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$903,155.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.81%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LULU US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lululemon Athletica Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000R8ZVD1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,060</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$861,410.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.77%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CRM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Salesforce.Com Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BN2DC2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,216</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$837,864.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADBE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Adobe Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BB5006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,450</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$830,648.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CELH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Celsius Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000NY37X4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,531</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$796,429.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.71%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DASH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Doordash Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG005D7QCJ3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,509</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$786,366.90</x:t>
   </x:si>
   <x:si>
     <x:t>DKNG US</x:t>
   </x:si>
   <x:si>
     <x:t>Draftkings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0134WCM78</x:t>
   </x:si>
   <x:si>
-    <x:t>58,245</x:t>
-[...23 lines deleted...]
-    <x:t>1.76%</x:t>
+    <x:t>21,692</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$780,478.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TTD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trade Desk Inc/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00629NGT2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,137</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$751,110.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.67%</x:t>
   </x:si>
   <x:si>
     <x:t>QBTS US</x:t>
   </x:si>
   <x:si>
     <x:t>D-Wave Quantum Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0192379V9</x:t>
   </x:si>
   <x:si>
-    <x:t>68,126</x:t>
-[...131 lines deleted...]
-    <x:t>1.12%</x:t>
+    <x:t>23,438</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$686,264.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MRVL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marvell Technology Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZXBJ153</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,016</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$668,454.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UBER US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Uber Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG002B04MT8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,205</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$631,085.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XYZ US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Block Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0018SLC07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,630</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$605,480.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WMT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Walmart Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BWXBC2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,159</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$583,328.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RDDT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Reddit Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG005K1D4S0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,293</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$582,307.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SNOW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Snowflake Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG007DHGNJ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,586</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$578,720.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PEP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pepsico Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DH7JK6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,104</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$571,974.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JPM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jpmorgan Chase &amp; Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DMBXR2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,720</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$567,238.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LLY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eli Lilly &amp; Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BNBDC2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>511</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$554,532.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
   </x:si>
   <x:si>
     <x:t>OKLO US</x:t>
   </x:si>
   <x:si>
     <x:t>Oklo Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0112CBLW3</x:t>
   </x:si>
   <x:si>
-    <x:t>10,812</x:t>
-[...41 lines deleted...]
-    <x:t>0.97%</x:t>
+    <x:t>5,556</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$542,265.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TGT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Target Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000H8TVT2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,908</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$521,867.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.47%</x:t>
   </x:si>
   <x:si>
     <x:t>SNAP US</x:t>
   </x:si>
   <x:si>
     <x:t>Snap Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00441QMJ7</x:t>
   </x:si>
   <x:si>
-    <x:t>137,302</x:t>
-[...59 lines deleted...]
-    <x:t>0.76%</x:t>
+    <x:t>60,682</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$509,728.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bloom Energy Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000N7KBZ3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,138</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$504,173.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.45%</x:t>
   </x:si>
   <x:si>
     <x:t>MP US</x:t>
   </x:si>
   <x:si>
     <x:t>Mp Materials Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00TJGL0F0</x:t>
   </x:si>
   <x:si>
-    <x:t>13,780</x:t>
-[...77 lines deleted...]
-    <x:t>0.63%</x:t>
+    <x:t>7,736</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$472,360.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COST US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Costco Wholesale Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000F6H8W8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>512</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$468,638.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PFE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pfizer Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BR2B91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,410</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$465,588.90</x:t>
   </x:si>
   <x:si>
     <x:t>DUOL US</x:t>
   </x:si>
   <x:si>
     <x:t>Duolingo Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG003D4V951</x:t>
   </x:si>
   <x:si>
-    <x:t>3,729</x:t>
-[...89 lines deleted...]
-    <x:t>0.54%</x:t>
+    <x:t>2,609</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$453,626.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DIS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Walt Disney Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BH4R78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,529</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$402,905.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>U US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Unity Software Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0056JW5G6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,787</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$397,875.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Barrick Mining Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BB07P9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,133</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$385,829.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NET US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cloudflare Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001WMKHH5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,970</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$368,311.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RIOT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Riot Platforms Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQ4512</x:t>
+  </x:si>
+  <x:si>
+    <x:t>23,549</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$356,296.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32%</x:t>
   </x:si>
   <x:si>
     <x:t>RKT US</x:t>
   </x:si>
   <x:si>
     <x:t>Rocket Cos Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00VY1MYW7</x:t>
   </x:si>
   <x:si>
-    <x:t>31,352</x:t>
-[...2 lines deleted...]
-    <x:t>$607,915.28</x:t>
+    <x:t>16,684</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$354,368.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MRNA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Moderna Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG003PHHZT1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,647</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$326,647.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>First Majestic Silver Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CH7WB8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,608</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$315,183.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28%</x:t>
   </x:si>
   <x:si>
     <x:t>GM US</x:t>
   </x:si>
   <x:si>
     <x:t>General Motors Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000NDYB67</x:t>
   </x:si>
   <x:si>
-    <x:t>8,005</x:t>
-[...74 lines deleted...]
-    <x:t>0.48%</x:t>
+    <x:t>3,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$306,468.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27%</x:t>
   </x:si>
   <x:si>
     <x:t>APP US</x:t>
   </x:si>
   <x:si>
     <x:t>Applovin Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG006HFPX77</x:t>
   </x:si>
   <x:si>
-    <x:t>780</x:t>
-[...293 lines deleted...]
-    <x:t>$294,224.72</x:t>
+    <x:t>465</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$286,686.45</x:t>
   </x:si>
   <x:si>
     <x:t>0.26%</x:t>
   </x:si>
   <x:si>
+    <x:t>DELL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dell Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DW3SZS1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,372</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$281,082.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25%</x:t>
+  </x:si>
+  <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>54,056</x:t>
+    <x:t>100,105</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$54,055.53</x:t>
-[...2 lines deleted...]
-    <x:t>0.05%</x:t>
+    <x:t>$100,104.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.09%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$11,535.33</x:t>
-[...2 lines deleted...]
-    <x:t>0.01%</x:t>
+    <x:t>$2,704.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1459,60 +1459,60 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8d6bf36f857448df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R232f6eadcc204994" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R96b48e851d0c43e2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3821858b9dbc4ff4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rcef2056fdd83470e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf4c296778e93438e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I81"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
-    <x:col min="3" max="3" width="48" customWidth="1"/>
+    <x:col min="3" max="3" width="36" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="13" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F1" s="2" t="s">
@@ -2402,631 +2402,631 @@
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
         <x:v>184</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
+      <x:c r="D33" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
-      <x:c r="D33" s="1" t="s">
+      <x:c r="E33" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
-      <x:c r="E33" s="1" t="s">
+      <x:c r="F33" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
         <x:v>189</x:v>
       </x:c>
-      <x:c r="F33" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G33" s="1" t="s">
+      <x:c r="H33" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I33" s="1" t="s">
         <x:v>190</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
-      <x:c r="C34" s="1" t="s">
+      <x:c r="D34" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
-      <x:c r="D34" s="1" t="s">
+      <x:c r="E34" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
-      <x:c r="E34" s="1" t="s">
+      <x:c r="F34" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G34" s="1" t="s">
         <x:v>195</x:v>
       </x:c>
-      <x:c r="F34" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G34" s="1" t="s">
+      <x:c r="H34" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I34" s="1" t="s">
         <x:v>196</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
-      <x:c r="C35" s="1" t="s">
+      <x:c r="D35" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
-      <x:c r="D35" s="1" t="s">
+      <x:c r="E35" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
-      <x:c r="E35" s="1" t="s">
+      <x:c r="F35" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
         <x:v>201</x:v>
       </x:c>
-      <x:c r="F35" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G35" s="1" t="s">
+      <x:c r="H35" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I35" s="1" t="s">
         <x:v>202</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
         <x:v>204</x:v>
       </x:c>
-      <x:c r="C36" s="1" t="s">
+      <x:c r="D36" s="1" t="s">
         <x:v>205</x:v>
       </x:c>
-      <x:c r="D36" s="1" t="s">
+      <x:c r="E36" s="1" t="s">
         <x:v>206</x:v>
       </x:c>
-      <x:c r="E36" s="1" t="s">
+      <x:c r="F36" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G36" s="1" t="s">
         <x:v>207</x:v>
       </x:c>
-      <x:c r="F36" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G36" s="1" t="s">
+      <x:c r="H36" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I36" s="1" t="s">
         <x:v>208</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
         <x:v>210</x:v>
       </x:c>
-      <x:c r="C37" s="1" t="s">
+      <x:c r="D37" s="1" t="s">
         <x:v>211</x:v>
       </x:c>
-      <x:c r="D37" s="1" t="s">
+      <x:c r="E37" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
-      <x:c r="E37" s="1" t="s">
+      <x:c r="F37" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G37" s="1" t="s">
         <x:v>213</x:v>
       </x:c>
-      <x:c r="F37" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G37" s="1" t="s">
+      <x:c r="H37" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I37" s="1" t="s">
         <x:v>214</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
-      <x:c r="C38" s="1" t="s">
+      <x:c r="D38" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
-      <x:c r="D38" s="1" t="s">
+      <x:c r="E38" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
-      <x:c r="E38" s="1" t="s">
+      <x:c r="F38" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G38" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
-      <x:c r="F38" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G38" s="1" t="s">
+      <x:c r="H38" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I38" s="1" t="s">
         <x:v>220</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="C39" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
-      <x:c r="C39" s="1" t="s">
+      <x:c r="D39" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
-      <x:c r="D39" s="1" t="s">
+      <x:c r="E39" s="1" t="s">
         <x:v>224</x:v>
       </x:c>
-      <x:c r="E39" s="1" t="s">
+      <x:c r="F39" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G39" s="1" t="s">
         <x:v>225</x:v>
       </x:c>
-      <x:c r="F39" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G39" s="1" t="s">
+      <x:c r="H39" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I39" s="1" t="s">
         <x:v>226</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="C40" s="1" t="s">
         <x:v>228</x:v>
       </x:c>
-      <x:c r="C40" s="1" t="s">
+      <x:c r="D40" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
-      <x:c r="D40" s="1" t="s">
+      <x:c r="E40" s="1" t="s">
         <x:v>230</x:v>
       </x:c>
-      <x:c r="E40" s="1" t="s">
+      <x:c r="F40" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
         <x:v>231</x:v>
       </x:c>
-      <x:c r="F40" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G40" s="1" t="s">
+      <x:c r="H40" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I40" s="1" t="s">
         <x:v>232</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="C41" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
-      <x:c r="C41" s="1" t="s">
+      <x:c r="D41" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
-      <x:c r="D41" s="1" t="s">
+      <x:c r="E41" s="1" t="s">
         <x:v>236</x:v>
       </x:c>
-      <x:c r="E41" s="1" t="s">
+      <x:c r="F41" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G41" s="1" t="s">
         <x:v>237</x:v>
       </x:c>
-      <x:c r="F41" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G41" s="1" t="s">
+      <x:c r="H41" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I41" s="1" t="s">
         <x:v>238</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="C42" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
-      <x:c r="C42" s="1" t="s">
+      <x:c r="D42" s="1" t="s">
         <x:v>241</x:v>
       </x:c>
-      <x:c r="D42" s="1" t="s">
+      <x:c r="E42" s="1" t="s">
         <x:v>242</x:v>
       </x:c>
-      <x:c r="E42" s="1" t="s">
+      <x:c r="F42" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G42" s="1" t="s">
         <x:v>243</x:v>
       </x:c>
-      <x:c r="F42" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G42" s="1" t="s">
+      <x:c r="H42" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I42" s="1" t="s">
         <x:v>244</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="C43" s="1" t="s">
         <x:v>246</x:v>
       </x:c>
-      <x:c r="C43" s="1" t="s">
+      <x:c r="D43" s="1" t="s">
         <x:v>247</x:v>
       </x:c>
-      <x:c r="D43" s="1" t="s">
+      <x:c r="E43" s="1" t="s">
         <x:v>248</x:v>
       </x:c>
-      <x:c r="E43" s="1" t="s">
+      <x:c r="F43" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G43" s="1" t="s">
         <x:v>249</x:v>
       </x:c>
-      <x:c r="F43" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G43" s="1" t="s">
+      <x:c r="H43" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I43" s="1" t="s">
         <x:v>250</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>251</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="C44" s="1" t="s">
         <x:v>252</x:v>
       </x:c>
-      <x:c r="C44" s="1" t="s">
+      <x:c r="D44" s="1" t="s">
         <x:v>253</x:v>
       </x:c>
-      <x:c r="D44" s="1" t="s">
+      <x:c r="E44" s="1" t="s">
         <x:v>254</x:v>
       </x:c>
-      <x:c r="E44" s="1" t="s">
+      <x:c r="F44" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G44" s="1" t="s">
         <x:v>255</x:v>
       </x:c>
-      <x:c r="F44" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G44" s="1" t="s">
+      <x:c r="H44" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I44" s="1" t="s">
         <x:v>256</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="C45" s="1" t="s">
         <x:v>258</x:v>
       </x:c>
-      <x:c r="C45" s="1" t="s">
+      <x:c r="D45" s="1" t="s">
         <x:v>259</x:v>
       </x:c>
-      <x:c r="D45" s="1" t="s">
+      <x:c r="E45" s="1" t="s">
         <x:v>260</x:v>
       </x:c>
-      <x:c r="E45" s="1" t="s">
+      <x:c r="F45" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G45" s="1" t="s">
         <x:v>261</x:v>
       </x:c>
-      <x:c r="F45" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G45" s="1" t="s">
+      <x:c r="H45" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I45" s="1" t="s">
         <x:v>262</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>263</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="C46" s="1" t="s">
         <x:v>264</x:v>
       </x:c>
-      <x:c r="C46" s="1" t="s">
+      <x:c r="D46" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
-      <x:c r="D46" s="1" t="s">
+      <x:c r="E46" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
-      <x:c r="E46" s="1" t="s">
+      <x:c r="F46" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G46" s="1" t="s">
         <x:v>267</x:v>
       </x:c>
-      <x:c r="F46" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G46" s="1" t="s">
+      <x:c r="H46" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I46" s="1" t="s">
         <x:v>268</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="C47" s="1" t="s">
         <x:v>270</x:v>
       </x:c>
-      <x:c r="C47" s="1" t="s">
+      <x:c r="D47" s="1" t="s">
         <x:v>271</x:v>
       </x:c>
-      <x:c r="D47" s="1" t="s">
+      <x:c r="E47" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
-      <x:c r="E47" s="1" t="s">
+      <x:c r="F47" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G47" s="1" t="s">
         <x:v>273</x:v>
       </x:c>
-      <x:c r="F47" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H47" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
+        <x:v>274</x:v>
+      </x:c>
+      <x:c r="C48" s="1" t="s">
+        <x:v>275</x:v>
+      </x:c>
+      <x:c r="D48" s="1" t="s">
         <x:v>276</x:v>
       </x:c>
-      <x:c r="C48" s="1" t="s">
+      <x:c r="E48" s="1" t="s">
         <x:v>277</x:v>
       </x:c>
-      <x:c r="D48" s="1" t="s">
+      <x:c r="F48" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G48" s="1" t="s">
         <x:v>278</x:v>
       </x:c>
-      <x:c r="E48" s="1" t="s">
+      <x:c r="H48" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I48" s="1" t="s">
         <x:v>279</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
+        <x:v>280</x:v>
+      </x:c>
+      <x:c r="C49" s="1" t="s">
+        <x:v>281</x:v>
+      </x:c>
+      <x:c r="D49" s="1" t="s">
         <x:v>282</x:v>
       </x:c>
-      <x:c r="C49" s="1" t="s">
+      <x:c r="E49" s="1" t="s">
         <x:v>283</x:v>
       </x:c>
-      <x:c r="D49" s="1" t="s">
+      <x:c r="F49" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G49" s="1" t="s">
         <x:v>284</x:v>
       </x:c>
-      <x:c r="E49" s="1" t="s">
+      <x:c r="H49" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I49" s="1" t="s">
         <x:v>285</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="C50" s="1" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="D50" s="1" t="s">
         <x:v>288</x:v>
       </x:c>
-      <x:c r="C50" s="1" t="s">
+      <x:c r="E50" s="1" t="s">
         <x:v>289</x:v>
       </x:c>
-      <x:c r="D50" s="1" t="s">
+      <x:c r="F50" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G50" s="1" t="s">
         <x:v>290</x:v>
       </x:c>
-      <x:c r="E50" s="1" t="s">
+      <x:c r="H50" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I50" s="1" t="s">
         <x:v>291</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="C51" s="1" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="D51" s="1" t="s">
         <x:v>294</x:v>
       </x:c>
-      <x:c r="C51" s="1" t="s">
+      <x:c r="E51" s="1" t="s">
         <x:v>295</x:v>
       </x:c>
-      <x:c r="D51" s="1" t="s">
+      <x:c r="F51" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G51" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
-      <x:c r="E51" s="1" t="s">
+      <x:c r="H51" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I51" s="1" t="s">
         <x:v>297</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
         <x:v>299</x:v>
       </x:c>
-      <x:c r="C52" s="1" t="s">
+      <x:c r="D52" s="1" t="s">
         <x:v>300</x:v>
       </x:c>
-      <x:c r="D52" s="1" t="s">
+      <x:c r="E52" s="1" t="s">
         <x:v>301</x:v>
       </x:c>
-      <x:c r="E52" s="1" t="s">
+      <x:c r="F52" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G52" s="1" t="s">
         <x:v>302</x:v>
       </x:c>
-      <x:c r="F52" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G52" s="1" t="s">
+      <x:c r="H52" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I52" s="1" t="s">
         <x:v>303</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>293</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="H53" s="1" t="s">
@@ -3098,602 +3098,602 @@
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="C57" s="1" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="C57" s="1" t="s">
+      <x:c r="D57" s="1" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="D57" s="1" t="s">
+      <x:c r="E57" s="1" t="s">
         <x:v>329</x:v>
       </x:c>
-      <x:c r="E57" s="1" t="s">
+      <x:c r="F57" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G57" s="1" t="s">
         <x:v>330</x:v>
       </x:c>
-      <x:c r="F57" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G57" s="1" t="s">
+      <x:c r="H57" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I57" s="1" t="s">
         <x:v>331</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="C58" s="1" t="s">
         <x:v>333</x:v>
       </x:c>
-      <x:c r="C58" s="1" t="s">
+      <x:c r="D58" s="1" t="s">
         <x:v>334</x:v>
       </x:c>
-      <x:c r="D58" s="1" t="s">
+      <x:c r="E58" s="1" t="s">
         <x:v>335</x:v>
       </x:c>
-      <x:c r="E58" s="1" t="s">
+      <x:c r="F58" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G58" s="1" t="s">
         <x:v>336</x:v>
       </x:c>
-      <x:c r="F58" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H58" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
+        <x:v>337</x:v>
+      </x:c>
+      <x:c r="C59" s="1" t="s">
+        <x:v>338</x:v>
+      </x:c>
+      <x:c r="D59" s="1" t="s">
         <x:v>339</x:v>
       </x:c>
-      <x:c r="C59" s="1" t="s">
+      <x:c r="E59" s="1" t="s">
         <x:v>340</x:v>
       </x:c>
-      <x:c r="D59" s="1" t="s">
+      <x:c r="F59" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G59" s="1" t="s">
         <x:v>341</x:v>
       </x:c>
-      <x:c r="E59" s="1" t="s">
+      <x:c r="H59" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I59" s="1" t="s">
         <x:v>342</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>338</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="C60" s="1" t="s">
         <x:v>344</x:v>
       </x:c>
-      <x:c r="C60" s="1" t="s">
+      <x:c r="D60" s="1" t="s">
         <x:v>345</x:v>
       </x:c>
-      <x:c r="D60" s="1" t="s">
+      <x:c r="E60" s="1" t="s">
         <x:v>346</x:v>
       </x:c>
-      <x:c r="E60" s="1" t="s">
+      <x:c r="F60" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G60" s="1" t="s">
         <x:v>347</x:v>
       </x:c>
-      <x:c r="F60" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G60" s="1" t="s">
+      <x:c r="H60" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I60" s="1" t="s">
         <x:v>348</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>349</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
+        <x:v>349</x:v>
+      </x:c>
+      <x:c r="C61" s="1" t="s">
         <x:v>350</x:v>
       </x:c>
-      <x:c r="C61" s="1" t="s">
+      <x:c r="D61" s="1" t="s">
         <x:v>351</x:v>
       </x:c>
-      <x:c r="D61" s="1" t="s">
+      <x:c r="E61" s="1" t="s">
         <x:v>352</x:v>
       </x:c>
-      <x:c r="E61" s="1" t="s">
+      <x:c r="F61" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G61" s="1" t="s">
         <x:v>353</x:v>
       </x:c>
-      <x:c r="F61" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G61" s="1" t="s">
+      <x:c r="H61" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I61" s="1" t="s">
         <x:v>354</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>355</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
+        <x:v>355</x:v>
+      </x:c>
+      <x:c r="C62" s="1" t="s">
         <x:v>356</x:v>
       </x:c>
-      <x:c r="C62" s="1" t="s">
+      <x:c r="D62" s="1" t="s">
         <x:v>357</x:v>
       </x:c>
-      <x:c r="D62" s="1" t="s">
+      <x:c r="E62" s="1" t="s">
         <x:v>358</x:v>
       </x:c>
-      <x:c r="E62" s="1" t="s">
+      <x:c r="F62" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G62" s="1" t="s">
         <x:v>359</x:v>
       </x:c>
-      <x:c r="F62" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G62" s="1" t="s">
+      <x:c r="H62" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I62" s="1" t="s">
         <x:v>360</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>361</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
+        <x:v>361</x:v>
+      </x:c>
+      <x:c r="C63" s="1" t="s">
         <x:v>362</x:v>
       </x:c>
-      <x:c r="C63" s="1" t="s">
+      <x:c r="D63" s="1" t="s">
         <x:v>363</x:v>
       </x:c>
-      <x:c r="D63" s="1" t="s">
+      <x:c r="E63" s="1" t="s">
         <x:v>364</x:v>
       </x:c>
-      <x:c r="E63" s="1" t="s">
+      <x:c r="F63" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G63" s="1" t="s">
         <x:v>365</x:v>
       </x:c>
-      <x:c r="F63" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G63" s="1" t="s">
+      <x:c r="H63" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I63" s="1" t="s">
         <x:v>366</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="C64" s="1" t="s">
         <x:v>368</x:v>
       </x:c>
-      <x:c r="C64" s="1" t="s">
+      <x:c r="D64" s="1" t="s">
         <x:v>369</x:v>
       </x:c>
-      <x:c r="D64" s="1" t="s">
+      <x:c r="E64" s="1" t="s">
         <x:v>370</x:v>
       </x:c>
-      <x:c r="E64" s="1" t="s">
+      <x:c r="F64" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G64" s="1" t="s">
         <x:v>371</x:v>
       </x:c>
-      <x:c r="F64" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G64" s="1" t="s">
+      <x:c r="H64" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I64" s="1" t="s">
         <x:v>372</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>373</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
+        <x:v>373</x:v>
+      </x:c>
+      <x:c r="C65" s="1" t="s">
         <x:v>374</x:v>
       </x:c>
-      <x:c r="C65" s="1" t="s">
+      <x:c r="D65" s="1" t="s">
         <x:v>375</x:v>
       </x:c>
-      <x:c r="D65" s="1" t="s">
+      <x:c r="E65" s="1" t="s">
         <x:v>376</x:v>
       </x:c>
-      <x:c r="E65" s="1" t="s">
+      <x:c r="F65" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G65" s="1" t="s">
         <x:v>377</x:v>
       </x:c>
-      <x:c r="F65" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H65" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I65" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>372</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:9" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
+        <x:v>378</x:v>
+      </x:c>
+      <x:c r="C66" s="1" t="s">
+        <x:v>379</x:v>
+      </x:c>
+      <x:c r="D66" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
-      <x:c r="C66" s="1" t="s">
+      <x:c r="E66" s="1" t="s">
         <x:v>381</x:v>
       </x:c>
-      <x:c r="D66" s="1" t="s">
+      <x:c r="F66" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G66" s="1" t="s">
         <x:v>382</x:v>
       </x:c>
-      <x:c r="E66" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H66" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I66" s="1" t="s">
-        <x:v>379</x:v>
+        <x:v>372</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:9" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
+        <x:v>383</x:v>
+      </x:c>
+      <x:c r="C67" s="1" t="s">
+        <x:v>384</x:v>
+      </x:c>
+      <x:c r="D67" s="1" t="s">
         <x:v>385</x:v>
       </x:c>
-      <x:c r="C67" s="1" t="s">
+      <x:c r="E67" s="1" t="s">
         <x:v>386</x:v>
       </x:c>
-      <x:c r="D67" s="1" t="s">
+      <x:c r="F67" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G67" s="1" t="s">
         <x:v>387</x:v>
       </x:c>
-      <x:c r="E67" s="1" t="s">
+      <x:c r="H67" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I67" s="1" t="s">
         <x:v>388</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>390</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:9" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
+        <x:v>389</x:v>
+      </x:c>
+      <x:c r="C68" s="1" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="D68" s="1" t="s">
         <x:v>391</x:v>
       </x:c>
-      <x:c r="C68" s="1" t="s">
+      <x:c r="E68" s="1" t="s">
         <x:v>392</x:v>
       </x:c>
-      <x:c r="D68" s="1" t="s">
+      <x:c r="F68" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G68" s="1" t="s">
         <x:v>393</x:v>
       </x:c>
-      <x:c r="E68" s="1" t="s">
+      <x:c r="H68" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I68" s="1" t="s">
         <x:v>394</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>390</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:9" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="C69" s="1" t="s">
         <x:v>396</x:v>
       </x:c>
-      <x:c r="C69" s="1" t="s">
+      <x:c r="D69" s="1" t="s">
         <x:v>397</x:v>
       </x:c>
-      <x:c r="D69" s="1" t="s">
+      <x:c r="E69" s="1" t="s">
         <x:v>398</x:v>
       </x:c>
-      <x:c r="E69" s="1" t="s">
+      <x:c r="F69" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G69" s="1" t="s">
         <x:v>399</x:v>
       </x:c>
-      <x:c r="F69" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H69" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I69" s="1" t="s">
-        <x:v>401</x:v>
+        <x:v>394</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:9" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
+        <x:v>400</x:v>
+      </x:c>
+      <x:c r="C70" s="1" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="D70" s="1" t="s">
         <x:v>402</x:v>
       </x:c>
-      <x:c r="C70" s="1" t="s">
+      <x:c r="E70" s="1" t="s">
         <x:v>403</x:v>
       </x:c>
-      <x:c r="D70" s="1" t="s">
+      <x:c r="F70" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G70" s="1" t="s">
         <x:v>404</x:v>
       </x:c>
-      <x:c r="E70" s="1" t="s">
+      <x:c r="H70" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I70" s="1" t="s">
         <x:v>405</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>407</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:9" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="C71" s="1" t="s">
+        <x:v>407</x:v>
+      </x:c>
+      <x:c r="D71" s="1" t="s">
         <x:v>408</x:v>
       </x:c>
-      <x:c r="C71" s="1" t="s">
+      <x:c r="E71" s="1" t="s">
         <x:v>409</x:v>
       </x:c>
-      <x:c r="D71" s="1" t="s">
+      <x:c r="F71" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G71" s="1" t="s">
         <x:v>410</x:v>
       </x:c>
-      <x:c r="E71" s="1" t="s">
+      <x:c r="H71" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I71" s="1" t="s">
         <x:v>411</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>407</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:9" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
+        <x:v>412</x:v>
+      </x:c>
+      <x:c r="C72" s="1" t="s">
         <x:v>413</x:v>
       </x:c>
-      <x:c r="C72" s="1" t="s">
+      <x:c r="D72" s="1" t="s">
         <x:v>414</x:v>
       </x:c>
-      <x:c r="D72" s="1" t="s">
+      <x:c r="E72" s="1" t="s">
         <x:v>415</x:v>
       </x:c>
-      <x:c r="E72" s="1" t="s">
+      <x:c r="F72" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G72" s="1" t="s">
         <x:v>416</x:v>
       </x:c>
-      <x:c r="F72" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G72" s="1" t="s">
+      <x:c r="H72" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I72" s="1" t="s">
         <x:v>417</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>418</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:9" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
+        <x:v>418</x:v>
+      </x:c>
+      <x:c r="C73" s="1" t="s">
         <x:v>419</x:v>
       </x:c>
-      <x:c r="C73" s="1" t="s">
+      <x:c r="D73" s="1" t="s">
         <x:v>420</x:v>
       </x:c>
-      <x:c r="D73" s="1" t="s">
+      <x:c r="E73" s="1" t="s">
         <x:v>421</x:v>
       </x:c>
-      <x:c r="E73" s="1" t="s">
+      <x:c r="F73" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G73" s="1" t="s">
         <x:v>422</x:v>
       </x:c>
-      <x:c r="F73" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H73" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I73" s="1" t="s">
-        <x:v>418</x:v>
+        <x:v>417</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:9" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
+        <x:v>423</x:v>
+      </x:c>
+      <x:c r="C74" s="1" t="s">
         <x:v>424</x:v>
       </x:c>
-      <x:c r="C74" s="1" t="s">
+      <x:c r="D74" s="1" t="s">
         <x:v>425</x:v>
       </x:c>
-      <x:c r="D74" s="1" t="s">
+      <x:c r="E74" s="1" t="s">
         <x:v>426</x:v>
       </x:c>
-      <x:c r="E74" s="1" t="s">
+      <x:c r="F74" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G74" s="1" t="s">
         <x:v>427</x:v>
       </x:c>
-      <x:c r="F74" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G74" s="1" t="s">
+      <x:c r="H74" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I74" s="1" t="s">
         <x:v>428</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:9" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
+        <x:v>429</x:v>
+      </x:c>
+      <x:c r="C75" s="1" t="s">
         <x:v>430</x:v>
       </x:c>
-      <x:c r="C75" s="1" t="s">
+      <x:c r="D75" s="1" t="s">
         <x:v>431</x:v>
       </x:c>
-      <x:c r="D75" s="1" t="s">
+      <x:c r="E75" s="1" t="s">
         <x:v>432</x:v>
       </x:c>
-      <x:c r="E75" s="1" t="s">
+      <x:c r="F75" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G75" s="1" t="s">
         <x:v>433</x:v>
       </x:c>
-      <x:c r="F75" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G75" s="1" t="s">
+      <x:c r="H75" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I75" s="1" t="s">
         <x:v>434</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>429</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:9" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
         <x:v>435</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
         <x:v>436</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
         <x:v>437</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
         <x:v>438</x:v>
       </x:c>
       <x:c r="F76" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G76" s="1" t="s">
         <x:v>439</x:v>
       </x:c>
       <x:c r="H76" s="1" t="s">