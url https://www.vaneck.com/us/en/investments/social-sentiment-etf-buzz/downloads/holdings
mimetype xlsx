--- v2 (2026-01-09)
+++ v3 (2026-01-30)
@@ -1,1437 +1,1428 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e42cf213e484f8d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea735101ed1243ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="BUZZ_asof_20260108" sheetId="1" r:id="Rf4c296778e93438e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="BUZZ_asof_20260128" sheetId="1" r:id="R9e495b536a5a4b45"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="652" uniqueCount="464">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  01/08/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="652" uniqueCount="461">
+  <x:si>
+    <x:t>Daily Holdings (%)  01/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
+    <x:t>IREN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Iren Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG010J28KQ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>73,150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stock</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,604,061.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t> -- </x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.04%</x:t>
+  </x:si>
+  <x:si>
     <x:t>ASTS US</x:t>
   </x:si>
   <x:si>
     <x:t>Ast Spacemobile Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Q402TR2</x:t>
   </x:si>
   <x:si>
-    <x:t>39,612</x:t>
-[...11 lines deleted...]
-    <x:t>3.22%</x:t>
+    <x:t>36,902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,473,629.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.93%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MU US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Micron Technology Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C5Z1S3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,218</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,447,691.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.91%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APLD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Applied Digital Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DSJYS8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>104,617</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,207,695.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GME US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gamestop Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BB5BF6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>155,998</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,687,792.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RKLB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rocket Lab Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V7JN3F3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>40,220</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,562,285.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NVDA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nvidia Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBJQV0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,065</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,459,808.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>META US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Meta Platforms Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000MM2P62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,172</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,458,671.56</x:t>
   </x:si>
   <x:si>
     <x:t>GOOGL US</x:t>
   </x:si>
   <x:si>
     <x:t>Alphabet Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG009S39JX6</x:t>
   </x:si>
   <x:si>
-    <x:t>10,745</x:t>
-[...23 lines deleted...]
-    <x:t>3.13%</x:t>
+    <x:t>10,275</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,452,502.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.03%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TSLA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tesla Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000N9MNX3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,672</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,310,161.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.91%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INTC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intel Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C0G1D1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>66,736</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,255,382.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.86%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MSTR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Strategy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000GQJPZ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,012</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,170,901.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.79%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Advanced Micro Devices Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBQCY0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,258</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,098,086.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVGO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Broadcom Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KHY5S69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,291</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,096,132.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMZN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amazon.Com Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BVPV84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,432</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,021,100.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.65%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OPEN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Opendoor Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00SHY8ZQ1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>519,667</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,993,281.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PLTR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Palantir Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000N7QR55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,893</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,972,813.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SMCI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Super Micro Computer Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000MYZDJ3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>93,351</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,913,484.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORCL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oracle Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQLTW7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,773</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,898,374.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.55%</x:t>
   </x:si>
   <x:si>
     <x:t>NBIS US</x:t>
   </x:si>
   <x:si>
     <x:t>Yandex Nv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001NVJ6W4</x:t>
   </x:si>
   <x:si>
-    <x:t>35,608</x:t>
-[...5 lines deleted...]
-    <x:t>3.11%</x:t>
+    <x:t>28,526</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,864,866.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.52%</x:t>
   </x:si>
   <x:si>
     <x:t>SOFI US</x:t>
   </x:si>
   <x:si>
     <x:t>Sofi Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00YB1ZD58</x:t>
   </x:si>
   <x:si>
-    <x:t>124,016</x:t>
-[...218 lines deleted...]
-    <x:t>2.66%</x:t>
+    <x:t>101,784</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,503,886.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.20%</x:t>
   </x:si>
   <x:si>
     <x:t>NFLX US</x:t>
   </x:si>
   <x:si>
     <x:t>Netflix Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CL9VN6</x:t>
   </x:si>
   <x:si>
-    <x:t>32,347</x:t>
-[...5 lines deleted...]
-    <x:t>2.63%</x:t>
+    <x:t>26,770</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,265,812.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.99%</x:t>
   </x:si>
   <x:si>
     <x:t>HOOD US</x:t>
   </x:si>
   <x:si>
     <x:t>Robinhood Markets Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG008NMBXN8</x:t>
   </x:si>
   <x:si>
-    <x:t>23,474</x:t>
-[...23 lines deleted...]
-    <x:t>2.23%</x:t>
+    <x:t>20,318</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,100,881.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.85%</x:t>
   </x:si>
   <x:si>
     <x:t>AAPL US</x:t>
   </x:si>
   <x:si>
     <x:t>Apple Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000B9XRY4</x:t>
   </x:si>
   <x:si>
-    <x:t>8,458</x:t>
-[...5 lines deleted...]
-    <x:t>1.96%</x:t>
+    <x:t>7,990</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,048,955.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NKE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nike Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C5HS04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31,828</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,980,974.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RIVN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rivian Automotive Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00741Y1N2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>124,046</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,885,499.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.66%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>S US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sentinelone Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00B6F2F09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>108,859</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,625,264.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PYPL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Paypal Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0077VNXV6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>30,032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,624,130.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZETA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zeta Global Holdings Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG010FXVQ98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>69,163</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,404,700.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HIMS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hims &amp; Hers Health Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Q53VYM7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>48,052</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,377,650.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.21%</x:t>
   </x:si>
   <x:si>
     <x:t>PATH US</x:t>
   </x:si>
   <x:si>
     <x:t>Uipath Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00GKS1G03</x:t>
   </x:si>
   <x:si>
-    <x:t>120,394</x:t>
-[...59 lines deleted...]
-    <x:t>1.59%</x:t>
+    <x:t>82,274</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,160,886.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.02%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OKLO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oklo Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0112CBLW3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,245</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,061,415.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.93%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QBTS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>D-Wave Quantum Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0192379V9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>42,467</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,060,400.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COIN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coinbase Global Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZGF7771</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,899</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,025,997.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.90%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CIFR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cipher Mining Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XYHY0K2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>53,321</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,011,499.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.89%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Unitedhealth Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CH5208</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,354</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$986,143.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>First Majestic Silver Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CH7WB8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,632</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$960,857.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.84%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CVNA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Carvana Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GCTWDJ3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,342</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$960,313.68</x:t>
   </x:si>
   <x:si>
     <x:t>MSFT US</x:t>
   </x:si>
   <x:si>
     <x:t>Microsoft Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BPH459</x:t>
   </x:si>
   <x:si>
-    <x:t>3,657</x:t>
-[...128 lines deleted...]
-    <x:t>1.15%</x:t>
+    <x:t>1,986</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$956,517.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Quantumscape Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VJ17DS2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>93,946</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$932,883.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UBER US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Uber Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG002B04MT8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,364</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$747,059.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.66%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RTX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rtx Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BW8S60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,532</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$704,492.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CVX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chevron Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000K4ND22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,086</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$694,333.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RGTI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rigetti Computing Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Z911S16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31,445</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$692,104.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Barrick Mining Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BB07P9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,186</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$645,614.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COST US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Costco Wholesale Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000F6H8W8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>663</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$636,997.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TTD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trade Desk Inc/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00629NGT2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,784</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$630,516.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.55%</x:t>
   </x:si>
   <x:si>
     <x:t>BA US</x:t>
   </x:si>
   <x:si>
     <x:t>Boeing Co/The</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BCSST7</x:t>
   </x:si>
   <x:si>
-    <x:t>5,297</x:t>
-[...77 lines deleted...]
-    <x:t>0.88%</x:t>
+    <x:t>2,487</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$600,834.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SNAP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Snap Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00441QMJ7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>76,704</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$588,319.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CELH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Celsius Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000NY37X4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,836</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$584,168.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bloom Energy Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000N7KBZ3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,418</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$565,303.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PFE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pfizer Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BR2B91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,832</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$538,715.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.47%</x:t>
   </x:si>
   <x:si>
     <x:t>IONQ US</x:t>
   </x:si>
   <x:si>
     <x:t>Ionq Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00XZP0LB4</x:t>
   </x:si>
   <x:si>
-    <x:t>17,902</x:t>
-[...5 lines deleted...]
-    <x:t>0.81%</x:t>
+    <x:t>11,311</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$518,043.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>U US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Unity Software Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0056JW5G6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,981</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$481,156.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MRNA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Moderna Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG003PHHZT1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,324</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$467,677.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Venture Global Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RGY23K6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>47,385</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$450,631.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DKNG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Draftkings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0134WCM78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,633</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$440,745.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XYZ US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Block Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0018SLC07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,631</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$425,842.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.37%</x:t>
   </x:si>
   <x:si>
     <x:t>LULU US</x:t>
   </x:si>
   <x:si>
     <x:t>Lululemon Athletica Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000R8ZVD1</x:t>
   </x:si>
   <x:si>
-    <x:t>4,060</x:t>
-[...23 lines deleted...]
-    <x:t>0.75%</x:t>
+    <x:t>2,350</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$423,822.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>General Motors Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000NDYB67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,495</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$381,625.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>F US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ford Motor Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQPC32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,465</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$379,566.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RKT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rocket Cos Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VY1MYW7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,816</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$369,860.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Applovin Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG006HFPX77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>652</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$353,618.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XOM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Exxon Mobil Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000GZQ728</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,540</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$349,453.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RDDT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Reddit Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG005K1D4S0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$347,652.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GRAB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grab Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011768M53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>76,155</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$344,982.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
   </x:si>
   <x:si>
     <x:t>ADBE US</x:t>
   </x:si>
   <x:si>
     <x:t>Adobe Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BB5006</x:t>
   </x:si>
   <x:si>
-    <x:t>2,450</x:t>
-[...146 lines deleted...]
-    <x:t>0.54%</x:t>
+    <x:t>1,120</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$335,529.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Carnival Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BF6LY3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,199</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$321,635.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MELI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mercadolibre Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000GQPB11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>140</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$317,604.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NOW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Servicenow Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000M1R011</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,447</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$317,180.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mp Materials Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00TJGL0F0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,286</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$287,204.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25%</x:t>
   </x:si>
   <x:si>
     <x:t>WMT US</x:t>
   </x:si>
   <x:si>
     <x:t>Walmart Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BWXBC2</x:t>
   </x:si>
   <x:si>
-    <x:t>5,159</x:t>
-[...53 lines deleted...]
-    <x:t>0.51%</x:t>
+    <x:t>2,320</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$270,442.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TGT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Target Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000H8TVT2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,518</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$256,181.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DIS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Walt Disney Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BH4R78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,226</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$243,880.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21%</x:t>
   </x:si>
   <x:si>
     <x:t>JPM US</x:t>
   </x:si>
   <x:si>
     <x:t>Jpmorgan Chase &amp; Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DMBXR2</x:t>
   </x:si>
   <x:si>
-    <x:t>1,720</x:t>
-[...350 lines deleted...]
-    <x:t>0.25%</x:t>
+    <x:t>793</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$238,510.61</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>100,105</x:t>
+    <x:t>58,566</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$100,104.66</x:t>
-[...2 lines deleted...]
-    <x:t>0.09%</x:t>
+    <x:t>$58,565.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.05%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,704.80</x:t>
-[...2 lines deleted...]
-    <x:t>0.00%</x:t>
+    <x:t>$-50,806.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.04%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1459,51 +1450,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3821858b9dbc4ff4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rcef2056fdd83470e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf4c296778e93438e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf8a250ef8db45a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R69fbc798bdf1400c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9e495b536a5a4b45" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I81"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="36" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="13" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -1735,109 +1726,109 @@
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="C9" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="D9" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="E9" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="F9" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G9" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="H9" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I9" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G10" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H10" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I10" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
+        <x:v>55</x:v>
+      </x:c>
+      <x:c r="C11" s="1" t="s">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="D11" s="1" t="s">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="E11" s="1" t="s">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="F11" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G11" s="1" t="s">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="H11" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I11" s="1" t="s">
         <x:v>54</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>59</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G12" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="H12" s="1" t="s">
@@ -1967,1883 +1958,1883 @@
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
+        <x:v>95</x:v>
+      </x:c>
+      <x:c r="C18" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
-      <x:c r="C18" s="1" t="s">
+      <x:c r="D18" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
-      <x:c r="D18" s="1" t="s">
+      <x:c r="E18" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="E18" s="1" t="s">
+      <x:c r="F18" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G18" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="F18" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G18" s="1" t="s">
+      <x:c r="H18" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I18" s="1" t="s">
         <x:v>100</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
-      <x:c r="C19" s="1" t="s">
+      <x:c r="D19" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="D19" s="1" t="s">
+      <x:c r="E19" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="E19" s="1" t="s">
+      <x:c r="F19" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G19" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="F19" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G19" s="1" t="s">
+      <x:c r="H19" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I19" s="1" t="s">
         <x:v>106</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
-      <x:c r="C20" s="1" t="s">
+      <x:c r="D20" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="D20" s="1" t="s">
+      <x:c r="E20" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="E20" s="1" t="s">
+      <x:c r="F20" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G20" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
-      <x:c r="F20" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G20" s="1" t="s">
+      <x:c r="H20" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I20" s="1" t="s">
         <x:v>112</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="C21" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
-      <x:c r="C21" s="1" t="s">
+      <x:c r="D21" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="D21" s="1" t="s">
+      <x:c r="E21" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
-      <x:c r="E21" s="1" t="s">
+      <x:c r="F21" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G21" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
-      <x:c r="F21" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G21" s="1" t="s">
+      <x:c r="H21" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I21" s="1" t="s">
         <x:v>118</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
-      <x:c r="C22" s="1" t="s">
+      <x:c r="D22" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
-      <x:c r="D22" s="1" t="s">
+      <x:c r="E22" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="E22" s="1" t="s">
+      <x:c r="F22" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G22" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="F22" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G22" s="1" t="s">
+      <x:c r="H22" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I22" s="1" t="s">
         <x:v>124</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
-      <x:c r="C23" s="1" t="s">
+      <x:c r="D23" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="D23" s="1" t="s">
+      <x:c r="E23" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="E23" s="1" t="s">
+      <x:c r="F23" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G23" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="F23" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G23" s="1" t="s">
+      <x:c r="H23" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I23" s="1" t="s">
         <x:v>130</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>131</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
         <x:v>132</x:v>
       </x:c>
-      <x:c r="C24" s="1" t="s">
+      <x:c r="D24" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="D24" s="1" t="s">
+      <x:c r="E24" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
-      <x:c r="E24" s="1" t="s">
+      <x:c r="F24" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G24" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
-      <x:c r="F24" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G24" s="1" t="s">
+      <x:c r="H24" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I24" s="1" t="s">
         <x:v>136</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
+      <x:c r="D25" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="s">
+      <x:c r="E25" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="E25" s="1" t="s">
+      <x:c r="F25" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G25" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
-      <x:c r="F25" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G25" s="1" t="s">
+      <x:c r="H25" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I25" s="1" t="s">
         <x:v>142</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="D26" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
+      <x:c r="E26" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="E26" s="1" t="s">
+      <x:c r="F26" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G26" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="F26" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G26" s="1" t="s">
+      <x:c r="H26" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I26" s="1" t="s">
         <x:v>148</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
         <x:v>150</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="D27" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
+      <x:c r="E27" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="E27" s="1" t="s">
+      <x:c r="F27" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G27" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
-      <x:c r="F27" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G27" s="1" t="s">
+      <x:c r="H27" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I27" s="1" t="s">
         <x:v>154</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="D28" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="D28" s="1" t="s">
+      <x:c r="E28" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="E28" s="1" t="s">
+      <x:c r="F28" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G28" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="F28" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G28" s="1" t="s">
+      <x:c r="H28" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I28" s="1" t="s">
         <x:v>160</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
         <x:v>162</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="D29" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
+      <x:c r="E29" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="E29" s="1" t="s">
+      <x:c r="F29" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G29" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
-      <x:c r="F29" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G29" s="1" t="s">
+      <x:c r="H29" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I29" s="1" t="s">
         <x:v>166</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
+      <x:c r="D30" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="D30" s="1" t="s">
+      <x:c r="E30" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
-      <x:c r="E30" s="1" t="s">
+      <x:c r="F30" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G30" s="1" t="s">
         <x:v>171</x:v>
       </x:c>
-      <x:c r="F30" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G30" s="1" t="s">
+      <x:c r="H30" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I30" s="1" t="s">
         <x:v>172</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
+      <x:c r="D31" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
-      <x:c r="D31" s="1" t="s">
+      <x:c r="E31" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="E31" s="1" t="s">
+      <x:c r="F31" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="F31" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="D32" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
+      <x:c r="E32" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
-      <x:c r="D32" s="1" t="s">
+      <x:c r="F32" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G32" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="E32" s="1" t="s">
+      <x:c r="H32" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I32" s="1" t="s">
         <x:v>183</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
         <x:v>185</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
+      <x:c r="D33" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
-      <x:c r="D33" s="1" t="s">
+      <x:c r="E33" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
-      <x:c r="E33" s="1" t="s">
+      <x:c r="F33" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
-      <x:c r="F33" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G33" s="1" t="s">
+      <x:c r="H33" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I33" s="1" t="s">
         <x:v>189</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
         <x:v>191</x:v>
       </x:c>
-      <x:c r="C34" s="1" t="s">
+      <x:c r="D34" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
-      <x:c r="D34" s="1" t="s">
+      <x:c r="E34" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
-      <x:c r="E34" s="1" t="s">
+      <x:c r="F34" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G34" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
-      <x:c r="F34" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G34" s="1" t="s">
+      <x:c r="H34" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I34" s="1" t="s">
         <x:v>195</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
         <x:v>197</x:v>
       </x:c>
-      <x:c r="C35" s="1" t="s">
+      <x:c r="D35" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
-      <x:c r="D35" s="1" t="s">
+      <x:c r="E35" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
-      <x:c r="E35" s="1" t="s">
+      <x:c r="F35" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
-      <x:c r="F35" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G35" s="1" t="s">
+      <x:c r="H35" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I35" s="1" t="s">
         <x:v>201</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
         <x:v>203</x:v>
       </x:c>
-      <x:c r="C36" s="1" t="s">
+      <x:c r="D36" s="1" t="s">
         <x:v>204</x:v>
       </x:c>
-      <x:c r="D36" s="1" t="s">
+      <x:c r="E36" s="1" t="s">
         <x:v>205</x:v>
       </x:c>
-      <x:c r="E36" s="1" t="s">
+      <x:c r="F36" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G36" s="1" t="s">
         <x:v>206</x:v>
       </x:c>
-      <x:c r="F36" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H36" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="D37" s="1" t="s">
         <x:v>209</x:v>
       </x:c>
-      <x:c r="C37" s="1" t="s">
+      <x:c r="E37" s="1" t="s">
         <x:v>210</x:v>
       </x:c>
-      <x:c r="D37" s="1" t="s">
+      <x:c r="F37" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G37" s="1" t="s">
         <x:v>211</x:v>
       </x:c>
-      <x:c r="E37" s="1" t="s">
+      <x:c r="H37" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I37" s="1" t="s">
         <x:v>212</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="D38" s="1" t="s">
         <x:v>215</x:v>
       </x:c>
-      <x:c r="C38" s="1" t="s">
+      <x:c r="E38" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
-      <x:c r="D38" s="1" t="s">
+      <x:c r="F38" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G38" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
-      <x:c r="E38" s="1" t="s">
+      <x:c r="H38" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I38" s="1" t="s">
         <x:v>218</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="C39" s="1" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="D39" s="1" t="s">
         <x:v>221</x:v>
       </x:c>
-      <x:c r="C39" s="1" t="s">
+      <x:c r="E39" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
-      <x:c r="D39" s="1" t="s">
+      <x:c r="F39" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G39" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
-      <x:c r="E39" s="1" t="s">
+      <x:c r="H39" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I39" s="1" t="s">
         <x:v>224</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="C40" s="1" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="D40" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
-      <x:c r="C40" s="1" t="s">
+      <x:c r="E40" s="1" t="s">
         <x:v>228</x:v>
       </x:c>
-      <x:c r="D40" s="1" t="s">
+      <x:c r="F40" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
-      <x:c r="E40" s="1" t="s">
+      <x:c r="H40" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I40" s="1" t="s">
         <x:v>230</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="C41" s="1" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="D41" s="1" t="s">
         <x:v>233</x:v>
       </x:c>
-      <x:c r="C41" s="1" t="s">
+      <x:c r="E41" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
-      <x:c r="D41" s="1" t="s">
+      <x:c r="F41" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G41" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
-      <x:c r="E41" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H41" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="C42" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="D42" s="1" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="E42" s="1" t="s">
         <x:v>239</x:v>
       </x:c>
-      <x:c r="C42" s="1" t="s">
+      <x:c r="F42" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G42" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
-      <x:c r="D42" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H42" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
+        <x:v>241</x:v>
+      </x:c>
+      <x:c r="C43" s="1" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="D43" s="1" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="E43" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="F43" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G43" s="1" t="s">
         <x:v>245</x:v>
       </x:c>
-      <x:c r="C43" s="1" t="s">
+      <x:c r="H43" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I43" s="1" t="s">
         <x:v>246</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="C44" s="1" t="s">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="D44" s="1" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="E44" s="1" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="F44" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G44" s="1" t="s">
         <x:v>251</x:v>
       </x:c>
-      <x:c r="C44" s="1" t="s">
+      <x:c r="H44" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I44" s="1" t="s">
         <x:v>252</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="C45" s="1" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="D45" s="1" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="E45" s="1" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="F45" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G45" s="1" t="s">
         <x:v>257</x:v>
       </x:c>
-      <x:c r="C45" s="1" t="s">
+      <x:c r="H45" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I45" s="1" t="s">
         <x:v>258</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="C46" s="1" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="D46" s="1" t="s">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="E46" s="1" t="s">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="F46" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G46" s="1" t="s">
         <x:v>263</x:v>
       </x:c>
-      <x:c r="C46" s="1" t="s">
+      <x:c r="H46" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I46" s="1" t="s">
         <x:v>264</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="C47" s="1" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="D47" s="1" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="E47" s="1" t="s">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="F47" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G47" s="1" t="s">
         <x:v>269</x:v>
       </x:c>
-      <x:c r="C47" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H47" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>264</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="C48" s="1" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="D48" s="1" t="s">
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="E48" s="1" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="F48" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G48" s="1" t="s">
         <x:v>274</x:v>
       </x:c>
-      <x:c r="C48" s="1" t="s">
+      <x:c r="H48" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I48" s="1" t="s">
         <x:v>275</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>279</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
+        <x:v>276</x:v>
+      </x:c>
+      <x:c r="C49" s="1" t="s">
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="D49" s="1" t="s">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="E49" s="1" t="s">
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="F49" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G49" s="1" t="s">
         <x:v>280</x:v>
       </x:c>
-      <x:c r="C49" s="1" t="s">
+      <x:c r="H49" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I49" s="1" t="s">
         <x:v>281</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="C50" s="1" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="D50" s="1" t="s">
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="E50" s="1" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="F50" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G50" s="1" t="s">
         <x:v>286</x:v>
       </x:c>
-      <x:c r="C50" s="1" t="s">
+      <x:c r="H50" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I50" s="1" t="s">
         <x:v>287</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>291</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="C51" s="1" t="s">
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="D51" s="1" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="E51" s="1" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="F51" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G51" s="1" t="s">
         <x:v>292</x:v>
       </x:c>
-      <x:c r="C51" s="1" t="s">
+      <x:c r="H51" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I51" s="1" t="s">
         <x:v>293</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>297</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
+        <x:v>294</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="D52" s="1" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="E52" s="1" t="s">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="F52" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G52" s="1" t="s">
         <x:v>298</x:v>
       </x:c>
-      <x:c r="C52" s="1" t="s">
+      <x:c r="H52" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I52" s="1" t="s">
         <x:v>299</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>303</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
+        <x:v>300</x:v>
+      </x:c>
+      <x:c r="C53" s="1" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="D53" s="1" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="E53" s="1" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="F53" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G53" s="1" t="s">
         <x:v>304</x:v>
       </x:c>
-      <x:c r="C53" s="1" t="s">
+      <x:c r="H53" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I53" s="1" t="s">
         <x:v>305</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>309</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
+        <x:v>306</x:v>
+      </x:c>
+      <x:c r="C54" s="1" t="s">
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="D54" s="1" t="s">
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="E54" s="1" t="s">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="F54" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G54" s="1" t="s">
         <x:v>310</x:v>
       </x:c>
-      <x:c r="C54" s="1" t="s">
+      <x:c r="H54" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I54" s="1" t="s">
         <x:v>311</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
+        <x:v>312</x:v>
+      </x:c>
+      <x:c r="C55" s="1" t="s">
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="D55" s="1" t="s">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="E55" s="1" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="F55" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G55" s="1" t="s">
         <x:v>316</x:v>
       </x:c>
-      <x:c r="C55" s="1" t="s">
+      <x:c r="H55" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I55" s="1" t="s">
         <x:v>317</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="C56" s="1" t="s">
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="D56" s="1" t="s">
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="E56" s="1" t="s">
         <x:v>321</x:v>
       </x:c>
-      <x:c r="C56" s="1" t="s">
+      <x:c r="F56" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G56" s="1" t="s">
         <x:v>322</x:v>
       </x:c>
-      <x:c r="D56" s="1" t="s">
+      <x:c r="H56" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I56" s="1" t="s">
         <x:v>323</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="C57" s="1" t="s">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="D57" s="1" t="s">
         <x:v>326</x:v>
       </x:c>
-      <x:c r="C57" s="1" t="s">
+      <x:c r="E57" s="1" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="D57" s="1" t="s">
+      <x:c r="F57" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G57" s="1" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="E57" s="1" t="s">
+      <x:c r="H57" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I57" s="1" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
+        <x:v>330</x:v>
+      </x:c>
+      <x:c r="C58" s="1" t="s">
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="D58" s="1" t="s">
         <x:v>332</x:v>
       </x:c>
-      <x:c r="C58" s="1" t="s">
+      <x:c r="E58" s="1" t="s">
         <x:v>333</x:v>
       </x:c>
-      <x:c r="D58" s="1" t="s">
+      <x:c r="F58" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G58" s="1" t="s">
         <x:v>334</x:v>
       </x:c>
-      <x:c r="E58" s="1" t="s">
+      <x:c r="H58" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I58" s="1" t="s">
         <x:v>335</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>331</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
+        <x:v>336</x:v>
+      </x:c>
+      <x:c r="C59" s="1" t="s">
         <x:v>337</x:v>
       </x:c>
-      <x:c r="C59" s="1" t="s">
+      <x:c r="D59" s="1" t="s">
         <x:v>338</x:v>
       </x:c>
-      <x:c r="D59" s="1" t="s">
+      <x:c r="E59" s="1" t="s">
         <x:v>339</x:v>
       </x:c>
-      <x:c r="E59" s="1" t="s">
+      <x:c r="F59" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G59" s="1" t="s">
         <x:v>340</x:v>
       </x:c>
-      <x:c r="F59" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G59" s="1" t="s">
+      <x:c r="H59" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I59" s="1" t="s">
         <x:v>341</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>342</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
+        <x:v>342</x:v>
+      </x:c>
+      <x:c r="C60" s="1" t="s">
         <x:v>343</x:v>
       </x:c>
-      <x:c r="C60" s="1" t="s">
+      <x:c r="D60" s="1" t="s">
         <x:v>344</x:v>
       </x:c>
-      <x:c r="D60" s="1" t="s">
+      <x:c r="E60" s="1" t="s">
         <x:v>345</x:v>
       </x:c>
-      <x:c r="E60" s="1" t="s">
+      <x:c r="F60" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G60" s="1" t="s">
         <x:v>346</x:v>
       </x:c>
-      <x:c r="F60" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G60" s="1" t="s">
+      <x:c r="H60" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I60" s="1" t="s">
         <x:v>347</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
+        <x:v>348</x:v>
+      </x:c>
+      <x:c r="C61" s="1" t="s">
         <x:v>349</x:v>
       </x:c>
-      <x:c r="C61" s="1" t="s">
+      <x:c r="D61" s="1" t="s">
         <x:v>350</x:v>
       </x:c>
-      <x:c r="D61" s="1" t="s">
+      <x:c r="E61" s="1" t="s">
         <x:v>351</x:v>
       </x:c>
-      <x:c r="E61" s="1" t="s">
+      <x:c r="F61" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G61" s="1" t="s">
         <x:v>352</x:v>
       </x:c>
-      <x:c r="F61" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G61" s="1" t="s">
+      <x:c r="H61" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I61" s="1" t="s">
         <x:v>353</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>354</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="C62" s="1" t="s">
         <x:v>355</x:v>
       </x:c>
-      <x:c r="C62" s="1" t="s">
+      <x:c r="D62" s="1" t="s">
         <x:v>356</x:v>
       </x:c>
-      <x:c r="D62" s="1" t="s">
+      <x:c r="E62" s="1" t="s">
         <x:v>357</x:v>
       </x:c>
-      <x:c r="E62" s="1" t="s">
+      <x:c r="F62" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G62" s="1" t="s">
         <x:v>358</x:v>
       </x:c>
-      <x:c r="F62" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H62" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I62" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
+        <x:v>359</x:v>
+      </x:c>
+      <x:c r="C63" s="1" t="s">
+        <x:v>360</x:v>
+      </x:c>
+      <x:c r="D63" s="1" t="s">
         <x:v>361</x:v>
       </x:c>
-      <x:c r="C63" s="1" t="s">
+      <x:c r="E63" s="1" t="s">
         <x:v>362</x:v>
       </x:c>
-      <x:c r="D63" s="1" t="s">
+      <x:c r="F63" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G63" s="1" t="s">
         <x:v>363</x:v>
       </x:c>
-      <x:c r="E63" s="1" t="s">
+      <x:c r="H63" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I63" s="1" t="s">
         <x:v>364</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>366</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
+        <x:v>365</x:v>
+      </x:c>
+      <x:c r="C64" s="1" t="s">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="D64" s="1" t="s">
         <x:v>367</x:v>
       </x:c>
-      <x:c r="C64" s="1" t="s">
+      <x:c r="E64" s="1" t="s">
         <x:v>368</x:v>
       </x:c>
-      <x:c r="D64" s="1" t="s">
+      <x:c r="F64" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G64" s="1" t="s">
         <x:v>369</x:v>
       </x:c>
-      <x:c r="E64" s="1" t="s">
+      <x:c r="H64" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I64" s="1" t="s">
         <x:v>370</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>372</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
+        <x:v>371</x:v>
+      </x:c>
+      <x:c r="C65" s="1" t="s">
+        <x:v>372</x:v>
+      </x:c>
+      <x:c r="D65" s="1" t="s">
         <x:v>373</x:v>
       </x:c>
-      <x:c r="C65" s="1" t="s">
+      <x:c r="E65" s="1" t="s">
         <x:v>374</x:v>
       </x:c>
-      <x:c r="D65" s="1" t="s">
+      <x:c r="F65" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G65" s="1" t="s">
         <x:v>375</x:v>
       </x:c>
-      <x:c r="E65" s="1" t="s">
+      <x:c r="H65" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I65" s="1" t="s">
         <x:v>376</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>372</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:9" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
+        <x:v>377</x:v>
+      </x:c>
+      <x:c r="C66" s="1" t="s">
         <x:v>378</x:v>
       </x:c>
-      <x:c r="C66" s="1" t="s">
+      <x:c r="D66" s="1" t="s">
         <x:v>379</x:v>
       </x:c>
-      <x:c r="D66" s="1" t="s">
+      <x:c r="E66" s="1" t="s">
         <x:v>380</x:v>
       </x:c>
-      <x:c r="E66" s="1" t="s">
+      <x:c r="F66" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G66" s="1" t="s">
         <x:v>381</x:v>
       </x:c>
-      <x:c r="F66" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G66" s="1" t="s">
+      <x:c r="H66" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I66" s="1" t="s">
         <x:v>382</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>372</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:9" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
         <x:v>383</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
         <x:v>384</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
         <x:v>385</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
         <x:v>386</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G67" s="1" t="s">
         <x:v>387</x:v>
       </x:c>
       <x:c r="H67" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I67" s="1" t="s">
-        <x:v>388</x:v>
+        <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:9" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
+        <x:v>388</x:v>
+      </x:c>
+      <x:c r="C68" s="1" t="s">
         <x:v>389</x:v>
       </x:c>
-      <x:c r="C68" s="1" t="s">
+      <x:c r="D68" s="1" t="s">
         <x:v>390</x:v>
       </x:c>
-      <x:c r="D68" s="1" t="s">
+      <x:c r="E68" s="1" t="s">
         <x:v>391</x:v>
       </x:c>
-      <x:c r="E68" s="1" t="s">
+      <x:c r="F68" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G68" s="1" t="s">
         <x:v>392</x:v>
       </x:c>
-      <x:c r="F68" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H68" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I68" s="1" t="s">
-        <x:v>394</x:v>
+        <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:9" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
+        <x:v>393</x:v>
+      </x:c>
+      <x:c r="C69" s="1" t="s">
+        <x:v>394</x:v>
+      </x:c>
+      <x:c r="D69" s="1" t="s">
         <x:v>395</x:v>
       </x:c>
-      <x:c r="C69" s="1" t="s">
+      <x:c r="E69" s="1" t="s">
         <x:v>396</x:v>
       </x:c>
-      <x:c r="D69" s="1" t="s">
+      <x:c r="F69" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G69" s="1" t="s">
         <x:v>397</x:v>
       </x:c>
-      <x:c r="E69" s="1" t="s">
+      <x:c r="H69" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I69" s="1" t="s">
         <x:v>398</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>394</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:9" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
+        <x:v>399</x:v>
+      </x:c>
+      <x:c r="C70" s="1" t="s">
         <x:v>400</x:v>
       </x:c>
-      <x:c r="C70" s="1" t="s">
+      <x:c r="D70" s="1" t="s">
         <x:v>401</x:v>
       </x:c>
-      <x:c r="D70" s="1" t="s">
+      <x:c r="E70" s="1" t="s">
         <x:v>402</x:v>
       </x:c>
-      <x:c r="E70" s="1" t="s">
+      <x:c r="F70" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G70" s="1" t="s">
         <x:v>403</x:v>
       </x:c>
-      <x:c r="F70" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G70" s="1" t="s">
+      <x:c r="H70" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I70" s="1" t="s">
         <x:v>404</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>405</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:9" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="C71" s="1" t="s">
         <x:v>406</x:v>
       </x:c>
-      <x:c r="C71" s="1" t="s">
+      <x:c r="D71" s="1" t="s">
         <x:v>407</x:v>
       </x:c>
-      <x:c r="D71" s="1" t="s">
+      <x:c r="E71" s="1" t="s">
         <x:v>408</x:v>
       </x:c>
-      <x:c r="E71" s="1" t="s">
+      <x:c r="F71" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G71" s="1" t="s">
         <x:v>409</x:v>
       </x:c>
-      <x:c r="F71" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G71" s="1" t="s">
+      <x:c r="H71" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I71" s="1" t="s">
         <x:v>410</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>411</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:9" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="C72" s="1" t="s">
         <x:v>412</x:v>
       </x:c>
-      <x:c r="C72" s="1" t="s">
+      <x:c r="D72" s="1" t="s">
         <x:v>413</x:v>
       </x:c>
-      <x:c r="D72" s="1" t="s">
+      <x:c r="E72" s="1" t="s">
         <x:v>414</x:v>
       </x:c>
-      <x:c r="E72" s="1" t="s">
+      <x:c r="F72" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G72" s="1" t="s">
         <x:v>415</x:v>
       </x:c>
-      <x:c r="F72" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H72" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I72" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>410</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:9" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
+        <x:v>416</x:v>
+      </x:c>
+      <x:c r="C73" s="1" t="s">
+        <x:v>417</x:v>
+      </x:c>
+      <x:c r="D73" s="1" t="s">
         <x:v>418</x:v>
       </x:c>
-      <x:c r="C73" s="1" t="s">
+      <x:c r="E73" s="1" t="s">
         <x:v>419</x:v>
       </x:c>
-      <x:c r="D73" s="1" t="s">
+      <x:c r="F73" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G73" s="1" t="s">
         <x:v>420</x:v>
       </x:c>
-      <x:c r="E73" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H73" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I73" s="1" t="s">
-        <x:v>417</x:v>
+        <x:v>410</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:9" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
+        <x:v>421</x:v>
+      </x:c>
+      <x:c r="C74" s="1" t="s">
+        <x:v>422</x:v>
+      </x:c>
+      <x:c r="D74" s="1" t="s">
         <x:v>423</x:v>
       </x:c>
-      <x:c r="C74" s="1" t="s">
+      <x:c r="E74" s="1" t="s">
         <x:v>424</x:v>
       </x:c>
-      <x:c r="D74" s="1" t="s">
+      <x:c r="F74" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G74" s="1" t="s">
         <x:v>425</x:v>
       </x:c>
-      <x:c r="E74" s="1" t="s">
+      <x:c r="H74" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I74" s="1" t="s">
         <x:v>426</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>428</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:9" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
+        <x:v>427</x:v>
+      </x:c>
+      <x:c r="C75" s="1" t="s">
+        <x:v>428</x:v>
+      </x:c>
+      <x:c r="D75" s="1" t="s">
         <x:v>429</x:v>
       </x:c>
-      <x:c r="C75" s="1" t="s">
+      <x:c r="E75" s="1" t="s">
         <x:v>430</x:v>
       </x:c>
-      <x:c r="D75" s="1" t="s">
+      <x:c r="F75" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G75" s="1" t="s">
         <x:v>431</x:v>
       </x:c>
-      <x:c r="E75" s="1" t="s">
+      <x:c r="H75" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I75" s="1" t="s">
         <x:v>432</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>434</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:9" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
+        <x:v>433</x:v>
+      </x:c>
+      <x:c r="C76" s="1" t="s">
+        <x:v>434</x:v>
+      </x:c>
+      <x:c r="D76" s="1" t="s">
         <x:v>435</x:v>
       </x:c>
-      <x:c r="C76" s="1" t="s">
+      <x:c r="E76" s="1" t="s">
         <x:v>436</x:v>
       </x:c>
-      <x:c r="D76" s="1" t="s">
+      <x:c r="F76" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G76" s="1" t="s">
         <x:v>437</x:v>
       </x:c>
-      <x:c r="E76" s="1" t="s">
+      <x:c r="H76" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I76" s="1" t="s">
         <x:v>438</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>440</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:9" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
+        <x:v>439</x:v>
+      </x:c>
+      <x:c r="C77" s="1" t="s">
+        <x:v>440</x:v>
+      </x:c>
+      <x:c r="D77" s="1" t="s">
         <x:v>441</x:v>
       </x:c>
-      <x:c r="C77" s="1" t="s">
+      <x:c r="E77" s="1" t="s">
         <x:v>442</x:v>
       </x:c>
-      <x:c r="D77" s="1" t="s">
+      <x:c r="F77" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G77" s="1" t="s">
         <x:v>443</x:v>
       </x:c>
-      <x:c r="E77" s="1" t="s">
+      <x:c r="H77" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I77" s="1" t="s">
         <x:v>444</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>446</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:9" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
+        <x:v>445</x:v>
+      </x:c>
+      <x:c r="C78" s="1" t="s">
+        <x:v>446</x:v>
+      </x:c>
+      <x:c r="D78" s="1" t="s">
         <x:v>447</x:v>
       </x:c>
-      <x:c r="C78" s="1" t="s">
+      <x:c r="E78" s="1" t="s">
         <x:v>448</x:v>
       </x:c>
-      <x:c r="D78" s="1" t="s">
+      <x:c r="F78" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G78" s="1" t="s">
         <x:v>449</x:v>
       </x:c>
-      <x:c r="E78" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H78" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I78" s="1" t="s">
-        <x:v>452</x:v>
+        <x:v>444</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:9" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
+        <x:v>450</x:v>
+      </x:c>
+      <x:c r="C79" s="1" t="s">
+        <x:v>451</x:v>
+      </x:c>
+      <x:c r="D79" s="1" t="s">
+        <x:v>451</x:v>
+      </x:c>
+      <x:c r="E79" s="1" t="s">
+        <x:v>452</x:v>
+      </x:c>
+      <x:c r="F79" s="1" t="s">
         <x:v>453</x:v>
       </x:c>
-      <x:c r="C79" s="1" t="s">
+      <x:c r="G79" s="1" t="s">
         <x:v>454</x:v>
       </x:c>
-      <x:c r="D79" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E79" s="1" t="s">
+      <x:c r="H79" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I79" s="1" t="s">
         <x:v>455</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>458</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:9" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
+        <x:v>456</x:v>
+      </x:c>
+      <x:c r="D80" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E80" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F80" s="1" t="s">
+        <x:v>457</x:v>
+      </x:c>
+      <x:c r="G80" s="1" t="s">
+        <x:v>458</x:v>
+      </x:c>
+      <x:c r="H80" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I80" s="1" t="s">
         <x:v>459</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>462</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:9" ht="15" customHeight="1">
       <x:c r="A81" s="2" t="s">
-        <x:v>463</x:v>
+        <x:v>460</x:v>
       </x:c>
       <x:c r="B81" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C81" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D81" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E81" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F81" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G81" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H81" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I81" s="2" t="s">
         <x:v>1</x:v>
       </x:c>