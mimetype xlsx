--- v3 (2026-01-30)
+++ v4 (2026-02-19)
@@ -1,1428 +1,1413 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rea735101ed1243ff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcf98ea8cd40d4082" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="BUZZ_asof_20260128" sheetId="1" r:id="R9e495b536a5a4b45"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="BUZZ_asof_20260217" sheetId="1" r:id="R2ba6fa21074e4774"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="652" uniqueCount="461">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  01/28/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="652" uniqueCount="456">
+  <x:si>
+    <x:t>Daily Holdings (%)  02/17/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
+    <x:t>MU US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Micron Technology Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C5Z1S3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,218</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stock</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,084,952.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t> -- </x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GME US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gamestop Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BB5BF6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>155,998</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,628,513.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APLD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Applied Digital Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DSJYS8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>104,617</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,510,946.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NVDA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nvidia Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBJQV0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,065</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,341,483.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>META US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Meta Platforms Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000MM2P62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,172</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,306,407.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TSLA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tesla Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000N9MNX3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,672</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,150,353.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GOOGL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alphabet Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG009S39JX6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,275</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,103,255.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVGO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Broadcom Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KHY5S69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,291</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,089,629.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INTC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intel Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C0G1D1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>66,736</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,081,868.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ASTS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ast Spacemobile Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00Q402TR2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,902</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,063,973.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.12%</x:t>
+  </x:si>
+  <x:si>
     <x:t>IREN US</x:t>
   </x:si>
   <x:si>
     <x:t>Iren Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG010J28KQ2</x:t>
   </x:si>
   <x:si>
     <x:t>73,150</x:t>
   </x:si>
   <x:si>
-    <x:t>Stock</x:t>
-[...80 lines deleted...]
-    <x:t>3.24%</x:t>
+    <x:t>$2,996,955.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.05%</x:t>
   </x:si>
   <x:si>
     <x:t>RKLB US</x:t>
   </x:si>
   <x:si>
     <x:t>Rocket Lab Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01V7JN3F3</x:t>
   </x:si>
   <x:si>
     <x:t>40,220</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,562,285.40</x:t>
-[...86 lines deleted...]
-    <x:t>$3,255,382.08</x:t>
+    <x:t>$2,810,975.80</x:t>
   </x:si>
   <x:si>
     <x:t>2.86%</x:t>
   </x:si>
   <x:si>
+    <x:t>SMCI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Super Micro Computer Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000MYZDJ3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>93,351</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,810,798.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NBIS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yandex Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001NVJ6W4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>28,526</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,781,855.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORCL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oracle Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQLTW7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,773</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,582,538.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.63%</x:t>
+  </x:si>
+  <x:si>
     <x:t>MSTR US</x:t>
   </x:si>
   <x:si>
     <x:t>Strategy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000GQJPZ0</x:t>
   </x:si>
   <x:si>
     <x:t>20,012</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,170,901.40</x:t>
-[...2 lines deleted...]
-    <x:t>2.79%</x:t>
+    <x:t>$2,574,944.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PLTR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Palantir Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000N7QR55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,893</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,513,146.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMZN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amazon.Com Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BVPV84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,432</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,500,696.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.54%</x:t>
   </x:si>
   <x:si>
     <x:t>AMD US</x:t>
   </x:si>
   <x:si>
     <x:t>Advanced Micro Devices Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBQCY0</x:t>
   </x:si>
   <x:si>
     <x:t>12,258</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,098,086.92</x:t>
-[...35 lines deleted...]
-    <x:t>2.65%</x:t>
+    <x:t>$2,489,354.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.53%</x:t>
   </x:si>
   <x:si>
     <x:t>OPEN US</x:t>
   </x:si>
   <x:si>
     <x:t>Opendoor Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00SHY8ZQ1</x:t>
   </x:si>
   <x:si>
     <x:t>519,667</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,993,281.92</x:t>
-[...74 lines deleted...]
-    <x:t>2.52%</x:t>
+    <x:t>$2,250,158.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AAPL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Apple Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000B9XRY4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,990</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,108,401.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NKE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nike Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C5HS04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31,828</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,063,090.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NFLX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Netflix Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CL9VN6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,770</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,061,290.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RIVN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rivian Automotive Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00741Y1N2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>124,046</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,043,037.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.08%</x:t>
   </x:si>
   <x:si>
     <x:t>SOFI US</x:t>
   </x:si>
   <x:si>
     <x:t>Sofi Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00YB1ZD58</x:t>
   </x:si>
   <x:si>
     <x:t>101,784</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,503,886.40</x:t>
-[...20 lines deleted...]
-    <x:t>1.99%</x:t>
+    <x:t>$1,985,805.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.02%</x:t>
   </x:si>
   <x:si>
     <x:t>HOOD US</x:t>
   </x:si>
   <x:si>
     <x:t>Robinhood Markets Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG008NMBXN8</x:t>
   </x:si>
   <x:si>
     <x:t>20,318</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,100,881.20</x:t>
-[...56 lines deleted...]
-    <x:t>1.66%</x:t>
+    <x:t>$1,532,789.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.56%</x:t>
   </x:si>
   <x:si>
     <x:t>S US</x:t>
   </x:si>
   <x:si>
     <x:t>Sentinelone Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00B6F2F09</x:t>
   </x:si>
   <x:si>
-    <x:t>108,859</x:t>
-[...5 lines deleted...]
-    <x:t>1.43%</x:t>
+    <x:t>108,856</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,458,670.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.48%</x:t>
   </x:si>
   <x:si>
     <x:t>PYPL US</x:t>
   </x:si>
   <x:si>
     <x:t>Paypal Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0077VNXV6</x:t>
   </x:si>
   <x:si>
     <x:t>30,032</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,624,130.56</x:t>
+    <x:t>$1,225,605.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.25%</x:t>
   </x:si>
   <x:si>
     <x:t>ZETA US</x:t>
   </x:si>
   <x:si>
     <x:t>Zeta Global Holdings Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG010FXVQ98</x:t>
   </x:si>
   <x:si>
     <x:t>69,163</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,404,700.53</x:t>
-[...2 lines deleted...]
-    <x:t>1.23%</x:t>
+    <x:t>$1,058,885.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UNH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Unitedhealth Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CH5208</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,354</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$969,607.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.99%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PATH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Uipath Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GKS1G03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>82,274</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$900,077.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.92%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CIFR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cipher Mining Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XYHY0K2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>53,321</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$833,940.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.85%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CVNA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Carvana Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00GCTWDJ3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,342</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$821,901.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.84%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COIN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coinbase Global Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00ZGF7771</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,899</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$813,331.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>First Majestic Silver Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CH7WB8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>36,632</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$789,419.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MSFT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Microsoft Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BPH459</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,986</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$788,163.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QBTS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>D-Wave Quantum Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0192379V9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>42,467</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$783,091.48</x:t>
   </x:si>
   <x:si>
     <x:t>HIMS US</x:t>
   </x:si>
   <x:si>
     <x:t>Hims &amp; Hers Health Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Q53VYM7</x:t>
   </x:si>
   <x:si>
     <x:t>48,052</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,377,650.84</x:t>
-[...20 lines deleted...]
-    <x:t>1.02%</x:t>
+    <x:t>$781,806.04</x:t>
   </x:si>
   <x:si>
     <x:t>OKLO US</x:t>
   </x:si>
   <x:si>
     <x:t>Oklo Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0112CBLW3</x:t>
   </x:si>
   <x:si>
-    <x:t>11,245</x:t>
-[...122 lines deleted...]
-    <x:t>$956,517.18</x:t>
+    <x:t>11,234</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$759,867.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.77%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CVX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chevron Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000K4ND22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,086</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$737,727.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RTX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rtx Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BW8S60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,532</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$718,762.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.73%</x:t>
   </x:si>
   <x:si>
     <x:t>QS US</x:t>
   </x:si>
   <x:si>
     <x:t>Quantumscape Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00VJ17DS2</x:t>
   </x:si>
   <x:si>
     <x:t>93,946</x:t>
   </x:si>
   <x:si>
-    <x:t>$932,883.78</x:t>
-[...2 lines deleted...]
-    <x:t>0.82%</x:t>
+    <x:t>$676,411.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COST US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Costco Wholesale Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000F6H8W8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>663</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$670,989.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.68%</x:t>
   </x:si>
   <x:si>
     <x:t>UBER US</x:t>
   </x:si>
   <x:si>
     <x:t>Uber Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG002B04MT8</x:t>
   </x:si>
   <x:si>
     <x:t>9,364</x:t>
   </x:si>
   <x:si>
-    <x:t>$747,059.92</x:t>
-[...17 lines deleted...]
-    <x:t>$704,492.72</x:t>
+    <x:t>$660,442.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.67%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Boeing Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BCSST7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,487</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$606,927.48</x:t>
   </x:si>
   <x:si>
     <x:t>0.62%</x:t>
   </x:si>
   <x:si>
-    <x:t>CVX US</x:t>
-[...14 lines deleted...]
-    <x:t>0.61%</x:t>
+    <x:t>PFE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pfizer Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BR2B91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,832</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$570,171.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>B US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Barrick Mining Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BB07P9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,186</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$568,476.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TTD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trade Desk Inc/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00629NGT2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>19,784</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$499,743.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bloom Energy Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000N7KBZ3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,418</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$496,703.76</x:t>
   </x:si>
   <x:si>
     <x:t>RGTI US</x:t>
   </x:si>
   <x:si>
     <x:t>Rigetti Computing Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00Z911S16</x:t>
   </x:si>
   <x:si>
     <x:t>31,445</x:t>
   </x:si>
   <x:si>
-    <x:t>$692,104.45</x:t>
-[...71 lines deleted...]
-    <x:t>0.53%</x:t>
+    <x:t>$490,227.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CELH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Celsius Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000NY37X4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,836</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$475,808.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MRNA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Moderna Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG003PHHZT1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,324</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$453,533.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LULU US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lululemon Athletica Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000R8ZVD1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,350</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$417,642.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Venture Global Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01RGY23K6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>47,385</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$415,566.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>F US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ford Motor Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQPC32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,465</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$388,080.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IONQ US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ionq Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00XZP0LB4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,311</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$375,298.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XOM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Exxon Mobil Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000GZQ728</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,540</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$371,322.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Carnival Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BF6LY3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,199</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$365,983.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>General Motors Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000NDYB67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,495</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$365,083.90</x:t>
   </x:si>
   <x:si>
     <x:t>SNAP US</x:t>
   </x:si>
   <x:si>
     <x:t>Snap Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00441QMJ7</x:t>
   </x:si>
   <x:si>
     <x:t>76,704</x:t>
   </x:si>
   <x:si>
-    <x:t>$588,319.68</x:t>
-[...74 lines deleted...]
-    <x:t>0.46%</x:t>
+    <x:t>$362,809.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XYZ US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Block Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0018SLC07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,631</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$336,921.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DKNG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Draftkings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0134WCM78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,633</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$330,559.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RKT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rocket Cos Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00VY1MYW7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,816</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$327,279.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GRAB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Grab Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG011768M53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>76,155</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$325,181.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WMT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Walmart Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BWXBC2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,320</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$298,932.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TGT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Target Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000H8TVT2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,518</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$293,447.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADBE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Adobe Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BB5006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,120</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$291,704.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MELI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mercadolibre Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000GQPB11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>140</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$276,571.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.28%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NOW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Servicenow Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000M1R011</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,447</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$259,161.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RDDT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Reddit Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG005K1D4S0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$250,614.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Applovin Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG006HFPX77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>652</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$245,399.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mp Materials Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00TJGL0F0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,286</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$244,087.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JPM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jpmorgan Chase &amp; Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DMBXR2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>793</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$243,554.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DIS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Walt Disney Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BH4R78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,226</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$234,709.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24%</x:t>
   </x:si>
   <x:si>
     <x:t>U US</x:t>
   </x:si>
   <x:si>
     <x:t>Unity Software Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0056JW5G6</x:t>
   </x:si>
   <x:si>
     <x:t>11,981</x:t>
   </x:si>
   <x:si>
-    <x:t>$481,156.96</x:t>
-[...362 lines deleted...]
-    <x:t>$238,510.61</x:t>
+    <x:t>$219,971.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>58,566</x:t>
+    <x:t>-7,807</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$58,565.93</x:t>
-[...2 lines deleted...]
-    <x:t>0.05%</x:t>
+    <x:t>$-7,806.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.01%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-50,806.03</x:t>
-[...2 lines deleted...]
-    <x:t>-0.04%</x:t>
+    <x:t>$-2,034.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1450,51 +1435,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf8a250ef8db45a2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R69fbc798bdf1400c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9e495b536a5a4b45" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rdaf6e56eff4b40a9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rc9a4b28021ac4012" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2ba6fa21074e4774" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I81"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="36" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="13" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -1784,486 +1769,486 @@
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G11" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="H11" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I11" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G12" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H12" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I12" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H13" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="H14" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I14" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="C16" s="1" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="D16" s="1" t="s">
+        <x:v>87</x:v>
+      </x:c>
+      <x:c r="E16" s="1" t="s">
+        <x:v>88</x:v>
+      </x:c>
+      <x:c r="F16" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G16" s="1" t="s">
+        <x:v>89</x:v>
+      </x:c>
+      <x:c r="H16" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I16" s="1" t="s">
         <x:v>84</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>89</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
         <x:v>90</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="D26" s="1" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="E26" s="1" t="s">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="F26" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G26" s="1" t="s">
+        <x:v>148</x:v>
+      </x:c>
+      <x:c r="H26" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I26" s="1" t="s">
         <x:v>143</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>148</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
         <x:v>149</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
@@ -2364,660 +2349,660 @@
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="D39" s="1" t="s">
+        <x:v>223</x:v>
+      </x:c>
+      <x:c r="E39" s="1" t="s">
+        <x:v>224</x:v>
+      </x:c>
+      <x:c r="F39" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G39" s="1" t="s">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="H39" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I39" s="1" t="s">
         <x:v>220</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G40" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="H40" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>241</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G43" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="H43" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G44" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="H44" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H45" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="H46" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G47" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="H47" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I48" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>277</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="D50" s="1" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="E50" s="1" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="F50" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G50" s="1" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="H50" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I50" s="1" t="s">
         <x:v>283</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>287</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>294</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="D52" s="1" t="s">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="E52" s="1" t="s">
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="F52" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G52" s="1" t="s">
+        <x:v>299</x:v>
+      </x:c>
+      <x:c r="H52" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I52" s="1" t="s">
         <x:v>294</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>299</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="H53" s="1" t="s">
@@ -3118,723 +3103,723 @@
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="C58" s="1" t="s">
         <x:v>330</x:v>
       </x:c>
-      <x:c r="C58" s="1" t="s">
+      <x:c r="D58" s="1" t="s">
         <x:v>331</x:v>
       </x:c>
-      <x:c r="D58" s="1" t="s">
+      <x:c r="E58" s="1" t="s">
         <x:v>332</x:v>
       </x:c>
-      <x:c r="E58" s="1" t="s">
+      <x:c r="F58" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G58" s="1" t="s">
         <x:v>333</x:v>
       </x:c>
-      <x:c r="F58" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G58" s="1" t="s">
+      <x:c r="H58" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I58" s="1" t="s">
         <x:v>334</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>335</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
+        <x:v>335</x:v>
+      </x:c>
+      <x:c r="C59" s="1" t="s">
         <x:v>336</x:v>
       </x:c>
-      <x:c r="C59" s="1" t="s">
+      <x:c r="D59" s="1" t="s">
         <x:v>337</x:v>
       </x:c>
-      <x:c r="D59" s="1" t="s">
+      <x:c r="E59" s="1" t="s">
         <x:v>338</x:v>
       </x:c>
-      <x:c r="E59" s="1" t="s">
+      <x:c r="F59" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G59" s="1" t="s">
         <x:v>339</x:v>
       </x:c>
-      <x:c r="F59" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G59" s="1" t="s">
+      <x:c r="H59" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I59" s="1" t="s">
         <x:v>340</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="C60" s="1" t="s">
         <x:v>342</x:v>
       </x:c>
-      <x:c r="C60" s="1" t="s">
+      <x:c r="D60" s="1" t="s">
         <x:v>343</x:v>
       </x:c>
-      <x:c r="D60" s="1" t="s">
+      <x:c r="E60" s="1" t="s">
         <x:v>344</x:v>
       </x:c>
-      <x:c r="E60" s="1" t="s">
+      <x:c r="F60" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G60" s="1" t="s">
         <x:v>345</x:v>
       </x:c>
-      <x:c r="F60" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H60" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
+        <x:v>346</x:v>
+      </x:c>
+      <x:c r="C61" s="1" t="s">
+        <x:v>347</x:v>
+      </x:c>
+      <x:c r="D61" s="1" t="s">
         <x:v>348</x:v>
       </x:c>
-      <x:c r="C61" s="1" t="s">
+      <x:c r="E61" s="1" t="s">
         <x:v>349</x:v>
       </x:c>
-      <x:c r="D61" s="1" t="s">
+      <x:c r="F61" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G61" s="1" t="s">
         <x:v>350</x:v>
       </x:c>
-      <x:c r="E61" s="1" t="s">
+      <x:c r="H61" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I61" s="1" t="s">
         <x:v>351</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>353</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
+        <x:v>352</x:v>
+      </x:c>
+      <x:c r="C62" s="1" t="s">
+        <x:v>353</x:v>
+      </x:c>
+      <x:c r="D62" s="1" t="s">
         <x:v>354</x:v>
       </x:c>
-      <x:c r="C62" s="1" t="s">
+      <x:c r="E62" s="1" t="s">
         <x:v>355</x:v>
       </x:c>
-      <x:c r="D62" s="1" t="s">
+      <x:c r="F62" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G62" s="1" t="s">
         <x:v>356</x:v>
       </x:c>
-      <x:c r="E62" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H62" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I62" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
+        <x:v>357</x:v>
+      </x:c>
+      <x:c r="C63" s="1" t="s">
+        <x:v>358</x:v>
+      </x:c>
+      <x:c r="D63" s="1" t="s">
         <x:v>359</x:v>
       </x:c>
-      <x:c r="C63" s="1" t="s">
+      <x:c r="E63" s="1" t="s">
         <x:v>360</x:v>
       </x:c>
-      <x:c r="D63" s="1" t="s">
+      <x:c r="F63" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G63" s="1" t="s">
         <x:v>361</x:v>
       </x:c>
-      <x:c r="E63" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H63" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I63" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>351</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
+        <x:v>362</x:v>
+      </x:c>
+      <x:c r="C64" s="1" t="s">
+        <x:v>363</x:v>
+      </x:c>
+      <x:c r="D64" s="1" t="s">
+        <x:v>364</x:v>
+      </x:c>
+      <x:c r="E64" s="1" t="s">
         <x:v>365</x:v>
       </x:c>
-      <x:c r="C64" s="1" t="s">
+      <x:c r="F64" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G64" s="1" t="s">
         <x:v>366</x:v>
       </x:c>
-      <x:c r="D64" s="1" t="s">
+      <x:c r="H64" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I64" s="1" t="s">
         <x:v>367</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>370</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
+        <x:v>368</x:v>
+      </x:c>
+      <x:c r="C65" s="1" t="s">
+        <x:v>369</x:v>
+      </x:c>
+      <x:c r="D65" s="1" t="s">
+        <x:v>370</x:v>
+      </x:c>
+      <x:c r="E65" s="1" t="s">
         <x:v>371</x:v>
       </x:c>
-      <x:c r="C65" s="1" t="s">
+      <x:c r="F65" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G65" s="1" t="s">
         <x:v>372</x:v>
       </x:c>
-      <x:c r="D65" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H65" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I65" s="1" t="s">
-        <x:v>376</x:v>
+        <x:v>367</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:9" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
+        <x:v>373</x:v>
+      </x:c>
+      <x:c r="C66" s="1" t="s">
+        <x:v>374</x:v>
+      </x:c>
+      <x:c r="D66" s="1" t="s">
+        <x:v>375</x:v>
+      </x:c>
+      <x:c r="E66" s="1" t="s">
+        <x:v>376</x:v>
+      </x:c>
+      <x:c r="F66" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G66" s="1" t="s">
         <x:v>377</x:v>
       </x:c>
-      <x:c r="C66" s="1" t="s">
+      <x:c r="H66" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I66" s="1" t="s">
         <x:v>378</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:9" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
+        <x:v>379</x:v>
+      </x:c>
+      <x:c r="C67" s="1" t="s">
+        <x:v>380</x:v>
+      </x:c>
+      <x:c r="D67" s="1" t="s">
+        <x:v>381</x:v>
+      </x:c>
+      <x:c r="E67" s="1" t="s">
+        <x:v>382</x:v>
+      </x:c>
+      <x:c r="F67" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G67" s="1" t="s">
         <x:v>383</x:v>
       </x:c>
-      <x:c r="C67" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H67" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I67" s="1" t="s">
-        <x:v>382</x:v>
+        <x:v>378</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:9" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
+        <x:v>384</x:v>
+      </x:c>
+      <x:c r="C68" s="1" t="s">
+        <x:v>385</x:v>
+      </x:c>
+      <x:c r="D68" s="1" t="s">
+        <x:v>386</x:v>
+      </x:c>
+      <x:c r="E68" s="1" t="s">
+        <x:v>387</x:v>
+      </x:c>
+      <x:c r="F68" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G68" s="1" t="s">
         <x:v>388</x:v>
       </x:c>
-      <x:c r="C68" s="1" t="s">
+      <x:c r="H68" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I68" s="1" t="s">
         <x:v>389</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>382</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:9" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="C69" s="1" t="s">
+        <x:v>391</x:v>
+      </x:c>
+      <x:c r="D69" s="1" t="s">
+        <x:v>392</x:v>
+      </x:c>
+      <x:c r="E69" s="1" t="s">
         <x:v>393</x:v>
       </x:c>
-      <x:c r="C69" s="1" t="s">
+      <x:c r="F69" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G69" s="1" t="s">
         <x:v>394</x:v>
       </x:c>
-      <x:c r="D69" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H69" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I69" s="1" t="s">
-        <x:v>398</x:v>
+        <x:v>389</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:9" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="C70" s="1" t="s">
+        <x:v>396</x:v>
+      </x:c>
+      <x:c r="D70" s="1" t="s">
+        <x:v>397</x:v>
+      </x:c>
+      <x:c r="E70" s="1" t="s">
+        <x:v>398</x:v>
+      </x:c>
+      <x:c r="F70" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G70" s="1" t="s">
         <x:v>399</x:v>
       </x:c>
-      <x:c r="C70" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H70" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I70" s="1" t="s">
-        <x:v>404</x:v>
+        <x:v>389</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:9" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
+        <x:v>400</x:v>
+      </x:c>
+      <x:c r="C71" s="1" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="D71" s="1" t="s">
+        <x:v>402</x:v>
+      </x:c>
+      <x:c r="E71" s="1" t="s">
+        <x:v>403</x:v>
+      </x:c>
+      <x:c r="F71" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G71" s="1" t="s">
+        <x:v>404</x:v>
+      </x:c>
+      <x:c r="H71" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I71" s="1" t="s">
         <x:v>405</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>410</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:9" ht="15" customHeight="1">
       <x:c r="A72" s="1">
         <x:v>69</x:v>
       </x:c>
       <x:c r="B72" s="1" t="s">
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="C72" s="1" t="s">
+        <x:v>407</x:v>
+      </x:c>
+      <x:c r="D72" s="1" t="s">
+        <x:v>408</x:v>
+      </x:c>
+      <x:c r="E72" s="1" t="s">
+        <x:v>409</x:v>
+      </x:c>
+      <x:c r="F72" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G72" s="1" t="s">
+        <x:v>410</x:v>
+      </x:c>
+      <x:c r="H72" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I72" s="1" t="s">
         <x:v>411</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>410</x:v>
       </x:c>
     </x:row>
     <x:row r="73" spans="1:9" ht="15" customHeight="1">
       <x:c r="A73" s="1">
         <x:v>70</x:v>
       </x:c>
       <x:c r="B73" s="1" t="s">
+        <x:v>412</x:v>
+      </x:c>
+      <x:c r="C73" s="1" t="s">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="D73" s="1" t="s">
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="E73" s="1" t="s">
+        <x:v>415</x:v>
+      </x:c>
+      <x:c r="F73" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G73" s="1" t="s">
         <x:v>416</x:v>
       </x:c>
-      <x:c r="C73" s="1" t="s">
+      <x:c r="H73" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I73" s="1" t="s">
         <x:v>417</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>410</x:v>
       </x:c>
     </x:row>
     <x:row r="74" spans="1:9" ht="15" customHeight="1">
       <x:c r="A74" s="1">
         <x:v>71</x:v>
       </x:c>
       <x:c r="B74" s="1" t="s">
+        <x:v>418</x:v>
+      </x:c>
+      <x:c r="C74" s="1" t="s">
+        <x:v>419</x:v>
+      </x:c>
+      <x:c r="D74" s="1" t="s">
+        <x:v>420</x:v>
+      </x:c>
+      <x:c r="E74" s="1" t="s">
         <x:v>421</x:v>
       </x:c>
-      <x:c r="C74" s="1" t="s">
+      <x:c r="F74" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G74" s="1" t="s">
         <x:v>422</x:v>
       </x:c>
-      <x:c r="D74" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H74" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I74" s="1" t="s">
-        <x:v>426</x:v>
+        <x:v>417</x:v>
       </x:c>
     </x:row>
     <x:row r="75" spans="1:9" ht="15" customHeight="1">
       <x:c r="A75" s="1">
         <x:v>72</x:v>
       </x:c>
       <x:c r="B75" s="1" t="s">
+        <x:v>423</x:v>
+      </x:c>
+      <x:c r="C75" s="1" t="s">
+        <x:v>424</x:v>
+      </x:c>
+      <x:c r="D75" s="1" t="s">
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="E75" s="1" t="s">
+        <x:v>426</x:v>
+      </x:c>
+      <x:c r="F75" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G75" s="1" t="s">
         <x:v>427</x:v>
       </x:c>
-      <x:c r="C75" s="1" t="s">
-[...13 lines deleted...]
-      </x:c>
       <x:c r="H75" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I75" s="1" t="s">
-        <x:v>432</x:v>
+        <x:v>417</x:v>
       </x:c>
     </x:row>
     <x:row r="76" spans="1:9" ht="15" customHeight="1">
       <x:c r="A76" s="1">
         <x:v>73</x:v>
       </x:c>
       <x:c r="B76" s="1" t="s">
-        <x:v>433</x:v>
+        <x:v>428</x:v>
       </x:c>
       <x:c r="C76" s="1" t="s">
-        <x:v>434</x:v>
+        <x:v>429</x:v>
       </x:c>
       <x:c r="D76" s="1" t="s">
-        <x:v>435</x:v>
+        <x:v>430</x:v>
       </x:c>
       <x:c r="E76" s="1" t="s">
-        <x:v>436</x:v>
+        <x:v>431</x:v>
       </x:c>
       <x:c r="F76" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G76" s="1" t="s">
-        <x:v>437</x:v>
+        <x:v>432</x:v>
       </x:c>
       <x:c r="H76" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I76" s="1" t="s">
-        <x:v>438</x:v>
+        <x:v>417</x:v>
       </x:c>
     </x:row>
     <x:row r="77" spans="1:9" ht="15" customHeight="1">
       <x:c r="A77" s="1">
         <x:v>74</x:v>
       </x:c>
       <x:c r="B77" s="1" t="s">
-        <x:v>439</x:v>
+        <x:v>433</x:v>
       </x:c>
       <x:c r="C77" s="1" t="s">
-        <x:v>440</x:v>
+        <x:v>434</x:v>
       </x:c>
       <x:c r="D77" s="1" t="s">
-        <x:v>441</x:v>
+        <x:v>435</x:v>
       </x:c>
       <x:c r="E77" s="1" t="s">
-        <x:v>442</x:v>
+        <x:v>436</x:v>
       </x:c>
       <x:c r="F77" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G77" s="1" t="s">
-        <x:v>443</x:v>
+        <x:v>437</x:v>
       </x:c>
       <x:c r="H77" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I77" s="1" t="s">
-        <x:v>444</x:v>
+        <x:v>438</x:v>
       </x:c>
     </x:row>
     <x:row r="78" spans="1:9" ht="15" customHeight="1">
       <x:c r="A78" s="1">
         <x:v>75</x:v>
       </x:c>
       <x:c r="B78" s="1" t="s">
-        <x:v>445</x:v>
+        <x:v>439</x:v>
       </x:c>
       <x:c r="C78" s="1" t="s">
-        <x:v>446</x:v>
+        <x:v>440</x:v>
       </x:c>
       <x:c r="D78" s="1" t="s">
-        <x:v>447</x:v>
+        <x:v>441</x:v>
       </x:c>
       <x:c r="E78" s="1" t="s">
-        <x:v>448</x:v>
+        <x:v>442</x:v>
       </x:c>
       <x:c r="F78" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G78" s="1" t="s">
-        <x:v>449</x:v>
+        <x:v>443</x:v>
       </x:c>
       <x:c r="H78" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I78" s="1" t="s">
         <x:v>444</x:v>
       </x:c>
     </x:row>
     <x:row r="79" spans="1:9" ht="15" customHeight="1">
       <x:c r="A79" s="1">
         <x:v>76</x:v>
       </x:c>
       <x:c r="B79" s="1" t="s">
+        <x:v>445</x:v>
+      </x:c>
+      <x:c r="C79" s="1" t="s">
+        <x:v>446</x:v>
+      </x:c>
+      <x:c r="D79" s="1" t="s">
+        <x:v>446</x:v>
+      </x:c>
+      <x:c r="E79" s="1" t="s">
+        <x:v>447</x:v>
+      </x:c>
+      <x:c r="F79" s="1" t="s">
+        <x:v>448</x:v>
+      </x:c>
+      <x:c r="G79" s="1" t="s">
+        <x:v>449</x:v>
+      </x:c>
+      <x:c r="H79" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I79" s="1" t="s">
         <x:v>450</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>455</x:v>
       </x:c>
     </x:row>
     <x:row r="80" spans="1:9" ht="15" customHeight="1">
       <x:c r="A80" s="1">
         <x:v>77</x:v>
       </x:c>
       <x:c r="B80" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C80" s="1" t="s">
-        <x:v>456</x:v>
+        <x:v>451</x:v>
       </x:c>
       <x:c r="D80" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E80" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F80" s="1" t="s">
-        <x:v>457</x:v>
+        <x:v>452</x:v>
       </x:c>
       <x:c r="G80" s="1" t="s">
-        <x:v>458</x:v>
+        <x:v>453</x:v>
       </x:c>
       <x:c r="H80" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I80" s="1" t="s">
-        <x:v>459</x:v>
+        <x:v>454</x:v>
       </x:c>
     </x:row>
     <x:row r="81" spans="1:9" ht="15" customHeight="1">
       <x:c r="A81" s="2" t="s">
-        <x:v>460</x:v>
+        <x:v>455</x:v>
       </x:c>
       <x:c r="B81" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C81" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D81" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E81" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F81" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G81" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H81" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I81" s="2" t="s">
         <x:v>1</x:v>
       </x:c>