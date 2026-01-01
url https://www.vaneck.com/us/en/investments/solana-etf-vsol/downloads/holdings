--- v0 (2025-12-08)
+++ v1 (2026-01-01)
@@ -1,78 +1,78 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6459913096ab4e62" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R809c67399bbc48b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="VSOL_asof_20251205" sheetId="1" r:id="R2bd98a9845d74a1c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="VSOL_asof_20251230" sheetId="1" r:id="R8ac0f9f8aee14e93"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="12">
   <x:si>
-    <x:t>Daily Holdings (%)  12/05/2025</x:t>
+    <x:t>Daily Holdings (%)  12/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Solana</x:t>
   </x:si>
   <x:si>
-    <x:t>129,704</x:t>
-[...2 lines deleted...]
-    <x:t>$17,179,850.03</x:t>
+    <x:t>188,677</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,442,608.77</x:t>
   </x:si>
   <x:si>
     <x:t>100.00%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
@@ -103,51 +103,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47f1bfb8e485400d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rbac75a4b49184859" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2bd98a9845d74a1c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb13e6caae7b049ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra6c7ec3c69034cf1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8ac0f9f8aee14e93" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:E5"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="19" customWidth="1"/>
     <x:col min="3" max="3" width="13" customWidth="1"/>
     <x:col min="4" max="4" width="26" customWidth="1"/>
     <x:col min="5" max="5" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>