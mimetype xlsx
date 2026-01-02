--- v1 (2026-01-01)
+++ v2 (2026-01-02)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R809c67399bbc48b7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra44b13229d6b4511" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="VSOL_asof_20251230" sheetId="1" r:id="R8ac0f9f8aee14e93"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="VSOL_asof_20251230" sheetId="1" r:id="R33d287390c894839"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="12">
   <x:si>
     <x:t>Daily Holdings (%)  12/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
@@ -103,51 +103,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb13e6caae7b049ca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra6c7ec3c69034cf1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8ac0f9f8aee14e93" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3b56e2db1bf4426" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3254c657d39842d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R33d287390c894839" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:E5"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="19" customWidth="1"/>
     <x:col min="3" max="3" width="13" customWidth="1"/>
     <x:col min="4" max="4" width="26" customWidth="1"/>
     <x:col min="5" max="5" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>