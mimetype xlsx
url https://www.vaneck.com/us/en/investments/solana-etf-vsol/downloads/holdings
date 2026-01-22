--- v2 (2026-01-02)
+++ v3 (2026-01-22)
@@ -1,78 +1,78 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra44b13229d6b4511" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6e37c66dce3428a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="VSOL_asof_20251230" sheetId="1" r:id="R33d287390c894839"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="VSOL_asof_20260121" sheetId="1" r:id="R6d9645c4b3ca499d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="12">
   <x:si>
-    <x:t>Daily Holdings (%)  12/30/2025</x:t>
+    <x:t>Daily Holdings (%)  01/21/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Solana</x:t>
   </x:si>
   <x:si>
-    <x:t>188,677</x:t>
-[...2 lines deleted...]
-    <x:t>$23,442,608.77</x:t>
+    <x:t>208,889</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,274,898.95</x:t>
   </x:si>
   <x:si>
     <x:t>100.00%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
@@ -103,51 +103,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3b56e2db1bf4426" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3254c657d39842d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R33d287390c894839" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2576bfb0ec624147" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rbabf5a90e4254643" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6d9645c4b3ca499d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:E5"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="19" customWidth="1"/>
     <x:col min="3" max="3" width="13" customWidth="1"/>
     <x:col min="4" max="4" width="26" customWidth="1"/>
     <x:col min="5" max="5" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>