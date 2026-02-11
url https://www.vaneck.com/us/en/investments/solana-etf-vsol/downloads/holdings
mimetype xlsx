--- v3 (2026-01-22)
+++ v4 (2026-02-11)
@@ -1,78 +1,78 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6e37c66dce3428a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7e5b71122e7474d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="VSOL_asof_20260121" sheetId="1" r:id="R6d9645c4b3ca499d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="VSOL_asof_20260210" sheetId="1" r:id="R8d20d953d71642b1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="12">
   <x:si>
-    <x:t>Daily Holdings (%)  01/21/2026</x:t>
+    <x:t>Daily Holdings (%)  02/10/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Solana</x:t>
   </x:si>
   <x:si>
-    <x:t>208,889</x:t>
-[...2 lines deleted...]
-    <x:t>$27,274,898.95</x:t>
+    <x:t>203,089</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,794,520.51</x:t>
   </x:si>
   <x:si>
     <x:t>100.00%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
@@ -103,51 +103,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2576bfb0ec624147" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rbabf5a90e4254643" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6d9645c4b3ca499d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45be24cdfdbd4715" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R95185683a4af4d08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8d20d953d71642b1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:E5"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="19" customWidth="1"/>
     <x:col min="3" max="3" width="13" customWidth="1"/>
     <x:col min="4" max="4" width="26" customWidth="1"/>
     <x:col min="5" max="5" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>