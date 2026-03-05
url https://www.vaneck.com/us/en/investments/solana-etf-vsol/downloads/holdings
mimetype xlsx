--- v4 (2026-02-11)
+++ v5 (2026-03-05)
@@ -1,81 +1,93 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc7e5b71122e7474d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4208cd49861e4181" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="VSOL_asof_20260210" sheetId="1" r:id="R8d20d953d71642b1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="VSOL_asof_20260303" sheetId="1" r:id="R421854d0ee8e4ceb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="24" uniqueCount="12">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  02/10/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="28" uniqueCount="16">
+  <x:si>
+    <x:t>Daily Holdings (%)  03/03/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Solana</x:t>
   </x:si>
   <x:si>
-    <x:t>203,089</x:t>
-[...2 lines deleted...]
-    <x:t>$16,794,520.51</x:t>
+    <x:t>207,055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,598,772.80</x:t>
   </x:si>
   <x:si>
     <x:t>100.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Other Cash And Liabilities</x:t>
+  </x:si>
+  <x:si>
+    <x:t> -- </x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-426.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -103,59 +115,59 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45be24cdfdbd4715" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R95185683a4af4d08" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8d20d953d71642b1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48e1d4edf6294033" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R7d8a5d87d0f346f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R421854d0ee8e4ceb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:E5"/>
+  <x:dimension ref="A1:E6"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
-    <x:col min="2" max="2" width="19" customWidth="1"/>
+    <x:col min="2" max="2" width="36" customWidth="1"/>
     <x:col min="3" max="3" width="13" customWidth="1"/>
     <x:col min="4" max="4" width="26" customWidth="1"/>
     <x:col min="5" max="5" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:5" ht="15" customHeight="1">
       <x:c r="A2" s="2" t="s">
         <x:v>1</x:v>
@@ -185,50 +197,67 @@
       </x:c>
       <x:c r="D3" s="2" t="s">
         <x:v>5</x:v>
       </x:c>
       <x:c r="E3" s="2" t="s">
         <x:v>6</x:v>
       </x:c>
     </x:row>
     <x:row r="4" spans="1:5" ht="15" customHeight="1">
       <x:c r="A4" s="1">
         <x:v>1</x:v>
       </x:c>
       <x:c r="B4" s="1" t="s">
         <x:v>7</x:v>
       </x:c>
       <x:c r="C4" s="1" t="s">
         <x:v>8</x:v>
       </x:c>
       <x:c r="D4" s="1" t="s">
         <x:v>9</x:v>
       </x:c>
       <x:c r="E4" s="1" t="s">
         <x:v>10</x:v>
       </x:c>
     </x:row>
-    <x:row r="5" spans="1:5" ht="30" customHeight="1">
-      <x:c r="A5" s="2" t="s">
+    <x:row r="5" spans="1:5" ht="15" customHeight="1">
+      <x:c r="A5" s="1">
+        <x:v>2</x:v>
+      </x:c>
+      <x:c r="B5" s="1" t="s">
         <x:v>11</x:v>
       </x:c>
-      <x:c r="B5" s="2" t="s">
-[...8 lines deleted...]
-      <x:c r="E5" s="2" t="s">
+      <x:c r="C5" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="D5" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="E5" s="1" t="s">
+        <x:v>14</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="6" spans="1:5" ht="30" customHeight="1">
+      <x:c r="A6" s="2" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="B6" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C6" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D6" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="E6" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:E1"/>
     <x:mergeCell ref="A2:E2"/>
-    <x:mergeCell ref="A5:E5"/>
+    <x:mergeCell ref="A6:E6"/>
   </x:mergeCells>
 </x:worksheet>
 </file>