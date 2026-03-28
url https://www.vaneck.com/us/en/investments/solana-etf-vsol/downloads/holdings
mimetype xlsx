--- v5 (2026-03-05)
+++ v6 (2026-03-28)
@@ -1,93 +1,93 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4208cd49861e4181" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb0e9815568504f22" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="VSOL_asof_20260303" sheetId="1" r:id="R421854d0ee8e4ceb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="VSOL_asof_20260326" sheetId="1" r:id="R2de0b6edf7bc4b25"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="28" uniqueCount="16">
   <x:si>
-    <x:t>Daily Holdings (%)  03/03/2026</x:t>
+    <x:t>Daily Holdings (%)  03/26/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Solana</x:t>
   </x:si>
   <x:si>
-    <x:t>207,055</x:t>
-[...5 lines deleted...]
-    <x:t>100.00%</x:t>
+    <x:t>181,398</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,557,470.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>100.02%</x:t>
   </x:si>
   <x:si>
     <x:t>Other Cash And Liabilities</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>$-426.78</x:t>
-[...2 lines deleted...]
-    <x:t>-0.00%</x:t>
+    <x:t>$-3,598.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.02%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -115,51 +115,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R48e1d4edf6294033" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R7d8a5d87d0f346f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R421854d0ee8e4ceb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R282bfe764fd84120" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re4c68f1abacb40c3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2de0b6edf7bc4b25" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:E6"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="36" customWidth="1"/>
     <x:col min="3" max="3" width="13" customWidth="1"/>
     <x:col min="4" max="4" width="26" customWidth="1"/>
     <x:col min="5" max="5" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:5" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>