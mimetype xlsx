--- v0 (2026-01-12)
+++ v1 (2026-01-15)
@@ -1,798 +1,810 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb46a3e49651245e7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R346d7306815448dd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="SLX_asof_20260108" sheetId="1" r:id="R31b14215c4b94a0e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="SLX_asof_20260113" sheetId="1" r:id="Recf1fb5bc9814a6f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="356" uniqueCount="251">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  01/08/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="364" uniqueCount="255">
+  <x:si>
+    <x:t>Daily Holdings (%)  01/13/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>RIO US</x:t>
   </x:si>
   <x:si>
     <x:t>Rio Tinto Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000FD28T3</x:t>
   </x:si>
   <x:si>
-    <x:t>166,600</x:t>
+    <x:t>169,239</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$14,026,054.00</x:t>
+    <x:t>$14,146,688.01</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>8.38%</x:t>
+    <x:t>8.18%</x:t>
   </x:si>
   <x:si>
     <x:t>BHP US</x:t>
   </x:si>
   <x:si>
     <x:t>Bhp Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BD5NZ4</x:t>
   </x:si>
   <x:si>
-    <x:t>209,839</x:t>
-[...5 lines deleted...]
-    <x:t>7.90%</x:t>
+    <x:t>213,163</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,640,300.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.89%</x:t>
   </x:si>
   <x:si>
     <x:t>VALE US</x:t>
   </x:si>
   <x:si>
     <x:t>Vale Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BN5LG7</x:t>
   </x:si>
   <x:si>
-    <x:t>855,571</x:t>
-[...5 lines deleted...]
-    <x:t>7.20%</x:t>
+    <x:t>869,124</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,263,339.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.10%</x:t>
   </x:si>
   <x:si>
     <x:t>FMG AU</x:t>
   </x:si>
   <x:si>
     <x:t>Fortescue Metals Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000J47TP2</x:t>
   </x:si>
   <x:si>
-    <x:t>686,248</x:t>
-[...5 lines deleted...]
-    <x:t>6.28%</x:t>
+    <x:t>697,119</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,507,305.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NUE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nucor Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQ8KV2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>58,888</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,980,338.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.77%</x:t>
   </x:si>
   <x:si>
     <x:t>RIO AU</x:t>
   </x:si>
   <x:si>
     <x:t>Rio Tinto Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BYLWT7</x:t>
   </x:si>
   <x:si>
-    <x:t>95,695</x:t>
-[...23 lines deleted...]
-    <x:t>5.82%</x:t>
+    <x:t>97,211</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,447,887.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.47%</x:t>
   </x:si>
   <x:si>
     <x:t>MT US</x:t>
   </x:si>
   <x:si>
     <x:t>Arcelormittal Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJH5W0</x:t>
   </x:si>
   <x:si>
-    <x:t>176,411</x:t>
-[...2 lines deleted...]
-    <x:t>$8,346,004.41</x:t>
+    <x:t>179,206</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,616,224.48</x:t>
   </x:si>
   <x:si>
     <x:t>4.99%</x:t>
   </x:si>
   <x:si>
+    <x:t>PKX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Posco Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BCBSD2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>133,293</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,025,571.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.64%</x:t>
+  </x:si>
+  <x:si>
     <x:t>RS US</x:t>
   </x:si>
   <x:si>
     <x:t>Reliance Steel &amp; Aluminum Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CJ2181</x:t>
   </x:si>
   <x:si>
-    <x:t>24,730</x:t>
-[...5 lines deleted...]
-    <x:t>4.55%</x:t>
+    <x:t>25,122</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,828,517.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.53%</x:t>
   </x:si>
   <x:si>
     <x:t>5401 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Nippon Steel Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BG9X54</x:t>
   </x:si>
   <x:si>
-    <x:t>1,803,400</x:t>
-[...5 lines deleted...]
-    <x:t>4.37%</x:t>
+    <x:t>1,832,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,632,974.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.42%</x:t>
   </x:si>
   <x:si>
     <x:t>STLD US</x:t>
   </x:si>
   <x:si>
     <x:t>Steel Dynamics Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000HGYNZ9</x:t>
   </x:si>
   <x:si>
-    <x:t>41,725</x:t>
-[...23 lines deleted...]
-    <x:t>4.03%</x:t>
+    <x:t>42,386</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,198,838.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.16%</x:t>
   </x:si>
   <x:si>
     <x:t>5411 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Jfe Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BQWB27</x:t>
   </x:si>
   <x:si>
-    <x:t>429,200</x:t>
-[...5 lines deleted...]
-    <x:t>3.30%</x:t>
+    <x:t>436,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,760,888.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.33%</x:t>
   </x:si>
   <x:si>
     <x:t>2002 TT</x:t>
   </x:si>
   <x:si>
     <x:t>China Steel Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BDBXZ5</x:t>
   </x:si>
   <x:si>
-    <x:t>9,086,000</x:t>
-[...2 lines deleted...]
-    <x:t>$5,521,028.12</x:t>
+    <x:t>9,230,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,676,972.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.28%</x:t>
   </x:si>
   <x:si>
     <x:t>TS US</x:t>
   </x:si>
   <x:si>
     <x:t>Tenaris Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PLD4R3</x:t>
   </x:si>
   <x:si>
-    <x:t>123,805</x:t>
-[...5 lines deleted...]
-    <x:t>3.00%</x:t>
+    <x:t>125,766</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,246,957.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CLF US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cleveland-Cliffs Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BFRF55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>313,304</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,185,741.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.42%</x:t>
   </x:si>
   <x:si>
     <x:t>BSL AU</x:t>
   </x:si>
   <x:si>
     <x:t>Bluescope Steel Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000KPMQF3</x:t>
   </x:si>
   <x:si>
-    <x:t>202,476</x:t>
-[...5 lines deleted...]
-    <x:t>2.39%</x:t>
+    <x:t>205,684</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,100,673.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.37%</x:t>
   </x:si>
   <x:si>
     <x:t>CMC US</x:t>
   </x:si>
   <x:si>
     <x:t>Commercial Metals Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BFSND8</x:t>
   </x:si>
   <x:si>
-    <x:t>53,705</x:t>
-[...23 lines deleted...]
-    <x:t>2.26%</x:t>
+    <x:t>54,556</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,051,328.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.34%</x:t>
   </x:si>
   <x:si>
     <x:t>MIN AU</x:t>
   </x:si>
   <x:si>
     <x:t>Mineral Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000M2YPN2</x:t>
   </x:si>
   <x:si>
-    <x:t>97,005</x:t>
-[...2 lines deleted...]
-    <x:t>$3,696,327.40</x:t>
+    <x:t>98,542</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,977,244.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SSABB SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ssab Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BGD8Q1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>446,966</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,814,233.85</x:t>
   </x:si>
   <x:si>
     <x:t>2.21%</x:t>
   </x:si>
   <x:si>
-    <x:t>SSABB SS</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>GGB US</x:t>
   </x:si>
   <x:si>
     <x:t>Gerdau Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000K91FQ4</x:t>
   </x:si>
   <x:si>
-    <x:t>833,545</x:t>
-[...5 lines deleted...]
-    <x:t>1.97%</x:t>
+    <x:t>846,750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,446,272.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.99%</x:t>
   </x:si>
   <x:si>
     <x:t>ACX SM</x:t>
   </x:si>
   <x:si>
     <x:t>Acerinox Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BB7ZC4</x:t>
   </x:si>
   <x:si>
-    <x:t>134,981</x:t>
-[...5 lines deleted...]
-    <x:t>1.24%</x:t>
+    <x:t>137,119</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,134,077.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.23%</x:t>
   </x:si>
   <x:si>
     <x:t>2027 TT</x:t>
   </x:si>
   <x:si>
     <x:t>Ta Chen Stainless Pipe</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000HK7WR9</x:t>
   </x:si>
   <x:si>
-    <x:t>1,753,000</x:t>
-[...5 lines deleted...]
-    <x:t>1.19%</x:t>
+    <x:t>1,781,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,070,583.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.20%</x:t>
   </x:si>
   <x:si>
     <x:t>5444 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Yamato Kogyo Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BD7BW1</x:t>
   </x:si>
   <x:si>
-    <x:t>21,500</x:t>
-[...2 lines deleted...]
-    <x:t>$1,530,347.83</x:t>
+    <x:t>21,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,573,772.86</x:t>
   </x:si>
   <x:si>
     <x:t>0.91%</x:t>
   </x:si>
   <x:si>
     <x:t>OUT1V FH</x:t>
   </x:si>
   <x:si>
     <x:t>Outokumpu Oyj</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BQ5Z60</x:t>
   </x:si>
   <x:si>
-    <x:t>273,145</x:t>
-[...5 lines deleted...]
-    <x:t>0.90%</x:t>
+    <x:t>277,472</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,533,697.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.89%</x:t>
   </x:si>
   <x:si>
     <x:t>EREGL TI</x:t>
   </x:si>
   <x:si>
     <x:t>Eregli Demir Ve Celik Fabrikalari Tas</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BVCBJ0</x:t>
   </x:si>
   <x:si>
-    <x:t>2,526,360</x:t>
-[...5 lines deleted...]
-    <x:t>0.87%</x:t>
+    <x:t>2,566,381</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,494,255.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.86%</x:t>
   </x:si>
   <x:si>
     <x:t>TX US</x:t>
   </x:si>
   <x:si>
     <x:t>Ternium Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000LTPD97</x:t>
   </x:si>
   <x:si>
-    <x:t>34,729</x:t>
-[...5 lines deleted...]
-    <x:t>0.84%</x:t>
+    <x:t>35,279</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,466,195.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.85%</x:t>
   </x:si>
   <x:si>
     <x:t>5463 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Maruichi Steel Tube Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BL7191</x:t>
   </x:si>
   <x:si>
-    <x:t>141,900</x:t>
-[...5 lines deleted...]
-    <x:t>0.81%</x:t>
+    <x:t>144,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,388,257.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.80%</x:t>
   </x:si>
   <x:si>
     <x:t>APAM NA</x:t>
   </x:si>
   <x:si>
     <x:t>Aperam Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001D93XQ9</x:t>
   </x:si>
   <x:si>
-    <x:t>31,696</x:t>
-[...5 lines deleted...]
-    <x:t>0.79%</x:t>
+    <x:t>32,198</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,356,191.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.78%</x:t>
   </x:si>
   <x:si>
     <x:t>8078 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Hanwa Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBLFX9</x:t>
   </x:si>
   <x:si>
-    <x:t>26,900</x:t>
-[...2 lines deleted...]
-    <x:t>$1,290,733.97</x:t>
+    <x:t>27,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,324,148.83</x:t>
   </x:si>
   <x:si>
     <x:t>0.77%</x:t>
   </x:si>
   <x:si>
     <x:t>RUS CN</x:t>
   </x:si>
   <x:si>
     <x:t>Russel Metals Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DPZC04</x:t>
   </x:si>
   <x:si>
-    <x:t>38,166</x:t>
-[...5 lines deleted...]
-    <x:t>0.74%</x:t>
+    <x:t>38,771</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,288,874.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.75%</x:t>
   </x:si>
   <x:si>
     <x:t>SGM AU</x:t>
   </x:si>
   <x:si>
     <x:t>Sims Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BSRGJ0</x:t>
   </x:si>
   <x:si>
-    <x:t>96,240</x:t>
-[...5 lines deleted...]
-    <x:t>0.72%</x:t>
+    <x:t>97,765</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,266,317.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.73%</x:t>
   </x:si>
   <x:si>
     <x:t>004020 KS</x:t>
   </x:si>
   <x:si>
     <x:t>Hyundai Steel Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BCVFZ4</x:t>
   </x:si>
   <x:si>
-    <x:t>52,015</x:t>
-[...5 lines deleted...]
-    <x:t>0.63%</x:t>
+    <x:t>52,839</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,125,133.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.65%</x:t>
   </x:si>
   <x:si>
     <x:t>LIF CN</x:t>
   </x:si>
   <x:si>
     <x:t>Labrador Iron Ore Royalty Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000HRCTX8</x:t>
   </x:si>
   <x:si>
-    <x:t>43,425</x:t>
-[...5 lines deleted...]
-    <x:t>0.57%</x:t>
+    <x:t>44,113</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$997,663.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.58%</x:t>
   </x:si>
   <x:si>
     <x:t>KIO SJ</x:t>
   </x:si>
   <x:si>
     <x:t>Kumba Iron Ore Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PPVK43</x:t>
   </x:si>
   <x:si>
-    <x:t>39,523</x:t>
-[...5 lines deleted...]
-    <x:t>0.52%</x:t>
+    <x:t>40,149</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$878,407.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.51%</x:t>
   </x:si>
   <x:si>
     <x:t>SID US</x:t>
   </x:si>
   <x:si>
     <x:t>Cia Siderurgica Nacional Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000JM98S3</x:t>
   </x:si>
   <x:si>
-    <x:t>459,455</x:t>
-[...5 lines deleted...]
-    <x:t>0.51%</x:t>
+    <x:t>466,733</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$872,790.71</x:t>
   </x:si>
   <x:si>
     <x:t>2015 TT</x:t>
   </x:si>
   <x:si>
     <x:t>Feng Hsin Steel Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJR8N3</x:t>
   </x:si>
   <x:si>
-    <x:t>399,000</x:t>
-[...2 lines deleted...]
-    <x:t>$788,697.42</x:t>
+    <x:t>405,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$815,427.65</x:t>
   </x:si>
   <x:si>
     <x:t>0.47%</x:t>
   </x:si>
   <x:si>
     <x:t>WS US</x:t>
   </x:si>
   <x:si>
     <x:t>Worthington Steel Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01JPM5032</x:t>
   </x:si>
   <x:si>
-    <x:t>16,878</x:t>
-[...5 lines deleted...]
-    <x:t>0.37%</x:t>
+    <x:t>17,145</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$628,192.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.36%</x:t>
   </x:si>
   <x:si>
     <x:t>VSVS LN</x:t>
   </x:si>
   <x:si>
     <x:t>Vesuvius Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BDBMW2</x:t>
   </x:si>
   <x:si>
-    <x:t>96,733</x:t>
-[...5 lines deleted...]
-    <x:t>0.33%</x:t>
+    <x:t>98,265</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$547,432.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>-40,809</x:t>
+    <x:t>394,974</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$-40,808.68</x:t>
-[...2 lines deleted...]
-    <x:t>-0.02%</x:t>
+    <x:t>$394,974.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-TWD CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,221,618</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$133,435.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.08%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$590,179.88</x:t>
-[...2 lines deleted...]
-    <x:t>0.35%</x:t>
+    <x:t>$5,744.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -820,56 +832,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0583eedcbdc4b24" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R9c42340b10864d86" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R31b14215c4b94a0e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22848fcd28cb4dd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rfb410dae90ee4bfc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Recf1fb5bc9814a6f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I44"/>
+  <x:dimension ref="A1:I45"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="49" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="15" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -1299,689 +1311,689 @@
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>217</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
+        <x:v>218</x:v>
+      </x:c>
+      <x:c r="D38" s="1" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="E38" s="1" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="F38" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G38" s="1" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="H38" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I38" s="1" t="s">
         <x:v>216</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
         <x:v>225</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
@@ -2061,86 +2073,115 @@
       </x:c>
       <x:c r="D42" s="1" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>243</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
         <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="G43" s="1" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="H43" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
         <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
-      <x:c r="A44" s="2" t="s">
+      <x:c r="A44" s="1">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="B44" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="C44" s="1" t="s">
         <x:v>250</x:v>
       </x:c>
-      <x:c r="B44" s="2" t="s">
-[...20 lines deleted...]
-      <x:c r="I44" s="2" t="s">
+      <x:c r="D44" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E44" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F44" s="1" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="G44" s="1" t="s">
+        <x:v>252</x:v>
+      </x:c>
+      <x:c r="H44" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I44" s="1" t="s">
+        <x:v>253</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="45" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A45" s="2" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="B45" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C45" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D45" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="E45" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F45" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G45" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H45" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I45" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A44:I44"/>
+    <x:mergeCell ref="A45:I45"/>
   </x:mergeCells>
 </x:worksheet>
 </file>