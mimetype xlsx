--- v1 (2026-01-15)
+++ v2 (2026-02-09)
@@ -1,810 +1,807 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R346d7306815448dd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb29a60d61a8c466a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="SLX_asof_20260113" sheetId="1" r:id="Recf1fb5bc9814a6f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="SLX_asof_20260205" sheetId="1" r:id="Re5a26025568b4682"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="364" uniqueCount="255">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  01/13/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="364" uniqueCount="254">
+  <x:si>
+    <x:t>Daily Holdings (%)  02/05/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>RIO US</x:t>
   </x:si>
   <x:si>
     <x:t>Rio Tinto Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000FD28T3</x:t>
   </x:si>
   <x:si>
-    <x:t>169,239</x:t>
+    <x:t>179,896</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$14,146,688.01</x:t>
+    <x:t>$16,392,123.52</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>8.18%</x:t>
+    <x:t>8.34%</x:t>
   </x:si>
   <x:si>
     <x:t>BHP US</x:t>
   </x:si>
   <x:si>
     <x:t>Bhp Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BD5NZ4</x:t>
   </x:si>
   <x:si>
-    <x:t>213,163</x:t>
-[...5 lines deleted...]
-    <x:t>7.89%</x:t>
+    <x:t>226,588</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,657,230.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.97%</x:t>
   </x:si>
   <x:si>
     <x:t>VALE US</x:t>
   </x:si>
   <x:si>
     <x:t>Vale Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BN5LG7</x:t>
   </x:si>
   <x:si>
-    <x:t>869,124</x:t>
-[...5 lines deleted...]
-    <x:t>7.10%</x:t>
+    <x:t>923,858</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,040,408.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.66%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NUE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nucor Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQ8KV2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>62,597</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,674,340.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.94%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RIO AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rio Tinto Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BYLWT7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>103,334</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,119,925.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.66%</x:t>
   </x:si>
   <x:si>
     <x:t>FMG AU</x:t>
   </x:si>
   <x:si>
     <x:t>Fortescue Metals Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000J47TP2</x:t>
   </x:si>
   <x:si>
-    <x:t>697,119</x:t>
-[...41 lines deleted...]
-    <x:t>5.47%</x:t>
+    <x:t>741,021</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,920,113.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.56%</x:t>
   </x:si>
   <x:si>
     <x:t>MT US</x:t>
   </x:si>
   <x:si>
     <x:t>Arcelormittal Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJH5W0</x:t>
   </x:si>
   <x:si>
-    <x:t>179,206</x:t>
-[...5 lines deleted...]
-    <x:t>4.99%</x:t>
+    <x:t>190,491</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,903,704.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Reliance Steel &amp; Aluminum Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CJ2181</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,704</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,139,978.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.65%</x:t>
   </x:si>
   <x:si>
     <x:t>PKX US</x:t>
   </x:si>
   <x:si>
     <x:t>Posco Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BCBSD2</x:t>
   </x:si>
   <x:si>
-    <x:t>133,293</x:t>
-[...23 lines deleted...]
-    <x:t>4.53%</x:t>
+    <x:t>141,688</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,798,824.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STLD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Steel Dynamics Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000HGYNZ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45,055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,696,516.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.43%</x:t>
   </x:si>
   <x:si>
     <x:t>5401 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Nippon Steel Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BG9X54</x:t>
   </x:si>
   <x:si>
-    <x:t>1,832,000</x:t>
-[...23 lines deleted...]
-    <x:t>4.16%</x:t>
+    <x:t>1,947,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,191,228.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2002 TT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China Steel Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BDBXZ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,806,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,469,428.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.29%</x:t>
   </x:si>
   <x:si>
     <x:t>5411 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Jfe Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BQWB27</x:t>
   </x:si>
   <x:si>
-    <x:t>436,000</x:t>
-[...23 lines deleted...]
-    <x:t>3.28%</x:t>
+    <x:t>463,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,374,763.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.24%</x:t>
   </x:si>
   <x:si>
     <x:t>TS US</x:t>
   </x:si>
   <x:si>
     <x:t>Tenaris Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PLD4R3</x:t>
   </x:si>
   <x:si>
-    <x:t>125,766</x:t>
-[...5 lines deleted...]
-    <x:t>3.04%</x:t>
+    <x:t>133,686</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,145,545.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Commercial Metals Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BFSND8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>57,991</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,671,754.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.38%</x:t>
   </x:si>
   <x:si>
     <x:t>CLF US</x:t>
   </x:si>
   <x:si>
     <x:t>Cleveland-Cliffs Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BFRF55</x:t>
   </x:si>
   <x:si>
-    <x:t>313,304</x:t>
-[...5 lines deleted...]
-    <x:t>2.42%</x:t>
+    <x:t>333,034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,612,520.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.35%</x:t>
   </x:si>
   <x:si>
     <x:t>BSL AU</x:t>
   </x:si>
   <x:si>
     <x:t>Bluescope Steel Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000KPMQF3</x:t>
   </x:si>
   <x:si>
-    <x:t>205,684</x:t>
-[...23 lines deleted...]
-    <x:t>2.34%</x:t>
+    <x:t>218,637</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,362,050.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SSABB SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ssab Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BGD8Q1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>475,113</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,859,213.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.96%</x:t>
   </x:si>
   <x:si>
     <x:t>MIN AU</x:t>
   </x:si>
   <x:si>
     <x:t>Mineral Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000M2YPN2</x:t>
   </x:si>
   <x:si>
-    <x:t>98,542</x:t>
-[...23 lines deleted...]
-    <x:t>2.21%</x:t>
+    <x:t>104,746</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,859,127.27</x:t>
   </x:si>
   <x:si>
     <x:t>GGB US</x:t>
   </x:si>
   <x:si>
     <x:t>Gerdau Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000K91FQ4</x:t>
   </x:si>
   <x:si>
-    <x:t>846,750</x:t>
-[...5 lines deleted...]
-    <x:t>1.99%</x:t>
+    <x:t>900,075</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,762,313.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.91%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2027 TT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ta Chen Stainless Pipe</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000HK7WR9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,893,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,246,870.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.14%</x:t>
   </x:si>
   <x:si>
     <x:t>ACX SM</x:t>
   </x:si>
   <x:si>
     <x:t>Acerinox Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BB7ZC4</x:t>
   </x:si>
   <x:si>
-    <x:t>137,119</x:t>
-[...23 lines deleted...]
-    <x:t>1.20%</x:t>
+    <x:t>145,753</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,166,493.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.10%</x:t>
   </x:si>
   <x:si>
     <x:t>5444 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Yamato Kogyo Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BD7BW1</x:t>
   </x:si>
   <x:si>
-    <x:t>21,800</x:t>
-[...2 lines deleted...]
-    <x:t>$1,573,772.86</x:t>
+    <x:t>23,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,807,765.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.92%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EREGL TI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eregli Demir Ve Celik Fabrikalari Tas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BVCBJ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,728,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,794,744.53</x:t>
   </x:si>
   <x:si>
     <x:t>0.91%</x:t>
   </x:si>
   <x:si>
     <x:t>OUT1V FH</x:t>
   </x:si>
   <x:si>
     <x:t>Outokumpu Oyj</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BQ5Z60</x:t>
   </x:si>
   <x:si>
-    <x:t>277,472</x:t>
-[...23 lines deleted...]
-    <x:t>0.86%</x:t>
+    <x:t>294,946</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,653,958.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.84%</x:t>
   </x:si>
   <x:si>
     <x:t>TX US</x:t>
   </x:si>
   <x:si>
     <x:t>Ternium Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000LTPD97</x:t>
   </x:si>
   <x:si>
-    <x:t>35,279</x:t>
-[...5 lines deleted...]
-    <x:t>0.85%</x:t>
+    <x:t>37,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,616,625.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.82%</x:t>
   </x:si>
   <x:si>
     <x:t>5463 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Maruichi Steel Tube Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BL7191</x:t>
   </x:si>
   <x:si>
-    <x:t>144,100</x:t>
-[...5 lines deleted...]
-    <x:t>0.80%</x:t>
+    <x:t>153,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,534,373.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.78%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8078 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hanwa Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBLFX9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,507,446.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.77%</x:t>
   </x:si>
   <x:si>
     <x:t>APAM NA</x:t>
   </x:si>
   <x:si>
     <x:t>Aperam Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001D93XQ9</x:t>
   </x:si>
   <x:si>
-    <x:t>32,198</x:t>
-[...23 lines deleted...]
-    <x:t>0.77%</x:t>
+    <x:t>34,224</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,492,512.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.76%</x:t>
   </x:si>
   <x:si>
     <x:t>RUS CN</x:t>
   </x:si>
   <x:si>
     <x:t>Russel Metals Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DPZC04</x:t>
   </x:si>
   <x:si>
-    <x:t>38,771</x:t>
-[...5 lines deleted...]
-    <x:t>0.75%</x:t>
+    <x:t>41,213</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,485,239.97</x:t>
   </x:si>
   <x:si>
     <x:t>SGM AU</x:t>
   </x:si>
   <x:si>
     <x:t>Sims Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BSRGJ0</x:t>
   </x:si>
   <x:si>
-    <x:t>97,765</x:t>
-[...2 lines deleted...]
-    <x:t>$1,266,317.40</x:t>
+    <x:t>103,920</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,431,144.10</x:t>
   </x:si>
   <x:si>
     <x:t>0.73%</x:t>
   </x:si>
   <x:si>
     <x:t>004020 KS</x:t>
   </x:si>
   <x:si>
     <x:t>Hyundai Steel Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BCVFZ4</x:t>
   </x:si>
   <x:si>
-    <x:t>52,839</x:t>
-[...5 lines deleted...]
-    <x:t>0.65%</x:t>
+    <x:t>56,135</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,168,602.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KIO SJ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kumba Iron Ore Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PPVK43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>42,676</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,013,467.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.52%</x:t>
   </x:si>
   <x:si>
     <x:t>LIF CN</x:t>
   </x:si>
   <x:si>
     <x:t>Labrador Iron Ore Royalty Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000HRCTX8</x:t>
   </x:si>
   <x:si>
-    <x:t>44,113</x:t>
-[...20 lines deleted...]
-    <x:t>$878,407.43</x:t>
+    <x:t>46,890</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,011,430.20</x:t>
   </x:si>
   <x:si>
     <x:t>0.51%</x:t>
   </x:si>
   <x:si>
     <x:t>SID US</x:t>
   </x:si>
   <x:si>
     <x:t>Cia Siderurgica Nacional Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000JM98S3</x:t>
   </x:si>
   <x:si>
-    <x:t>466,733</x:t>
-[...2 lines deleted...]
-    <x:t>$872,790.71</x:t>
+    <x:t>496,126</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$937,678.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.48%</x:t>
   </x:si>
   <x:si>
     <x:t>2015 TT</x:t>
   </x:si>
   <x:si>
     <x:t>Feng Hsin Steel Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJR8N3</x:t>
   </x:si>
   <x:si>
-    <x:t>405,000</x:t>
-[...5 lines deleted...]
-    <x:t>0.47%</x:t>
+    <x:t>429,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$889,743.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.45%</x:t>
   </x:si>
   <x:si>
     <x:t>WS US</x:t>
   </x:si>
   <x:si>
     <x:t>Worthington Steel Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01JPM5032</x:t>
   </x:si>
   <x:si>
-    <x:t>17,145</x:t>
-[...5 lines deleted...]
-    <x:t>0.36%</x:t>
+    <x:t>18,225</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$835,251.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.43%</x:t>
   </x:si>
   <x:si>
     <x:t>VSVS LN</x:t>
   </x:si>
   <x:si>
     <x:t>Vesuvius Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BDBMW2</x:t>
   </x:si>
   <x:si>
-    <x:t>98,265</x:t>
-[...5 lines deleted...]
-    <x:t>0.32%</x:t>
+    <x:t>104,453</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$651,056.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-EUR CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t> </x:t>
+  </x:si>
+  <x:si>
+    <x:t>44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cash Bal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t> </x:t>
-[...23 lines deleted...]
-    <x:t>0.08%</x:t>
+    <x:t>-20,379</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-20,378.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.01%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,744.89</x:t>
-[...2 lines deleted...]
-    <x:t>0.00%</x:t>
+    <x:t>$601,115.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -832,51 +829,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R22848fcd28cb4dd5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rfb410dae90ee4bfc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Recf1fb5bc9814a6f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R264dcb4d37c44c60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rfd4cc4507ce44adb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re5a26025568b4682" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I45"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="49" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="15" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -1485,694 +1482,694 @@
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
         <x:v>125</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="C23" s="1" t="s">
+      <x:c r="D23" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="D23" s="1" t="s">
+      <x:c r="E23" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="E23" s="1" t="s">
+      <x:c r="F23" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G23" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
-      <x:c r="F23" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G23" s="1" t="s">
+      <x:c r="H23" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I23" s="1" t="s">
         <x:v>131</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="C24" s="1" t="s">
+      <x:c r="D24" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
-      <x:c r="D24" s="1" t="s">
+      <x:c r="E24" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
-      <x:c r="E24" s="1" t="s">
+      <x:c r="F24" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G24" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
-      <x:c r="F24" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G24" s="1" t="s">
+      <x:c r="H24" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I24" s="1" t="s">
         <x:v>137</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
+      <x:c r="D25" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="s">
+      <x:c r="E25" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
-      <x:c r="E25" s="1" t="s">
+      <x:c r="F25" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G25" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
-      <x:c r="F25" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G25" s="1" t="s">
+      <x:c r="H25" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I25" s="1" t="s">
         <x:v>143</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="D26" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
+      <x:c r="E26" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="E26" s="1" t="s">
+      <x:c r="F26" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G26" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
-      <x:c r="F26" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G26" s="1" t="s">
+      <x:c r="H26" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I26" s="1" t="s">
         <x:v>149</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="D27" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
+      <x:c r="E27" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
-      <x:c r="E27" s="1" t="s">
+      <x:c r="F27" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G27" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
-      <x:c r="F27" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G27" s="1" t="s">
+      <x:c r="H27" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I27" s="1" t="s">
         <x:v>155</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="D28" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="D28" s="1" t="s">
+      <x:c r="E28" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="E28" s="1" t="s">
+      <x:c r="F28" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G28" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
-      <x:c r="F28" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G28" s="1" t="s">
+      <x:c r="H28" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I28" s="1" t="s">
         <x:v>161</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="D29" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
+      <x:c r="E29" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
-      <x:c r="E29" s="1" t="s">
+      <x:c r="F29" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G29" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
-      <x:c r="F29" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G29" s="1" t="s">
+      <x:c r="H29" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I29" s="1" t="s">
         <x:v>167</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
+      <x:c r="D30" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
-      <x:c r="D30" s="1" t="s">
+      <x:c r="E30" s="1" t="s">
         <x:v>171</x:v>
       </x:c>
-      <x:c r="E30" s="1" t="s">
+      <x:c r="F30" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G30" s="1" t="s">
         <x:v>172</x:v>
       </x:c>
-      <x:c r="F30" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G30" s="1" t="s">
+      <x:c r="H30" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I30" s="1" t="s">
         <x:v>173</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
+      <x:c r="D31" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="D31" s="1" t="s">
+      <x:c r="E31" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="E31" s="1" t="s">
+      <x:c r="F31" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
         <x:v>178</x:v>
       </x:c>
-      <x:c r="F31" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G31" s="1" t="s">
+      <x:c r="H31" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I31" s="1" t="s">
         <x:v>179</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
+      <x:c r="D32" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="D32" s="1" t="s">
+      <x:c r="E32" s="1" t="s">
         <x:v>183</x:v>
       </x:c>
-      <x:c r="E32" s="1" t="s">
+      <x:c r="F32" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G32" s="1" t="s">
         <x:v>184</x:v>
       </x:c>
-      <x:c r="F32" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G32" s="1" t="s">
+      <x:c r="H32" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I32" s="1" t="s">
         <x:v>185</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
+      <x:c r="D33" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
-      <x:c r="D33" s="1" t="s">
+      <x:c r="E33" s="1" t="s">
         <x:v>189</x:v>
       </x:c>
-      <x:c r="E33" s="1" t="s">
+      <x:c r="F33" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
         <x:v>190</x:v>
       </x:c>
-      <x:c r="F33" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H33" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="D34" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
-      <x:c r="C34" s="1" t="s">
+      <x:c r="E34" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
-      <x:c r="D34" s="1" t="s">
+      <x:c r="F34" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G34" s="1" t="s">
         <x:v>195</x:v>
       </x:c>
-      <x:c r="E34" s="1" t="s">
+      <x:c r="H34" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I34" s="1" t="s">
         <x:v>196</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="D35" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
-      <x:c r="C35" s="1" t="s">
+      <x:c r="E35" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
-      <x:c r="D35" s="1" t="s">
+      <x:c r="F35" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
         <x:v>201</x:v>
       </x:c>
-      <x:c r="E35" s="1" t="s">
+      <x:c r="H35" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I35" s="1" t="s">
         <x:v>202</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="D36" s="1" t="s">
         <x:v>205</x:v>
       </x:c>
-      <x:c r="C36" s="1" t="s">
+      <x:c r="E36" s="1" t="s">
         <x:v>206</x:v>
       </x:c>
-      <x:c r="D36" s="1" t="s">
+      <x:c r="F36" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G36" s="1" t="s">
         <x:v>207</x:v>
       </x:c>
-      <x:c r="E36" s="1" t="s">
+      <x:c r="H36" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I36" s="1" t="s">
         <x:v>208</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="D37" s="1" t="s">
         <x:v>211</x:v>
       </x:c>
-      <x:c r="C37" s="1" t="s">
+      <x:c r="E37" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
-      <x:c r="D37" s="1" t="s">
+      <x:c r="F37" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G37" s="1" t="s">
         <x:v>213</x:v>
       </x:c>
-      <x:c r="E37" s="1" t="s">
+      <x:c r="H37" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I37" s="1" t="s">
         <x:v>214</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="D38" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
-      <x:c r="C38" s="1" t="s">
+      <x:c r="E38" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
-      <x:c r="D38" s="1" t="s">
+      <x:c r="F38" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G38" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
-      <x:c r="E38" s="1" t="s">
+      <x:c r="H38" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I38" s="1" t="s">
         <x:v>220</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="C39" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
-      <x:c r="C39" s="1" t="s">
+      <x:c r="D39" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
-      <x:c r="D39" s="1" t="s">
+      <x:c r="E39" s="1" t="s">
         <x:v>224</x:v>
       </x:c>
-      <x:c r="E39" s="1" t="s">
+      <x:c r="F39" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G39" s="1" t="s">
         <x:v>225</x:v>
       </x:c>
-      <x:c r="F39" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G39" s="1" t="s">
+      <x:c r="H39" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I39" s="1" t="s">
         <x:v>226</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="C40" s="1" t="s">
         <x:v>228</x:v>
       </x:c>
-      <x:c r="C40" s="1" t="s">
+      <x:c r="D40" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
-      <x:c r="D40" s="1" t="s">
+      <x:c r="E40" s="1" t="s">
         <x:v>230</x:v>
       </x:c>
-      <x:c r="E40" s="1" t="s">
+      <x:c r="F40" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
         <x:v>231</x:v>
       </x:c>
-      <x:c r="F40" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G40" s="1" t="s">
+      <x:c r="H40" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I40" s="1" t="s">
         <x:v>232</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>233</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="C41" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
-      <x:c r="C41" s="1" t="s">
+      <x:c r="D41" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
-      <x:c r="D41" s="1" t="s">
+      <x:c r="E41" s="1" t="s">
         <x:v>236</x:v>
       </x:c>
-      <x:c r="E41" s="1" t="s">
+      <x:c r="F41" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G41" s="1" t="s">
         <x:v>237</x:v>
       </x:c>
-      <x:c r="F41" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G41" s="1" t="s">
+      <x:c r="H41" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I41" s="1" t="s">
         <x:v>238</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="C42" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
-      <x:c r="C42" s="1" t="s">
+      <x:c r="D42" s="1" t="s">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="E42" s="1" t="s">
         <x:v>241</x:v>
       </x:c>
-      <x:c r="D42" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E42" s="1" t="s">
+      <x:c r="F42" s="1" t="s">
         <x:v>242</x:v>
       </x:c>
-      <x:c r="F42" s="1" t="s">
+      <x:c r="G42" s="1" t="s">
         <x:v>243</x:v>
       </x:c>
-      <x:c r="G42" s="1" t="s">
+      <x:c r="H42" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I42" s="1" t="s">
         <x:v>244</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>245</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="C43" s="1" t="s">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="D43" s="1" t="s">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="E43" s="1" t="s">
         <x:v>246</x:v>
       </x:c>
-      <x:c r="C43" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="E43" s="1" t="s">
+      <x:c r="F43" s="1" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="G43" s="1" t="s">
         <x:v>247</x:v>
       </x:c>
-      <x:c r="F43" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G43" s="1" t="s">
+      <x:c r="H43" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I43" s="1" t="s">
         <x:v>248</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="D44" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E44" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F44" s="1" t="s">
         <x:v>250</x:v>
       </x:c>
-      <x:c r="D44" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="F44" s="1" t="s">
+      <x:c r="G44" s="1" t="s">
         <x:v>251</x:v>
       </x:c>
-      <x:c r="G44" s="1" t="s">
+      <x:c r="H44" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I44" s="1" t="s">
         <x:v>252</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="2" t="s">
-        <x:v>254</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="B45" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C45" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D45" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E45" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F45" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G45" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H45" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I45" s="2" t="s">
         <x:v>1</x:v>
       </x:c>