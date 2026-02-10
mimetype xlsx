--- v2 (2026-02-09)
+++ v3 (2026-02-10)
@@ -1,807 +1,816 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb29a60d61a8c466a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbd1b28453624902" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="SLX_asof_20260205" sheetId="1" r:id="Re5a26025568b4682"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="SLX_asof_20260209" sheetId="1" r:id="Rf1075e5a6937474b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="364" uniqueCount="254">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  02/05/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="372" uniqueCount="257">
+  <x:si>
+    <x:t>Daily Holdings (%)  02/09/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>RIO US</x:t>
   </x:si>
   <x:si>
     <x:t>Rio Tinto Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000FD28T3</x:t>
   </x:si>
   <x:si>
     <x:t>179,896</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$16,392,123.52</x:t>
+    <x:t>$17,422,927.60</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>8.34%</x:t>
+    <x:t>8.53%</x:t>
   </x:si>
   <x:si>
     <x:t>BHP US</x:t>
   </x:si>
   <x:si>
     <x:t>Bhp Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BD5NZ4</x:t>
   </x:si>
   <x:si>
     <x:t>226,588</x:t>
   </x:si>
   <x:si>
-    <x:t>$15,657,230.80</x:t>
-[...2 lines deleted...]
-    <x:t>7.97%</x:t>
+    <x:t>$16,239,561.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.95%</x:t>
   </x:si>
   <x:si>
     <x:t>VALE US</x:t>
   </x:si>
   <x:si>
     <x:t>Vale Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BN5LG7</x:t>
   </x:si>
   <x:si>
-    <x:t>923,858</x:t>
-[...5 lines deleted...]
-    <x:t>7.66%</x:t>
+    <x:t>923,860</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,511,609.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.59%</x:t>
   </x:si>
   <x:si>
     <x:t>NUE US</x:t>
   </x:si>
   <x:si>
     <x:t>Nucor Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BQ8KV2</x:t>
   </x:si>
   <x:si>
     <x:t>62,597</x:t>
   </x:si>
   <x:si>
-    <x:t>$11,674,340.50</x:t>
-[...2 lines deleted...]
-    <x:t>5.94%</x:t>
+    <x:t>$12,086,228.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.92%</x:t>
   </x:si>
   <x:si>
     <x:t>RIO AU</x:t>
   </x:si>
   <x:si>
     <x:t>Rio Tinto Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BYLWT7</x:t>
   </x:si>
   <x:si>
-    <x:t>103,334</x:t>
-[...5 lines deleted...]
-    <x:t>5.66%</x:t>
+    <x:t>103,335</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,847,733.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Arcelormittal Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BJH5W0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>190,492</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,825,743.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.79%</x:t>
   </x:si>
   <x:si>
     <x:t>FMG AU</x:t>
   </x:si>
   <x:si>
     <x:t>Fortescue Metals Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000J47TP2</x:t>
   </x:si>
   <x:si>
-    <x:t>741,021</x:t>
-[...23 lines deleted...]
-    <x:t>5.55%</x:t>
+    <x:t>741,022</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,536,304.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.65%</x:t>
   </x:si>
   <x:si>
     <x:t>RS US</x:t>
   </x:si>
   <x:si>
     <x:t>Reliance Steel &amp; Aluminum Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CJ2181</x:t>
   </x:si>
   <x:si>
     <x:t>26,704</x:t>
   </x:si>
   <x:si>
-    <x:t>$9,139,978.08</x:t>
-[...2 lines deleted...]
-    <x:t>4.65%</x:t>
+    <x:t>$9,406,751.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STLD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Steel Dynamics Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000HGYNZ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45,055</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,134,901.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.47%</x:t>
   </x:si>
   <x:si>
     <x:t>PKX US</x:t>
   </x:si>
   <x:si>
     <x:t>Posco Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BCBSD2</x:t>
   </x:si>
   <x:si>
     <x:t>141,688</x:t>
   </x:si>
   <x:si>
-    <x:t>$8,798,824.80</x:t>
-[...20 lines deleted...]
-    <x:t>4.43%</x:t>
+    <x:t>$9,005,689.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.41%</x:t>
   </x:si>
   <x:si>
     <x:t>5401 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Nippon Steel Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BG9X54</x:t>
   </x:si>
   <x:si>
     <x:t>1,947,400</x:t>
   </x:si>
   <x:si>
-    <x:t>$8,191,228.97</x:t>
-[...2 lines deleted...]
-    <x:t>4.17%</x:t>
+    <x:t>$8,475,429.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5411 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jfe Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQWB27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>463,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,784,517.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tenaris Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PLD4R3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>133,686</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,351,421.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.11%</x:t>
   </x:si>
   <x:si>
     <x:t>2002 TT</x:t>
   </x:si>
   <x:si>
     <x:t>China Steel Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BDBXZ5</x:t>
   </x:si>
   <x:si>
     <x:t>9,806,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,469,428.17</x:t>
-[...38 lines deleted...]
-    <x:t>3.13%</x:t>
+    <x:t>$6,331,610.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.10%</x:t>
   </x:si>
   <x:si>
     <x:t>CMC US</x:t>
   </x:si>
   <x:si>
     <x:t>Commercial Metals Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BFSND8</x:t>
   </x:si>
   <x:si>
     <x:t>57,991</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,671,754.96</x:t>
-[...2 lines deleted...]
-    <x:t>2.38%</x:t>
+    <x:t>$4,811,513.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BSL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bluescope Steel Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000KPMQF3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>218,638</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,567,845.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SSABB SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ssab Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BGD8Q1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>475,114</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,105,330.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.01%</x:t>
   </x:si>
   <x:si>
     <x:t>CLF US</x:t>
   </x:si>
   <x:si>
     <x:t>Cleveland-Cliffs Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BFRF55</x:t>
   </x:si>
   <x:si>
-    <x:t>333,034</x:t>
-[...41 lines deleted...]
-    <x:t>1.96%</x:t>
+    <x:t>333,035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,099,660.85</x:t>
   </x:si>
   <x:si>
     <x:t>MIN AU</x:t>
   </x:si>
   <x:si>
     <x:t>Mineral Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000M2YPN2</x:t>
   </x:si>
   <x:si>
     <x:t>104,746</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,859,127.27</x:t>
+    <x:t>$3,930,421.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.92%</x:t>
   </x:si>
   <x:si>
     <x:t>GGB US</x:t>
   </x:si>
   <x:si>
     <x:t>Gerdau Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000K91FQ4</x:t>
   </x:si>
   <x:si>
-    <x:t>900,075</x:t>
-[...5 lines deleted...]
-    <x:t>1.91%</x:t>
+    <x:t>900,077</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,852,329.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.89%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACX SM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Acerinox Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BB7ZC4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>145,753</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,326,020.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.14%</x:t>
   </x:si>
   <x:si>
     <x:t>2027 TT</x:t>
   </x:si>
   <x:si>
     <x:t>Ta Chen Stainless Pipe</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000HK7WR9</x:t>
   </x:si>
   <x:si>
     <x:t>1,893,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,246,870.77</x:t>
-[...20 lines deleted...]
-    <x:t>1.10%</x:t>
+    <x:t>$2,277,503.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.11%</x:t>
   </x:si>
   <x:si>
     <x:t>5444 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Yamato Kogyo Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BD7BW1</x:t>
   </x:si>
   <x:si>
     <x:t>23,100</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,807,765.13</x:t>
+    <x:t>$1,918,337.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.94%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EREGL TI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eregli Demir Ve Celik Fabrikalari Tas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BVCBJ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,728,004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,879,753.30</x:t>
   </x:si>
   <x:si>
     <x:t>0.92%</x:t>
   </x:si>
   <x:si>
-    <x:t>EREGL TI</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>OUT1V FH</x:t>
   </x:si>
   <x:si>
     <x:t>Outokumpu Oyj</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BQ5Z60</x:t>
   </x:si>
   <x:si>
-    <x:t>294,946</x:t>
-[...5 lines deleted...]
-    <x:t>0.84%</x:t>
+    <x:t>294,947</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,761,768.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.86%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APAM NA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aperam Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001D93XQ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>34,224</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,746,469.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.85%</x:t>
   </x:si>
   <x:si>
     <x:t>TX US</x:t>
   </x:si>
   <x:si>
     <x:t>Ternium Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000LTPD97</x:t>
   </x:si>
   <x:si>
     <x:t>37,500</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,616,625.00</x:t>
-[...2 lines deleted...]
-    <x:t>0.82%</x:t>
+    <x:t>$1,648,125.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.81%</x:t>
   </x:si>
   <x:si>
     <x:t>5463 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Maruichi Steel Tube Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BL7191</x:t>
   </x:si>
   <x:si>
     <x:t>153,100</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,534,373.04</x:t>
+    <x:t>$1,591,204.88</x:t>
   </x:si>
   <x:si>
     <x:t>0.78%</x:t>
   </x:si>
   <x:si>
     <x:t>8078 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Hanwa Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBLFX9</x:t>
   </x:si>
   <x:si>
     <x:t>29,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,507,446.22</x:t>
-[...17 lines deleted...]
-    <x:t>$1,492,512.51</x:t>
+    <x:t>$1,562,771.60</x:t>
   </x:si>
   <x:si>
     <x:t>0.76%</x:t>
   </x:si>
   <x:si>
+    <x:t>SGM AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sims Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BSRGJ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>103,920</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,526,332.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.75%</x:t>
+  </x:si>
+  <x:si>
     <x:t>RUS CN</x:t>
   </x:si>
   <x:si>
     <x:t>Russel Metals Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DPZC04</x:t>
   </x:si>
   <x:si>
     <x:t>41,213</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,485,239.97</x:t>
-[...17 lines deleted...]
-    <x:t>0.73%</x:t>
+    <x:t>$1,515,520.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.74%</x:t>
   </x:si>
   <x:si>
     <x:t>004020 KS</x:t>
   </x:si>
   <x:si>
     <x:t>Hyundai Steel Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BCVFZ4</x:t>
   </x:si>
   <x:si>
     <x:t>56,135</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,168,602.43</x:t>
-[...2 lines deleted...]
-    <x:t>0.59%</x:t>
+    <x:t>$1,232,841.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LIF CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Labrador Iron Ore Royalty Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000HRCTX8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>46,890</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,032,633.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.51%</x:t>
   </x:si>
   <x:si>
     <x:t>KIO SJ</x:t>
   </x:si>
   <x:si>
     <x:t>Kumba Iron Ore Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PPVK43</x:t>
   </x:si>
   <x:si>
     <x:t>42,676</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,013,467.06</x:t>
-[...20 lines deleted...]
-    <x:t>0.51%</x:t>
+    <x:t>$1,013,398.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
   </x:si>
   <x:si>
     <x:t>SID US</x:t>
   </x:si>
   <x:si>
     <x:t>Cia Siderurgica Nacional Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000JM98S3</x:t>
   </x:si>
   <x:si>
     <x:t>496,126</x:t>
   </x:si>
   <x:si>
-    <x:t>$937,678.14</x:t>
-[...2 lines deleted...]
-    <x:t>0.48%</x:t>
+    <x:t>$942,639.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Worthington Steel Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JPM5032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,225</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$887,375.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.43%</x:t>
   </x:si>
   <x:si>
     <x:t>2015 TT</x:t>
   </x:si>
   <x:si>
     <x:t>Feng Hsin Steel Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJR8N3</x:t>
   </x:si>
   <x:si>
     <x:t>429,000</x:t>
   </x:si>
   <x:si>
-    <x:t>$889,743.67</x:t>
-[...20 lines deleted...]
-    <x:t>0.43%</x:t>
+    <x:t>$884,199.51</x:t>
   </x:si>
   <x:si>
     <x:t>VSVS LN</x:t>
   </x:si>
   <x:si>
     <x:t>Vesuvius Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BDBMW2</x:t>
   </x:si>
   <x:si>
     <x:t>104,453</x:t>
   </x:si>
   <x:si>
-    <x:t>$651,056.31</x:t>
+    <x:t>$678,996.44</x:t>
   </x:si>
   <x:si>
     <x:t>0.33%</x:t>
   </x:si>
   <x:si>
+    <x:t>-TWD CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t> </x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,367,964</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cash Bal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$138,502.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-USD CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,343</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,342.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00%</x:t>
+  </x:si>
+  <x:si>
     <x:t>-EUR CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t> </x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>44</x:t>
   </x:si>
   <x:si>
-    <x:t>Cash Bal</x:t>
-[...17 lines deleted...]
-    <x:t>-0.01%</x:t>
+    <x:t>$52.13</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$601,115.47</x:t>
-[...2 lines deleted...]
-    <x:t>0.31%</x:t>
+    <x:t>$430,983.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -829,56 +838,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R264dcb4d37c44c60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rfd4cc4507ce44adb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re5a26025568b4682" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01c6152c0c6e4ecb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R7302b572b5be49df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf1075e5a6937474b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I45"/>
+  <x:dimension ref="A1:I46"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="49" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="15" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -1453,80 +1462,80 @@
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
-      <x:c r="C22" s="1" t="s">
+      <x:c r="D22" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="D22" s="1" t="s">
+      <x:c r="E22" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="E22" s="1" t="s">
+      <x:c r="F22" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G22" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
-      <x:c r="F22" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G22" s="1" t="s">
+      <x:c r="H22" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I22" s="1" t="s">
         <x:v>125</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
@@ -1801,254 +1810,254 @@
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I39" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="C40" s="1" t="s">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="D40" s="1" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="E40" s="1" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="F40" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="H40" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I40" s="1" t="s">
         <x:v>227</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">
@@ -2099,86 +2108,115 @@
       </x:c>
       <x:c r="D43" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="G43" s="1" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="H43" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
         <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="G44" s="1" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="H44" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
+        <x:v>248</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="45" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A45" s="1">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="B45" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="C45" s="1" t="s">
         <x:v>252</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A45" s="2" t="s">
+      <x:c r="D45" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E45" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F45" s="1" t="s">
         <x:v>253</x:v>
       </x:c>
-      <x:c r="B45" s="2" t="s">
-[...20 lines deleted...]
-      <x:c r="I45" s="2" t="s">
+      <x:c r="G45" s="1" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="H45" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I45" s="1" t="s">
+        <x:v>255</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="46" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A46" s="2" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="B46" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C46" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D46" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="E46" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F46" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G46" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H46" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I46" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A45:I45"/>
+    <x:mergeCell ref="A46:I46"/>
   </x:mergeCells>
 </x:worksheet>
 </file>