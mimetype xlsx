--- v3 (2026-02-10)
+++ v4 (2026-03-04)
@@ -1,816 +1,804 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcbd1b28453624902" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd90e149f9a44c00" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="SLX_asof_20260209" sheetId="1" r:id="Rf1075e5a6937474b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="SLX_asof_20260302" sheetId="1" r:id="R58644b9b65d24cde"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="372" uniqueCount="257">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  02/09/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="364" uniqueCount="253">
+  <x:si>
+    <x:t>Daily Holdings (%)  03/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
+    <x:t>BHP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bhp Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BD5NZ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>230,244</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stock</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,112,554.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t> -- </x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.12%</x:t>
+  </x:si>
+  <x:si>
     <x:t>RIO US</x:t>
   </x:si>
   <x:si>
     <x:t>Rio Tinto Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000FD28T3</x:t>
   </x:si>
   <x:si>
-    <x:t>179,896</x:t>
-[...29 lines deleted...]
-    <x:t>7.95%</x:t>
+    <x:t>182,799</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,208,608.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.69%</x:t>
   </x:si>
   <x:si>
     <x:t>VALE US</x:t>
   </x:si>
   <x:si>
     <x:t>Vale Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BN5LG7</x:t>
   </x:si>
   <x:si>
-    <x:t>923,860</x:t>
-[...5 lines deleted...]
-    <x:t>7.59%</x:t>
+    <x:t>938,764</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,949,600.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RIO AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rio Tinto Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BYLWT7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>105,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,514,158.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.97%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Arcelormittal Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BJH5W0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>193,564</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,484,878.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.96%</x:t>
   </x:si>
   <x:si>
     <x:t>NUE US</x:t>
   </x:si>
   <x:si>
     <x:t>Nucor Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BQ8KV2</x:t>
   </x:si>
   <x:si>
-    <x:t>62,597</x:t>
-[...41 lines deleted...]
-    <x:t>5.79%</x:t>
+    <x:t>63,606</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,485,335.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.48%</x:t>
   </x:si>
   <x:si>
     <x:t>FMG AU</x:t>
   </x:si>
   <x:si>
     <x:t>Fortescue Metals Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000J47TP2</x:t>
   </x:si>
   <x:si>
-    <x:t>741,022</x:t>
-[...5 lines deleted...]
-    <x:t>5.65%</x:t>
+    <x:t>752,977</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,908,007.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PKX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Posco Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BCBSD2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>143,974</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,939,964.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STLD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Steel Dynamics Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000HGYNZ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45,783</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,225,732.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.40%</x:t>
   </x:si>
   <x:si>
     <x:t>RS US</x:t>
   </x:si>
   <x:si>
     <x:t>Reliance Steel &amp; Aluminum Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CJ2181</x:t>
   </x:si>
   <x:si>
-    <x:t>26,704</x:t>
-[...41 lines deleted...]
-    <x:t>4.41%</x:t>
+    <x:t>27,134</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,760,211.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.18%</x:t>
   </x:si>
   <x:si>
     <x:t>5401 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Nippon Steel Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BG9X54</x:t>
   </x:si>
   <x:si>
-    <x:t>1,947,400</x:t>
-[...5 lines deleted...]
-    <x:t>4.15%</x:t>
+    <x:t>1,978,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,890,011.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tenaris Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PLD4R3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>135,844</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,415,723.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2002 TT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China Steel Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BDBXZ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,950,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,407,017.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.06%</x:t>
   </x:si>
   <x:si>
     <x:t>5411 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Jfe Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BQWB27</x:t>
   </x:si>
   <x:si>
-    <x:t>463,500</x:t>
-[...41 lines deleted...]
-    <x:t>3.10%</x:t>
+    <x:t>471,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,369,681.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MIN AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mineral Resources Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000M2YPN2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>106,437</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,476,905.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.14%</x:t>
   </x:si>
   <x:si>
     <x:t>CMC US</x:t>
   </x:si>
   <x:si>
     <x:t>Commercial Metals Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BFSND8</x:t>
   </x:si>
   <x:si>
-    <x:t>57,991</x:t>
-[...5 lines deleted...]
-    <x:t>2.35%</x:t>
+    <x:t>58,927</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,337,027.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.07%</x:t>
   </x:si>
   <x:si>
     <x:t>BSL AU</x:t>
   </x:si>
   <x:si>
     <x:t>Bluescope Steel Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000KPMQF3</x:t>
   </x:si>
   <x:si>
-    <x:t>218,638</x:t>
-[...5 lines deleted...]
-    <x:t>2.24%</x:t>
+    <x:t>222,165</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,327,776.02</x:t>
   </x:si>
   <x:si>
     <x:t>SSABB SS</x:t>
   </x:si>
   <x:si>
     <x:t>Ssab Ab</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BGD8Q1</x:t>
   </x:si>
   <x:si>
-    <x:t>475,114</x:t>
-[...5 lines deleted...]
-    <x:t>2.01%</x:t>
+    <x:t>482,780</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,112,945.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.96%</x:t>
   </x:si>
   <x:si>
     <x:t>CLF US</x:t>
   </x:si>
   <x:si>
     <x:t>Cleveland-Cliffs Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BFRF55</x:t>
   </x:si>
   <x:si>
-    <x:t>333,035</x:t>
-[...20 lines deleted...]
-    <x:t>1.92%</x:t>
+    <x:t>338,408</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,857,851.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.84%</x:t>
   </x:si>
   <x:si>
     <x:t>GGB US</x:t>
   </x:si>
   <x:si>
     <x:t>Gerdau Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000K91FQ4</x:t>
   </x:si>
   <x:si>
-    <x:t>900,077</x:t>
-[...5 lines deleted...]
-    <x:t>1.89%</x:t>
+    <x:t>914,597</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,640,096.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.74%</x:t>
   </x:si>
   <x:si>
     <x:t>ACX SM</x:t>
   </x:si>
   <x:si>
     <x:t>Acerinox Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BB7ZC4</x:t>
   </x:si>
   <x:si>
-    <x:t>145,753</x:t>
-[...5 lines deleted...]
-    <x:t>1.14%</x:t>
+    <x:t>148,107</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,342,177.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.12%</x:t>
   </x:si>
   <x:si>
     <x:t>2027 TT</x:t>
   </x:si>
   <x:si>
     <x:t>Ta Chen Stainless Pipe</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000HK7WR9</x:t>
   </x:si>
   <x:si>
-    <x:t>1,893,000</x:t>
-[...5 lines deleted...]
-    <x:t>1.11%</x:t>
+    <x:t>1,921,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,247,118.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EREGL TI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Eregli Demir Ve Celik Fabrikalari Tas</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BVCBJ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,772,016</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,989,707.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.95%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OUT1V FH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Outokumpu Oyj</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQ5Z60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>299,705</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,984,013.26</x:t>
   </x:si>
   <x:si>
     <x:t>5444 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Yamato Kogyo Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BD7BW1</x:t>
   </x:si>
   <x:si>
-    <x:t>23,100</x:t>
-[...41 lines deleted...]
-    <x:t>0.86%</x:t>
+    <x:t>23,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,905,022.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.91%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>004020 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hyundai Steel Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BCVFZ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>56,959</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,819,429.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.87%</x:t>
   </x:si>
   <x:si>
     <x:t>APAM NA</x:t>
   </x:si>
   <x:si>
     <x:t>Aperam Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001D93XQ9</x:t>
   </x:si>
   <x:si>
-    <x:t>34,224</x:t>
-[...5 lines deleted...]
-    <x:t>0.85%</x:t>
+    <x:t>34,777</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,762,936.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.84%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8078 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hanwa Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBLFX9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,667,945.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.80%</x:t>
   </x:si>
   <x:si>
     <x:t>TX US</x:t>
   </x:si>
   <x:si>
     <x:t>Ternium Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000LTPD97</x:t>
   </x:si>
   <x:si>
-    <x:t>37,500</x:t>
-[...5 lines deleted...]
-    <x:t>0.81%</x:t>
+    <x:t>38,106</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,653,800.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.79%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SGM AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sims Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BSRGJ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>105,598</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,624,543.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.78%</x:t>
   </x:si>
   <x:si>
     <x:t>5463 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Maruichi Steel Tube Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BL7191</x:t>
   </x:si>
   <x:si>
-    <x:t>153,100</x:t>
-[...20 lines deleted...]
-    <x:t>$1,562,771.60</x:t>
+    <x:t>155,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,600,766.34</x:t>
   </x:si>
   <x:si>
     <x:t>0.76%</x:t>
   </x:si>
   <x:si>
-    <x:t>SGM AU</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>RUS CN</x:t>
   </x:si>
   <x:si>
     <x:t>Russel Metals Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DPZC04</x:t>
   </x:si>
   <x:si>
-    <x:t>41,213</x:t>
-[...23 lines deleted...]
-    <x:t>0.60%</x:t>
+    <x:t>41,878</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,507,027.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.72%</x:t>
   </x:si>
   <x:si>
     <x:t>LIF CN</x:t>
   </x:si>
   <x:si>
     <x:t>Labrador Iron Ore Royalty Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000HRCTX8</x:t>
   </x:si>
   <x:si>
-    <x:t>46,890</x:t>
-[...5 lines deleted...]
-    <x:t>0.51%</x:t>
+    <x:t>47,647</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,105,069.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.53%</x:t>
   </x:si>
   <x:si>
     <x:t>KIO SJ</x:t>
   </x:si>
   <x:si>
     <x:t>Kumba Iron Ore Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PPVK43</x:t>
   </x:si>
   <x:si>
-    <x:t>42,676</x:t>
-[...5 lines deleted...]
-    <x:t>0.50%</x:t>
+    <x:t>43,366</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$975,440.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2015 TT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Feng Hsin Steel Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BJR8N3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>435,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$946,133.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.45%</x:t>
   </x:si>
   <x:si>
     <x:t>SID US</x:t>
   </x:si>
   <x:si>
     <x:t>Cia Siderurgica Nacional Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000JM98S3</x:t>
   </x:si>
   <x:si>
-    <x:t>496,126</x:t>
-[...5 lines deleted...]
-    <x:t>0.46%</x:t>
+    <x:t>504,131</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$826,774.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
   </x:si>
   <x:si>
     <x:t>WS US</x:t>
   </x:si>
   <x:si>
     <x:t>Worthington Steel Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01JPM5032</x:t>
   </x:si>
   <x:si>
-    <x:t>18,225</x:t>
-[...20 lines deleted...]
-    <x:t>$884,199.51</x:t>
+    <x:t>18,519</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$780,205.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.37%</x:t>
   </x:si>
   <x:si>
     <x:t>VSVS LN</x:t>
   </x:si>
   <x:si>
     <x:t>Vesuvius Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BDBMW2</x:t>
   </x:si>
   <x:si>
-    <x:t>104,453</x:t>
-[...2 lines deleted...]
-    <x:t>$678,996.44</x:t>
+    <x:t>106,139</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$686,627.40</x:t>
   </x:si>
   <x:si>
     <x:t>0.33%</x:t>
   </x:si>
   <x:si>
-    <x:t>-TWD CASH-</x:t>
+    <x:t>-EUR CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>4,367,964</x:t>
+    <x:t>44</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$138,502.84</x:t>
-[...2 lines deleted...]
-    <x:t>0.07%</x:t>
+    <x:t>$51.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t>2,343</x:t>
-[...14 lines deleted...]
-    <x:t>$52.13</x:t>
+    <x:t>-92,960</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-92,960.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.04%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$430,983.86</x:t>
-[...2 lines deleted...]
-    <x:t>0.21%</x:t>
+    <x:t>$815,604.21</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -838,56 +826,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01c6152c0c6e4ecb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R7302b572b5be49df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf1075e5a6937474b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4dab88e8129b40a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R08683061035744a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R58644b9b65d24cde" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I46"/>
+  <x:dimension ref="A1:I45"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="49" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="15" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -1433,80 +1421,80 @@
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="C21" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="C21" s="1" t="s">
+      <x:c r="D21" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
-      <x:c r="D21" s="1" t="s">
+      <x:c r="E21" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
-      <x:c r="E21" s="1" t="s">
+      <x:c r="F21" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G21" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
-      <x:c r="F21" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G21" s="1" t="s">
+      <x:c r="H21" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I21" s="1" t="s">
         <x:v>119</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
@@ -1636,428 +1624,428 @@
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>149</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
         <x:v>156</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="D28" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="D28" s="1" t="s">
+      <x:c r="E28" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="E28" s="1" t="s">
+      <x:c r="F28" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G28" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="F28" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G28" s="1" t="s">
+      <x:c r="H28" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I28" s="1" t="s">
         <x:v>160</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
         <x:v>162</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="D29" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
+      <x:c r="E29" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="E29" s="1" t="s">
+      <x:c r="F29" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G29" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
-      <x:c r="F29" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G29" s="1" t="s">
+      <x:c r="H29" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I29" s="1" t="s">
         <x:v>166</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
+      <x:c r="D30" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="D30" s="1" t="s">
+      <x:c r="E30" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
-      <x:c r="E30" s="1" t="s">
+      <x:c r="F30" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G30" s="1" t="s">
         <x:v>171</x:v>
       </x:c>
-      <x:c r="F30" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G30" s="1" t="s">
+      <x:c r="H30" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I30" s="1" t="s">
         <x:v>172</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
+      <x:c r="D31" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
-      <x:c r="D31" s="1" t="s">
+      <x:c r="E31" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="E31" s="1" t="s">
+      <x:c r="F31" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="F31" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G31" s="1" t="s">
+      <x:c r="H31" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I31" s="1" t="s">
         <x:v>178</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
+      <x:c r="D32" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
-      <x:c r="D32" s="1" t="s">
+      <x:c r="E32" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="E32" s="1" t="s">
+      <x:c r="F32" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G32" s="1" t="s">
         <x:v>183</x:v>
       </x:c>
-      <x:c r="F32" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G32" s="1" t="s">
+      <x:c r="H32" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I32" s="1" t="s">
         <x:v>184</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
+      <x:c r="D33" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
-      <x:c r="D33" s="1" t="s">
+      <x:c r="E33" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
-      <x:c r="E33" s="1" t="s">
+      <x:c r="F33" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
         <x:v>189</x:v>
       </x:c>
-      <x:c r="F33" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G33" s="1" t="s">
+      <x:c r="H33" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I33" s="1" t="s">
         <x:v>190</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
-      <x:c r="C34" s="1" t="s">
+      <x:c r="D34" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
-      <x:c r="D34" s="1" t="s">
+      <x:c r="E34" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
-      <x:c r="E34" s="1" t="s">
+      <x:c r="F34" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G34" s="1" t="s">
         <x:v>195</x:v>
       </x:c>
-      <x:c r="F34" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G34" s="1" t="s">
+      <x:c r="H34" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I34" s="1" t="s">
         <x:v>196</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
-      <x:c r="C35" s="1" t="s">
+      <x:c r="D35" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
-      <x:c r="D35" s="1" t="s">
+      <x:c r="E35" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
-      <x:c r="E35" s="1" t="s">
+      <x:c r="F35" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
         <x:v>201</x:v>
       </x:c>
-      <x:c r="F35" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G35" s="1" t="s">
+      <x:c r="H35" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I35" s="1" t="s">
         <x:v>202</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
         <x:v>204</x:v>
       </x:c>
-      <x:c r="C36" s="1" t="s">
+      <x:c r="D36" s="1" t="s">
         <x:v>205</x:v>
       </x:c>
-      <x:c r="D36" s="1" t="s">
+      <x:c r="E36" s="1" t="s">
         <x:v>206</x:v>
       </x:c>
-      <x:c r="E36" s="1" t="s">
+      <x:c r="F36" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G36" s="1" t="s">
         <x:v>207</x:v>
       </x:c>
-      <x:c r="F36" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G36" s="1" t="s">
+      <x:c r="H36" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I36" s="1" t="s">
         <x:v>208</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
         <x:v>210</x:v>
       </x:c>
-      <x:c r="C37" s="1" t="s">
+      <x:c r="D37" s="1" t="s">
         <x:v>211</x:v>
       </x:c>
-      <x:c r="D37" s="1" t="s">
+      <x:c r="E37" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
-      <x:c r="E37" s="1" t="s">
+      <x:c r="F37" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G37" s="1" t="s">
         <x:v>213</x:v>
       </x:c>
-      <x:c r="F37" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G37" s="1" t="s">
+      <x:c r="H37" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I37" s="1" t="s">
         <x:v>214</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
-      <x:c r="C38" s="1" t="s">
+      <x:c r="D38" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
-      <x:c r="D38" s="1" t="s">
+      <x:c r="E38" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
-      <x:c r="E38" s="1" t="s">
+      <x:c r="F38" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G38" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
-      <x:c r="F38" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G38" s="1" t="s">
+      <x:c r="H38" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I38" s="1" t="s">
         <x:v>220</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="C39" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
-      <x:c r="C39" s="1" t="s">
+      <x:c r="D39" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
-      <x:c r="D39" s="1" t="s">
+      <x:c r="E39" s="1" t="s">
         <x:v>224</x:v>
       </x:c>
-      <x:c r="E39" s="1" t="s">
+      <x:c r="F39" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G39" s="1" t="s">
         <x:v>225</x:v>
       </x:c>
-      <x:c r="F39" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G39" s="1" t="s">
+      <x:c r="H39" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I39" s="1" t="s">
         <x:v>226</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="C40" s="1" t="s">
         <x:v>228</x:v>
       </x:c>
-      <x:c r="C40" s="1" t="s">
+      <x:c r="D40" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
-      <x:c r="D40" s="1" t="s">
+      <x:c r="E40" s="1" t="s">
         <x:v>230</x:v>
       </x:c>
-      <x:c r="E40" s="1" t="s">
+      <x:c r="F40" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
         <x:v>231</x:v>
       </x:c>
-      <x:c r="F40" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G40" s="1" t="s">
+      <x:c r="H40" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I40" s="1" t="s">
         <x:v>232</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">
@@ -2108,115 +2096,86 @@
       </x:c>
       <x:c r="D43" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
         <x:v>242</x:v>
       </x:c>
       <x:c r="G43" s="1" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="H43" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
         <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="C44" s="1" t="s">
         <x:v>249</x:v>
       </x:c>
-      <x:c r="C44" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F44" s="1" t="s">
         <x:v>250</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>242</x:v>
       </x:c>
       <x:c r="G44" s="1" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="H44" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
-      <x:c r="A45" s="1">
-[...5 lines deleted...]
-      <x:c r="C45" s="1" t="s">
+      <x:c r="A45" s="2" t="s">
         <x:v>252</x:v>
       </x:c>
-      <x:c r="D45" s="1" t="s">
-[...43 lines deleted...]
-      <x:c r="I46" s="2" t="s">
+      <x:c r="B45" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C45" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D45" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="E45" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F45" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G45" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H45" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I45" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A46:I46"/>
+    <x:mergeCell ref="A45:I45"/>
   </x:mergeCells>
 </x:worksheet>
 </file>