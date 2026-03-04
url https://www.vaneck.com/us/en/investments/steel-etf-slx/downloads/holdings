--- v4 (2026-03-04)
+++ v5 (2026-03-04)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd90e149f9a44c00" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79a35964d4814099" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="SLX_asof_20260302" sheetId="1" r:id="R58644b9b65d24cde"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="SLX_asof_20260302" sheetId="1" r:id="Ref7347ec403f45f6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="364" uniqueCount="253">
   <x:si>
     <x:t>Daily Holdings (%)  03/02/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
@@ -826,51 +826,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4dab88e8129b40a0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R08683061035744a1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R58644b9b65d24cde" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2aedd27e5d0f4e3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R5a687429ab334e00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ref7347ec403f45f6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I45"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="49" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="15" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">