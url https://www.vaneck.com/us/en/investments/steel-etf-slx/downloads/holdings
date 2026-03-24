--- v5 (2026-03-04)
+++ v6 (2026-03-24)
@@ -1,804 +1,825 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R79a35964d4814099" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R003bd1f673b644f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="SLX_asof_20260302" sheetId="1" r:id="Ref7347ec403f45f6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="SLX_asof_20260323" sheetId="1" r:id="Rdb60b0c3cde84cd9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="364" uniqueCount="253">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  03/02/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="380" uniqueCount="260">
+  <x:si>
+    <x:t>Daily Holdings (%)  03/23/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
-    <x:t>BHP US</x:t>
+    <x:t>RIO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Rio Tinto Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000FD28T3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>135,026</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stock</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,590,631.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t> -- </x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.89%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BHP</x:t>
   </x:si>
   <x:si>
     <x:t>Bhp Group Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BD5NZ4</x:t>
   </x:si>
   <x:si>
-    <x:t>230,244</x:t>
-[...32 lines deleted...]
-    <x:t>VALE US</x:t>
+    <x:t>169,505</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,561,936.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VALE</x:t>
   </x:si>
   <x:si>
     <x:t>Vale Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BN5LG7</x:t>
   </x:si>
   <x:si>
-    <x:t>938,764</x:t>
-[...5 lines deleted...]
-    <x:t>7.61%</x:t>
+    <x:t>709,194</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,488,979.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.14%</x:t>
   </x:si>
   <x:si>
     <x:t>RIO AU</x:t>
   </x:si>
   <x:si>
     <x:t>Rio Tinto Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BYLWT7</x:t>
   </x:si>
   <x:si>
-    <x:t>105,000</x:t>
-[...8 lines deleted...]
-    <x:t>MT US</x:t>
+    <x:t>90,976</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,359,898.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NUE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nucor Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQ8KV2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>54,274</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,717,489.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.94%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FMG AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fortescue Metals Group Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000J47TP2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>598,344</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,116,648.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MT</x:t>
   </x:si>
   <x:si>
     <x:t>Arcelormittal Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJH5W0</x:t>
   </x:si>
   <x:si>
-    <x:t>193,564</x:t>
-[...44 lines deleted...]
-    <x:t>PKX US</x:t>
+    <x:t>137,195</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,086,121.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5401 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nippon Steel Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BG9X54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,829,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,815,474.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PKX</x:t>
   </x:si>
   <x:si>
     <x:t>Posco Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BCBSD2</x:t>
   </x:si>
   <x:si>
-    <x:t>143,974</x:t>
-[...8 lines deleted...]
-    <x:t>STLD US</x:t>
+    <x:t>117,541</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,797,396.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Reliance Steel &amp; Aluminum Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CJ2181</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,622,952.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STLD</x:t>
   </x:si>
   <x:si>
     <x:t>Steel Dynamics Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000HGYNZ9</x:t>
   </x:si>
   <x:si>
-    <x:t>45,783</x:t>
-[...44 lines deleted...]
-    <x:t>TS US</x:t>
+    <x:t>37,955</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,324,821.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TS</x:t>
   </x:si>
   <x:si>
     <x:t>Tenaris Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PLD4R3</x:t>
   </x:si>
   <x:si>
-    <x:t>135,844</x:t>
-[...5 lines deleted...]
-    <x:t>3.54%</x:t>
+    <x:t>106,613</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,088,668.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.15%</x:t>
   </x:si>
   <x:si>
     <x:t>2002 TT</x:t>
   </x:si>
   <x:si>
     <x:t>China Steel Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BDBXZ5</x:t>
   </x:si>
   <x:si>
-    <x:t>9,950,000</x:t>
-[...5 lines deleted...]
-    <x:t>3.06%</x:t>
+    <x:t>7,824,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,664,359.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.18%</x:t>
   </x:si>
   <x:si>
     <x:t>5411 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Jfe Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BQWB27</x:t>
   </x:si>
   <x:si>
-    <x:t>471,000</x:t>
-[...5 lines deleted...]
-    <x:t>3.04%</x:t>
+    <x:t>343,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,085,341.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.78%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BSL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bluescope Steel Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000KPMQF3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>185,164</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,536,868.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VOE AV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Voestalpine Ag</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000FJH743</x:t>
+  </x:si>
+  <x:si>
+    <x:t>69,919</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,164,499.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SSABB SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ssab Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BGD8Q1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>378,892</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,821,695.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.92%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CMC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Commercial Metals Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BFSND8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>45,499</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,815,478.12</x:t>
   </x:si>
   <x:si>
     <x:t>MIN AU</x:t>
   </x:si>
   <x:si>
     <x:t>Mineral Resources Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000M2YPN2</x:t>
   </x:si>
   <x:si>
-    <x:t>106,437</x:t>
-[...59 lines deleted...]
-    <x:t>CLF US</x:t>
+    <x:t>72,478</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,650,768.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.81%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GGB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gerdau Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000K91FQ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>713,484</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,432,980.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.66%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CLF</x:t>
   </x:si>
   <x:si>
     <x:t>Cleveland-Cliffs Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BFRF55</x:t>
   </x:si>
   <x:si>
-    <x:t>338,408</x:t>
-[...23 lines deleted...]
-    <x:t>1.74%</x:t>
+    <x:t>294,272</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,363,004.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2027 TT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ta Chen Stainless Pipe</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000HK7WR9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,510,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,739,428.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.18%</x:t>
   </x:si>
   <x:si>
     <x:t>ACX SM</x:t>
   </x:si>
   <x:si>
     <x:t>Acerinox Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BB7ZC4</x:t>
   </x:si>
   <x:si>
-    <x:t>148,107</x:t>
-[...2 lines deleted...]
-    <x:t>$2,342,177.33</x:t>
+    <x:t>116,237</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,640,328.66</x:t>
   </x:si>
   <x:si>
     <x:t>1.12%</x:t>
   </x:si>
   <x:si>
-    <x:t>2027 TT</x:t>
-[...11 lines deleted...]
-    <x:t>$2,247,118.28</x:t>
+    <x:t>5444 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yamato Kogyo Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BD7BW1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,578,369.25</x:t>
   </x:si>
   <x:si>
     <x:t>1.07%</x:t>
   </x:si>
   <x:si>
     <x:t>EREGL TI</x:t>
   </x:si>
   <x:si>
     <x:t>Eregli Demir Ve Celik Fabrikalari Tas</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BVCBJ0</x:t>
   </x:si>
   <x:si>
-    <x:t>2,772,016</x:t>
-[...2 lines deleted...]
-    <x:t>$1,989,707.89</x:t>
+    <x:t>2,172,249</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,401,931.11</x:t>
   </x:si>
   <x:si>
     <x:t>0.95%</x:t>
   </x:si>
   <x:si>
+    <x:t>TX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ternium Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000LTPD97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>33,645</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,289,276.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.88%</x:t>
+  </x:si>
+  <x:si>
     <x:t>OUT1V FH</x:t>
   </x:si>
   <x:si>
     <x:t>Outokumpu Oyj</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BQ5Z60</x:t>
   </x:si>
   <x:si>
-    <x:t>299,705</x:t>
-[...20 lines deleted...]
-    <x:t>0.91%</x:t>
+    <x:t>235,215</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,287,440.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SGM AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sims Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BSRGJ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>79,273</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,140,464.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.78%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RUS CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Russel Metals Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DPZC04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>32,514</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,127,964.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.77%</x:t>
   </x:si>
   <x:si>
     <x:t>004020 KS</x:t>
   </x:si>
   <x:si>
     <x:t>Hyundai Steel Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BCVFZ4</x:t>
   </x:si>
   <x:si>
-    <x:t>56,959</x:t>
-[...5 lines deleted...]
-    <x:t>0.87%</x:t>
+    <x:t>45,621</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,102,618.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5463 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Maruichi Steel Tube Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BL7191</x:t>
+  </x:si>
+  <x:si>
+    <x:t>121,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,100,281.42</x:t>
   </x:si>
   <x:si>
     <x:t>APAM NA</x:t>
   </x:si>
   <x:si>
     <x:t>Aperam Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001D93XQ9</x:t>
   </x:si>
   <x:si>
-    <x:t>34,777</x:t>
-[...5 lines deleted...]
-    <x:t>0.84%</x:t>
+    <x:t>27,294</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,091,931.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.74%</x:t>
   </x:si>
   <x:si>
     <x:t>8078 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Hanwa Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBLFX9</x:t>
   </x:si>
   <x:si>
-    <x:t>29,500</x:t>
-[...77 lines deleted...]
-    <x:t>0.72%</x:t>
+    <x:t>19,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$937,286.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.64%</x:t>
   </x:si>
   <x:si>
     <x:t>LIF CN</x:t>
   </x:si>
   <x:si>
     <x:t>Labrador Iron Ore Royalty Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000HRCTX8</x:t>
   </x:si>
   <x:si>
-    <x:t>47,647</x:t>
-[...5 lines deleted...]
-    <x:t>0.53%</x:t>
+    <x:t>36,599</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$739,290.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2015 TT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Feng Hsin Steel Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BJR8N3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>340,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$714,787.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.49%</x:t>
   </x:si>
   <x:si>
     <x:t>KIO SJ</x:t>
   </x:si>
   <x:si>
     <x:t>Kumba Iron Ore Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PPVK43</x:t>
   </x:si>
   <x:si>
-    <x:t>43,366</x:t>
-[...26 lines deleted...]
-    <x:t>SID US</x:t>
+    <x:t>34,034</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$596,673.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Worthington Steel Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01JPM5032</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,685</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$577,061.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SID</x:t>
   </x:si>
   <x:si>
     <x:t>Cia Siderurgica Nacional Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000JM98S3</x:t>
   </x:si>
   <x:si>
-    <x:t>504,131</x:t>
-[...23 lines deleted...]
-    <x:t>0.37%</x:t>
+    <x:t>395,649</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$494,561.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34%</x:t>
   </x:si>
   <x:si>
     <x:t>VSVS LN</x:t>
   </x:si>
   <x:si>
     <x:t>Vesuvius Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BDBMW2</x:t>
   </x:si>
   <x:si>
-    <x:t>106,139</x:t>
-[...5 lines deleted...]
-    <x:t>0.33%</x:t>
+    <x:t>92,555</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$493,913.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-KRW CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t> </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cash Bal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>-EUR CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t> </x:t>
-[...11 lines deleted...]
-    <x:t>0.00%</x:t>
+    <x:t>46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$52.80</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t>-92,960</x:t>
-[...5 lines deleted...]
-    <x:t>-0.04%</x:t>
+    <x:t>-1,720,162</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-1,720,162.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.17%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$815,604.21</x:t>
+    <x:t>$1,393,579.95</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -826,62 +847,62 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2aedd27e5d0f4e3d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R5a687429ab334e00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ref7347ec403f45f6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb527cebe9ffd4c1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R2a6d0fa861cf418a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rdb60b0c3cde84cd9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I45"/>
+  <x:dimension ref="A1:I47"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="49" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
-    <x:col min="5" max="5" width="15" customWidth="1"/>
+    <x:col min="5" max="5" width="16" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -1421,80 +1442,80 @@
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
         <x:v>113</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
+        <x:v>115</x:v>
+      </x:c>
+      <x:c r="C21" s="1" t="s">
+        <x:v>116</x:v>
+      </x:c>
+      <x:c r="D21" s="1" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="E21" s="1" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="F21" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G21" s="1" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="H21" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I21" s="1" t="s">
         <x:v>114</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
@@ -1624,138 +1645,138 @@
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
         <x:v>150</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>155</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="D30" s="1" t="s">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="E30" s="1" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="F30" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G30" s="1" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="H30" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I30" s="1" t="s">
         <x:v>167</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
@@ -1827,355 +1848,413 @@
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>190</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
         <x:v>197</x:v>
       </x:c>
-      <x:c r="C35" s="1" t="s">
+      <x:c r="D35" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
-      <x:c r="D35" s="1" t="s">
+      <x:c r="E35" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
-      <x:c r="E35" s="1" t="s">
+      <x:c r="F35" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
-      <x:c r="F35" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G35" s="1" t="s">
+      <x:c r="H35" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I35" s="1" t="s">
         <x:v>201</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>202</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
         <x:v>203</x:v>
       </x:c>
-      <x:c r="C36" s="1" t="s">
+      <x:c r="D36" s="1" t="s">
         <x:v>204</x:v>
       </x:c>
-      <x:c r="D36" s="1" t="s">
+      <x:c r="E36" s="1" t="s">
         <x:v>205</x:v>
       </x:c>
-      <x:c r="E36" s="1" t="s">
+      <x:c r="F36" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G36" s="1" t="s">
         <x:v>206</x:v>
       </x:c>
-      <x:c r="F36" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G36" s="1" t="s">
+      <x:c r="H36" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I36" s="1" t="s">
         <x:v>207</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
         <x:v>209</x:v>
       </x:c>
-      <x:c r="C37" s="1" t="s">
+      <x:c r="D37" s="1" t="s">
         <x:v>210</x:v>
       </x:c>
-      <x:c r="D37" s="1" t="s">
+      <x:c r="E37" s="1" t="s">
         <x:v>211</x:v>
       </x:c>
-      <x:c r="E37" s="1" t="s">
+      <x:c r="F37" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G37" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
-      <x:c r="F37" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G37" s="1" t="s">
+      <x:c r="H37" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I37" s="1" t="s">
         <x:v>213</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>214</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
         <x:v>215</x:v>
       </x:c>
-      <x:c r="C38" s="1" t="s">
+      <x:c r="D38" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
-      <x:c r="D38" s="1" t="s">
+      <x:c r="E38" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
-      <x:c r="E38" s="1" t="s">
+      <x:c r="F38" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G38" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
-      <x:c r="F38" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G38" s="1" t="s">
+      <x:c r="H38" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I38" s="1" t="s">
         <x:v>219</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="C39" s="1" t="s">
         <x:v>221</x:v>
       </x:c>
-      <x:c r="C39" s="1" t="s">
+      <x:c r="D39" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
-      <x:c r="D39" s="1" t="s">
+      <x:c r="E39" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
-      <x:c r="E39" s="1" t="s">
+      <x:c r="F39" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G39" s="1" t="s">
         <x:v>224</x:v>
       </x:c>
-      <x:c r="F39" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G39" s="1" t="s">
+      <x:c r="H39" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I39" s="1" t="s">
         <x:v>225</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>226</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="C40" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
-      <x:c r="C40" s="1" t="s">
+      <x:c r="D40" s="1" t="s">
         <x:v>228</x:v>
       </x:c>
-      <x:c r="D40" s="1" t="s">
+      <x:c r="E40" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
-      <x:c r="E40" s="1" t="s">
+      <x:c r="F40" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
         <x:v>230</x:v>
       </x:c>
-      <x:c r="F40" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G40" s="1" t="s">
+      <x:c r="H40" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I40" s="1" t="s">
         <x:v>231</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="C41" s="1" t="s">
         <x:v>233</x:v>
       </x:c>
-      <x:c r="C41" s="1" t="s">
+      <x:c r="D41" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
-      <x:c r="D41" s="1" t="s">
+      <x:c r="E41" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
-      <x:c r="E41" s="1" t="s">
+      <x:c r="F41" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G41" s="1" t="s">
         <x:v>236</x:v>
       </x:c>
-      <x:c r="F41" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G41" s="1" t="s">
+      <x:c r="H41" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I41" s="1" t="s">
         <x:v>237</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="C42" s="1" t="s">
         <x:v>239</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>240</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
         <x:v>241</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G42" s="1" t="s">
         <x:v>242</x:v>
       </x:c>
-      <x:c r="G42" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="H42" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="C43" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="D43" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="E43" s="1" t="s">
         <x:v>245</x:v>
       </x:c>
-      <x:c r="C43" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="E43" s="1" t="s">
+      <x:c r="F43" s="1" t="s">
         <x:v>246</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>242</x:v>
       </x:c>
       <x:c r="G43" s="1" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="H43" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
         <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="G44" s="1" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="H44" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
-      <x:c r="A45" s="2" t="s">
+      <x:c r="A45" s="1">
+        <x:v>42</x:v>
+      </x:c>
+      <x:c r="B45" s="1" t="s">
         <x:v>252</x:v>
       </x:c>
-      <x:c r="B45" s="2" t="s">
-[...20 lines deleted...]
-      <x:c r="I45" s="2" t="s">
+      <x:c r="C45" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="D45" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="E45" s="1" t="s">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="F45" s="1" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="G45" s="1" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="H45" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I45" s="1" t="s">
+        <x:v>255</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="46" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A46" s="1">
+        <x:v>43</x:v>
+      </x:c>
+      <x:c r="B46" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="C46" s="1" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="D46" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E46" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F46" s="1" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="G46" s="1" t="s">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="H46" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I46" s="1" t="s">
+        <x:v>161</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="47" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A47" s="2" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="B47" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C47" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D47" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="E47" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F47" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G47" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H47" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I47" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A45:I45"/>
+    <x:mergeCell ref="A47:I47"/>
   </x:mergeCells>
 </x:worksheet>
 </file>