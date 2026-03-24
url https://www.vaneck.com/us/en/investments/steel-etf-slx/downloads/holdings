--- v6 (2026-03-24)
+++ v7 (2026-03-24)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R003bd1f673b644f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R774c02b249814ca2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="SLX_asof_20260323" sheetId="1" r:id="Rdb60b0c3cde84cd9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="SLX_asof_20260323" sheetId="1" r:id="R1540b0254947414f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="380" uniqueCount="260">
   <x:si>
     <x:t>Daily Holdings (%)  03/23/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
@@ -847,51 +847,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb527cebe9ffd4c1b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R2a6d0fa861cf418a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rdb60b0c3cde84cd9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc9843327d834c66" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rb4b3d89bb83c4ecd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R1540b0254947414f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I47"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="49" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="16" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">