--- v0 (2025-12-07)
+++ v1 (2026-01-10)
@@ -1,1170 +1,1164 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6679b4c0d97a4960" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R864326c73012444c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="TRUT_asof_20251204" sheetId="1" r:id="Rb3ea3414417244fe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="TRUT_asof_20260108" sheetId="1" r:id="R56952dda32f44339"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="588" uniqueCount="375">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  12/04/2025</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="580" uniqueCount="373">
+  <x:si>
+    <x:t>Daily Holdings (%)  01/08/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>XLK US</x:t>
   </x:si>
   <x:si>
     <x:t>Technology Select Sector SPDR Fund</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJ7007</x:t>
   </x:si>
   <x:si>
-    <x:t>77,200</x:t>
+    <x:t>197,600</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$22,470,604.00</x:t>
+    <x:t>$28,501,824.00</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>43.46%</x:t>
-[...2 lines deleted...]
-    <x:t>154,400</x:t>
+    <x:t>44.06%</x:t>
   </x:si>
   <x:si>
     <x:t>NVDA US</x:t>
   </x:si>
   <x:si>
     <x:t>Nvidia Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBJQV0</x:t>
   </x:si>
   <x:si>
-    <x:t>44,420</x:t>
-[...5 lines deleted...]
-    <x:t>15.76%</x:t>
+    <x:t>56,840</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,517,673.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16.26%</x:t>
   </x:si>
   <x:si>
     <x:t>AAPL US</x:t>
   </x:si>
   <x:si>
     <x:t>Apple Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000B9XRY4</x:t>
   </x:si>
   <x:si>
-    <x:t>27,053</x:t>
-[...5 lines deleted...]
-    <x:t>14.69%</x:t>
+    <x:t>34,613</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,966,151.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13.86%</x:t>
   </x:si>
   <x:si>
     <x:t>MSFT US</x:t>
   </x:si>
   <x:si>
     <x:t>Microsoft Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BPH459</x:t>
   </x:si>
   <x:si>
-    <x:t>13,530</x:t>
-[...5 lines deleted...]
-    <x:t>12.58%</x:t>
+    <x:t>17,310</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,276,084.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12.79%</x:t>
   </x:si>
   <x:si>
     <x:t>AVGO US</x:t>
   </x:si>
   <x:si>
     <x:t>Broadcom Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00KHY5S69</x:t>
   </x:si>
   <x:si>
-    <x:t>8,662</x:t>
-[...5 lines deleted...]
-    <x:t>6.38%</x:t>
+    <x:t>11,092</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,687,868.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.70%</x:t>
   </x:si>
   <x:si>
     <x:t>ORCL US</x:t>
   </x:si>
   <x:si>
     <x:t>Oracle Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BQLTW7</x:t>
   </x:si>
   <x:si>
-    <x:t>1,352</x:t>
-[...5 lines deleted...]
-    <x:t>0.56%</x:t>
+    <x:t>1,730</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$327,229.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.51%</x:t>
   </x:si>
   <x:si>
     <x:t>PLTR US</x:t>
   </x:si>
   <x:si>
     <x:t>Palantir Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000N7QR55</x:t>
   </x:si>
   <x:si>
-    <x:t>1,330</x:t>
-[...5 lines deleted...]
-    <x:t>0.46%</x:t>
+    <x:t>1,708</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$302,076.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.47%</x:t>
   </x:si>
   <x:si>
     <x:t>AMD US</x:t>
   </x:si>
   <x:si>
     <x:t>Advanced Micro Devices Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBQCY0</x:t>
   </x:si>
   <x:si>
-    <x:t>950</x:t>
-[...5 lines deleted...]
-    <x:t>0.40%</x:t>
+    <x:t>1,220</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$249,709.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MU US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Micron Technology Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C5Z1S3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>750</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$245,265.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38%</x:t>
   </x:si>
   <x:si>
     <x:t>IBM US</x:t>
   </x:si>
   <x:si>
     <x:t>International Business Machines Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BLNNH6</x:t>
   </x:si>
   <x:si>
-    <x:t>565</x:t>
-[...2 lines deleted...]
-    <x:t>$174,014.35</x:t>
+    <x:t>727</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$220,077.44</x:t>
   </x:si>
   <x:si>
     <x:t>0.34%</x:t>
   </x:si>
   <x:si>
     <x:t>CSCO US</x:t>
   </x:si>
   <x:si>
     <x:t>Cisco Systems Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C3J3C9</x:t>
   </x:si>
   <x:si>
-    <x:t>2,139</x:t>
-[...5 lines deleted...]
-    <x:t>0.32%</x:t>
+    <x:t>2,733</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$202,132.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LRCX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lam Research Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BNFLM9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>972</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$195,333.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CRM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Salesforce.Com Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BN2DC2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>730</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$190,186.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.29%</x:t>
   </x:si>
   <x:si>
     <x:t>NOW US</x:t>
   </x:si>
   <x:si>
     <x:t>Servicenow Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000M1R011</x:t>
   </x:si>
   <x:si>
-    <x:t>175</x:t>
-[...38 lines deleted...]
-    <x:t>$133,270.20</x:t>
+    <x:t>1,145</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$167,387.55</x:t>
   </x:si>
   <x:si>
     <x:t>0.26%</x:t>
   </x:si>
   <x:si>
+    <x:t>INTU US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intuit Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BH5DV1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>238</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$155,068.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24%</x:t>
+  </x:si>
+  <x:si>
     <x:t>APP US</x:t>
   </x:si>
   <x:si>
     <x:t>Applovin Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG006HFPX77</x:t>
   </x:si>
   <x:si>
-    <x:t>183</x:t>
-[...35 lines deleted...]
-    <x:t>$118,760.04</x:t>
+    <x:t>237</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$146,117.61</x:t>
   </x:si>
   <x:si>
     <x:t>0.23%</x:t>
   </x:si>
   <x:si>
     <x:t>AMAT US</x:t>
   </x:si>
   <x:si>
     <x:t>Applied Materials Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBPFB9</x:t>
   </x:si>
   <x:si>
-    <x:t>399</x:t>
-[...2 lines deleted...]
-    <x:t>$107,506.56</x:t>
+    <x:t>507</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$142,791.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Accenture Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000D9D830</x:t>
+  </x:si>
+  <x:si>
+    <x:t>485</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$136,682.70</x:t>
   </x:si>
   <x:si>
     <x:t>0.21%</x:t>
   </x:si>
   <x:si>
+    <x:t>TXN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Texas Instruments Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BVV7G1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>723</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$136,249.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QCOM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qualcomm Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CGC1X8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>741</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$134,765.67</x:t>
+  </x:si>
+  <x:si>
     <x:t>APH US</x:t>
   </x:si>
   <x:si>
     <x:t>Amphenol Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000B9YJ35</x:t>
   </x:si>
   <x:si>
-    <x:t>750</x:t>
-[...2 lines deleted...]
-    <x:t>$104,595.00</x:t>
+    <x:t>966</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$131,617.50</x:t>
   </x:si>
   <x:si>
     <x:t>0.20%</x:t>
   </x:si>
   <x:si>
-    <x:t>ACN US</x:t>
-[...43 lines deleted...]
-  <x:si>
     <x:t>INTC US</x:t>
   </x:si>
   <x:si>
     <x:t>Intel Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C0G1D1</x:t>
   </x:si>
   <x:si>
-    <x:t>2,491</x:t>
-[...2 lines deleted...]
-    <x:t>$100,885.50</x:t>
+    <x:t>3,193</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$131,264.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SNPS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Synopsys Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BSFRF3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>226</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$116,274.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18%</x:t>
   </x:si>
   <x:si>
     <x:t>CRWD US</x:t>
   </x:si>
   <x:si>
     <x:t>Crowdstrike Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00BLYKS03</x:t>
   </x:si>
   <x:si>
-    <x:t>180</x:t>
-[...23 lines deleted...]
-    <x:t>0.15%</x:t>
+    <x:t>234</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$108,545.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17%</x:t>
   </x:si>
   <x:si>
     <x:t>PANW US</x:t>
   </x:si>
   <x:si>
     <x:t>Palo Alto Networks Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0014GJCT9</x:t>
   </x:si>
   <x:si>
-    <x:t>382</x:t>
-[...2 lines deleted...]
-    <x:t>$74,749.76</x:t>
+    <x:t>490</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$93,492.00</x:t>
   </x:si>
   <x:si>
     <x:t>0.14%</x:t>
   </x:si>
   <x:si>
     <x:t>ANET US</x:t>
   </x:si>
   <x:si>
     <x:t>Arista Networks Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000N2HDY5</x:t>
   </x:si>
   <x:si>
-    <x:t>$74,430.45</x:t>
+    <x:t>$91,676.52</x:t>
   </x:si>
   <x:si>
     <x:t>ADBE US</x:t>
   </x:si>
   <x:si>
     <x:t>Adobe Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BB5006</x:t>
   </x:si>
   <x:si>
-    <x:t>203</x:t>
-[...2 lines deleted...]
-    <x:t>$66,732.19</x:t>
+    <x:t>257</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$87,133.28</x:t>
   </x:si>
   <x:si>
     <x:t>0.13%</x:t>
   </x:si>
   <x:si>
+    <x:t>ADI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Analog Devices Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BB6G37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>266</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$79,576.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.12%</x:t>
+  </x:si>
+  <x:si>
     <x:t>CDNS US</x:t>
   </x:si>
   <x:si>
     <x:t>Cadence Design Systems Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C13CD9</x:t>
   </x:si>
   <x:si>
-    <x:t>$61,725.90</x:t>
-[...20 lines deleted...]
-    <x:t>0.11%</x:t>
+    <x:t>$75,555.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Seagate Technology Holdings Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0113JGQF0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>230</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$65,428.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.10%</x:t>
   </x:si>
   <x:si>
     <x:t>ADSK US</x:t>
   </x:si>
   <x:si>
     <x:t>Autodesk Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BM7HL0</x:t>
   </x:si>
   <x:si>
-    <x:t>176</x:t>
-[...17 lines deleted...]
-    <x:t>$46,750.88</x:t>
+    <x:t>$63,613.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NXPI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nxp Semiconductors Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BND699</x:t>
+  </x:si>
+  <x:si>
+    <x:t>235</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$55,904.15</x:t>
   </x:si>
   <x:si>
     <x:t>0.09%</x:t>
   </x:si>
   <x:si>
     <x:t>TEL US</x:t>
   </x:si>
   <x:si>
     <x:t>Te Connectivity Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01Q08MMR1</x:t>
   </x:si>
   <x:si>
-    <x:t>186</x:t>
-[...2 lines deleted...]
-    <x:t>$43,414.26</x:t>
+    <x:t>240</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$54,727.20</x:t>
   </x:si>
   <x:si>
     <x:t>0.08%</x:t>
   </x:si>
   <x:si>
-    <x:t>NXPI US</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>WDAY US</x:t>
   </x:si>
   <x:si>
     <x:t>Workday Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000VC0T95</x:t>
   </x:si>
   <x:si>
-    <x:t>$38,125.12</x:t>
+    <x:t>$48,251.70</x:t>
   </x:si>
   <x:si>
     <x:t>0.07%</x:t>
   </x:si>
   <x:si>
+    <x:t>WDC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Western Digital Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BWNFZ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>247</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$46,356.96</x:t>
+  </x:si>
+  <x:si>
     <x:t>GLW US</x:t>
   </x:si>
   <x:si>
     <x:t>Corning Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BKFZM4</x:t>
   </x:si>
   <x:si>
-    <x:t>396</x:t>
-[...2 lines deleted...]
-    <x:t>$33,838.20</x:t>
+    <x:t>504</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$43,006.32</x:t>
   </x:si>
   <x:si>
     <x:t>FTNT US</x:t>
   </x:si>
   <x:si>
     <x:t>Fortinet Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BCMBG4</x:t>
   </x:si>
   <x:si>
-    <x:t>386</x:t>
-[...2 lines deleted...]
-    <x:t>$32,879.48</x:t>
+    <x:t>494</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$38,556.70</x:t>
   </x:si>
   <x:si>
     <x:t>0.06%</x:t>
   </x:si>
   <x:si>
-    <x:t>WDC US</x:t>
-[...11 lines deleted...]
-    <x:t>$31,073.00</x:t>
+    <x:t>MCHP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Microchip Technology Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BHCP19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>474</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$34,853.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.05%</x:t>
   </x:si>
   <x:si>
     <x:t>DDOG US</x:t>
   </x:si>
   <x:si>
     <x:t>Datadog Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG003NJHZT9</x:t>
   </x:si>
   <x:si>
-    <x:t>190</x:t>
-[...2 lines deleted...]
-    <x:t>$29,070.00</x:t>
+    <x:t>244</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$31,885.92</x:t>
   </x:si>
   <x:si>
     <x:t>DELL US</x:t>
   </x:si>
   <x:si>
     <x:t>Dell Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00DW3SZS1</x:t>
   </x:si>
   <x:si>
-    <x:t>187</x:t>
-[...20 lines deleted...]
-    <x:t>$23,687.52</x:t>
+    <x:t>241</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$28,558.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NTAP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Netapp Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000FP1N32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>228</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,065.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CTSH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cognizant Technology Solutions Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBDV81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>265</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,729.05</x:t>
   </x:si>
   <x:si>
     <x:t>KLAC US</x:t>
   </x:si>
   <x:si>
     <x:t>Kla Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BMTFR4</x:t>
   </x:si>
   <x:si>
     <x:t>17</x:t>
   </x:si>
   <x:si>
-    <x:t>$20,537.36</x:t>
-[...17 lines deleted...]
-    <x:t>$20,182.26</x:t>
+    <x:t>$22,518.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.03%</x:t>
   </x:si>
   <x:si>
     <x:t>HPE US</x:t>
   </x:si>
   <x:si>
     <x:t>Hewlett Packard Enterprise Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0078W3NQ3</x:t>
   </x:si>
   <x:si>
-    <x:t>772</x:t>
-[...20 lines deleted...]
-    <x:t>$16,922.20</x:t>
+    <x:t>988</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,755.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRMB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trimble Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BNPS52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>233</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,525.83</x:t>
   </x:si>
   <x:si>
     <x:t>HPQ US</x:t>
   </x:si>
   <x:si>
     <x:t>Hp Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000KHWT55</x:t>
   </x:si>
   <x:si>
-    <x:t>$14,996.10</x:t>
-[...14 lines deleted...]
-    <x:t>$14,731.70</x:t>
+    <x:t>$15,849.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.02%</x:t>
   </x:si>
   <x:si>
     <x:t>ON US</x:t>
   </x:si>
   <x:si>
     <x:t>On Semiconductor Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DV7MX4</x:t>
   </x:si>
   <x:si>
-    <x:t>$10,574.47</x:t>
-[...2 lines deleted...]
-    <x:t>0.02%</x:t>
+    <x:t>$15,039.83</x:t>
   </x:si>
   <x:si>
     <x:t>GEN US</x:t>
   </x:si>
   <x:si>
     <x:t>Gen Digital Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BH2JM1</x:t>
   </x:si>
   <x:si>
-    <x:t>$10,445.16</x:t>
+    <x:t>$13,110.76</x:t>
   </x:si>
   <x:si>
     <x:t>MSI US</x:t>
   </x:si>
   <x:si>
     <x:t>Motorola Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BP8Z50</x:t>
   </x:si>
   <x:si>
     <x:t>21</x:t>
   </x:si>
   <x:si>
-    <x:t>$7,801.29</x:t>
+    <x:t>$8,019.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.01%</x:t>
   </x:si>
   <x:si>
     <x:t>SMCI US</x:t>
   </x:si>
   <x:si>
     <x:t>Super Micro Computer Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000MYZDJ3</x:t>
   </x:si>
   <x:si>
-    <x:t>$7,256.76</x:t>
-[...2 lines deleted...]
-    <x:t>0.01%</x:t>
+    <x:t>$7,953.40</x:t>
   </x:si>
   <x:si>
     <x:t>ROP US</x:t>
   </x:si>
   <x:si>
     <x:t>Roper Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000F1ZSN5</x:t>
   </x:si>
   <x:si>
     <x:t>14</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,226.92</x:t>
+    <x:t>$6,082.58</x:t>
   </x:si>
   <x:si>
     <x:t>MPWR US</x:t>
   </x:si>
   <x:si>
     <x:t>Monolithic Power Systems Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C30L48</x:t>
   </x:si>
   <x:si>
     <x:t>6</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,716.44</x:t>
+    <x:t>$5,754.54</x:t>
   </x:si>
   <x:si>
     <x:t>FICO US</x:t>
   </x:si>
   <x:si>
     <x:t>Fair Isaac Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DW76Y6</x:t>
   </x:si>
   <x:si>
     <x:t>3</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,315.61</x:t>
+    <x:t>$4,756.80</x:t>
   </x:si>
   <x:si>
     <x:t>KEYS US</x:t>
   </x:si>
   <x:si>
     <x:t>Keysight Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0059FN811</x:t>
   </x:si>
   <x:si>
     <x:t>22</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,599.54</x:t>
+    <x:t>$4,546.74</x:t>
   </x:si>
   <x:si>
     <x:t>TER US</x:t>
   </x:si>
   <x:si>
     <x:t>Teradyne Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BV4DR6</x:t>
   </x:si>
   <x:si>
     <x:t>20</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,972.60</x:t>
+    <x:t>$4,326.20</x:t>
   </x:si>
   <x:si>
     <x:t>FSLR US</x:t>
   </x:si>
   <x:si>
     <x:t>First Solar Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BFL116</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,601.92</x:t>
+    <x:t>$3,447.64</x:t>
   </x:si>
   <x:si>
     <x:t>TDY US</x:t>
   </x:si>
   <x:si>
     <x:t>Teledyne Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BMT9T6</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,108.00</x:t>
+    <x:t>$3,293.46</x:t>
   </x:si>
   <x:si>
     <x:t>JBL US</x:t>
   </x:si>
   <x:si>
     <x:t>Jabil Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJNGN9</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,062.08</x:t>
+    <x:t>$3,105.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>VRSN US</x:t>
   </x:si>
   <x:si>
     <x:t>Verisign Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BGKHZ3</x:t>
   </x:si>
   <x:si>
     <x:t>11</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,735.04</x:t>
+    <x:t>$2,718.43</x:t>
   </x:si>
   <x:si>
     <x:t>PTC US</x:t>
   </x:si>
   <x:si>
     <x:t>Ptc Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C2VBB0</x:t>
   </x:si>
   <x:si>
     <x:t>15</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,677.50</x:t>
+    <x:t>$2,603.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TYL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tyler Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BVWZF9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,267.00</x:t>
   </x:si>
   <x:si>
     <x:t>CDW US</x:t>
   </x:si>
   <x:si>
     <x:t>Cdw Corp/De</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001P63B80</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,457.18</x:t>
-[...17 lines deleted...]
-    <x:t>$2,333.15</x:t>
+    <x:t>$2,253.01</x:t>
   </x:si>
   <x:si>
     <x:t>GDDY US</x:t>
   </x:si>
   <x:si>
     <x:t>Godaddy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG006MDLY05</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,214.42</x:t>
+    <x:t>$1,965.20</x:t>
   </x:si>
   <x:si>
     <x:t>FFIV US</x:t>
   </x:si>
   <x:si>
     <x:t>F5 Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CXYSZ6</x:t>
   </x:si>
   <x:si>
     <x:t>7</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,703.31</x:t>
+    <x:t>$1,885.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AKAM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Akamai Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BJQWD2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,542.78</x:t>
   </x:si>
   <x:si>
     <x:t>ZBRA US</x:t>
   </x:si>
   <x:si>
     <x:t>Zebra Technologies Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CC7LQ7</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,578.30</x:t>
-[...14 lines deleted...]
-    <x:t>$1,558.80</x:t>
+    <x:t>$1,527.84</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>98,189</x:t>
+    <x:t>117,770</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$98,188.71</x:t>
-[...2 lines deleted...]
-    <x:t>0.19%</x:t>
+    <x:t>$117,770.30</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-22,460,617.42</x:t>
-[...2 lines deleted...]
-    <x:t>-43.44%</x:t>
+    <x:t>$19,151.77</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1192,56 +1186,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1579b5b9ba3342b5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R69d7f0d6484d475a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb3ea3414417244fe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7e0241563df4a92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R66e2c8f7b14f4dcb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R56952dda32f44339" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I73"/>
+  <x:dimension ref="A1:I72"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="48" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="13" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -1331,2029 +1325,2000 @@
       </x:c>
       <x:c r="D4" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="E4" s="1" t="s">
         <x:v>14</x:v>
       </x:c>
       <x:c r="F4" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G4" s="1" t="s">
         <x:v>16</x:v>
       </x:c>
       <x:c r="H4" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I4" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
     </x:row>
     <x:row r="5" spans="1:9" ht="15" customHeight="1">
       <x:c r="A5" s="1">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B5" s="1" t="s">
-        <x:v>11</x:v>
+        <x:v>19</x:v>
       </x:c>
       <x:c r="C5" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>20</x:v>
       </x:c>
       <x:c r="D5" s="1" t="s">
-        <x:v>13</x:v>
+        <x:v>21</x:v>
       </x:c>
       <x:c r="E5" s="1" t="s">
-        <x:v>19</x:v>
+        <x:v>22</x:v>
       </x:c>
       <x:c r="F5" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G5" s="1" t="s">
-        <x:v>16</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="H5" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I5" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:9" ht="15" customHeight="1">
       <x:c r="A6" s="1">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B6" s="1" t="s">
-        <x:v>20</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C6" s="1" t="s">
-        <x:v>21</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="D6" s="1" t="s">
-        <x:v>22</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="E6" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>28</x:v>
       </x:c>
       <x:c r="F6" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G6" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="H6" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I6" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>30</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:9" ht="15" customHeight="1">
       <x:c r="A7" s="1">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B7" s="1" t="s">
-        <x:v>26</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="C7" s="1" t="s">
-        <x:v>27</x:v>
+        <x:v>32</x:v>
       </x:c>
       <x:c r="D7" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="E7" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="F7" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G7" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="H7" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I7" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:9" ht="15" customHeight="1">
       <x:c r="A8" s="1">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>37</x:v>
       </x:c>
       <x:c r="C8" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>38</x:v>
       </x:c>
       <x:c r="D8" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="E8" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="F8" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G8" s="1" t="s">
-        <x:v>36</x:v>
+        <x:v>41</x:v>
       </x:c>
       <x:c r="H8" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I8" s="1" t="s">
-        <x:v>37</x:v>
+        <x:v>42</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:9" ht="15" customHeight="1">
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
-        <x:v>38</x:v>
+        <x:v>43</x:v>
       </x:c>
       <x:c r="C9" s="1" t="s">
-        <x:v>39</x:v>
+        <x:v>44</x:v>
       </x:c>
       <x:c r="D9" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="E9" s="1" t="s">
-        <x:v>41</x:v>
+        <x:v>46</x:v>
       </x:c>
       <x:c r="F9" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G9" s="1" t="s">
-        <x:v>42</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="H9" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I9" s="1" t="s">
-        <x:v>43</x:v>
+        <x:v>48</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:9" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>51</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G10" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="H10" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I10" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>54</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:9" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>57</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G11" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="H11" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I11" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:9" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>64</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G12" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="H12" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I12" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H13" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="H14" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I14" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>144</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
         <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>201</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
         <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I39" s="1" t="s">
         <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G40" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="H40" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G43" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="H43" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G44" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="H44" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="C45" s="1" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="D45" s="1" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="E45" s="1" t="s">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="F45" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G45" s="1" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="H45" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I45" s="1" t="s">
         <x:v>239</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="H46" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G47" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="H47" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
         <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I48" s="1" t="s">
         <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G50" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="H50" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I50" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
+        <x:v>275</x:v>
+      </x:c>
+      <x:c r="C51" s="1" t="s">
+        <x:v>276</x:v>
+      </x:c>
+      <x:c r="D51" s="1" t="s">
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="E51" s="1" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="F51" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G51" s="1" t="s">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="H51" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I51" s="1" t="s">
         <x:v>270</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G52" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="H52" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="H53" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="C54" s="1" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="D54" s="1" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="E54" s="1" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="F54" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G54" s="1" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="H54" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I54" s="1" t="s">
         <x:v>284</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="H55" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G58" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="H58" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="H59" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="H60" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G61" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="H61" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I61" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G62" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="H62" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I62" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="C63" s="1" t="s">
+        <x:v>333</x:v>
+      </x:c>
+      <x:c r="D63" s="1" t="s">
+        <x:v>334</x:v>
+      </x:c>
+      <x:c r="E63" s="1" t="s">
+        <x:v>335</x:v>
+      </x:c>
+      <x:c r="F63" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G63" s="1" t="s">
+        <x:v>336</x:v>
+      </x:c>
+      <x:c r="H63" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I63" s="1" t="s">
         <x:v>326</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>288</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="F64" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G64" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="H64" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I64" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G65" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="H65" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I65" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:9" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>348</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G66" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="H66" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I66" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:9" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G67" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="H67" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I67" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:9" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G68" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="H68" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I68" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:9" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G69" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="H69" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I69" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:9" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="G70" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="H70" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I70" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:9" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F71" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="G71" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="H71" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I71" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:9" ht="15" customHeight="1">
-      <x:c r="A72" s="1">
-[...17 lines deleted...]
-      <x:c r="G72" s="1" t="s">
+      <x:c r="A72" s="2" t="s">
         <x:v>372</x:v>
       </x:c>
-      <x:c r="H72" s="1" t="s">
-[...10 lines deleted...]
-      <x:c r="B73" s="2" t="s">
+      <x:c r="B72" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C73" s="2" t="s">
+      <x:c r="C72" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D73" s="2" t="s">
+      <x:c r="D72" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E73" s="2" t="s">
+      <x:c r="E72" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F73" s="2" t="s">
+      <x:c r="F72" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G73" s="2" t="s">
+      <x:c r="G72" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="H73" s="2" t="s">
+      <x:c r="H72" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I73" s="2" t="s">
+      <x:c r="I72" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A73:I73"/>
+    <x:mergeCell ref="A72:I72"/>
   </x:mergeCells>
 </x:worksheet>
 </file>