--- v1 (2026-01-10)
+++ v2 (2026-01-14)
@@ -1,1164 +1,1161 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R864326c73012444c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84a693a9c4af4278" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="TRUT_asof_20260108" sheetId="1" r:id="R56952dda32f44339"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="TRUT_asof_20260113" sheetId="1" r:id="Rdc171b1251504a29"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="580" uniqueCount="373">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  01/08/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="580" uniqueCount="372">
+  <x:si>
+    <x:t>Daily Holdings (%)  01/13/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>XLK US</x:t>
   </x:si>
   <x:si>
     <x:t>Technology Select Sector SPDR Fund</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJ7007</x:t>
   </x:si>
   <x:si>
-    <x:t>197,600</x:t>
+    <x:t>214,400</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$28,501,824.00</x:t>
+    <x:t>$31,405,312.00</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>44.06%</x:t>
+    <x:t>44.22%</x:t>
   </x:si>
   <x:si>
     <x:t>NVDA US</x:t>
   </x:si>
   <x:si>
     <x:t>Nvidia Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBJQV0</x:t>
   </x:si>
   <x:si>
-    <x:t>56,840</x:t>
-[...5 lines deleted...]
-    <x:t>16.26%</x:t>
+    <x:t>61,670</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,458,902.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16.14%</x:t>
   </x:si>
   <x:si>
     <x:t>AAPL US</x:t>
   </x:si>
   <x:si>
     <x:t>Apple Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000B9XRY4</x:t>
   </x:si>
   <x:si>
-    <x:t>34,613</x:t>
-[...5 lines deleted...]
-    <x:t>13.86%</x:t>
+    <x:t>37,553</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,803,210.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13.80%</x:t>
   </x:si>
   <x:si>
     <x:t>MSFT US</x:t>
   </x:si>
   <x:si>
     <x:t>Microsoft Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BPH459</x:t>
   </x:si>
   <x:si>
-    <x:t>17,310</x:t>
-[...5 lines deleted...]
-    <x:t>12.79%</x:t>
+    <x:t>18,780</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,839,182.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12.45%</x:t>
   </x:si>
   <x:si>
     <x:t>AVGO US</x:t>
   </x:si>
   <x:si>
     <x:t>Broadcom Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00KHY5S69</x:t>
   </x:si>
   <x:si>
-    <x:t>11,092</x:t>
-[...5 lines deleted...]
-    <x:t>5.70%</x:t>
+    <x:t>12,037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,268,440.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.01%</x:t>
   </x:si>
   <x:si>
     <x:t>ORCL US</x:t>
   </x:si>
   <x:si>
     <x:t>Oracle Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BQLTW7</x:t>
   </x:si>
   <x:si>
-    <x:t>1,730</x:t>
-[...5 lines deleted...]
-    <x:t>0.51%</x:t>
+    <x:t>1,877</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$379,698.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.53%</x:t>
   </x:si>
   <x:si>
     <x:t>PLTR US</x:t>
   </x:si>
   <x:si>
     <x:t>Palantir Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000N7QR55</x:t>
   </x:si>
   <x:si>
-    <x:t>1,708</x:t>
-[...2 lines deleted...]
-    <x:t>$302,076.88</x:t>
+    <x:t>1,855</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$331,970.80</x:t>
   </x:si>
   <x:si>
     <x:t>0.47%</x:t>
   </x:si>
   <x:si>
     <x:t>AMD US</x:t>
   </x:si>
   <x:si>
     <x:t>Advanced Micro Devices Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBQCY0</x:t>
   </x:si>
   <x:si>
-    <x:t>1,220</x:t>
-[...2 lines deleted...]
-    <x:t>$249,709.60</x:t>
+    <x:t>1,325</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$292,785.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.41%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MU US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Micron Technology Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C5Z1S3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>813</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$274,899.69</x:t>
   </x:si>
   <x:si>
     <x:t>0.39%</x:t>
   </x:si>
   <x:si>
-    <x:t>MU US</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>IBM US</x:t>
   </x:si>
   <x:si>
     <x:t>International Business Machines Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BLNNH6</x:t>
   </x:si>
   <x:si>
-    <x:t>727</x:t>
-[...2 lines deleted...]
-    <x:t>$220,077.44</x:t>
+    <x:t>790</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$239,496.40</x:t>
   </x:si>
   <x:si>
     <x:t>0.34%</x:t>
   </x:si>
   <x:si>
+    <x:t>LRCX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lam Research Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BNFLM9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$226,385.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32%</x:t>
+  </x:si>
+  <x:si>
     <x:t>CSCO US</x:t>
   </x:si>
   <x:si>
     <x:t>Cisco Systems Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C3J3C9</x:t>
   </x:si>
   <x:si>
-    <x:t>2,733</x:t>
-[...23 lines deleted...]
-    <x:t>0.30%</x:t>
+    <x:t>2,964</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$223,693.08</x:t>
   </x:si>
   <x:si>
     <x:t>CRM US</x:t>
   </x:si>
   <x:si>
     <x:t>Salesforce.Com Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BN2DC2</x:t>
   </x:si>
   <x:si>
-    <x:t>730</x:t>
-[...5 lines deleted...]
-    <x:t>0.29%</x:t>
+    <x:t>793</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$191,160.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27%</x:t>
   </x:si>
   <x:si>
     <x:t>NOW US</x:t>
   </x:si>
   <x:si>
     <x:t>Servicenow Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000M1R011</x:t>
   </x:si>
   <x:si>
-    <x:t>1,145</x:t>
-[...5 lines deleted...]
-    <x:t>0.26%</x:t>
+    <x:t>1,250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$172,737.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Applovin Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG006HFPX77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>258</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$172,506.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMAT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Applied Materials Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBPFB9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>549</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$167,373.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INTC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intel Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C0G1D1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,466</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$163,907.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23%</x:t>
   </x:si>
   <x:si>
     <x:t>INTU US</x:t>
   </x:si>
   <x:si>
     <x:t>Intuit Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BH5DV1</x:t>
   </x:si>
   <x:si>
-    <x:t>238</x:t>
-[...38 lines deleted...]
-    <x:t>$142,791.48</x:t>
+    <x:t>259</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$156,767.52</x:t>
   </x:si>
   <x:si>
     <x:t>0.22%</x:t>
   </x:si>
   <x:si>
+    <x:t>APH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amphenol Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000B9YJ35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,050</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$156,418.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TXN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Texas Instruments Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BVV7G1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>786</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$148,184.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21%</x:t>
+  </x:si>
+  <x:si>
     <x:t>ACN US</x:t>
   </x:si>
   <x:si>
     <x:t>Accenture Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000D9D830</x:t>
   </x:si>
   <x:si>
-    <x:t>485</x:t>
-[...20 lines deleted...]
-    <x:t>$136,249.35</x:t>
+    <x:t>527</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$145,873.60</x:t>
   </x:si>
   <x:si>
     <x:t>QCOM US</x:t>
   </x:si>
   <x:si>
     <x:t>Qualcomm Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CGC1X8</x:t>
   </x:si>
   <x:si>
-    <x:t>741</x:t>
-[...35 lines deleted...]
-    <x:t>$131,264.23</x:t>
+    <x:t>804</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$132,893.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19%</x:t>
   </x:si>
   <x:si>
     <x:t>SNPS US</x:t>
   </x:si>
   <x:si>
     <x:t>Synopsys Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BSFRF3</x:t>
   </x:si>
   <x:si>
-    <x:t>226</x:t>
-[...2 lines deleted...]
-    <x:t>$116,274.74</x:t>
+    <x:t>247</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$126,414.60</x:t>
   </x:si>
   <x:si>
     <x:t>0.18%</x:t>
   </x:si>
   <x:si>
     <x:t>CRWD US</x:t>
   </x:si>
   <x:si>
     <x:t>Crowdstrike Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00BLYKS03</x:t>
   </x:si>
   <x:si>
-    <x:t>234</x:t>
-[...2 lines deleted...]
-    <x:t>$108,545.58</x:t>
+    <x:t>255</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$119,345.10</x:t>
   </x:si>
   <x:si>
     <x:t>0.17%</x:t>
   </x:si>
   <x:si>
+    <x:t>ANET US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Arista Networks Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000N2HDY5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$104,463.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15%</x:t>
+  </x:si>
+  <x:si>
     <x:t>PANW US</x:t>
   </x:si>
   <x:si>
     <x:t>Palo Alto Networks Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0014GJCT9</x:t>
   </x:si>
   <x:si>
-    <x:t>490</x:t>
-[...2 lines deleted...]
-    <x:t>$93,492.00</x:t>
+    <x:t>532</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$101,532.20</x:t>
   </x:si>
   <x:si>
     <x:t>0.14%</x:t>
   </x:si>
   <x:si>
-    <x:t>ANET US</x:t>
-[...10 lines deleted...]
-  <x:si>
     <x:t>ADBE US</x:t>
   </x:si>
   <x:si>
     <x:t>Adobe Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BB5006</x:t>
   </x:si>
   <x:si>
-    <x:t>257</x:t>
-[...5 lines deleted...]
-    <x:t>0.13%</x:t>
+    <x:t>278</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$86,160.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.12%</x:t>
   </x:si>
   <x:si>
     <x:t>ADI US</x:t>
   </x:si>
   <x:si>
     <x:t>Analog Devices Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BB6G37</x:t>
   </x:si>
   <x:si>
-    <x:t>266</x:t>
-[...5 lines deleted...]
-    <x:t>0.12%</x:t>
+    <x:t>287</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$85,012.27</x:t>
   </x:si>
   <x:si>
     <x:t>CDNS US</x:t>
   </x:si>
   <x:si>
     <x:t>Cadence Design Systems Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C13CD9</x:t>
   </x:si>
   <x:si>
-    <x:t>$75,555.60</x:t>
+    <x:t>$83,349.48</x:t>
   </x:si>
   <x:si>
     <x:t>STX US</x:t>
   </x:si>
   <x:si>
     <x:t>Seagate Technology Holdings Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0113JGQF0</x:t>
   </x:si>
   <x:si>
-    <x:t>230</x:t>
-[...2 lines deleted...]
-    <x:t>$65,428.10</x:t>
+    <x:t>251</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$79,928.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADSK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autodesk Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BM7HL0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$67,928.13</x:t>
   </x:si>
   <x:si>
     <x:t>0.10%</x:t>
   </x:si>
   <x:si>
-    <x:t>ADSK US</x:t>
-[...8 lines deleted...]
-    <x:t>$63,613.40</x:t>
+    <x:t>TEL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Te Connectivity Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q08MMR1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>261</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$61,752.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.09%</x:t>
   </x:si>
   <x:si>
     <x:t>NXPI US</x:t>
   </x:si>
   <x:si>
     <x:t>Nxp Semiconductors Nv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BND699</x:t>
   </x:si>
   <x:si>
-    <x:t>235</x:t>
-[...20 lines deleted...]
-    <x:t>$54,727.20</x:t>
+    <x:t>256</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$61,207.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WDC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Western Digital Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BWNFZ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>268</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$57,352.00</x:t>
   </x:si>
   <x:si>
     <x:t>0.08%</x:t>
   </x:si>
   <x:si>
     <x:t>WDAY US</x:t>
   </x:si>
   <x:si>
     <x:t>Workday Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000VC0T95</x:t>
   </x:si>
   <x:si>
-    <x:t>$48,251.70</x:t>
+    <x:t>$50,087.05</x:t>
   </x:si>
   <x:si>
     <x:t>0.07%</x:t>
   </x:si>
   <x:si>
-    <x:t>WDC US</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>GLW US</x:t>
   </x:si>
   <x:si>
     <x:t>Corning Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BKFZM4</x:t>
   </x:si>
   <x:si>
-    <x:t>504</x:t>
-[...2 lines deleted...]
-    <x:t>$43,006.32</x:t>
+    <x:t>546</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,074.48</x:t>
   </x:si>
   <x:si>
     <x:t>FTNT US</x:t>
   </x:si>
   <x:si>
     <x:t>Fortinet Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BCMBG4</x:t>
   </x:si>
   <x:si>
-    <x:t>494</x:t>
-[...2 lines deleted...]
-    <x:t>$38,556.70</x:t>
+    <x:t>536</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$41,984.88</x:t>
   </x:si>
   <x:si>
     <x:t>0.06%</x:t>
   </x:si>
   <x:si>
     <x:t>MCHP US</x:t>
   </x:si>
   <x:si>
     <x:t>Microchip Technology Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BHCP19</x:t>
   </x:si>
   <x:si>
-    <x:t>474</x:t>
-[...2 lines deleted...]
-    <x:t>$34,853.22</x:t>
+    <x:t>516</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$38,220.12</x:t>
   </x:si>
   <x:si>
     <x:t>0.05%</x:t>
   </x:si>
   <x:si>
     <x:t>DDOG US</x:t>
   </x:si>
   <x:si>
     <x:t>Datadog Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG003NJHZT9</x:t>
   </x:si>
   <x:si>
-    <x:t>244</x:t>
-[...2 lines deleted...]
-    <x:t>$31,885.92</x:t>
+    <x:t>265</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$33,257.50</x:t>
   </x:si>
   <x:si>
     <x:t>DELL US</x:t>
   </x:si>
   <x:si>
     <x:t>Dell Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00DW3SZS1</x:t>
   </x:si>
   <x:si>
-    <x:t>241</x:t>
-[...2 lines deleted...]
-    <x:t>$28,558.50</x:t>
+    <x:t>262</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$31,350.92</x:t>
   </x:si>
   <x:si>
     <x:t>0.04%</x:t>
   </x:si>
   <x:si>
     <x:t>NTAP US</x:t>
   </x:si>
   <x:si>
     <x:t>Netapp Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000FP1N32</x:t>
   </x:si>
   <x:si>
-    <x:t>228</x:t>
-[...2 lines deleted...]
-    <x:t>$24,065.40</x:t>
+    <x:t>249</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,712.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KLAC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kla Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BMTFR4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,510.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.03%</x:t>
   </x:si>
   <x:si>
     <x:t>CTSH US</x:t>
   </x:si>
   <x:si>
     <x:t>Cognizant Technology Solutions Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBDV81</x:t>
   </x:si>
   <x:si>
-    <x:t>265</x:t>
-[...20 lines deleted...]
-    <x:t>0.03%</x:t>
+    <x:t>286</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,158.42</x:t>
   </x:si>
   <x:si>
     <x:t>HPE US</x:t>
   </x:si>
   <x:si>
     <x:t>Hewlett Packard Enterprise Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0078W3NQ3</x:t>
   </x:si>
   <x:si>
-    <x:t>988</x:t>
-[...2 lines deleted...]
-    <x:t>$21,755.76</x:t>
+    <x:t>1,072</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,894.88</x:t>
   </x:si>
   <x:si>
     <x:t>TRMB US</x:t>
   </x:si>
   <x:si>
     <x:t>Trimble Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BNPS52</x:t>
   </x:si>
   <x:si>
-    <x:t>233</x:t>
-[...2 lines deleted...]
-    <x:t>$18,525.83</x:t>
+    <x:t>254</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,380.96</x:t>
   </x:si>
   <x:si>
     <x:t>HPQ US</x:t>
   </x:si>
   <x:si>
     <x:t>Hp Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000KHWT55</x:t>
   </x:si>
   <x:si>
-    <x:t>$15,849.99</x:t>
+    <x:t>$16,948.32</x:t>
   </x:si>
   <x:si>
     <x:t>0.02%</x:t>
   </x:si>
   <x:si>
     <x:t>ON US</x:t>
   </x:si>
   <x:si>
     <x:t>On Semiconductor Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DV7MX4</x:t>
   </x:si>
   <x:si>
-    <x:t>$15,039.83</x:t>
+    <x:t>$15,921.88</x:t>
   </x:si>
   <x:si>
     <x:t>GEN US</x:t>
   </x:si>
   <x:si>
     <x:t>Gen Digital Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BH2JM1</x:t>
   </x:si>
   <x:si>
-    <x:t>$13,110.76</x:t>
+    <x:t>$14,086.08</x:t>
   </x:si>
   <x:si>
     <x:t>MSI US</x:t>
   </x:si>
   <x:si>
     <x:t>Motorola Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BP8Z50</x:t>
   </x:si>
   <x:si>
     <x:t>21</x:t>
   </x:si>
   <x:si>
-    <x:t>$8,019.69</x:t>
+    <x:t>$8,211.00</x:t>
   </x:si>
   <x:si>
     <x:t>0.01%</x:t>
   </x:si>
   <x:si>
     <x:t>SMCI US</x:t>
   </x:si>
   <x:si>
     <x:t>Super Micro Computer Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000MYZDJ3</x:t>
   </x:si>
   <x:si>
-    <x:t>$7,953.40</x:t>
+    <x:t>$8,208.20</x:t>
   </x:si>
   <x:si>
     <x:t>ROP US</x:t>
   </x:si>
   <x:si>
     <x:t>Roper Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000F1ZSN5</x:t>
   </x:si>
   <x:si>
     <x:t>14</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,082.58</x:t>
+    <x:t>$5,969.04</x:t>
   </x:si>
   <x:si>
     <x:t>MPWR US</x:t>
   </x:si>
   <x:si>
     <x:t>Monolithic Power Systems Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C30L48</x:t>
   </x:si>
   <x:si>
     <x:t>6</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,754.54</x:t>
+    <x:t>$5,899.68</x:t>
   </x:si>
   <x:si>
     <x:t>FICO US</x:t>
   </x:si>
   <x:si>
     <x:t>Fair Isaac Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DW76Y6</x:t>
   </x:si>
   <x:si>
     <x:t>3</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,756.80</x:t>
+    <x:t>$4,869.54</x:t>
   </x:si>
   <x:si>
     <x:t>KEYS US</x:t>
   </x:si>
   <x:si>
     <x:t>Keysight Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0059FN811</x:t>
   </x:si>
   <x:si>
     <x:t>22</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,546.74</x:t>
+    <x:t>$4,604.60</x:t>
   </x:si>
   <x:si>
     <x:t>TER US</x:t>
   </x:si>
   <x:si>
     <x:t>Teradyne Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BV4DR6</x:t>
   </x:si>
   <x:si>
     <x:t>20</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,326.20</x:t>
+    <x:t>$4,585.40</x:t>
   </x:si>
   <x:si>
     <x:t>FSLR US</x:t>
   </x:si>
   <x:si>
     <x:t>First Solar Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BFL116</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,447.64</x:t>
+    <x:t>$3,379.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JBL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jabil Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BJNGN9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,336.90</x:t>
   </x:si>
   <x:si>
     <x:t>TDY US</x:t>
   </x:si>
   <x:si>
     <x:t>Teledyne Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BMT9T6</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,293.46</x:t>
-[...14 lines deleted...]
-    <x:t>0.00%</x:t>
+    <x:t>$3,330.06</x:t>
   </x:si>
   <x:si>
     <x:t>VRSN US</x:t>
   </x:si>
   <x:si>
     <x:t>Verisign Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BGKHZ3</x:t>
   </x:si>
   <x:si>
     <x:t>11</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,718.43</x:t>
+    <x:t>$2,709.74</x:t>
   </x:si>
   <x:si>
     <x:t>PTC US</x:t>
   </x:si>
   <x:si>
     <x:t>Ptc Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C2VBB0</x:t>
   </x:si>
   <x:si>
     <x:t>15</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,603.55</x:t>
+    <x:t>$2,540.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CDW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cdw Corp/De</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001P63B80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,288.20</x:t>
   </x:si>
   <x:si>
     <x:t>TYL US</x:t>
   </x:si>
   <x:si>
     <x:t>Tyler Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BVWZF9</x:t>
   </x:si>
   <x:si>
     <x:t>5</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,267.00</x:t>
-[...11 lines deleted...]
-    <x:t>$2,253.01</x:t>
+    <x:t>$2,215.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FFIV US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>F5 Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CXYSZ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,888.67</x:t>
   </x:si>
   <x:si>
     <x:t>GDDY US</x:t>
   </x:si>
   <x:si>
     <x:t>Godaddy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG006MDLY05</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,965.20</x:t>
-[...14 lines deleted...]
-    <x:t>$1,885.87</x:t>
+    <x:t>$1,857.76</x:t>
   </x:si>
   <x:si>
     <x:t>AKAM US</x:t>
   </x:si>
   <x:si>
     <x:t>Akamai Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJQWD2</x:t>
   </x:si>
   <x:si>
     <x:t>18</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,542.78</x:t>
+    <x:t>$1,599.48</x:t>
   </x:si>
   <x:si>
     <x:t>ZBRA US</x:t>
   </x:si>
   <x:si>
     <x:t>Zebra Technologies Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CC7LQ7</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,527.84</x:t>
+    <x:t>$1,568.64</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>117,770</x:t>
+    <x:t>132,201</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$117,770.30</x:t>
+    <x:t>$132,200.86</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$19,151.77</x:t>
+    <x:t>$18,631.97</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1186,51 +1183,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd7e0241563df4a92" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R66e2c8f7b14f4dcb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R56952dda32f44339" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66a80863e80f4bb0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R48d44cf025d64992" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rdc171b1251504a29" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I72"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="48" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="13" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -1636,1680 +1633,1680 @@
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
         <x:v>83</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="C16" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="C16" s="1" t="s">
+      <x:c r="D16" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="D16" s="1" t="s">
+      <x:c r="E16" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="E16" s="1" t="s">
+      <x:c r="F16" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G16" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="F16" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G16" s="1" t="s">
+      <x:c r="H16" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I16" s="1" t="s">
         <x:v>89</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="C17" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="C17" s="1" t="s">
+      <x:c r="D17" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="D17" s="1" t="s">
+      <x:c r="E17" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="E17" s="1" t="s">
+      <x:c r="F17" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G17" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="F17" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G17" s="1" t="s">
+      <x:c r="H17" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I17" s="1" t="s">
         <x:v>95</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="C18" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
-      <x:c r="C18" s="1" t="s">
+      <x:c r="D18" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="D18" s="1" t="s">
+      <x:c r="E18" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="E18" s="1" t="s">
+      <x:c r="F18" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G18" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="F18" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H18" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="D19" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="C19" s="1" t="s">
+      <x:c r="E19" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="D19" s="1" t="s">
+      <x:c r="F19" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G19" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="E19" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="D20" s="1" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="E20" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="C20" s="1" t="s">
+      <x:c r="F20" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G20" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="D20" s="1" t="s">
+      <x:c r="H20" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I20" s="1" t="s">
         <x:v>111</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="C21" s="1" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="D21" s="1" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="E21" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="C21" s="1" t="s">
+      <x:c r="F21" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G21" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
-      <x:c r="D21" s="1" t="s">
+      <x:c r="H21" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I21" s="1" t="s">
         <x:v>117</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="D22" s="1" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="E22" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
-      <x:c r="C22" s="1" t="s">
+      <x:c r="F22" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G22" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="D22" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="D23" s="1" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="E23" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
-      <x:c r="C23" s="1" t="s">
+      <x:c r="F23" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G23" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="D23" s="1" t="s">
+      <x:c r="H23" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I23" s="1" t="s">
         <x:v>128</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="D24" s="1" t="s">
         <x:v>131</x:v>
       </x:c>
-      <x:c r="C24" s="1" t="s">
+      <x:c r="E24" s="1" t="s">
         <x:v>132</x:v>
       </x:c>
-      <x:c r="D24" s="1" t="s">
+      <x:c r="F24" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G24" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="E24" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>128</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="D25" s="1" t="s">
+        <x:v>136</x:v>
+      </x:c>
+      <x:c r="E25" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
+      <x:c r="F25" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G25" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="s">
+      <x:c r="H25" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I25" s="1" t="s">
         <x:v>139</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>136</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>140</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="D26" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="E26" s="1" t="s">
         <x:v>143</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
+      <x:c r="F26" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G26" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
-      <x:c r="E26" s="1" t="s">
+      <x:c r="H26" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I26" s="1" t="s">
         <x:v>145</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>147</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
+        <x:v>147</x:v>
+      </x:c>
+      <x:c r="D27" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="E27" s="1" t="s">
         <x:v>149</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
+      <x:c r="F27" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G27" s="1" t="s">
         <x:v>150</x:v>
       </x:c>
-      <x:c r="E27" s="1" t="s">
+      <x:c r="H27" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I27" s="1" t="s">
         <x:v>151</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>153</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
+        <x:v>153</x:v>
+      </x:c>
+      <x:c r="D28" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="E28" s="1" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="F28" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G28" s="1" t="s">
         <x:v>155</x:v>
       </x:c>
-      <x:c r="D28" s="1" t="s">
+      <x:c r="H28" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I28" s="1" t="s">
         <x:v>156</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="D29" s="1" t="s">
+        <x:v>159</x:v>
+      </x:c>
+      <x:c r="E29" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="F29" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G29" s="1" t="s">
         <x:v>161</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
+      <x:c r="H29" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I29" s="1" t="s">
         <x:v>162</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>159</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
+      <x:c r="D30" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
-      <x:c r="D30" s="1" t="s">
+      <x:c r="E30" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
-      <x:c r="E30" s="1" t="s">
+      <x:c r="F30" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G30" s="1" t="s">
         <x:v>167</x:v>
       </x:c>
-      <x:c r="F30" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G30" s="1" t="s">
+      <x:c r="H30" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I30" s="1" t="s">
         <x:v>168</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
+      <x:c r="D31" s="1" t="s">
         <x:v>171</x:v>
       </x:c>
-      <x:c r="D31" s="1" t="s">
+      <x:c r="E31" s="1" t="s">
         <x:v>172</x:v>
       </x:c>
-      <x:c r="E31" s="1" t="s">
+      <x:c r="F31" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
-      <x:c r="F31" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="D32" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
+      <x:c r="E32" s="1" t="s">
+        <x:v>99</x:v>
+      </x:c>
+      <x:c r="F32" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G32" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="D32" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="D33" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
+      <x:c r="E33" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
-      <x:c r="D33" s="1" t="s">
+      <x:c r="F33" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="E33" s="1" t="s">
+      <x:c r="H33" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I33" s="1" t="s">
         <x:v>183</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="D34" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
-      <x:c r="C34" s="1" t="s">
+      <x:c r="E34" s="1" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="F34" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G34" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
-      <x:c r="D34" s="1" t="s">
+      <x:c r="H34" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I34" s="1" t="s">
         <x:v>188</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
         <x:v>190</x:v>
       </x:c>
-      <x:c r="C35" s="1" t="s">
+      <x:c r="D35" s="1" t="s">
         <x:v>191</x:v>
       </x:c>
-      <x:c r="D35" s="1" t="s">
+      <x:c r="E35" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
-      <x:c r="E35" s="1" t="s">
+      <x:c r="F35" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
-      <x:c r="F35" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G35" s="1" t="s">
+      <x:c r="H35" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I35" s="1" t="s">
         <x:v>194</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
         <x:v>196</x:v>
       </x:c>
-      <x:c r="C36" s="1" t="s">
+      <x:c r="D36" s="1" t="s">
         <x:v>197</x:v>
       </x:c>
-      <x:c r="D36" s="1" t="s">
+      <x:c r="E36" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
-      <x:c r="E36" s="1" t="s">
+      <x:c r="F36" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G36" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
-      <x:c r="F36" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H36" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="D37" s="1" t="s">
         <x:v>202</x:v>
       </x:c>
-      <x:c r="C37" s="1" t="s">
+      <x:c r="E37" s="1" t="s">
         <x:v>203</x:v>
       </x:c>
-      <x:c r="D37" s="1" t="s">
+      <x:c r="F37" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G37" s="1" t="s">
         <x:v>204</x:v>
       </x:c>
-      <x:c r="E37" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G37" s="1" t="s">
+      <x:c r="H37" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I37" s="1" t="s">
         <x:v>205</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>206</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
         <x:v>207</x:v>
       </x:c>
-      <x:c r="C38" s="1" t="s">
+      <x:c r="D38" s="1" t="s">
         <x:v>208</x:v>
       </x:c>
-      <x:c r="D38" s="1" t="s">
+      <x:c r="E38" s="1" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="F38" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G38" s="1" t="s">
         <x:v>209</x:v>
       </x:c>
-      <x:c r="E38" s="1" t="s">
+      <x:c r="H38" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I38" s="1" t="s">
         <x:v>210</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>206</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="C39" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
-      <x:c r="C39" s="1" t="s">
+      <x:c r="D39" s="1" t="s">
         <x:v>213</x:v>
       </x:c>
-      <x:c r="D39" s="1" t="s">
+      <x:c r="E39" s="1" t="s">
         <x:v>214</x:v>
       </x:c>
-      <x:c r="E39" s="1" t="s">
+      <x:c r="F39" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G39" s="1" t="s">
         <x:v>215</x:v>
       </x:c>
-      <x:c r="F39" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H39" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I39" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="C40" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
-      <x:c r="C40" s="1" t="s">
+      <x:c r="D40" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
-      <x:c r="D40" s="1" t="s">
+      <x:c r="E40" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
-      <x:c r="E40" s="1" t="s">
+      <x:c r="F40" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
         <x:v>220</x:v>
       </x:c>
-      <x:c r="F40" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G40" s="1" t="s">
+      <x:c r="H40" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I40" s="1" t="s">
         <x:v>221</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="C41" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
-      <x:c r="C41" s="1" t="s">
+      <x:c r="D41" s="1" t="s">
         <x:v>224</x:v>
       </x:c>
-      <x:c r="D41" s="1" t="s">
+      <x:c r="E41" s="1" t="s">
         <x:v>225</x:v>
       </x:c>
-      <x:c r="E41" s="1" t="s">
+      <x:c r="F41" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G41" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
-      <x:c r="F41" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G41" s="1" t="s">
+      <x:c r="H41" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I41" s="1" t="s">
         <x:v>227</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="C42" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
-      <x:c r="C42" s="1" t="s">
+      <x:c r="D42" s="1" t="s">
         <x:v>230</x:v>
       </x:c>
-      <x:c r="D42" s="1" t="s">
+      <x:c r="E42" s="1" t="s">
         <x:v>231</x:v>
       </x:c>
-      <x:c r="E42" s="1" t="s">
+      <x:c r="F42" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G42" s="1" t="s">
         <x:v>232</x:v>
       </x:c>
-      <x:c r="F42" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H42" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="C43" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
-      <x:c r="C43" s="1" t="s">
+      <x:c r="D43" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
-      <x:c r="D43" s="1" t="s">
+      <x:c r="E43" s="1" t="s">
         <x:v>236</x:v>
       </x:c>
-      <x:c r="E43" s="1" t="s">
+      <x:c r="F43" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G43" s="1" t="s">
         <x:v>237</x:v>
       </x:c>
-      <x:c r="F43" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G43" s="1" t="s">
+      <x:c r="H43" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I43" s="1" t="s">
         <x:v>238</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="C44" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
-      <x:c r="C44" s="1" t="s">
+      <x:c r="D44" s="1" t="s">
         <x:v>241</x:v>
       </x:c>
-      <x:c r="D44" s="1" t="s">
+      <x:c r="E44" s="1" t="s">
         <x:v>242</x:v>
       </x:c>
-      <x:c r="E44" s="1" t="s">
+      <x:c r="F44" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G44" s="1" t="s">
         <x:v>243</x:v>
       </x:c>
-      <x:c r="F44" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H44" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="C45" s="1" t="s">
         <x:v>245</x:v>
       </x:c>
-      <x:c r="C45" s="1" t="s">
+      <x:c r="D45" s="1" t="s">
         <x:v>246</x:v>
       </x:c>
-      <x:c r="D45" s="1" t="s">
+      <x:c r="E45" s="1" t="s">
         <x:v>247</x:v>
       </x:c>
-      <x:c r="E45" s="1" t="s">
+      <x:c r="F45" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G45" s="1" t="s">
         <x:v>248</x:v>
       </x:c>
-      <x:c r="F45" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G45" s="1" t="s">
+      <x:c r="H45" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I45" s="1" t="s">
         <x:v>249</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>239</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
         <x:v>250</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="H46" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="C47" s="1" t="s">
         <x:v>256</x:v>
       </x:c>
-      <x:c r="C47" s="1" t="s">
+      <x:c r="D47" s="1" t="s">
         <x:v>257</x:v>
       </x:c>
-      <x:c r="D47" s="1" t="s">
+      <x:c r="E47" s="1" t="s">
         <x:v>258</x:v>
       </x:c>
-      <x:c r="E47" s="1" t="s">
+      <x:c r="F47" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G47" s="1" t="s">
         <x:v>259</x:v>
       </x:c>
-      <x:c r="F47" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H47" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="C48" s="1" t="s">
         <x:v>261</x:v>
       </x:c>
-      <x:c r="C48" s="1" t="s">
+      <x:c r="D48" s="1" t="s">
         <x:v>262</x:v>
       </x:c>
-      <x:c r="D48" s="1" t="s">
+      <x:c r="E48" s="1" t="s">
         <x:v>263</x:v>
       </x:c>
-      <x:c r="E48" s="1" t="s">
+      <x:c r="F48" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G48" s="1" t="s">
         <x:v>264</x:v>
       </x:c>
-      <x:c r="F48" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H48" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I48" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="C49" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
-      <x:c r="C49" s="1" t="s">
+      <x:c r="D49" s="1" t="s">
         <x:v>267</x:v>
       </x:c>
-      <x:c r="D49" s="1" t="s">
+      <x:c r="E49" s="1" t="s">
+        <x:v>137</x:v>
+      </x:c>
+      <x:c r="F49" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G49" s="1" t="s">
         <x:v>268</x:v>
       </x:c>
-      <x:c r="E49" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G49" s="1" t="s">
+      <x:c r="H49" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I49" s="1" t="s">
         <x:v>269</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="C50" s="1" t="s">
         <x:v>271</x:v>
       </x:c>
-      <x:c r="C50" s="1" t="s">
+      <x:c r="D50" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
-      <x:c r="D50" s="1" t="s">
+      <x:c r="E50" s="1" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="F50" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G50" s="1" t="s">
         <x:v>273</x:v>
       </x:c>
-      <x:c r="E50" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H50" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I50" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
+        <x:v>274</x:v>
+      </x:c>
+      <x:c r="C51" s="1" t="s">
         <x:v>275</x:v>
       </x:c>
-      <x:c r="C51" s="1" t="s">
+      <x:c r="D51" s="1" t="s">
         <x:v>276</x:v>
       </x:c>
-      <x:c r="D51" s="1" t="s">
+      <x:c r="E51" s="1" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="F51" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G51" s="1" t="s">
         <x:v>277</x:v>
       </x:c>
-      <x:c r="E51" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H51" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
         <x:v>279</x:v>
       </x:c>
-      <x:c r="C52" s="1" t="s">
+      <x:c r="D52" s="1" t="s">
         <x:v>280</x:v>
       </x:c>
-      <x:c r="D52" s="1" t="s">
+      <x:c r="E52" s="1" t="s">
         <x:v>281</x:v>
       </x:c>
-      <x:c r="E52" s="1" t="s">
+      <x:c r="F52" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G52" s="1" t="s">
         <x:v>282</x:v>
       </x:c>
-      <x:c r="F52" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G52" s="1" t="s">
+      <x:c r="H52" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I52" s="1" t="s">
         <x:v>283</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="C53" s="1" t="s">
         <x:v>285</x:v>
       </x:c>
-      <x:c r="C53" s="1" t="s">
+      <x:c r="D53" s="1" t="s">
         <x:v>286</x:v>
       </x:c>
-      <x:c r="D53" s="1" t="s">
+      <x:c r="E53" s="1" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="F53" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G53" s="1" t="s">
         <x:v>287</x:v>
       </x:c>
-      <x:c r="E53" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H53" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
+        <x:v>288</x:v>
+      </x:c>
+      <x:c r="C54" s="1" t="s">
         <x:v>289</x:v>
       </x:c>
-      <x:c r="C54" s="1" t="s">
+      <x:c r="D54" s="1" t="s">
         <x:v>290</x:v>
       </x:c>
-      <x:c r="D54" s="1" t="s">
+      <x:c r="E54" s="1" t="s">
         <x:v>291</x:v>
       </x:c>
-      <x:c r="E54" s="1" t="s">
+      <x:c r="F54" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G54" s="1" t="s">
         <x:v>292</x:v>
       </x:c>
-      <x:c r="F54" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H54" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
+        <x:v>293</x:v>
+      </x:c>
+      <x:c r="C55" s="1" t="s">
         <x:v>294</x:v>
       </x:c>
-      <x:c r="C55" s="1" t="s">
+      <x:c r="D55" s="1" t="s">
         <x:v>295</x:v>
       </x:c>
-      <x:c r="D55" s="1" t="s">
+      <x:c r="E55" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
-      <x:c r="E55" s="1" t="s">
+      <x:c r="F55" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G55" s="1" t="s">
         <x:v>297</x:v>
       </x:c>
-      <x:c r="F55" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H55" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="C56" s="1" t="s">
         <x:v>299</x:v>
       </x:c>
-      <x:c r="C56" s="1" t="s">
+      <x:c r="D56" s="1" t="s">
         <x:v>300</x:v>
       </x:c>
-      <x:c r="D56" s="1" t="s">
+      <x:c r="E56" s="1" t="s">
         <x:v>301</x:v>
       </x:c>
-      <x:c r="E56" s="1" t="s">
+      <x:c r="F56" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G56" s="1" t="s">
         <x:v>302</x:v>
       </x:c>
-      <x:c r="F56" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H56" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="C57" s="1" t="s">
         <x:v>304</x:v>
       </x:c>
-      <x:c r="C57" s="1" t="s">
+      <x:c r="D57" s="1" t="s">
         <x:v>305</x:v>
       </x:c>
-      <x:c r="D57" s="1" t="s">
+      <x:c r="E57" s="1" t="s">
         <x:v>306</x:v>
       </x:c>
-      <x:c r="E57" s="1" t="s">
+      <x:c r="F57" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G57" s="1" t="s">
         <x:v>307</x:v>
       </x:c>
-      <x:c r="F57" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H57" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="C58" s="1" t="s">
         <x:v>309</x:v>
       </x:c>
-      <x:c r="C58" s="1" t="s">
+      <x:c r="D58" s="1" t="s">
         <x:v>310</x:v>
       </x:c>
-      <x:c r="D58" s="1" t="s">
+      <x:c r="E58" s="1" t="s">
         <x:v>311</x:v>
       </x:c>
-      <x:c r="E58" s="1" t="s">
+      <x:c r="F58" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G58" s="1" t="s">
         <x:v>312</x:v>
       </x:c>
-      <x:c r="F58" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H58" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="C59" s="1" t="s">
         <x:v>314</x:v>
       </x:c>
-      <x:c r="C59" s="1" t="s">
+      <x:c r="D59" s="1" t="s">
         <x:v>315</x:v>
       </x:c>
-      <x:c r="D59" s="1" t="s">
+      <x:c r="E59" s="1" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="F59" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G59" s="1" t="s">
         <x:v>316</x:v>
       </x:c>
-      <x:c r="E59" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G59" s="1" t="s">
+      <x:c r="H59" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I59" s="1" t="s">
         <x:v>317</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
         <x:v>318</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
         <x:v>319</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
         <x:v>320</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
         <x:v>321</x:v>
       </x:c>
       <x:c r="H60" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
         <x:v>322</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
         <x:v>323</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G61" s="1" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="H61" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I61" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="C62" s="1" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="C62" s="1" t="s">
+      <x:c r="D62" s="1" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="D62" s="1" t="s">
+      <x:c r="E62" s="1" t="s">
         <x:v>329</x:v>
       </x:c>
-      <x:c r="E62" s="1" t="s">
+      <x:c r="F62" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G62" s="1" t="s">
         <x:v>330</x:v>
       </x:c>
-      <x:c r="F62" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H62" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I62" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="C63" s="1" t="s">
         <x:v>332</x:v>
       </x:c>
-      <x:c r="C63" s="1" t="s">
+      <x:c r="D63" s="1" t="s">
         <x:v>333</x:v>
       </x:c>
-      <x:c r="D63" s="1" t="s">
+      <x:c r="E63" s="1" t="s">
         <x:v>334</x:v>
       </x:c>
-      <x:c r="E63" s="1" t="s">
+      <x:c r="F63" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G63" s="1" t="s">
         <x:v>335</x:v>
       </x:c>
-      <x:c r="F63" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H63" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I63" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
+        <x:v>336</x:v>
+      </x:c>
+      <x:c r="C64" s="1" t="s">
         <x:v>337</x:v>
       </x:c>
-      <x:c r="C64" s="1" t="s">
+      <x:c r="D64" s="1" t="s">
         <x:v>338</x:v>
       </x:c>
-      <x:c r="D64" s="1" t="s">
+      <x:c r="E64" s="1" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="F64" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G64" s="1" t="s">
         <x:v>339</x:v>
       </x:c>
-      <x:c r="E64" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H64" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I64" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
+        <x:v>340</x:v>
+      </x:c>
+      <x:c r="C65" s="1" t="s">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="D65" s="1" t="s">
         <x:v>342</x:v>
       </x:c>
-      <x:c r="C65" s="1" t="s">
+      <x:c r="E65" s="1" t="s">
         <x:v>343</x:v>
       </x:c>
-      <x:c r="D65" s="1" t="s">
+      <x:c r="F65" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G65" s="1" t="s">
         <x:v>344</x:v>
       </x:c>
-      <x:c r="E65" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H65" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I65" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:9" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
+        <x:v>345</x:v>
+      </x:c>
+      <x:c r="C66" s="1" t="s">
         <x:v>346</x:v>
       </x:c>
-      <x:c r="C66" s="1" t="s">
+      <x:c r="D66" s="1" t="s">
         <x:v>347</x:v>
       </x:c>
-      <x:c r="D66" s="1" t="s">
+      <x:c r="E66" s="1" t="s">
         <x:v>348</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>253</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G66" s="1" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="H66" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I66" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:9" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="F67" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G67" s="1" t="s">
         <x:v>353</x:v>
       </x:c>
-      <x:c r="F67" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H67" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I67" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:9" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="C68" s="1" t="s">
         <x:v>355</x:v>
       </x:c>
-      <x:c r="C68" s="1" t="s">
+      <x:c r="D68" s="1" t="s">
         <x:v>356</x:v>
       </x:c>
-      <x:c r="D68" s="1" t="s">
+      <x:c r="E68" s="1" t="s">
         <x:v>357</x:v>
       </x:c>
-      <x:c r="E68" s="1" t="s">
+      <x:c r="F68" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G68" s="1" t="s">
         <x:v>358</x:v>
       </x:c>
-      <x:c r="F68" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H68" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I68" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:9" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
+        <x:v>359</x:v>
+      </x:c>
+      <x:c r="C69" s="1" t="s">
         <x:v>360</x:v>
       </x:c>
-      <x:c r="C69" s="1" t="s">
+      <x:c r="D69" s="1" t="s">
         <x:v>361</x:v>
       </x:c>
-      <x:c r="D69" s="1" t="s">
+      <x:c r="E69" s="1" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="F69" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G69" s="1" t="s">
         <x:v>362</x:v>
       </x:c>
-      <x:c r="E69" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H69" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I69" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:9" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
+        <x:v>363</x:v>
+      </x:c>
+      <x:c r="C70" s="1" t="s">
         <x:v>364</x:v>
       </x:c>
-      <x:c r="C70" s="1" t="s">
+      <x:c r="D70" s="1" t="s">
+        <x:v>364</x:v>
+      </x:c>
+      <x:c r="E70" s="1" t="s">
         <x:v>365</x:v>
       </x:c>
-      <x:c r="D70" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E70" s="1" t="s">
+      <x:c r="F70" s="1" t="s">
         <x:v>366</x:v>
       </x:c>
-      <x:c r="F70" s="1" t="s">
+      <x:c r="G70" s="1" t="s">
         <x:v>367</x:v>
       </x:c>
-      <x:c r="G70" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="H70" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I70" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>139</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:9" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
+        <x:v>368</x:v>
+      </x:c>
+      <x:c r="D71" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E71" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F71" s="1" t="s">
         <x:v>369</x:v>
       </x:c>
-      <x:c r="D71" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="F71" s="1" t="s">
+      <x:c r="G71" s="1" t="s">
         <x:v>370</x:v>
       </x:c>
-      <x:c r="G71" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="H71" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I71" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:9" ht="15" customHeight="1">
       <x:c r="A72" s="2" t="s">
-        <x:v>372</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="B72" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C72" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D72" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E72" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F72" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G72" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H72" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I72" s="2" t="s">
         <x:v>1</x:v>
       </x:c>