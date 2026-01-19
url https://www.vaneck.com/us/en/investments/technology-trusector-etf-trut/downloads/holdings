--- v2 (2026-01-14)
+++ v3 (2026-01-19)
@@ -1,1161 +1,1161 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84a693a9c4af4278" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red17bd44d0174915" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="TRUT_asof_20260113" sheetId="1" r:id="Rdc171b1251504a29"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="TRUT_asof_20260115" sheetId="1" r:id="R4cb683cc0afa42ac"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="580" uniqueCount="372">
   <x:si>
-    <x:t>Daily Holdings (%)  01/13/2026</x:t>
+    <x:t>Daily Holdings (%)  01/15/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>XLK US</x:t>
   </x:si>
   <x:si>
     <x:t>Technology Select Sector SPDR Fund</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJ7007</x:t>
   </x:si>
   <x:si>
-    <x:t>214,400</x:t>
+    <x:t>207,200</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$31,405,312.00</x:t>
+    <x:t>$30,139,312.00</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>44.22%</x:t>
+    <x:t>44.35%</x:t>
   </x:si>
   <x:si>
     <x:t>NVDA US</x:t>
   </x:si>
   <x:si>
     <x:t>Nvidia Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBJQV0</x:t>
   </x:si>
   <x:si>
-    <x:t>61,670</x:t>
-[...5 lines deleted...]
-    <x:t>16.14%</x:t>
+    <x:t>59,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,148,180.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16.41%</x:t>
   </x:si>
   <x:si>
     <x:t>AAPL US</x:t>
   </x:si>
   <x:si>
     <x:t>Apple Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000B9XRY4</x:t>
   </x:si>
   <x:si>
-    <x:t>37,553</x:t>
-[...5 lines deleted...]
-    <x:t>13.80%</x:t>
+    <x:t>36,293</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,371,215.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13.79%</x:t>
   </x:si>
   <x:si>
     <x:t>MSFT US</x:t>
   </x:si>
   <x:si>
     <x:t>Microsoft Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BPH459</x:t>
   </x:si>
   <x:si>
-    <x:t>18,780</x:t>
-[...5 lines deleted...]
-    <x:t>12.45%</x:t>
+    <x:t>18,150</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,288,379.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12.20%</x:t>
   </x:si>
   <x:si>
     <x:t>AVGO US</x:t>
   </x:si>
   <x:si>
     <x:t>Broadcom Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00KHY5S69</x:t>
   </x:si>
   <x:si>
-    <x:t>12,037</x:t>
-[...5 lines deleted...]
-    <x:t>6.01%</x:t>
+    <x:t>11,632</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,990,008.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.87%</x:t>
   </x:si>
   <x:si>
     <x:t>ORCL US</x:t>
   </x:si>
   <x:si>
     <x:t>Oracle Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BQLTW7</x:t>
   </x:si>
   <x:si>
-    <x:t>1,877</x:t>
-[...5 lines deleted...]
-    <x:t>0.53%</x:t>
+    <x:t>1,814</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$344,387.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.51%</x:t>
   </x:si>
   <x:si>
     <x:t>PLTR US</x:t>
   </x:si>
   <x:si>
     <x:t>Palantir Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000N7QR55</x:t>
   </x:si>
   <x:si>
-    <x:t>1,855</x:t>
-[...2 lines deleted...]
-    <x:t>$331,970.80</x:t>
+    <x:t>1,792</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$317,309.44</x:t>
   </x:si>
   <x:si>
     <x:t>0.47%</x:t>
   </x:si>
   <x:si>
     <x:t>AMD US</x:t>
   </x:si>
   <x:si>
     <x:t>Advanced Micro Devices Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBQCY0</x:t>
   </x:si>
   <x:si>
-    <x:t>1,325</x:t>
-[...5 lines deleted...]
-    <x:t>0.41%</x:t>
+    <x:t>1,280</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$291,737.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.43%</x:t>
   </x:si>
   <x:si>
     <x:t>MU US</x:t>
   </x:si>
   <x:si>
     <x:t>Micron Technology Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C5Z1S3</x:t>
   </x:si>
   <x:si>
-    <x:t>813</x:t>
-[...2 lines deleted...]
-    <x:t>$274,899.69</x:t>
+    <x:t>786</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$264,591.18</x:t>
   </x:si>
   <x:si>
     <x:t>0.39%</x:t>
   </x:si>
   <x:si>
     <x:t>IBM US</x:t>
   </x:si>
   <x:si>
     <x:t>International Business Machines Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BLNNH6</x:t>
   </x:si>
   <x:si>
-    <x:t>790</x:t>
-[...5 lines deleted...]
-    <x:t>0.34%</x:t>
+    <x:t>763</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$227,335.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.33%</x:t>
   </x:si>
   <x:si>
     <x:t>LRCX US</x:t>
   </x:si>
   <x:si>
     <x:t>Lam Research Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BNFLM9</x:t>
   </x:si>
   <x:si>
-    <x:t>1,056</x:t>
-[...2 lines deleted...]
-    <x:t>$226,385.28</x:t>
+    <x:t>1,020</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$221,819.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CSCO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cisco Systems Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C3J3C9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,865</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$215,591.25</x:t>
   </x:si>
   <x:si>
     <x:t>0.32%</x:t>
   </x:si>
   <x:si>
-    <x:t>CSCO US</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>CRM US</x:t>
   </x:si>
   <x:si>
     <x:t>Salesforce.Com Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BN2DC2</x:t>
   </x:si>
   <x:si>
-    <x:t>793</x:t>
-[...5 lines deleted...]
-    <x:t>0.27%</x:t>
+    <x:t>766</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$178,883.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMAT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Applied Materials Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBPFB9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>531</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$169,431.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INTC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intel Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C0G1D1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,349</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$161,823.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24%</x:t>
   </x:si>
   <x:si>
     <x:t>NOW US</x:t>
   </x:si>
   <x:si>
     <x:t>Servicenow Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000M1R011</x:t>
   </x:si>
   <x:si>
-    <x:t>1,250</x:t>
-[...5 lines deleted...]
-    <x:t>0.24%</x:t>
+    <x:t>1,205</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$158,059.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amphenol Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000B9YJ35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,014</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$156,379.08</x:t>
   </x:si>
   <x:si>
     <x:t>APP US</x:t>
   </x:si>
   <x:si>
     <x:t>Applovin Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG006HFPX77</x:t>
   </x:si>
   <x:si>
-    <x:t>258</x:t>
-[...35 lines deleted...]
-    <x:t>0.23%</x:t>
+    <x:t>249</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$151,140.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Accenture Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000D9D830</x:t>
+  </x:si>
+  <x:si>
+    <x:t>509</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$146,474.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TXN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Texas Instruments Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BVV7G1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>759</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$143,542.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21%</x:t>
   </x:si>
   <x:si>
     <x:t>INTU US</x:t>
   </x:si>
   <x:si>
     <x:t>Intuit Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BH5DV1</x:t>
   </x:si>
   <x:si>
+    <x:t>250</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$138,645.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QCOM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qualcomm Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CGC1X8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>777</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$125,400.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SNPS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Synopsys Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BSFRF3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>238</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$120,949.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CRWD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Crowdstrike Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00BLYKS03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>246</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$111,930.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ANET US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Arista Networks Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000N2HDY5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$101,468.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PANW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Palo Alto Networks Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0014GJCT9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>514</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$96,493.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Analog Devices Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BB6G37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>278</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$83,983.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADBE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Adobe Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BB5006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>269</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$81,800.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CDNS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cadence Design Systems Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C13CD9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$79,829.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Seagate Technology Holdings Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0113JGQF0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>242</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$77,517.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADSK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autodesk Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BM7HL0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$63,466.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TEL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Te Connectivity Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q08MMR1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>252</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$60,963.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NXPI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nxp Semiconductors Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BND699</x:t>
+  </x:si>
+  <x:si>
+    <x:t>247</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$58,934.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WDC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Western Digital Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BWNFZ9</x:t>
+  </x:si>
+  <x:si>
     <x:t>259</x:t>
   </x:si>
   <x:si>
-    <x:t>$156,767.52</x:t>
-[...242 lines deleted...]
-    <x:t>BBG000BND699</x:t>
+    <x:t>$57,523.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GLW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Corning Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BKFZM4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>528</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$49,362.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WDAY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Workday Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000VC0T95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$46,638.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FTNT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fortinet Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BCMBG4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>518</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$39,533.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MCHP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Microchip Technology Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BHCP19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>498</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$37,076.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DDOG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Datadog Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG003NJHZT9</x:t>
   </x:si>
   <x:si>
     <x:t>256</x:t>
   </x:si>
   <x:si>
-    <x:t>$61,207.04</x:t>
-[...98 lines deleted...]
-    <x:t>$33,257.50</x:t>
+    <x:t>$30,940.16</x:t>
   </x:si>
   <x:si>
     <x:t>DELL US</x:t>
   </x:si>
   <x:si>
     <x:t>Dell Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00DW3SZS1</x:t>
   </x:si>
   <x:si>
-    <x:t>262</x:t>
-[...2 lines deleted...]
-    <x:t>$31,350.92</x:t>
+    <x:t>253</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$30,273.98</x:t>
   </x:si>
   <x:si>
     <x:t>0.04%</x:t>
   </x:si>
   <x:si>
+    <x:t>KLAC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kla Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BMTFR4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,264.32</x:t>
+  </x:si>
+  <x:si>
     <x:t>NTAP US</x:t>
   </x:si>
   <x:si>
     <x:t>Netapp Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000FP1N32</x:t>
   </x:si>
   <x:si>
-    <x:t>249</x:t>
-[...17 lines deleted...]
-    <x:t>$24,510.94</x:t>
+    <x:t>240</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,016.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CTSH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cognizant Technology Solutions Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBDV81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>277</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,495.14</x:t>
   </x:si>
   <x:si>
     <x:t>0.03%</x:t>
   </x:si>
   <x:si>
-    <x:t>CTSH US</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>HPE US</x:t>
   </x:si>
   <x:si>
     <x:t>Hewlett Packard Enterprise Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0078W3NQ3</x:t>
   </x:si>
   <x:si>
-    <x:t>1,072</x:t>
-[...2 lines deleted...]
-    <x:t>$23,894.88</x:t>
+    <x:t>1,036</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,740.20</x:t>
   </x:si>
   <x:si>
     <x:t>TRMB US</x:t>
   </x:si>
   <x:si>
     <x:t>Trimble Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BNPS52</x:t>
   </x:si>
   <x:si>
-    <x:t>254</x:t>
-[...2 lines deleted...]
-    <x:t>$20,380.96</x:t>
+    <x:t>245</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,249.65</x:t>
   </x:si>
   <x:si>
     <x:t>HPQ US</x:t>
   </x:si>
   <x:si>
     <x:t>Hp Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000KHWT55</x:t>
   </x:si>
   <x:si>
-    <x:t>$16,948.32</x:t>
+    <x:t>$16,013.97</x:t>
   </x:si>
   <x:si>
     <x:t>0.02%</x:t>
   </x:si>
   <x:si>
     <x:t>ON US</x:t>
   </x:si>
   <x:si>
     <x:t>On Semiconductor Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DV7MX4</x:t>
   </x:si>
   <x:si>
-    <x:t>$15,921.88</x:t>
+    <x:t>$15,612.52</x:t>
   </x:si>
   <x:si>
     <x:t>GEN US</x:t>
   </x:si>
   <x:si>
     <x:t>Gen Digital Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BH2JM1</x:t>
   </x:si>
   <x:si>
-    <x:t>$14,086.08</x:t>
+    <x:t>$13,664.84</x:t>
   </x:si>
   <x:si>
     <x:t>MSI US</x:t>
   </x:si>
   <x:si>
     <x:t>Motorola Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BP8Z50</x:t>
   </x:si>
   <x:si>
     <x:t>21</x:t>
   </x:si>
   <x:si>
-    <x:t>$8,211.00</x:t>
+    <x:t>$8,283.24</x:t>
   </x:si>
   <x:si>
     <x:t>0.01%</x:t>
   </x:si>
   <x:si>
     <x:t>SMCI US</x:t>
   </x:si>
   <x:si>
     <x:t>Super Micro Computer Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000MYZDJ3</x:t>
   </x:si>
   <x:si>
-    <x:t>$8,208.20</x:t>
+    <x:t>$8,178.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MPWR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Monolithic Power Systems Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C30L48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,057.24</x:t>
   </x:si>
   <x:si>
     <x:t>ROP US</x:t>
   </x:si>
   <x:si>
     <x:t>Roper Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000F1ZSN5</x:t>
   </x:si>
   <x:si>
     <x:t>14</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,969.04</x:t>
-[...14 lines deleted...]
-    <x:t>$5,899.68</x:t>
+    <x:t>$5,799.50</x:t>
   </x:si>
   <x:si>
     <x:t>FICO US</x:t>
   </x:si>
   <x:si>
     <x:t>Fair Isaac Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DW76Y6</x:t>
   </x:si>
   <x:si>
     <x:t>3</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,869.54</x:t>
+    <x:t>$4,743.57</x:t>
   </x:si>
   <x:si>
     <x:t>KEYS US</x:t>
   </x:si>
   <x:si>
     <x:t>Keysight Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0059FN811</x:t>
   </x:si>
   <x:si>
     <x:t>22</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,604.60</x:t>
+    <x:t>$4,719.00</x:t>
   </x:si>
   <x:si>
     <x:t>TER US</x:t>
   </x:si>
   <x:si>
     <x:t>Teradyne Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BV4DR6</x:t>
   </x:si>
   <x:si>
     <x:t>20</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,585.40</x:t>
+    <x:t>$4,554.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JBL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jabil Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BJNGN9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,544.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TDY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Teledyne Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BMT9T6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,418.32</x:t>
   </x:si>
   <x:si>
     <x:t>FSLR US</x:t>
   </x:si>
   <x:si>
     <x:t>First Solar Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BFL116</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,379.04</x:t>
+    <x:t>$3,410.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VRSN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Verisign Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BGKHZ3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,741.42</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
-    <x:t>JBL US</x:t>
-[...37 lines deleted...]
-  <x:si>
     <x:t>PTC US</x:t>
   </x:si>
   <x:si>
     <x:t>Ptc Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C2VBB0</x:t>
   </x:si>
   <x:si>
     <x:t>15</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,540.55</x:t>
+    <x:t>$2,503.35</x:t>
   </x:si>
   <x:si>
     <x:t>CDW US</x:t>
   </x:si>
   <x:si>
     <x:t>Cdw Corp/De</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001P63B80</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,288.20</x:t>
+    <x:t>$2,248.93</x:t>
   </x:si>
   <x:si>
     <x:t>TYL US</x:t>
   </x:si>
   <x:si>
     <x:t>Tyler Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BVWZF9</x:t>
   </x:si>
   <x:si>
     <x:t>5</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,215.70</x:t>
+    <x:t>$2,230.75</x:t>
   </x:si>
   <x:si>
     <x:t>FFIV US</x:t>
   </x:si>
   <x:si>
     <x:t>F5 Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CXYSZ6</x:t>
   </x:si>
   <x:si>
     <x:t>7</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,888.67</x:t>
+    <x:t>$1,917.93</x:t>
   </x:si>
   <x:si>
     <x:t>GDDY US</x:t>
   </x:si>
   <x:si>
     <x:t>Godaddy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG006MDLY05</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,857.76</x:t>
+    <x:t>$1,824.95</x:t>
   </x:si>
   <x:si>
     <x:t>AKAM US</x:t>
   </x:si>
   <x:si>
     <x:t>Akamai Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJQWD2</x:t>
   </x:si>
   <x:si>
     <x:t>18</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,599.48</x:t>
+    <x:t>$1,647.54</x:t>
   </x:si>
   <x:si>
     <x:t>ZBRA US</x:t>
   </x:si>
   <x:si>
     <x:t>Zebra Technologies Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CC7LQ7</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,568.64</x:t>
+    <x:t>$1,553.10</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>132,201</x:t>
+    <x:t>143,717</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$132,200.86</x:t>
+    <x:t>$143,716.67</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$18,631.97</x:t>
+    <x:t>$1,055.06</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1183,51 +1183,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R66a80863e80f4bb0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R48d44cf025d64992" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rdc171b1251504a29" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc345fb5775fc47f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R2ee3df0aa4c14d49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4cb683cc0afa42ac" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I72"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="48" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="13" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -1604,80 +1604,80 @@
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H14" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I14" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="C15" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="C15" s="1" t="s">
+      <x:c r="D15" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
-      <x:c r="D15" s="1" t="s">
+      <x:c r="E15" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="E15" s="1" t="s">
+      <x:c r="F15" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G15" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="F15" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G15" s="1" t="s">
+      <x:c r="H15" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I15" s="1" t="s">
         <x:v>83</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
         <x:v>84</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
@@ -1720,660 +1720,660 @@
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
+        <x:v>109</x:v>
+      </x:c>
+      <x:c r="D20" s="1" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="E20" s="1" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="F20" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G20" s="1" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="H20" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I20" s="1" t="s">
         <x:v>107</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>111</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="D22" s="1" t="s">
+        <x:v>121</x:v>
+      </x:c>
+      <x:c r="E22" s="1" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="F22" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G22" s="1" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="H22" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I22" s="1" t="s">
         <x:v>118</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>117</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>135</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="D26" s="1" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="E26" s="1" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="F26" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G26" s="1" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="H26" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I26" s="1" t="s">
         <x:v>141</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>145</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="D31" s="1" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="E31" s="1" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="F31" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="H31" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I31" s="1" t="s">
         <x:v>169</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="D35" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="E35" s="1" t="s">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="F35" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="H35" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I35" s="1" t="s">
         <x:v>189</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>194</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
         <x:v>197</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
         <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
         <x:v>215</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I39" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G40" s="1" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H40" s="1" t="s">
@@ -2503,155 +2503,155 @@
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
         <x:v>244</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
         <x:v>245</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
         <x:v>246</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
         <x:v>247</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
         <x:v>248</x:v>
       </x:c>
       <x:c r="H45" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="C46" s="1" t="s">
         <x:v>250</x:v>
       </x:c>
-      <x:c r="C46" s="1" t="s">
+      <x:c r="D46" s="1" t="s">
         <x:v>251</x:v>
       </x:c>
-      <x:c r="D46" s="1" t="s">
+      <x:c r="E46" s="1" t="s">
         <x:v>252</x:v>
       </x:c>
-      <x:c r="E46" s="1" t="s">
+      <x:c r="F46" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G46" s="1" t="s">
         <x:v>253</x:v>
       </x:c>
-      <x:c r="F46" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G46" s="1" t="s">
+      <x:c r="H46" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I46" s="1" t="s">
         <x:v>254</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
         <x:v>256</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
         <x:v>257</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
         <x:v>258</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G47" s="1" t="s">
         <x:v>259</x:v>
       </x:c>
       <x:c r="H47" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
         <x:v>260</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
         <x:v>261</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
         <x:v>262</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
         <x:v>263</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
         <x:v>264</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I48" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
         <x:v>267</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
         <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
@@ -2723,51 +2723,51 @@
       </x:c>
       <x:c r="G52" s="1" t="s">
         <x:v>282</x:v>
       </x:c>
       <x:c r="H52" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
         <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
         <x:v>284</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="H53" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
         <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
@@ -2897,411 +2897,411 @@
       </x:c>
       <x:c r="G58" s="1" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="H58" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
         <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
         <x:v>315</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
         <x:v>316</x:v>
       </x:c>
       <x:c r="H59" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="C60" s="1" t="s">
         <x:v>318</x:v>
       </x:c>
-      <x:c r="C60" s="1" t="s">
+      <x:c r="D60" s="1" t="s">
         <x:v>319</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>320</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="H60" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="C61" s="1" t="s">
         <x:v>322</x:v>
       </x:c>
-      <x:c r="C61" s="1" t="s">
+      <x:c r="D61" s="1" t="s">
         <x:v>323</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>324</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G61" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="H61" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I61" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="C62" s="1" t="s">
         <x:v>326</x:v>
       </x:c>
-      <x:c r="C62" s="1" t="s">
+      <x:c r="D62" s="1" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="D62" s="1" t="s">
+      <x:c r="E62" s="1" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="E62" s="1" t="s">
+      <x:c r="F62" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G62" s="1" t="s">
         <x:v>329</x:v>
       </x:c>
-      <x:c r="F62" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G62" s="1" t="s">
+      <x:c r="H62" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I62" s="1" t="s">
         <x:v>330</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>317</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G63" s="1" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="H63" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I63" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="F64" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G64" s="1" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="H64" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I64" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G65" s="1" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="H65" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I65" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:9" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G66" s="1" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="H66" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I66" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:9" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
         <x:v>351</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
         <x:v>352</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G67" s="1" t="s">
         <x:v>353</x:v>
       </x:c>
       <x:c r="H67" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I67" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:9" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
         <x:v>354</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
         <x:v>355</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G68" s="1" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="H68" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I68" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:9" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G69" s="1" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="H69" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I69" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:9" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
         <x:v>366</x:v>
       </x:c>
       <x:c r="G70" s="1" t="s">
         <x:v>367</x:v>
       </x:c>
       <x:c r="H70" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I70" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:9" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
         <x:v>368</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F71" s="1" t="s">
         <x:v>369</x:v>
       </x:c>
       <x:c r="G71" s="1" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="H71" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I71" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:9" ht="15" customHeight="1">
       <x:c r="A72" s="2" t="s">
         <x:v>371</x:v>
       </x:c>
       <x:c r="B72" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C72" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D72" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E72" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F72" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G72" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H72" s="2" t="s">