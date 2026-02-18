--- v3 (2026-01-19)
+++ v4 (2026-02-18)
@@ -1,1161 +1,1158 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red17bd44d0174915" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ef224f314844fb8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="TRUT_asof_20260115" sheetId="1" r:id="R4cb683cc0afa42ac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="TRUT_asof_20260217" sheetId="1" r:id="R8f56308f4a094b03"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="580" uniqueCount="372">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  01/15/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="580" uniqueCount="371">
+  <x:si>
+    <x:t>Daily Holdings (%)  02/17/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>XLK US</x:t>
   </x:si>
   <x:si>
     <x:t>Technology Select Sector SPDR Fund</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJ7007</x:t>
   </x:si>
   <x:si>
-    <x:t>207,200</x:t>
+    <x:t>228,000</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$30,139,312.00</x:t>
+    <x:t>$31,801,440.00</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>44.35%</x:t>
+    <x:t>44.28%</x:t>
   </x:si>
   <x:si>
     <x:t>NVDA US</x:t>
   </x:si>
   <x:si>
     <x:t>Nvidia Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBJQV0</x:t>
   </x:si>
   <x:si>
-    <x:t>59,600</x:t>
-[...5 lines deleted...]
-    <x:t>16.41%</x:t>
+    <x:t>65,580</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,130,332.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16.89%</x:t>
   </x:si>
   <x:si>
     <x:t>AAPL US</x:t>
   </x:si>
   <x:si>
     <x:t>Apple Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000B9XRY4</x:t>
   </x:si>
   <x:si>
-    <x:t>36,293</x:t>
-[...5 lines deleted...]
-    <x:t>13.79%</x:t>
+    <x:t>39,933</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,537,520.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14.67%</x:t>
   </x:si>
   <x:si>
     <x:t>MSFT US</x:t>
   </x:si>
   <x:si>
     <x:t>Microsoft Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BPH459</x:t>
   </x:si>
   <x:si>
-    <x:t>18,150</x:t>
-[...5 lines deleted...]
-    <x:t>12.20%</x:t>
+    <x:t>19,970</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,925,294.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11.03%</x:t>
   </x:si>
   <x:si>
     <x:t>AVGO US</x:t>
   </x:si>
   <x:si>
     <x:t>Broadcom Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00KHY5S69</x:t>
   </x:si>
   <x:si>
-    <x:t>11,632</x:t>
-[...5 lines deleted...]
-    <x:t>5.87%</x:t>
+    <x:t>12,802</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,257,177.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.93%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MU US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Micron Technology Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C5Z1S3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>864</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$345,409.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.48%</x:t>
   </x:si>
   <x:si>
     <x:t>ORCL US</x:t>
   </x:si>
   <x:si>
     <x:t>Oracle Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BQLTW7</x:t>
   </x:si>
   <x:si>
-    <x:t>1,814</x:t>
-[...5 lines deleted...]
-    <x:t>0.51%</x:t>
+    <x:t>1,996</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$307,324.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Advanced Micro Devices Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBQCY0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,410</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$286,342.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LRCX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lam Research Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BNFLM9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,124</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$264,791.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.37%</x:t>
   </x:si>
   <x:si>
     <x:t>PLTR US</x:t>
   </x:si>
   <x:si>
     <x:t>Palantir Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000N7QR55</x:t>
   </x:si>
   <x:si>
-    <x:t>1,792</x:t>
-[...41 lines deleted...]
-    <x:t>0.39%</x:t>
+    <x:t>1,974</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$262,581.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CSCO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cisco Systems Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C3J3C9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,151</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$242,154.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34%</x:t>
   </x:si>
   <x:si>
     <x:t>IBM US</x:t>
   </x:si>
   <x:si>
     <x:t>International Business Machines Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BLNNH6</x:t>
   </x:si>
   <x:si>
-    <x:t>763</x:t>
-[...38 lines deleted...]
-    <x:t>0.32%</x:t>
+    <x:t>841</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$217,238.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMAT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Applied Materials Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBPFB9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>583</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$209,372.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TXN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Texas Instruments Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BVV7G1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>837</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$188,902.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INTC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intel Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C0G1D1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,687</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$170,265.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amphenol Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000B9YJ35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,118</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$166,101.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23%</x:t>
   </x:si>
   <x:si>
     <x:t>CRM US</x:t>
   </x:si>
   <x:si>
     <x:t>Salesforce.Com Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BN2DC2</x:t>
   </x:si>
   <x:si>
-    <x:t>766</x:t>
-[...41 lines deleted...]
-    <x:t>0.24%</x:t>
+    <x:t>844</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$155,540.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22%</x:t>
   </x:si>
   <x:si>
     <x:t>NOW US</x:t>
   </x:si>
   <x:si>
     <x:t>Servicenow Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000M1R011</x:t>
   </x:si>
   <x:si>
-    <x:t>1,205</x:t>
-[...20 lines deleted...]
-    <x:t>$156,379.08</x:t>
+    <x:t>1,335</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$141,389.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Accenture Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000D9D830</x:t>
+  </x:si>
+  <x:si>
+    <x:t>561</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$123,358.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QCOM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qualcomm Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CGC1X8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>855</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$121,948.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ANET US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Arista Networks Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000N2HDY5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$121,905.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CRWD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Crowdstrike Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00BLYKS03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>272</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$112,685.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Seagate Technology Holdings Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0113JGQF0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>268</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$111,471.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SNPS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Synopsys Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BSFRF3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>264</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$111,394.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INTU US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intuit Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BH5DV1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>276</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$104,650.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15%</x:t>
   </x:si>
   <x:si>
     <x:t>APP US</x:t>
   </x:si>
   <x:si>
     <x:t>Applovin Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG006HFPX77</x:t>
   </x:si>
   <x:si>
-    <x:t>249</x:t>
-[...122 lines deleted...]
-    <x:t>0.15%</x:t>
+    <x:t>275</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$103,504.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.14%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Analog Devices Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BB6G37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>304</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$102,603.04</x:t>
   </x:si>
   <x:si>
     <x:t>PANW US</x:t>
   </x:si>
   <x:si>
     <x:t>Palo Alto Networks Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0014GJCT9</x:t>
   </x:si>
   <x:si>
-    <x:t>514</x:t>
-[...14 lines deleted...]
-    <x:t>BBG000BB6G37</x:t>
+    <x:t>566</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$92,541.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WDC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Western Digital Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BWNFZ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>285</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$80,971.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CDNS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cadence Design Systems Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C13CD9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$77,951.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADBE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Adobe Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BB5006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>295</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$76,832.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GLW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Corning Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BKFZM4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>580</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$75,701.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NXPI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nxp Semiconductors Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BND699</x:t>
+  </x:si>
+  <x:si>
+    <x:t>273</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$66,909.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TEL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Te Connectivity Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q08MMR1</x:t>
   </x:si>
   <x:si>
     <x:t>278</x:t>
   </x:si>
   <x:si>
-    <x:t>$83,983.80</x:t>
-[...47 lines deleted...]
-    <x:t>0.11%</x:t>
+    <x:t>$65,580.20</x:t>
   </x:si>
   <x:si>
     <x:t>ADSK US</x:t>
   </x:si>
   <x:si>
     <x:t>Autodesk Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BM7HL0</x:t>
   </x:si>
   <x:si>
-    <x:t>$63,466.92</x:t>
-[...47 lines deleted...]
-    <x:t>$57,523.90</x:t>
+    <x:t>$60,385.76</x:t>
   </x:si>
   <x:si>
     <x:t>0.08%</x:t>
   </x:si>
   <x:si>
-    <x:t>GLW US</x:t>
-[...14 lines deleted...]
-    <x:t>0.07%</x:t>
+    <x:t>FTNT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fortinet Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BCMBG4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>570</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$46,563.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MCHP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Microchip Technology Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BHCP19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>550</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$43,417.00</x:t>
   </x:si>
   <x:si>
     <x:t>WDAY US</x:t>
   </x:si>
   <x:si>
     <x:t>Workday Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000VC0T95</x:t>
   </x:si>
   <x:si>
-    <x:t>$46,638.24</x:t>
-[...32 lines deleted...]
-    <x:t>$37,076.10</x:t>
+    <x:t>$38,356.16</x:t>
   </x:si>
   <x:si>
     <x:t>0.05%</x:t>
   </x:si>
   <x:si>
     <x:t>DDOG US</x:t>
   </x:si>
   <x:si>
     <x:t>Datadog Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG003NJHZT9</x:t>
   </x:si>
   <x:si>
-    <x:t>256</x:t>
-[...2 lines deleted...]
-    <x:t>$30,940.16</x:t>
+    <x:t>282</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$34,561.92</x:t>
   </x:si>
   <x:si>
     <x:t>DELL US</x:t>
   </x:si>
   <x:si>
     <x:t>Dell Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00DW3SZS1</x:t>
   </x:si>
   <x:si>
-    <x:t>253</x:t>
-[...2 lines deleted...]
-    <x:t>$30,273.98</x:t>
+    <x:t>279</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$32,389.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NTAP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Netapp Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000FP1N32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>266</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,884.62</x:t>
   </x:si>
   <x:si>
     <x:t>0.04%</x:t>
   </x:si>
   <x:si>
+    <x:t>HPE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hewlett Packard Enterprise Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0078W3NQ3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,140</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,045.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.03%</x:t>
+  </x:si>
+  <x:si>
     <x:t>KLAC US</x:t>
   </x:si>
   <x:si>
     <x:t>Kla Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BMTFR4</x:t>
   </x:si>
   <x:si>
     <x:t>17</x:t>
   </x:si>
   <x:si>
-    <x:t>$26,264.32</x:t>
-[...14 lines deleted...]
-    <x:t>$26,016.00</x:t>
+    <x:t>$24,993.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ON US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>On Semiconductor Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DV7MX4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,508.60</x:t>
   </x:si>
   <x:si>
     <x:t>CTSH US</x:t>
   </x:si>
   <x:si>
     <x:t>Cognizant Technology Solutions Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBDV81</x:t>
   </x:si>
   <x:si>
-    <x:t>277</x:t>
-[...20 lines deleted...]
-    <x:t>$22,740.20</x:t>
+    <x:t>303</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,649.55</x:t>
   </x:si>
   <x:si>
     <x:t>TRMB US</x:t>
   </x:si>
   <x:si>
     <x:t>Trimble Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BNPS52</x:t>
   </x:si>
   <x:si>
-    <x:t>245</x:t>
-[...2 lines deleted...]
-    <x:t>$19,249.65</x:t>
+    <x:t>271</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,785.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.02%</x:t>
   </x:si>
   <x:si>
     <x:t>HPQ US</x:t>
   </x:si>
   <x:si>
     <x:t>Hp Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000KHWT55</x:t>
   </x:si>
   <x:si>
-    <x:t>$16,013.97</x:t>
-[...14 lines deleted...]
-    <x:t>$15,612.52</x:t>
+    <x:t>$15,808.95</x:t>
   </x:si>
   <x:si>
     <x:t>GEN US</x:t>
   </x:si>
   <x:si>
     <x:t>Gen Digital Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BH2JM1</x:t>
   </x:si>
   <x:si>
-    <x:t>$13,664.84</x:t>
+    <x:t>$13,001.70</x:t>
   </x:si>
   <x:si>
     <x:t>MSI US</x:t>
   </x:si>
   <x:si>
     <x:t>Motorola Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BP8Z50</x:t>
   </x:si>
   <x:si>
     <x:t>21</x:t>
   </x:si>
   <x:si>
-    <x:t>$8,283.24</x:t>
+    <x:t>$9,612.96</x:t>
   </x:si>
   <x:si>
     <x:t>0.01%</x:t>
   </x:si>
   <x:si>
     <x:t>SMCI US</x:t>
   </x:si>
   <x:si>
     <x:t>Super Micro Computer Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000MYZDJ3</x:t>
   </x:si>
   <x:si>
-    <x:t>$8,178.76</x:t>
+    <x:t>$9,153.44</x:t>
   </x:si>
   <x:si>
     <x:t>MPWR US</x:t>
   </x:si>
   <x:si>
     <x:t>Monolithic Power Systems Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C30L48</x:t>
   </x:si>
   <x:si>
     <x:t>6</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,057.24</x:t>
+    <x:t>$7,039.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TER US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Teradyne Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BV4DR6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,110.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KEYS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Keysight Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0059FN811</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,156.58</x:t>
   </x:si>
   <x:si>
     <x:t>ROP US</x:t>
   </x:si>
   <x:si>
     <x:t>Roper Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000F1ZSN5</x:t>
   </x:si>
   <x:si>
     <x:t>14</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,799.50</x:t>
+    <x:t>$4,417.42</x:t>
   </x:si>
   <x:si>
     <x:t>FICO US</x:t>
   </x:si>
   <x:si>
     <x:t>Fair Isaac Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DW76Y6</x:t>
   </x:si>
   <x:si>
     <x:t>3</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,743.57</x:t>
-[...29 lines deleted...]
-    <x:t>$4,554.00</x:t>
+    <x:t>$4,054.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TDY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Teledyne Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BMT9T6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,896.10</x:t>
   </x:si>
   <x:si>
     <x:t>JBL US</x:t>
   </x:si>
   <x:si>
     <x:t>Jabil Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJNGN9</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,544.52</x:t>
-[...11 lines deleted...]
-    <x:t>$3,418.32</x:t>
+    <x:t>$3,603.60</x:t>
   </x:si>
   <x:si>
     <x:t>FSLR US</x:t>
   </x:si>
   <x:si>
     <x:t>First Solar Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BFL116</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,410.96</x:t>
+    <x:t>$3,164.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>VRSN US</x:t>
   </x:si>
   <x:si>
     <x:t>Verisign Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BGKHZ3</x:t>
   </x:si>
   <x:si>
     <x:t>11</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,741.42</x:t>
-[...2 lines deleted...]
-    <x:t>0.00%</x:t>
+    <x:t>$2,378.75</x:t>
   </x:si>
   <x:si>
     <x:t>PTC US</x:t>
   </x:si>
   <x:si>
     <x:t>Ptc Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C2VBB0</x:t>
   </x:si>
   <x:si>
     <x:t>15</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,503.35</x:t>
+    <x:t>$2,296.05</x:t>
   </x:si>
   <x:si>
     <x:t>CDW US</x:t>
   </x:si>
   <x:si>
     <x:t>Cdw Corp/De</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001P63B80</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,248.93</x:t>
+    <x:t>$2,127.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AKAM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Akamai Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BJQWD2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,951.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FFIV US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>F5 Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CXYSZ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,894.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZBRA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zebra Technologies Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CC7LQ7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,564.56</x:t>
   </x:si>
   <x:si>
     <x:t>TYL US</x:t>
   </x:si>
   <x:si>
     <x:t>Tyler Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BVWZF9</x:t>
   </x:si>
   <x:si>
     <x:t>5</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,230.75</x:t>
-[...14 lines deleted...]
-    <x:t>$1,917.93</x:t>
+    <x:t>$1,562.40</x:t>
   </x:si>
   <x:si>
     <x:t>GDDY US</x:t>
   </x:si>
   <x:si>
     <x:t>Godaddy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG006MDLY05</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,824.95</x:t>
-[...26 lines deleted...]
-    <x:t>$1,553.10</x:t>
+    <x:t>$1,550.40</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>143,717</x:t>
+    <x:t>173,468</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$143,716.67</x:t>
+    <x:t>$173,467.70</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,055.06</x:t>
+    <x:t>$-752.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1183,51 +1180,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc345fb5775fc47f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R2ee3df0aa4c14d49" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4cb683cc0afa42ac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5625be1fb79f4f48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rf189643deca74c77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8f56308f4a094b03" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I72"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="48" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="13" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -1575,80 +1572,80 @@
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H13" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="C14" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="C14" s="1" t="s">
+      <x:c r="D14" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="D14" s="1" t="s">
+      <x:c r="E14" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
-      <x:c r="E14" s="1" t="s">
+      <x:c r="F14" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G14" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
-      <x:c r="F14" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G14" s="1" t="s">
+      <x:c r="H14" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I14" s="1" t="s">
         <x:v>77</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
@@ -1778,1535 +1775,1535 @@
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
+        <x:v>127</x:v>
+      </x:c>
+      <x:c r="D23" s="1" t="s">
+        <x:v>128</x:v>
+      </x:c>
+      <x:c r="E23" s="1" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="F23" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G23" s="1" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="H23" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I23" s="1" t="s">
         <x:v>125</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>129</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
+      <x:c r="D25" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="s">
+      <x:c r="E25" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
-      <x:c r="E25" s="1" t="s">
+      <x:c r="F25" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G25" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="F25" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G25" s="1" t="s">
+      <x:c r="H25" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I25" s="1" t="s">
         <x:v>140</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>141</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="D26" s="1" t="s">
         <x:v>143</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
+      <x:c r="E26" s="1" t="s">
         <x:v>144</x:v>
       </x:c>
-      <x:c r="E26" s="1" t="s">
+      <x:c r="F26" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G26" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="F26" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="D27" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
+      <x:c r="E27" s="1" t="s">
         <x:v>149</x:v>
       </x:c>
-      <x:c r="E27" s="1" t="s">
+      <x:c r="F27" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G27" s="1" t="s">
         <x:v>150</x:v>
       </x:c>
-      <x:c r="F27" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>151</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
+        <x:v>152</x:v>
+      </x:c>
+      <x:c r="D28" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="E28" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
-      <x:c r="D28" s="1" t="s">
+      <x:c r="F28" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G28" s="1" t="s">
         <x:v>155</x:v>
       </x:c>
-      <x:c r="E28" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G28" s="1" t="s">
+      <x:c r="H28" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I28" s="1" t="s">
         <x:v>156</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>157</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="D29" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
+      <x:c r="E29" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
-      <x:c r="E29" s="1" t="s">
+      <x:c r="F29" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G29" s="1" t="s">
         <x:v>161</x:v>
       </x:c>
-      <x:c r="F29" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G29" s="1" t="s">
+      <x:c r="H29" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I29" s="1" t="s">
         <x:v>162</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
+      <x:c r="D30" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
-      <x:c r="D30" s="1" t="s">
+      <x:c r="E30" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
-      <x:c r="E30" s="1" t="s">
+      <x:c r="F30" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G30" s="1" t="s">
         <x:v>167</x:v>
       </x:c>
-      <x:c r="F30" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="D31" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
+      <x:c r="E31" s="1" t="s">
         <x:v>171</x:v>
       </x:c>
-      <x:c r="D31" s="1" t="s">
+      <x:c r="F31" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
         <x:v>172</x:v>
       </x:c>
-      <x:c r="E31" s="1" t="s">
+      <x:c r="H31" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I31" s="1" t="s">
         <x:v>173</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
+      <x:c r="D32" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="D32" s="1" t="s">
+      <x:c r="E32" s="1" t="s">
         <x:v>177</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>116</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
         <x:v>183</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
         <x:v>185</x:v>
       </x:c>
-      <x:c r="C34" s="1" t="s">
+      <x:c r="D34" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
-      <x:c r="D34" s="1" t="s">
+      <x:c r="E34" s="1" t="s">
         <x:v>187</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>182</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
         <x:v>190</x:v>
       </x:c>
-      <x:c r="C35" s="1" t="s">
+      <x:c r="D35" s="1" t="s">
         <x:v>191</x:v>
       </x:c>
-      <x:c r="D35" s="1" t="s">
+      <x:c r="E35" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
-      <x:c r="E35" s="1" t="s">
+      <x:c r="F35" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
-      <x:c r="F35" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H35" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
         <x:v>195</x:v>
       </x:c>
-      <x:c r="C36" s="1" t="s">
+      <x:c r="D36" s="1" t="s">
         <x:v>196</x:v>
       </x:c>
-      <x:c r="D36" s="1" t="s">
+      <x:c r="E36" s="1" t="s">
         <x:v>197</x:v>
       </x:c>
-      <x:c r="E36" s="1" t="s">
+      <x:c r="F36" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G36" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
-      <x:c r="F36" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G36" s="1" t="s">
+      <x:c r="H36" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I36" s="1" t="s">
         <x:v>199</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>189</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>205</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
         <x:v>206</x:v>
       </x:c>
-      <x:c r="C38" s="1" t="s">
+      <x:c r="D38" s="1" t="s">
         <x:v>207</x:v>
       </x:c>
-      <x:c r="D38" s="1" t="s">
+      <x:c r="E38" s="1" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="F38" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G38" s="1" t="s">
         <x:v>208</x:v>
       </x:c>
-      <x:c r="E38" s="1" t="s">
+      <x:c r="H38" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I38" s="1" t="s">
         <x:v>209</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="C39" s="1" t="s">
+        <x:v>211</x:v>
+      </x:c>
+      <x:c r="D39" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
-      <x:c r="C39" s="1" t="s">
+      <x:c r="E39" s="1" t="s">
         <x:v>213</x:v>
       </x:c>
-      <x:c r="D39" s="1" t="s">
+      <x:c r="F39" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G39" s="1" t="s">
         <x:v>214</x:v>
       </x:c>
-      <x:c r="E39" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G39" s="1" t="s">
+      <x:c r="H39" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I39" s="1" t="s">
         <x:v>215</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G40" s="1" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H40" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="C41" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
-      <x:c r="C41" s="1" t="s">
+      <x:c r="D41" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
-      <x:c r="D41" s="1" t="s">
+      <x:c r="E41" s="1" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="F41" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G41" s="1" t="s">
         <x:v>224</x:v>
       </x:c>
-      <x:c r="E41" s="1" t="s">
+      <x:c r="H41" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I41" s="1" t="s">
         <x:v>225</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="C42" s="1" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="D42" s="1" t="s">
         <x:v>228</x:v>
       </x:c>
-      <x:c r="C42" s="1" t="s">
+      <x:c r="E42" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
-      <x:c r="D42" s="1" t="s">
+      <x:c r="F42" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G42" s="1" t="s">
         <x:v>230</x:v>
       </x:c>
-      <x:c r="E42" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H42" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="C43" s="1" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="D43" s="1" t="s">
         <x:v>233</x:v>
       </x:c>
-      <x:c r="C43" s="1" t="s">
+      <x:c r="E43" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
-      <x:c r="D43" s="1" t="s">
+      <x:c r="F43" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G43" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
-      <x:c r="E43" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H43" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="C44" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="D44" s="1" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="E44" s="1" t="s">
         <x:v>239</x:v>
       </x:c>
-      <x:c r="C44" s="1" t="s">
+      <x:c r="F44" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G44" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
-      <x:c r="D44" s="1" t="s">
+      <x:c r="H44" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I44" s="1" t="s">
         <x:v>241</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="C45" s="1" t="s">
+        <x:v>243</x:v>
+      </x:c>
+      <x:c r="D45" s="1" t="s">
         <x:v>244</x:v>
       </x:c>
-      <x:c r="C45" s="1" t="s">
+      <x:c r="E45" s="1" t="s">
         <x:v>245</x:v>
       </x:c>
-      <x:c r="D45" s="1" t="s">
+      <x:c r="F45" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G45" s="1" t="s">
         <x:v>246</x:v>
       </x:c>
-      <x:c r="E45" s="1" t="s">
+      <x:c r="H45" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I45" s="1" t="s">
         <x:v>247</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="C46" s="1" t="s">
         <x:v>249</x:v>
       </x:c>
-      <x:c r="C46" s="1" t="s">
+      <x:c r="D46" s="1" t="s">
         <x:v>250</x:v>
       </x:c>
-      <x:c r="D46" s="1" t="s">
+      <x:c r="E46" s="1" t="s">
         <x:v>251</x:v>
       </x:c>
-      <x:c r="E46" s="1" t="s">
+      <x:c r="F46" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G46" s="1" t="s">
         <x:v>252</x:v>
       </x:c>
-      <x:c r="F46" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H46" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
+        <x:v>253</x:v>
+      </x:c>
+      <x:c r="C47" s="1" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="D47" s="1" t="s">
         <x:v>255</x:v>
       </x:c>
-      <x:c r="C47" s="1" t="s">
+      <x:c r="E47" s="1" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="F47" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G47" s="1" t="s">
         <x:v>256</x:v>
       </x:c>
-      <x:c r="D47" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H47" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="C48" s="1" t="s">
+        <x:v>258</x:v>
+      </x:c>
+      <x:c r="D48" s="1" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="E48" s="1" t="s">
         <x:v>260</x:v>
       </x:c>
-      <x:c r="C48" s="1" t="s">
+      <x:c r="F48" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G48" s="1" t="s">
         <x:v>261</x:v>
       </x:c>
-      <x:c r="D48" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H48" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I48" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="C49" s="1" t="s">
+        <x:v>263</x:v>
+      </x:c>
+      <x:c r="D49" s="1" t="s">
+        <x:v>264</x:v>
+      </x:c>
+      <x:c r="E49" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
-      <x:c r="C49" s="1" t="s">
+      <x:c r="F49" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G49" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
-      <x:c r="D49" s="1" t="s">
+      <x:c r="H49" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I49" s="1" t="s">
         <x:v>267</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>269</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="C50" s="1" t="s">
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="D50" s="1" t="s">
         <x:v>270</x:v>
       </x:c>
-      <x:c r="C50" s="1" t="s">
+      <x:c r="E50" s="1" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="F50" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G50" s="1" t="s">
         <x:v>271</x:v>
       </x:c>
-      <x:c r="D50" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H50" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I50" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="C51" s="1" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="D51" s="1" t="s">
         <x:v>274</x:v>
       </x:c>
-      <x:c r="C51" s="1" t="s">
+      <x:c r="E51" s="1" t="s">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="F51" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G51" s="1" t="s">
         <x:v>275</x:v>
       </x:c>
-      <x:c r="D51" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H51" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
+        <x:v>276</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="D52" s="1" t="s">
         <x:v>278</x:v>
       </x:c>
-      <x:c r="C52" s="1" t="s">
+      <x:c r="E52" s="1" t="s">
         <x:v>279</x:v>
       </x:c>
-      <x:c r="D52" s="1" t="s">
+      <x:c r="F52" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G52" s="1" t="s">
         <x:v>280</x:v>
       </x:c>
-      <x:c r="E52" s="1" t="s">
+      <x:c r="H52" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I52" s="1" t="s">
         <x:v>281</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
+        <x:v>282</x:v>
+      </x:c>
+      <x:c r="C53" s="1" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="D53" s="1" t="s">
         <x:v>284</x:v>
       </x:c>
-      <x:c r="C53" s="1" t="s">
+      <x:c r="E53" s="1" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="F53" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G53" s="1" t="s">
         <x:v>285</x:v>
       </x:c>
-      <x:c r="D53" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H53" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="C54" s="1" t="s">
+        <x:v>287</x:v>
+      </x:c>
+      <x:c r="D54" s="1" t="s">
         <x:v>288</x:v>
       </x:c>
-      <x:c r="C54" s="1" t="s">
+      <x:c r="E54" s="1" t="s">
         <x:v>289</x:v>
       </x:c>
-      <x:c r="D54" s="1" t="s">
+      <x:c r="F54" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G54" s="1" t="s">
         <x:v>290</x:v>
       </x:c>
-      <x:c r="E54" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H54" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="C55" s="1" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="D55" s="1" t="s">
         <x:v>293</x:v>
       </x:c>
-      <x:c r="C55" s="1" t="s">
+      <x:c r="E55" s="1" t="s">
         <x:v>294</x:v>
       </x:c>
-      <x:c r="D55" s="1" t="s">
+      <x:c r="F55" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G55" s="1" t="s">
         <x:v>295</x:v>
       </x:c>
-      <x:c r="E55" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H55" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="C56" s="1" t="s">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="D56" s="1" t="s">
         <x:v>298</x:v>
       </x:c>
-      <x:c r="C56" s="1" t="s">
+      <x:c r="E56" s="1" t="s">
         <x:v>299</x:v>
       </x:c>
-      <x:c r="D56" s="1" t="s">
+      <x:c r="F56" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G56" s="1" t="s">
         <x:v>300</x:v>
       </x:c>
-      <x:c r="E56" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H56" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="C57" s="1" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="D57" s="1" t="s">
         <x:v>303</x:v>
       </x:c>
-      <x:c r="C57" s="1" t="s">
+      <x:c r="E57" s="1" t="s">
         <x:v>304</x:v>
       </x:c>
-      <x:c r="D57" s="1" t="s">
+      <x:c r="F57" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G57" s="1" t="s">
         <x:v>305</x:v>
       </x:c>
-      <x:c r="E57" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H57" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
+        <x:v>306</x:v>
+      </x:c>
+      <x:c r="C58" s="1" t="s">
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="D58" s="1" t="s">
         <x:v>308</x:v>
       </x:c>
-      <x:c r="C58" s="1" t="s">
+      <x:c r="E58" s="1" t="s">
         <x:v>309</x:v>
       </x:c>
-      <x:c r="D58" s="1" t="s">
+      <x:c r="F58" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G58" s="1" t="s">
         <x:v>310</x:v>
       </x:c>
-      <x:c r="E58" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H58" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="C59" s="1" t="s">
+        <x:v>312</x:v>
+      </x:c>
+      <x:c r="D59" s="1" t="s">
         <x:v>313</x:v>
       </x:c>
-      <x:c r="C59" s="1" t="s">
+      <x:c r="E59" s="1" t="s">
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="F59" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G59" s="1" t="s">
         <x:v>314</x:v>
       </x:c>
-      <x:c r="D59" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H59" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="C60" s="1" t="s">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="D60" s="1" t="s">
         <x:v>317</x:v>
       </x:c>
-      <x:c r="C60" s="1" t="s">
+      <x:c r="E60" s="1" t="s">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="F60" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G60" s="1" t="s">
         <x:v>318</x:v>
       </x:c>
-      <x:c r="D60" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H60" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="C61" s="1" t="s">
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="D61" s="1" t="s">
         <x:v>321</x:v>
       </x:c>
-      <x:c r="C61" s="1" t="s">
+      <x:c r="E61" s="1" t="s">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="F61" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G61" s="1" t="s">
         <x:v>322</x:v>
       </x:c>
-      <x:c r="D61" s="1" t="s">
+      <x:c r="H61" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I61" s="1" t="s">
         <x:v>323</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>283</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="C62" s="1" t="s">
         <x:v>325</x:v>
       </x:c>
-      <x:c r="C62" s="1" t="s">
+      <x:c r="D62" s="1" t="s">
         <x:v>326</x:v>
       </x:c>
-      <x:c r="D62" s="1" t="s">
+      <x:c r="E62" s="1" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="E62" s="1" t="s">
+      <x:c r="F62" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G62" s="1" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="F62" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H62" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I62" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="C63" s="1" t="s">
+        <x:v>330</x:v>
+      </x:c>
+      <x:c r="D63" s="1" t="s">
         <x:v>331</x:v>
       </x:c>
-      <x:c r="C63" s="1" t="s">
+      <x:c r="E63" s="1" t="s">
         <x:v>332</x:v>
       </x:c>
-      <x:c r="D63" s="1" t="s">
+      <x:c r="F63" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G63" s="1" t="s">
         <x:v>333</x:v>
       </x:c>
-      <x:c r="E63" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H63" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I63" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
+        <x:v>334</x:v>
+      </x:c>
+      <x:c r="C64" s="1" t="s">
+        <x:v>335</x:v>
+      </x:c>
+      <x:c r="D64" s="1" t="s">
         <x:v>336</x:v>
       </x:c>
-      <x:c r="C64" s="1" t="s">
+      <x:c r="E64" s="1" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="F64" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G64" s="1" t="s">
         <x:v>337</x:v>
       </x:c>
-      <x:c r="D64" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H64" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I64" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
+        <x:v>338</x:v>
+      </x:c>
+      <x:c r="C65" s="1" t="s">
+        <x:v>339</x:v>
+      </x:c>
+      <x:c r="D65" s="1" t="s">
         <x:v>340</x:v>
       </x:c>
-      <x:c r="C65" s="1" t="s">
+      <x:c r="E65" s="1" t="s">
         <x:v>341</x:v>
       </x:c>
-      <x:c r="D65" s="1" t="s">
+      <x:c r="F65" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G65" s="1" t="s">
         <x:v>342</x:v>
       </x:c>
-      <x:c r="E65" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H65" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I65" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:9" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="C66" s="1" t="s">
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="D66" s="1" t="s">
         <x:v>345</x:v>
       </x:c>
-      <x:c r="C66" s="1" t="s">
+      <x:c r="E66" s="1" t="s">
         <x:v>346</x:v>
       </x:c>
-      <x:c r="D66" s="1" t="s">
+      <x:c r="F66" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G66" s="1" t="s">
         <x:v>347</x:v>
       </x:c>
-      <x:c r="E66" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H66" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I66" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:9" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
+        <x:v>348</x:v>
+      </x:c>
+      <x:c r="C67" s="1" t="s">
+        <x:v>349</x:v>
+      </x:c>
+      <x:c r="D67" s="1" t="s">
         <x:v>350</x:v>
       </x:c>
-      <x:c r="C67" s="1" t="s">
+      <x:c r="E67" s="1" t="s">
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="F67" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G67" s="1" t="s">
         <x:v>351</x:v>
       </x:c>
-      <x:c r="D67" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H67" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I67" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:9" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
+        <x:v>352</x:v>
+      </x:c>
+      <x:c r="C68" s="1" t="s">
+        <x:v>353</x:v>
+      </x:c>
+      <x:c r="D68" s="1" t="s">
         <x:v>354</x:v>
       </x:c>
-      <x:c r="C68" s="1" t="s">
+      <x:c r="E68" s="1" t="s">
         <x:v>355</x:v>
       </x:c>
-      <x:c r="D68" s="1" t="s">
+      <x:c r="F68" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G68" s="1" t="s">
         <x:v>356</x:v>
       </x:c>
-      <x:c r="E68" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H68" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I68" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:9" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
+        <x:v>357</x:v>
+      </x:c>
+      <x:c r="C69" s="1" t="s">
+        <x:v>358</x:v>
+      </x:c>
+      <x:c r="D69" s="1" t="s">
         <x:v>359</x:v>
       </x:c>
-      <x:c r="C69" s="1" t="s">
+      <x:c r="E69" s="1" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="F69" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G69" s="1" t="s">
         <x:v>360</x:v>
       </x:c>
-      <x:c r="D69" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H69" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I69" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>323</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:9" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
+        <x:v>361</x:v>
+      </x:c>
+      <x:c r="C70" s="1" t="s">
+        <x:v>362</x:v>
+      </x:c>
+      <x:c r="D70" s="1" t="s">
+        <x:v>362</x:v>
+      </x:c>
+      <x:c r="E70" s="1" t="s">
         <x:v>363</x:v>
       </x:c>
-      <x:c r="C70" s="1" t="s">
+      <x:c r="F70" s="1" t="s">
         <x:v>364</x:v>
       </x:c>
-      <x:c r="D70" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E70" s="1" t="s">
+      <x:c r="G70" s="1" t="s">
         <x:v>365</x:v>
       </x:c>
-      <x:c r="F70" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H70" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I70" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:9" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
+        <x:v>366</x:v>
+      </x:c>
+      <x:c r="D71" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E71" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F71" s="1" t="s">
+        <x:v>367</x:v>
+      </x:c>
+      <x:c r="G71" s="1" t="s">
         <x:v>368</x:v>
       </x:c>
-      <x:c r="D71" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="F71" s="1" t="s">
+      <x:c r="H71" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I71" s="1" t="s">
         <x:v>369</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>330</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:9" ht="15" customHeight="1">
       <x:c r="A72" s="2" t="s">
-        <x:v>371</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="B72" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C72" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D72" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E72" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F72" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G72" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H72" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I72" s="2" t="s">
         <x:v>1</x:v>
       </x:c>