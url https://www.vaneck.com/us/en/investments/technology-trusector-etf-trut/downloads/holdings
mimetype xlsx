--- v4 (2026-02-18)
+++ v5 (2026-03-10)
@@ -1,1158 +1,1158 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ef224f314844fb8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc50f5d13525b4929" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="TRUT_asof_20260217" sheetId="1" r:id="R8f56308f4a094b03"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="TRUT_asof_20260309" sheetId="1" r:id="R84cb793d242a4e05"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="580" uniqueCount="371">
   <x:si>
-    <x:t>Daily Holdings (%)  02/17/2026</x:t>
+    <x:t>Daily Holdings (%)  03/09/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>XLK US</x:t>
   </x:si>
   <x:si>
     <x:t>Technology Select Sector SPDR Fund</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJ7007</x:t>
   </x:si>
   <x:si>
-    <x:t>228,000</x:t>
+    <x:t>264,800</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$31,801,440.00</x:t>
+    <x:t>$37,008,448.00</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>44.28%</x:t>
+    <x:t>44.24%</x:t>
   </x:si>
   <x:si>
     <x:t>NVDA US</x:t>
   </x:si>
   <x:si>
     <x:t>Nvidia Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBJQV0</x:t>
   </x:si>
   <x:si>
-    <x:t>65,580</x:t>
-[...5 lines deleted...]
-    <x:t>16.89%</x:t>
+    <x:t>76,160</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,910,624.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16.63%</x:t>
   </x:si>
   <x:si>
     <x:t>AAPL US</x:t>
   </x:si>
   <x:si>
     <x:t>Apple Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000B9XRY4</x:t>
   </x:si>
   <x:si>
-    <x:t>39,933</x:t>
-[...5 lines deleted...]
-    <x:t>14.67%</x:t>
+    <x:t>46,373</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,051,415.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14.41%</x:t>
   </x:si>
   <x:si>
     <x:t>MSFT US</x:t>
   </x:si>
   <x:si>
     <x:t>Microsoft Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BPH459</x:t>
   </x:si>
   <x:si>
-    <x:t>19,970</x:t>
-[...5 lines deleted...]
-    <x:t>11.03%</x:t>
+    <x:t>23,190</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,494,217.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11.35%</x:t>
   </x:si>
   <x:si>
     <x:t>AVGO US</x:t>
   </x:si>
   <x:si>
     <x:t>Broadcom Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00KHY5S69</x:t>
   </x:si>
   <x:si>
-    <x:t>12,802</x:t>
-[...5 lines deleted...]
-    <x:t>5.93%</x:t>
+    <x:t>14,872</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,141,994.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.15%</x:t>
   </x:si>
   <x:si>
     <x:t>MU US</x:t>
   </x:si>
   <x:si>
     <x:t>Micron Technology Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C5Z1S3</x:t>
   </x:si>
   <x:si>
-    <x:t>864</x:t>
-[...5 lines deleted...]
-    <x:t>0.48%</x:t>
+    <x:t>1,002</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$390,098.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PLTR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Palantir Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000N7QR55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,296</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$359,163.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.43%</x:t>
   </x:si>
   <x:si>
     <x:t>ORCL US</x:t>
   </x:si>
   <x:si>
     <x:t>Oracle Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BQLTW7</x:t>
   </x:si>
   <x:si>
-    <x:t>1,996</x:t>
-[...5 lines deleted...]
-    <x:t>0.43%</x:t>
+    <x:t>2,318</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$351,316.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
   </x:si>
   <x:si>
     <x:t>AMD US</x:t>
   </x:si>
   <x:si>
     <x:t>Advanced Micro Devices Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBQCY0</x:t>
   </x:si>
   <x:si>
-    <x:t>1,410</x:t>
-[...2 lines deleted...]
-    <x:t>$286,342.80</x:t>
+    <x:t>1,640</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$332,395.20</x:t>
   </x:si>
   <x:si>
     <x:t>0.40%</x:t>
   </x:si>
   <x:si>
+    <x:t>CSCO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cisco Systems Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C3J3C9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,657</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$278,699.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.33%</x:t>
+  </x:si>
+  <x:si>
     <x:t>LRCX US</x:t>
   </x:si>
   <x:si>
     <x:t>Lam Research Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BNFLM9</x:t>
   </x:si>
   <x:si>
-    <x:t>1,124</x:t>
-[...38 lines deleted...]
-    <x:t>0.34%</x:t>
+    <x:t>1,308</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$276,184.20</x:t>
   </x:si>
   <x:si>
     <x:t>IBM US</x:t>
   </x:si>
   <x:si>
     <x:t>International Business Machines Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BLNNH6</x:t>
   </x:si>
   <x:si>
-    <x:t>841</x:t>
-[...2 lines deleted...]
-    <x:t>$217,238.71</x:t>
+    <x:t>979</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$248,010.07</x:t>
   </x:si>
   <x:si>
     <x:t>0.30%</x:t>
   </x:si>
   <x:si>
     <x:t>AMAT US</x:t>
   </x:si>
   <x:si>
     <x:t>Applied Materials Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBPFB9</x:t>
   </x:si>
   <x:si>
-    <x:t>583</x:t>
-[...5 lines deleted...]
-    <x:t>0.29%</x:t>
+    <x:t>675</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$228,784.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INTC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intel Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C0G1D1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,285</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$195,310.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CRM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Salesforce.Com Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BN2DC2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>982</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$195,211.78</x:t>
   </x:si>
   <x:si>
     <x:t>TXN US</x:t>
   </x:si>
   <x:si>
     <x:t>Texas Instruments Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BVV7G1</x:t>
   </x:si>
   <x:si>
-    <x:t>837</x:t>
-[...23 lines deleted...]
-    <x:t>0.24%</x:t>
+    <x:t>975</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$191,295.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NOW US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Servicenow Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000M1R011</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,565</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$190,820.45</x:t>
   </x:si>
   <x:si>
     <x:t>APH US</x:t>
   </x:si>
   <x:si>
     <x:t>Amphenol Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000B9YJ35</x:t>
   </x:si>
   <x:si>
-    <x:t>1,118</x:t>
-[...38 lines deleted...]
-    <x:t>$141,389.85</x:t>
+    <x:t>1,302</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$177,150.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APP US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Applovin Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG006HFPX77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>321</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$166,030.83</x:t>
   </x:si>
   <x:si>
     <x:t>0.20%</x:t>
   </x:si>
   <x:si>
+    <x:t>INTU US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intuit Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BH5DV1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>322</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$152,521.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CRWD US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Crowdstrike Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00BLYKS03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>318</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$138,053.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QCOM US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qualcomm Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CGC1X8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>993</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$137,143.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16%</x:t>
+  </x:si>
+  <x:si>
     <x:t>ACN US</x:t>
   </x:si>
   <x:si>
     <x:t>Accenture Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000D9D830</x:t>
   </x:si>
   <x:si>
-    <x:t>561</x:t>
-[...20 lines deleted...]
-    <x:t>$121,948.65</x:t>
+    <x:t>653</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$136,712.08</x:t>
   </x:si>
   <x:si>
     <x:t>ANET US</x:t>
   </x:si>
   <x:si>
     <x:t>Arista Networks Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000N2HDY5</x:t>
   </x:si>
   <x:si>
-    <x:t>$121,905.90</x:t>
-[...17 lines deleted...]
-    <x:t>0.16%</x:t>
+    <x:t>$136,209.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SNPS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Synopsys Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BSFRF3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>310</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$135,538.20</x:t>
   </x:si>
   <x:si>
     <x:t>STX US</x:t>
   </x:si>
   <x:si>
     <x:t>Seagate Technology Holdings Plc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0113JGQF0</x:t>
   </x:si>
   <x:si>
-    <x:t>268</x:t>
-[...50 lines deleted...]
-    <x:t>$103,504.50</x:t>
+    <x:t>314</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$117,539.62</x:t>
   </x:si>
   <x:si>
     <x:t>0.14%</x:t>
   </x:si>
   <x:si>
     <x:t>ADI US</x:t>
   </x:si>
   <x:si>
     <x:t>Analog Devices Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BB6G37</x:t>
   </x:si>
   <x:si>
-    <x:t>304</x:t>
-[...2 lines deleted...]
-    <x:t>$102,603.04</x:t>
+    <x:t>350</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$111,898.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13%</x:t>
   </x:si>
   <x:si>
     <x:t>PANW US</x:t>
   </x:si>
   <x:si>
     <x:t>Palo Alto Networks Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0014GJCT9</x:t>
   </x:si>
   <x:si>
-    <x:t>566</x:t>
-[...5 lines deleted...]
-    <x:t>0.13%</x:t>
+    <x:t>658</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$108,635.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADBE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Adobe Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BB5006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>341</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$96,312.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CDNS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cadence Design Systems Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C13CD9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$95,674.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11%</x:t>
   </x:si>
   <x:si>
     <x:t>WDC US</x:t>
   </x:si>
   <x:si>
     <x:t>Western Digital Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BWNFZ9</x:t>
   </x:si>
   <x:si>
-    <x:t>285</x:t>
-[...32 lines deleted...]
-    <x:t>$76,832.75</x:t>
+    <x:t>331</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$86,741.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.10%</x:t>
   </x:si>
   <x:si>
     <x:t>GLW US</x:t>
   </x:si>
   <x:si>
     <x:t>Corning Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BKFZM4</x:t>
   </x:si>
   <x:si>
-    <x:t>580</x:t>
-[...2 lines deleted...]
-    <x:t>$75,701.60</x:t>
+    <x:t>672</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$86,721.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADSK US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autodesk Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BM7HL0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$81,875.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TEL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Te Connectivity Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q08MMR1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>324</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$66,821.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.08%</x:t>
   </x:si>
   <x:si>
     <x:t>NXPI US</x:t>
   </x:si>
   <x:si>
     <x:t>Nxp Semiconductors Nv</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BND699</x:t>
   </x:si>
   <x:si>
-    <x:t>273</x:t>
-[...35 lines deleted...]
-    <x:t>0.08%</x:t>
+    <x:t>319</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$65,474.75</x:t>
   </x:si>
   <x:si>
     <x:t>FTNT US</x:t>
   </x:si>
   <x:si>
     <x:t>Fortinet Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BCMBG4</x:t>
   </x:si>
   <x:si>
-    <x:t>570</x:t>
-[...2 lines deleted...]
-    <x:t>$46,563.30</x:t>
+    <x:t>662</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$55,482.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DELL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dell Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DW3SZS1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>325</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$47,615.75</x:t>
   </x:si>
   <x:si>
     <x:t>0.06%</x:t>
   </x:si>
   <x:si>
+    <x:t>WDAY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Workday Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000VC0T95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$46,515.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DDOG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Datadog Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG003NJHZT9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>328</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$42,167.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.05%</x:t>
+  </x:si>
+  <x:si>
     <x:t>MCHP US</x:t>
   </x:si>
   <x:si>
     <x:t>Microchip Technology Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BHCP19</x:t>
   </x:si>
   <x:si>
-    <x:t>550</x:t>
-[...47 lines deleted...]
-    <x:t>$32,389.11</x:t>
+    <x:t>642</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$41,730.00</x:t>
   </x:si>
   <x:si>
     <x:t>NTAP US</x:t>
   </x:si>
   <x:si>
     <x:t>Netapp Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000FP1N32</x:t>
   </x:si>
   <x:si>
-    <x:t>266</x:t>
-[...2 lines deleted...]
-    <x:t>$26,884.62</x:t>
+    <x:t>312</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$31,390.32</x:t>
   </x:si>
   <x:si>
     <x:t>0.04%</x:t>
   </x:si>
   <x:si>
     <x:t>HPE US</x:t>
   </x:si>
   <x:si>
     <x:t>Hewlett Packard Enterprise Co</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0078W3NQ3</x:t>
   </x:si>
   <x:si>
-    <x:t>1,140</x:t>
-[...2 lines deleted...]
-    <x:t>$25,045.80</x:t>
+    <x:t>1,324</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$28,876.44</x:t>
   </x:si>
   <x:si>
     <x:t>0.03%</x:t>
   </x:si>
   <x:si>
     <x:t>KLAC US</x:t>
   </x:si>
   <x:si>
     <x:t>Kla Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BMTFR4</x:t>
   </x:si>
   <x:si>
     <x:t>17</x:t>
   </x:si>
   <x:si>
-    <x:t>$24,993.23</x:t>
+    <x:t>$24,294.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CTSH US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cognizant Technology Solutions Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBDV81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>349</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,562.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRMB US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trimble Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BNPS52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>317</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,332.65</x:t>
   </x:si>
   <x:si>
     <x:t>ON US</x:t>
   </x:si>
   <x:si>
     <x:t>On Semiconductor Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DV7MX4</x:t>
   </x:si>
   <x:si>
-    <x:t>$20,508.60</x:t>
-[...29 lines deleted...]
-    <x:t>$17,785.73</x:t>
+    <x:t>$19,605.13</x:t>
   </x:si>
   <x:si>
     <x:t>0.02%</x:t>
   </x:si>
   <x:si>
     <x:t>HPQ US</x:t>
   </x:si>
   <x:si>
     <x:t>Hp Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000KHWT55</x:t>
   </x:si>
   <x:si>
-    <x:t>$15,808.95</x:t>
+    <x:t>$18,797.49</x:t>
   </x:si>
   <x:si>
     <x:t>GEN US</x:t>
   </x:si>
   <x:si>
     <x:t>Gen Digital Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BH2JM1</x:t>
   </x:si>
   <x:si>
-    <x:t>$13,001.70</x:t>
+    <x:t>$14,928.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SMCI US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Super Micro Computer Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000MYZDJ3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,193.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.01%</x:t>
   </x:si>
   <x:si>
     <x:t>MSI US</x:t>
   </x:si>
   <x:si>
     <x:t>Motorola Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BP8Z50</x:t>
   </x:si>
   <x:si>
     <x:t>21</x:t>
   </x:si>
   <x:si>
-    <x:t>$9,612.96</x:t>
-[...14 lines deleted...]
-    <x:t>$9,153.44</x:t>
+    <x:t>$9,618.63</x:t>
   </x:si>
   <x:si>
     <x:t>MPWR US</x:t>
   </x:si>
   <x:si>
     <x:t>Monolithic Power Systems Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C30L48</x:t>
   </x:si>
   <x:si>
     <x:t>6</x:t>
   </x:si>
   <x:si>
-    <x:t>$7,039.08</x:t>
+    <x:t>$6,372.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KEYS US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Keysight Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0059FN811</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,204.44</x:t>
   </x:si>
   <x:si>
     <x:t>TER US</x:t>
   </x:si>
   <x:si>
     <x:t>Teradyne Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BV4DR6</x:t>
   </x:si>
   <x:si>
     <x:t>20</x:t>
   </x:si>
   <x:si>
-    <x:t>$6,110.60</x:t>
-[...14 lines deleted...]
-    <x:t>$5,156.58</x:t>
+    <x:t>$5,928.80</x:t>
   </x:si>
   <x:si>
     <x:t>ROP US</x:t>
   </x:si>
   <x:si>
     <x:t>Roper Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000F1ZSN5</x:t>
   </x:si>
   <x:si>
     <x:t>14</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,417.42</x:t>
+    <x:t>$5,082.84</x:t>
   </x:si>
   <x:si>
     <x:t>FICO US</x:t>
   </x:si>
   <x:si>
     <x:t>Fair Isaac Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DW76Y6</x:t>
   </x:si>
   <x:si>
     <x:t>3</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,054.80</x:t>
+    <x:t>$4,323.60</x:t>
   </x:si>
   <x:si>
     <x:t>TDY US</x:t>
   </x:si>
   <x:si>
     <x:t>Teledyne Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BMT9T6</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,896.10</x:t>
+    <x:t>$3,924.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>JBL US</x:t>
   </x:si>
   <x:si>
     <x:t>Jabil Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJNGN9</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,603.60</x:t>
+    <x:t>$3,464.44</x:t>
   </x:si>
   <x:si>
     <x:t>FSLR US</x:t>
   </x:si>
   <x:si>
     <x:t>First Solar Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BFL116</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,164.70</x:t>
-[...2 lines deleted...]
-    <x:t>0.00%</x:t>
+    <x:t>$2,735.32</x:t>
   </x:si>
   <x:si>
     <x:t>VRSN US</x:t>
   </x:si>
   <x:si>
     <x:t>Verisign Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BGKHZ3</x:t>
   </x:si>
   <x:si>
     <x:t>11</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,378.75</x:t>
+    <x:t>$2,666.18</x:t>
   </x:si>
   <x:si>
     <x:t>PTC US</x:t>
   </x:si>
   <x:si>
     <x:t>Ptc Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C2VBB0</x:t>
   </x:si>
   <x:si>
     <x:t>15</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,296.05</x:t>
+    <x:t>$2,451.30</x:t>
   </x:si>
   <x:si>
     <x:t>CDW US</x:t>
   </x:si>
   <x:si>
     <x:t>Cdw Corp/De</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001P63B80</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,127.47</x:t>
+    <x:t>$2,052.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FFIV US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>F5 Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CXYSZ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,997.31</x:t>
   </x:si>
   <x:si>
     <x:t>AKAM US</x:t>
   </x:si>
   <x:si>
     <x:t>Akamai Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJQWD2</x:t>
   </x:si>
   <x:si>
     <x:t>18</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,951.56</x:t>
-[...14 lines deleted...]
-    <x:t>$1,894.06</x:t>
+    <x:t>$1,837.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TYL US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tyler Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BVWZF9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,836.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GDDY US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Godaddy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG006MDLY05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,558.73</x:t>
   </x:si>
   <x:si>
     <x:t>ZBRA US</x:t>
   </x:si>
   <x:si>
     <x:t>Zebra Technologies Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CC7LQ7</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,564.56</x:t>
-[...26 lines deleted...]
-    <x:t>$1,550.40</x:t>
+    <x:t>$1,282.68</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>173,468</x:t>
+    <x:t>206,333</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$173,467.70</x:t>
+    <x:t>$206,332.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-752.24</x:t>
-[...2 lines deleted...]
-    <x:t>-0.00%</x:t>
+    <x:t>$20,355.72</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1180,51 +1180,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5625be1fb79f4f48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rf189643deca74c77" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8f56308f4a094b03" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab51458a3bfd4bc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra7eae5abac5f4f7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R84cb793d242a4e05" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I72"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="48" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="13" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -1572,80 +1572,80 @@
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H13" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="C14" s="1" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="D14" s="1" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="E14" s="1" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="F14" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G14" s="1" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="H14" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I14" s="1" t="s">
         <x:v>72</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>77</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
@@ -1717,225 +1717,225 @@
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>101</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
         <x:v>102</x:v>
       </x:c>
-      <x:c r="C19" s="1" t="s">
+      <x:c r="D19" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="D19" s="1" t="s">
+      <x:c r="E19" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="E19" s="1" t="s">
+      <x:c r="F19" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G19" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="F19" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>106</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
+        <x:v>107</x:v>
+      </x:c>
+      <x:c r="D20" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
-      <x:c r="C20" s="1" t="s">
+      <x:c r="E20" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="D20" s="1" t="s">
+      <x:c r="F20" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G20" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="E20" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>95</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
+        <x:v>111</x:v>
+      </x:c>
+      <x:c r="C21" s="1" t="s">
+        <x:v>112</x:v>
+      </x:c>
+      <x:c r="D21" s="1" t="s">
+        <x:v>113</x:v>
+      </x:c>
+      <x:c r="E21" s="1" t="s">
         <x:v>114</x:v>
       </x:c>
-      <x:c r="C21" s="1" t="s">
+      <x:c r="F21" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G21" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="D21" s="1" t="s">
+      <x:c r="H21" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I21" s="1" t="s">
         <x:v>116</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
+        <x:v>117</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
+        <x:v>118</x:v>
+      </x:c>
+      <x:c r="D22" s="1" t="s">
+        <x:v>119</x:v>
+      </x:c>
+      <x:c r="E22" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
-      <x:c r="C22" s="1" t="s">
+      <x:c r="F22" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G22" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
-      <x:c r="D22" s="1" t="s">
+      <x:c r="H22" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I22" s="1" t="s">
         <x:v>122</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="D23" s="1" t="s">
+        <x:v>125</x:v>
+      </x:c>
+      <x:c r="E23" s="1" t="s">
         <x:v>126</x:v>
       </x:c>
-      <x:c r="C23" s="1" t="s">
+      <x:c r="F23" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G23" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="D23" s="1" t="s">
+      <x:c r="H23" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I23" s="1" t="s">
         <x:v>128</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>129</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
+        <x:v>130</x:v>
+      </x:c>
+      <x:c r="D24" s="1" t="s">
         <x:v>131</x:v>
       </x:c>
-      <x:c r="C24" s="1" t="s">
+      <x:c r="E24" s="1" t="s">
         <x:v>132</x:v>
       </x:c>
-      <x:c r="D24" s="1" t="s">
+      <x:c r="F24" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G24" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="E24" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="G24" s="1" t="s">
+      <x:c r="H24" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I24" s="1" t="s">
         <x:v>134</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>125</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
         <x:v>137</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
         <x:v>138</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
@@ -1966,527 +1966,527 @@
       </x:c>
       <x:c r="G26" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="F27" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G27" s="1" t="s">
         <x:v>149</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>150</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="D28" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="D28" s="1" t="s">
+      <x:c r="E28" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
-      <x:c r="E28" s="1" t="s">
+      <x:c r="F28" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G28" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
-      <x:c r="F28" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="D29" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="E29" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
+      <x:c r="F29" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G29" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="E29" s="1" t="s">
+      <x:c r="H29" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I29" s="1" t="s">
         <x:v>160</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="D30" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
+      <x:c r="E30" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="D30" s="1" t="s">
+      <x:c r="F30" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G30" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
-      <x:c r="E30" s="1" t="s">
+      <x:c r="H30" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I30" s="1" t="s">
         <x:v>166</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
+      <x:c r="D31" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="D31" s="1" t="s">
+      <x:c r="E31" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
-      <x:c r="E31" s="1" t="s">
+      <x:c r="F31" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
         <x:v>171</x:v>
       </x:c>
-      <x:c r="F31" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>166</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="D32" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
+      <x:c r="E32" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
-      <x:c r="D32" s="1" t="s">
+      <x:c r="F32" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G32" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="E32" s="1" t="s">
+      <x:c r="H32" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I32" s="1" t="s">
         <x:v>177</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="D33" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
+      <x:c r="E33" s="1" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="F33" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
-      <x:c r="D33" s="1" t="s">
+      <x:c r="H33" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I33" s="1" t="s">
         <x:v>182</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
         <x:v>184</x:v>
       </x:c>
-      <x:c r="C34" s="1" t="s">
+      <x:c r="D34" s="1" t="s">
         <x:v>185</x:v>
       </x:c>
-      <x:c r="D34" s="1" t="s">
+      <x:c r="E34" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
-      <x:c r="E34" s="1" t="s">
+      <x:c r="F34" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G34" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
-      <x:c r="F34" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G34" s="1" t="s">
+      <x:c r="H34" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I34" s="1" t="s">
         <x:v>188</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
         <x:v>191</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
         <x:v>195</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
         <x:v>196</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
+        <x:v>158</x:v>
+      </x:c>
+      <x:c r="F36" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G36" s="1" t="s">
         <x:v>197</x:v>
       </x:c>
-      <x:c r="F36" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H36" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>188</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="D37" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
-      <x:c r="C37" s="1" t="s">
+      <x:c r="E37" s="1" t="s">
         <x:v>201</x:v>
       </x:c>
-      <x:c r="D37" s="1" t="s">
+      <x:c r="F37" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G37" s="1" t="s">
         <x:v>202</x:v>
       </x:c>
-      <x:c r="E37" s="1" t="s">
+      <x:c r="H37" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I37" s="1" t="s">
         <x:v>203</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
         <x:v>205</x:v>
       </x:c>
-      <x:c r="C38" s="1" t="s">
+      <x:c r="D38" s="1" t="s">
         <x:v>206</x:v>
       </x:c>
-      <x:c r="D38" s="1" t="s">
+      <x:c r="E38" s="1" t="s">
         <x:v>207</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>144</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="C39" s="1" t="s">
         <x:v>210</x:v>
       </x:c>
-      <x:c r="C39" s="1" t="s">
+      <x:c r="D39" s="1" t="s">
         <x:v>211</x:v>
       </x:c>
-      <x:c r="D39" s="1" t="s">
+      <x:c r="E39" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
-      <x:c r="E39" s="1" t="s">
+      <x:c r="F39" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G39" s="1" t="s">
         <x:v>213</x:v>
       </x:c>
-      <x:c r="F39" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G39" s="1" t="s">
+      <x:c r="H39" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I39" s="1" t="s">
         <x:v>214</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="C40" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
-      <x:c r="C40" s="1" t="s">
+      <x:c r="D40" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
-      <x:c r="D40" s="1" t="s">
+      <x:c r="E40" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
-      <x:c r="E40" s="1" t="s">
+      <x:c r="F40" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
-      <x:c r="F40" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G40" s="1" t="s">
+      <x:c r="H40" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I40" s="1" t="s">
         <x:v>220</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
         <x:v>221</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
         <x:v>224</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="C42" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
-      <x:c r="C42" s="1" t="s">
+      <x:c r="D42" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
-      <x:c r="D42" s="1" t="s">
+      <x:c r="E42" s="1" t="s">
         <x:v>228</x:v>
       </x:c>
-      <x:c r="E42" s="1" t="s">
+      <x:c r="F42" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G42" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
-      <x:c r="F42" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G42" s="1" t="s">
+      <x:c r="H42" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I42" s="1" t="s">
         <x:v>230</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
         <x:v>231</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
         <x:v>232</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G43" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="H43" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>230</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
         <x:v>238</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
         <x:v>239</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G44" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
       <x:c r="H44" s="1" t="s">
@@ -2546,759 +2546,759 @@
       </x:c>
       <x:c r="G46" s="1" t="s">
         <x:v>252</x:v>
       </x:c>
       <x:c r="H46" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
         <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
         <x:v>253</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
         <x:v>254</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
         <x:v>255</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G47" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="H47" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
         <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I48" s="1" t="s">
         <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
         <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
         <x:v>268</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
         <x:v>269</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
         <x:v>270</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G50" s="1" t="s">
         <x:v>271</x:v>
       </x:c>
       <x:c r="H50" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I50" s="1" t="s">
         <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
         <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
         <x:v>278</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="F52" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G52" s="1" t="s">
         <x:v>279</x:v>
       </x:c>
-      <x:c r="F52" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G52" s="1" t="s">
+      <x:c r="H52" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I52" s="1" t="s">
         <x:v>280</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>281</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
+        <x:v>281</x:v>
+      </x:c>
+      <x:c r="C53" s="1" t="s">
         <x:v>282</x:v>
       </x:c>
-      <x:c r="C53" s="1" t="s">
+      <x:c r="D53" s="1" t="s">
         <x:v>283</x:v>
       </x:c>
-      <x:c r="D53" s="1" t="s">
+      <x:c r="E53" s="1" t="s">
         <x:v>284</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>166</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
         <x:v>285</x:v>
       </x:c>
       <x:c r="H53" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
         <x:v>286</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
         <x:v>287</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
         <x:v>288</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
         <x:v>290</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="H55" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
         <x:v>296</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
         <x:v>297</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
         <x:v>298</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
         <x:v>299</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
         <x:v>300</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
         <x:v>301</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
         <x:v>302</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
         <x:v>303</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
         <x:v>305</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
         <x:v>306</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
         <x:v>307</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
         <x:v>308</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
         <x:v>309</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G58" s="1" t="s">
         <x:v>310</x:v>
       </x:c>
       <x:c r="H58" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
         <x:v>311</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
         <x:v>312</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
         <x:v>313</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
         <x:v>289</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
         <x:v>314</x:v>
       </x:c>
       <x:c r="H59" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="H60" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="E61" s="1" t="s">
         <x:v>304</x:v>
       </x:c>
       <x:c r="F61" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G61" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="H61" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I61" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
         <x:v>324</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
         <x:v>325</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
         <x:v>326</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
         <x:v>327</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G62" s="1" t="s">
         <x:v>328</x:v>
       </x:c>
       <x:c r="H62" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I62" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
         <x:v>329</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
         <x:v>330</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
         <x:v>331</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G63" s="1" t="s">
         <x:v>333</x:v>
       </x:c>
       <x:c r="H63" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I63" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
         <x:v>334</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
         <x:v>335</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
         <x:v>336</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
         <x:v>251</x:v>
       </x:c>
       <x:c r="F64" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G64" s="1" t="s">
         <x:v>337</x:v>
       </x:c>
       <x:c r="H64" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I64" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
         <x:v>338</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
         <x:v>339</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
         <x:v>340</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
         <x:v>341</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G65" s="1" t="s">
         <x:v>342</x:v>
       </x:c>
       <x:c r="H65" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I65" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:9" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
         <x:v>343</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
         <x:v>344</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
         <x:v>345</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
         <x:v>346</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G66" s="1" t="s">
         <x:v>347</x:v>
       </x:c>
       <x:c r="H66" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I66" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:9" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
         <x:v>348</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
         <x:v>349</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
         <x:v>350</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G67" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="H67" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I67" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:9" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G68" s="1" t="s">
         <x:v>356</x:v>
       </x:c>
       <x:c r="H68" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I68" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:9" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
         <x:v>357</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
         <x:v>358</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
         <x:v>359</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G69" s="1" t="s">
         <x:v>360</x:v>
       </x:c>
       <x:c r="H69" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I69" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:9" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
         <x:v>361</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
         <x:v>362</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
         <x:v>363</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
         <x:v>364</x:v>
       </x:c>
       <x:c r="G70" s="1" t="s">
         <x:v>365</x:v>
       </x:c>
       <x:c r="H70" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I70" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>366</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:9" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F71" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="G71" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>369</x:v>
       </x:c>
       <x:c r="H71" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I71" s="1" t="s">
-        <x:v>369</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="72" spans="1:9" ht="15" customHeight="1">
       <x:c r="A72" s="2" t="s">
         <x:v>370</x:v>
       </x:c>
       <x:c r="B72" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C72" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D72" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E72" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F72" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G72" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H72" s="2" t="s">