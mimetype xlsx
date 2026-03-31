--- v5 (2026-03-10)
+++ v6 (2026-03-31)
@@ -1,1158 +1,1329 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc50f5d13525b4929" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rda9601bea98242ff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="TRUT_asof_20260309" sheetId="1" r:id="R84cb793d242a4e05"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="TRUT_asof_20260327" sheetId="1" r:id="R16bda2192f644aea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="580" uniqueCount="371">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  03/09/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="644" uniqueCount="428">
+  <x:si>
+    <x:t>Daily Holdings (%)  03/27/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
-    <x:t>XLK US</x:t>
+    <x:t>XLK</x:t>
   </x:si>
   <x:si>
     <x:t>Technology Select Sector SPDR Fund</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJ7007</x:t>
   </x:si>
   <x:si>
-    <x:t>264,800</x:t>
+    <x:t>237,613</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$37,008,448.00</x:t>
+    <x:t>$30,870,680.96</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>44.24%</x:t>
-[...2 lines deleted...]
-    <x:t>NVDA US</x:t>
+    <x:t>39.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NVDA</x:t>
   </x:si>
   <x:si>
     <x:t>Nvidia Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BBJQV0</x:t>
   </x:si>
   <x:si>
-    <x:t>76,160</x:t>
-[...8 lines deleted...]
-    <x:t>AAPL US</x:t>
+    <x:t>79,974</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,397,244.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16.96%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AAPL</x:t>
   </x:si>
   <x:si>
     <x:t>Apple Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000B9XRY4</x:t>
   </x:si>
   <x:si>
-    <x:t>46,373</x:t>
-[...8 lines deleted...]
-    <x:t>MSFT US</x:t>
+    <x:t>48,480</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,061,824.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MSFT</x:t>
   </x:si>
   <x:si>
     <x:t>Microsoft Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BPH459</x:t>
   </x:si>
   <x:si>
-    <x:t>23,190</x:t>
-[...8 lines deleted...]
-    <x:t>AVGO US</x:t>
+    <x:t>24,405</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,706,971.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11.03%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AVGO</x:t>
   </x:si>
   <x:si>
     <x:t>Broadcom Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00KHY5S69</x:t>
   </x:si>
   <x:si>
-    <x:t>14,872</x:t>
-[...8 lines deleted...]
-    <x:t>MU US</x:t>
+    <x:t>15,583</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,685,496.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.93%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MU</x:t>
   </x:si>
   <x:si>
     <x:t>Micron Technology Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C5Z1S3</x:t>
   </x:si>
   <x:si>
-    <x:t>1,002</x:t>
-[...8 lines deleted...]
-    <x:t>PLTR US</x:t>
+    <x:t>1,847</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$659,508.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.84%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PLTR</x:t>
   </x:si>
   <x:si>
     <x:t>Palantir Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000N7QR55</x:t>
   </x:si>
   <x:si>
-    <x:t>2,296</x:t>
-[...2 lines deleted...]
-    <x:t>$359,163.28</x:t>
+    <x:t>3,525</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$504,286.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Advanced Micro Devices Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBQCY0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,478</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$500,531.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CSCO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cisco Systems Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C3J3C9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,951</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$475,603.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LRCX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lam Research Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BNFLM9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,906</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$402,947.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>AMAT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Applied Materials Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBPFB9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,191</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$401,569.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ORCL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oracle Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQLTW7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,807</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$392,025.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IBM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>International Business Machines Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BLNNH6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,449</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$342,456.66</x:t>
   </x:si>
   <x:si>
     <x:t>0.43%</x:t>
   </x:si>
   <x:si>
-    <x:t>ORCL US</x:t>
-[...47 lines deleted...]
-    <x:t>$278,699.97</x:t>
+    <x:t>INTC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intel Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C0G1D1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,059</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$304,454.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TXN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Texas Instruments Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BVV7G1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,404</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$267,223.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CRM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Salesforce.Com Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BN2DC2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,452</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$260,358.12</x:t>
   </x:si>
   <x:si>
     <x:t>0.33%</x:t>
   </x:si>
   <x:si>
-    <x:t>LRCX US</x:t>
-[...62 lines deleted...]
-    <x:t>$195,310.30</x:t>
+    <x:t>APH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amphenol Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000B9YJ35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,961</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$242,418.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Analog Devices Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BB6G37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>661</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$203,217.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>INTU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intuit Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BH5DV1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>486</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$202,389.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QCOM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qualcomm Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CGC1X8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,581</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$200,960.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ANET</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Arista Networks Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000N2HDY5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,610</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$194,439.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ACN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Accenture Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000D9D830</x:t>
+  </x:si>
+  <x:si>
+    <x:t>982</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$189,133.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KLAC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kla Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BMTFR4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$187,617.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>APP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Applovin Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG006HFPX77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>474</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$180,688.80</x:t>
   </x:si>
   <x:si>
     <x:t>0.23%</x:t>
   </x:si>
   <x:si>
-    <x:t>CRM US</x:t>
-[...29 lines deleted...]
-    <x:t>NOW US</x:t>
+    <x:t>PANW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Palo Alto Networks Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0014GJCT9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,214</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$178,482.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NOW</x:t>
   </x:si>
   <x:si>
     <x:t>Servicenow Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000M1R011</x:t>
   </x:si>
   <x:si>
-    <x:t>1,565</x:t>
-[...17 lines deleted...]
-    <x:t>$177,150.12</x:t>
+    <x:t>1,768</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$175,756.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CRWD</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Crowdstrike Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00BLYKS03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>442</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$163,354.36</x:t>
   </x:si>
   <x:si>
     <x:t>0.21%</x:t>
   </x:si>
   <x:si>
-    <x:t>APP US</x:t>
-[...11 lines deleted...]
-    <x:t>$166,030.83</x:t>
+    <x:t>GLW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Corning Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BKFZM4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,170</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$160,067.70</x:t>
   </x:si>
   <x:si>
     <x:t>0.20%</x:t>
   </x:si>
   <x:si>
-    <x:t>INTU US</x:t>
-[...5 lines deleted...]
-    <x:t>BBG000BH5DV1</x:t>
+    <x:t>STX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Seagate Technology Holdings Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0113JGQF0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>386</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$146,707.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.19%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADBE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Adobe Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BB5006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>618</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$145,131.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.18%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WDC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Western Digital Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BWNFZ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>499</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$137,394.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CDNS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cadence Design Systems Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C13CD9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>476</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$129,362.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SNPS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Synopsys Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BSFRF3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>318</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$120,989.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SNDK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sandisk Corp/De</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01R388JG1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>158</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$97,301.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ADSK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Autodesk Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BM7HL0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>376</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$86,419.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TEL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Te Connectivity Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01Q08MMR1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>423</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$85,505.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MPWR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Monolithic Power Systems Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C30L48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$85,293.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NXPI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nxp Semiconductors Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BND699</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$84,713.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LITE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lumentum Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t> </x:t>
+  </x:si>
+  <x:si>
+    <x:t>119</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$83,624.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MSI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Motorola Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BP8Z50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>188</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$82,404.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FTNT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fortinet Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BCMBG4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,010</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$78,982.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DELL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dell Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DW3SZS1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>430</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$73,878.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CIEN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ciena Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BP1152</x:t>
+  </x:si>
+  <x:si>
+    <x:t>146</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$58,635.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DDOG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Datadog Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG003NJHZT9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>481</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$55,064.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KEYS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Keysight Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0059FN811</x:t>
+  </x:si>
+  <x:si>
+    <x:t>197</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$54,974.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COHR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coherent Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BG1DH3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>224</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$54,539.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MCHP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Microchip Technology Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BHCP19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>859</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$53,258.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TER</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Teradyne Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BV4DR6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>173</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,140.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HPE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hewlett Packard Enterprise Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0078W3NQ3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,040</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$48,837.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TDY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Teledyne Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BMT9T6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$46,278.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>WDAY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Workday Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000VC0T95</x:t>
   </x:si>
   <x:si>
     <x:t>322</x:t>
   </x:si>
   <x:si>
-    <x:t>$152,521.74</x:t>
-[...269 lines deleted...]
-    <x:t>BBG00DW3SZS1</x:t>
+    <x:t>$39,985.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FICO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fair Isaac Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DW76Y6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$39,431.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CTSH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cognizant Technology Solutions Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BBDV81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>643</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$38,406.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NTAP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Netapp Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000FP1N32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>353</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$36,126.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ON</x:t>
+  </x:si>
+  <x:si>
+    <x:t>On Semiconductor Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DV7MX4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>591</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$34,484.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VRSN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Verisign Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BGKHZ3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>137</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$33,904.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ROP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Roper Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000F1ZSN5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$30,653.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Q</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Qnity Electronics Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01TRL73S5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>261</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$29,169.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HPQ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hp Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000KHWT55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,421</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$27,624.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FFIV</x:t>
+  </x:si>
+  <x:si>
+    <x:t>F5 Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CXYSZ6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,506.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.03%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TYL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tyler Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BVWZF9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,050.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>JBL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jabil Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BJNGN9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,976.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRMB</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Trimble Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BNPS52</x:t>
   </x:si>
   <x:si>
     <x:t>325</x:t>
   </x:si>
   <x:si>
-    <x:t>$47,615.75</x:t>
-[...140 lines deleted...]
-    <x:t>$19,605.13</x:t>
+    <x:t>$20,465.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gartner Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BB65D0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>117</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,184.14</x:t>
   </x:si>
   <x:si>
     <x:t>0.02%</x:t>
   </x:si>
   <x:si>
-    <x:t>HPQ US</x:t>
-[...11 lines deleted...]
-    <x:t>GEN US</x:t>
+    <x:t>AKAM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Akamai Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BJQWD2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>151</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,289.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FSLR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>First Solar Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BFL116</x:t>
+  </x:si>
+  <x:si>
+    <x:t>90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,126.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ZBRA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zebra Technologies Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CC7LQ7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,616.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CDW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cdw Corp/De</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001P63B80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>129</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,243.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PTC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ptc Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C2VBB0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>110</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,137.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EPAM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Epam Systems Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000MHTV89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,437.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GEN</x:t>
   </x:si>
   <x:si>
     <x:t>Gen Digital Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BH2JM1</x:t>
   </x:si>
   <x:si>
-    <x:t>$14,928.10</x:t>
-[...2 lines deleted...]
-    <x:t>SMCI US</x:t>
+    <x:t>678</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,434.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GDDY</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Godaddy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG006MDLY05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,955.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.01%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SWKS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Skyworks Solutions Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000KLB4Q1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>162</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,691.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SMCI</x:t>
   </x:si>
   <x:si>
     <x:t>Super Micro Computer Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000MYZDJ3</x:t>
   </x:si>
   <x:si>
-    <x:t>$11,193.00</x:t>
-[...242 lines deleted...]
-    <x:t>$1,282.68</x:t>
+    <x:t>358</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,865.26</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t> </x:t>
-[...2 lines deleted...]
-    <x:t>206,333</x:t>
+    <x:t>41,043</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$206,332.51</x:t>
-[...2 lines deleted...]
-    <x:t>0.25%</x:t>
+    <x:t>$41,043.31</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$20,355.72</x:t>
+    <x:t>$5,941.02</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1180,56 +1351,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab51458a3bfd4bc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra7eae5abac5f4f7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R84cb793d242a4e05" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b650530afe248bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R9ccadbc980704fd4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R16bda2192f644aea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I72"/>
+  <x:dimension ref="A1:I80"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="48" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="13" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -1717,1602 +1888,1834 @@
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
         <x:v>96</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>101</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>108</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>113</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>114</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>119</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>120</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
+        <x:v>122</x:v>
+      </x:c>
+      <x:c r="E22" s="1" t="s">
+        <x:v>123</x:v>
+      </x:c>
+      <x:c r="F22" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G22" s="1" t="s">
+        <x:v>124</x:v>
+      </x:c>
+      <x:c r="H22" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I22" s="1" t="s">
         <x:v>119</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>122</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>126</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>130</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="D24" s="1" t="s">
+        <x:v>133</x:v>
+      </x:c>
+      <x:c r="E24" s="1" t="s">
+        <x:v>134</x:v>
+      </x:c>
+      <x:c r="F24" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G24" s="1" t="s">
+        <x:v>135</x:v>
+      </x:c>
+      <x:c r="H24" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I24" s="1" t="s">
         <x:v>130</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>134</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>142</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="D26" s="1" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="E26" s="1" t="s">
+        <x:v>145</x:v>
+      </x:c>
+      <x:c r="F26" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G26" s="1" t="s">
+        <x:v>146</x:v>
+      </x:c>
+      <x:c r="H26" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I26" s="1" t="s">
         <x:v>141</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>150</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>152</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="E28" s="1" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="F28" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G28" s="1" t="s">
+        <x:v>157</x:v>
+      </x:c>
+      <x:c r="H28" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I28" s="1" t="s">
         <x:v>152</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>140</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>162</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>163</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>168</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>169</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>175</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>181</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>187</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>193</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>199</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>203</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>205</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>211</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I39" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="E40" s="1" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="F40" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="H40" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I40" s="1" t="s">
         <x:v>217</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>220</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>217</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G43" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="H43" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G44" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="H44" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>242</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="H45" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>253</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="H46" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G47" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="H47" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="D48" s="1" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="E48" s="1" t="s">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="F48" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G48" s="1" t="s">
+        <x:v>269</x:v>
+      </x:c>
+      <x:c r="H48" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I48" s="1" t="s">
         <x:v>259</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G50" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="H50" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I50" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G52" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="H52" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>285</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="H53" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I53" s="1" t="s">
         <x:v>285</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="H55" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
+        <x:v>312</x:v>
+      </x:c>
+      <x:c r="C57" s="1" t="s">
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="D57" s="1" t="s">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="E57" s="1" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="F57" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G57" s="1" t="s">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="H57" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I57" s="1" t="s">
         <x:v>301</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G58" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="H58" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="H59" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="1">
         <x:v>57</x:v>
       </x:c>
       <x:c r="B60" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="C60" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="D60" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="E60" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="F60" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G60" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="H60" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I60" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="61" spans="1:9" ht="15" customHeight="1">
       <x:c r="A61" s="1">
         <x:v>58</x:v>
       </x:c>
       <x:c r="B61" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="C61" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="D61" s="1" t="s">
+        <x:v>335</x:v>
+      </x:c>
+      <x:c r="E61" s="1" t="s">
+        <x:v>336</x:v>
+      </x:c>
+      <x:c r="F61" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G61" s="1" t="s">
+        <x:v>337</x:v>
+      </x:c>
+      <x:c r="H61" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I61" s="1" t="s">
         <x:v>322</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="62" spans="1:9" ht="15" customHeight="1">
       <x:c r="A62" s="1">
         <x:v>59</x:v>
       </x:c>
       <x:c r="B62" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="C62" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="D62" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="E62" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>341</x:v>
       </x:c>
       <x:c r="F62" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G62" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="H62" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I62" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="63" spans="1:9" ht="15" customHeight="1">
       <x:c r="A63" s="1">
         <x:v>60</x:v>
       </x:c>
       <x:c r="B63" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>343</x:v>
       </x:c>
       <x:c r="C63" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>344</x:v>
       </x:c>
       <x:c r="D63" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>345</x:v>
       </x:c>
       <x:c r="E63" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>346</x:v>
       </x:c>
       <x:c r="F63" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G63" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>347</x:v>
       </x:c>
       <x:c r="H63" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I63" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="64" spans="1:9" ht="15" customHeight="1">
       <x:c r="A64" s="1">
         <x:v>61</x:v>
       </x:c>
       <x:c r="B64" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>349</x:v>
       </x:c>
       <x:c r="C64" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>350</x:v>
       </x:c>
       <x:c r="D64" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>351</x:v>
       </x:c>
       <x:c r="E64" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>352</x:v>
       </x:c>
       <x:c r="F64" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G64" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>353</x:v>
       </x:c>
       <x:c r="H64" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I64" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="65" spans="1:9" ht="15" customHeight="1">
       <x:c r="A65" s="1">
         <x:v>62</x:v>
       </x:c>
       <x:c r="B65" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>354</x:v>
       </x:c>
       <x:c r="C65" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>355</x:v>
       </x:c>
       <x:c r="D65" s="1" t="s">
-        <x:v>340</x:v>
+        <x:v>356</x:v>
       </x:c>
       <x:c r="E65" s="1" t="s">
-        <x:v>341</x:v>
+        <x:v>357</x:v>
       </x:c>
       <x:c r="F65" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G65" s="1" t="s">
-        <x:v>342</x:v>
+        <x:v>358</x:v>
       </x:c>
       <x:c r="H65" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I65" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="66" spans="1:9" ht="15" customHeight="1">
       <x:c r="A66" s="1">
         <x:v>63</x:v>
       </x:c>
       <x:c r="B66" s="1" t="s">
-        <x:v>343</x:v>
+        <x:v>359</x:v>
       </x:c>
       <x:c r="C66" s="1" t="s">
-        <x:v>344</x:v>
+        <x:v>360</x:v>
       </x:c>
       <x:c r="D66" s="1" t="s">
-        <x:v>345</x:v>
+        <x:v>361</x:v>
       </x:c>
       <x:c r="E66" s="1" t="s">
-        <x:v>346</x:v>
+        <x:v>362</x:v>
       </x:c>
       <x:c r="F66" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G66" s="1" t="s">
-        <x:v>347</x:v>
+        <x:v>363</x:v>
       </x:c>
       <x:c r="H66" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I66" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>348</x:v>
       </x:c>
     </x:row>
     <x:row r="67" spans="1:9" ht="15" customHeight="1">
       <x:c r="A67" s="1">
         <x:v>64</x:v>
       </x:c>
       <x:c r="B67" s="1" t="s">
-        <x:v>348</x:v>
+        <x:v>364</x:v>
       </x:c>
       <x:c r="C67" s="1" t="s">
-        <x:v>349</x:v>
+        <x:v>365</x:v>
       </x:c>
       <x:c r="D67" s="1" t="s">
-        <x:v>350</x:v>
+        <x:v>366</x:v>
       </x:c>
       <x:c r="E67" s="1" t="s">
-        <x:v>351</x:v>
+        <x:v>367</x:v>
       </x:c>
       <x:c r="F67" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G67" s="1" t="s">
-        <x:v>352</x:v>
+        <x:v>368</x:v>
       </x:c>
       <x:c r="H67" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I67" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>369</x:v>
       </x:c>
     </x:row>
     <x:row r="68" spans="1:9" ht="15" customHeight="1">
       <x:c r="A68" s="1">
         <x:v>65</x:v>
       </x:c>
       <x:c r="B68" s="1" t="s">
-        <x:v>353</x:v>
+        <x:v>370</x:v>
       </x:c>
       <x:c r="C68" s="1" t="s">
-        <x:v>354</x:v>
+        <x:v>371</x:v>
       </x:c>
       <x:c r="D68" s="1" t="s">
-        <x:v>355</x:v>
+        <x:v>372</x:v>
       </x:c>
       <x:c r="E68" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>373</x:v>
       </x:c>
       <x:c r="F68" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G68" s="1" t="s">
-        <x:v>356</x:v>
+        <x:v>374</x:v>
       </x:c>
       <x:c r="H68" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I68" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>369</x:v>
       </x:c>
     </x:row>
     <x:row r="69" spans="1:9" ht="15" customHeight="1">
       <x:c r="A69" s="1">
         <x:v>66</x:v>
       </x:c>
       <x:c r="B69" s="1" t="s">
-        <x:v>357</x:v>
+        <x:v>375</x:v>
       </x:c>
       <x:c r="C69" s="1" t="s">
-        <x:v>358</x:v>
+        <x:v>376</x:v>
       </x:c>
       <x:c r="D69" s="1" t="s">
-        <x:v>359</x:v>
+        <x:v>377</x:v>
       </x:c>
       <x:c r="E69" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>378</x:v>
       </x:c>
       <x:c r="F69" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G69" s="1" t="s">
-        <x:v>360</x:v>
+        <x:v>379</x:v>
       </x:c>
       <x:c r="H69" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I69" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>369</x:v>
       </x:c>
     </x:row>
     <x:row r="70" spans="1:9" ht="15" customHeight="1">
       <x:c r="A70" s="1">
         <x:v>67</x:v>
       </x:c>
       <x:c r="B70" s="1" t="s">
-        <x:v>361</x:v>
+        <x:v>380</x:v>
       </x:c>
       <x:c r="C70" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>381</x:v>
       </x:c>
       <x:c r="D70" s="1" t="s">
-        <x:v>362</x:v>
+        <x:v>382</x:v>
       </x:c>
       <x:c r="E70" s="1" t="s">
-        <x:v>363</x:v>
+        <x:v>383</x:v>
       </x:c>
       <x:c r="F70" s="1" t="s">
-        <x:v>364</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G70" s="1" t="s">
-        <x:v>365</x:v>
+        <x:v>384</x:v>
       </x:c>
       <x:c r="H70" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I70" s="1" t="s">
-        <x:v>366</x:v>
+        <x:v>369</x:v>
       </x:c>
     </x:row>
     <x:row r="71" spans="1:9" ht="15" customHeight="1">
       <x:c r="A71" s="1">
         <x:v>68</x:v>
       </x:c>
       <x:c r="B71" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>385</x:v>
       </x:c>
       <x:c r="C71" s="1" t="s">
-        <x:v>367</x:v>
+        <x:v>386</x:v>
       </x:c>
       <x:c r="D71" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>387</x:v>
       </x:c>
       <x:c r="E71" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>388</x:v>
       </x:c>
       <x:c r="F71" s="1" t="s">
-        <x:v>368</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G71" s="1" t="s">
+        <x:v>389</x:v>
+      </x:c>
+      <x:c r="H71" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I71" s="1" t="s">
         <x:v>369</x:v>
       </x:c>
-      <x:c r="H71" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
     </x:row>
     <x:row r="72" spans="1:9" ht="15" customHeight="1">
-      <x:c r="A72" s="2" t="s">
-[...2 lines deleted...]
-      <x:c r="B72" s="2" t="s">
+      <x:c r="A72" s="1">
+        <x:v>69</x:v>
+      </x:c>
+      <x:c r="B72" s="1" t="s">
+        <x:v>390</x:v>
+      </x:c>
+      <x:c r="C72" s="1" t="s">
+        <x:v>391</x:v>
+      </x:c>
+      <x:c r="D72" s="1" t="s">
+        <x:v>392</x:v>
+      </x:c>
+      <x:c r="E72" s="1" t="s">
+        <x:v>393</x:v>
+      </x:c>
+      <x:c r="F72" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G72" s="1" t="s">
+        <x:v>394</x:v>
+      </x:c>
+      <x:c r="H72" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I72" s="1" t="s">
+        <x:v>369</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="73" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A73" s="1">
+        <x:v>70</x:v>
+      </x:c>
+      <x:c r="B73" s="1" t="s">
+        <x:v>395</x:v>
+      </x:c>
+      <x:c r="C73" s="1" t="s">
+        <x:v>396</x:v>
+      </x:c>
+      <x:c r="D73" s="1" t="s">
+        <x:v>397</x:v>
+      </x:c>
+      <x:c r="E73" s="1" t="s">
+        <x:v>398</x:v>
+      </x:c>
+      <x:c r="F73" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G73" s="1" t="s">
+        <x:v>399</x:v>
+      </x:c>
+      <x:c r="H73" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I73" s="1" t="s">
+        <x:v>369</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="74" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A74" s="1">
+        <x:v>71</x:v>
+      </x:c>
+      <x:c r="B74" s="1" t="s">
+        <x:v>400</x:v>
+      </x:c>
+      <x:c r="C74" s="1" t="s">
+        <x:v>401</x:v>
+      </x:c>
+      <x:c r="D74" s="1" t="s">
+        <x:v>402</x:v>
+      </x:c>
+      <x:c r="E74" s="1" t="s">
+        <x:v>403</x:v>
+      </x:c>
+      <x:c r="F74" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G74" s="1" t="s">
+        <x:v>404</x:v>
+      </x:c>
+      <x:c r="H74" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I74" s="1" t="s">
+        <x:v>369</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="75" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A75" s="1">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="B75" s="1" t="s">
+        <x:v>405</x:v>
+      </x:c>
+      <x:c r="C75" s="1" t="s">
+        <x:v>406</x:v>
+      </x:c>
+      <x:c r="D75" s="1" t="s">
+        <x:v>407</x:v>
+      </x:c>
+      <x:c r="E75" s="1" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="F75" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G75" s="1" t="s">
+        <x:v>408</x:v>
+      </x:c>
+      <x:c r="H75" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I75" s="1" t="s">
+        <x:v>409</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="76" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A76" s="1">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="B76" s="1" t="s">
+        <x:v>410</x:v>
+      </x:c>
+      <x:c r="C76" s="1" t="s">
+        <x:v>411</x:v>
+      </x:c>
+      <x:c r="D76" s="1" t="s">
+        <x:v>412</x:v>
+      </x:c>
+      <x:c r="E76" s="1" t="s">
+        <x:v>413</x:v>
+      </x:c>
+      <x:c r="F76" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G76" s="1" t="s">
+        <x:v>414</x:v>
+      </x:c>
+      <x:c r="H76" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I76" s="1" t="s">
+        <x:v>409</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="77" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A77" s="1">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="B77" s="1" t="s">
+        <x:v>415</x:v>
+      </x:c>
+      <x:c r="C77" s="1" t="s">
+        <x:v>416</x:v>
+      </x:c>
+      <x:c r="D77" s="1" t="s">
+        <x:v>417</x:v>
+      </x:c>
+      <x:c r="E77" s="1" t="s">
+        <x:v>418</x:v>
+      </x:c>
+      <x:c r="F77" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G77" s="1" t="s">
+        <x:v>419</x:v>
+      </x:c>
+      <x:c r="H77" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I77" s="1" t="s">
+        <x:v>409</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="78" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A78" s="1">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="B78" s="1" t="s">
+        <x:v>420</x:v>
+      </x:c>
+      <x:c r="C78" s="1" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="D78" s="1" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="E78" s="1" t="s">
+        <x:v>421</x:v>
+      </x:c>
+      <x:c r="F78" s="1" t="s">
+        <x:v>422</x:v>
+      </x:c>
+      <x:c r="G78" s="1" t="s">
+        <x:v>423</x:v>
+      </x:c>
+      <x:c r="H78" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I78" s="1" t="s">
+        <x:v>301</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="79" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A79" s="1">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="B79" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="C79" s="1" t="s">
+        <x:v>424</x:v>
+      </x:c>
+      <x:c r="D79" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E79" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F79" s="1" t="s">
+        <x:v>425</x:v>
+      </x:c>
+      <x:c r="G79" s="1" t="s">
+        <x:v>426</x:v>
+      </x:c>
+      <x:c r="H79" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I79" s="1" t="s">
+        <x:v>409</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="80" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A80" s="2" t="s">
+        <x:v>427</x:v>
+      </x:c>
+      <x:c r="B80" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C72" s="2" t="s">
+      <x:c r="C80" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D72" s="2" t="s">
+      <x:c r="D80" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E72" s="2" t="s">
+      <x:c r="E80" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F72" s="2" t="s">
+      <x:c r="F80" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G72" s="2" t="s">
+      <x:c r="G80" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="H72" s="2" t="s">
+      <x:c r="H80" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I72" s="2" t="s">
+      <x:c r="I80" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A72:I72"/>
+    <x:mergeCell ref="A80:I80"/>
   </x:mergeCells>
 </x:worksheet>
 </file>