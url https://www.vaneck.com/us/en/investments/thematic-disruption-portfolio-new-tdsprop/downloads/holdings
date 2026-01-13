--- v0 (2025-12-07)
+++ v1 (2026-01-13)
@@ -1,270 +1,267 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re63f5313f56c4ddb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87037b6fc6254cc2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="TDSPROP_asof_20251031" sheetId="1" r:id="R0a546f09bc3d4c23"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="TDSPROP_asof_20251130" sheetId="1" r:id="R8ad6bcccc8f14848"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="112" uniqueCount="75">
-[...1 lines deleted...]
-    <x:t>Holdings 10/31/2025</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="112" uniqueCount="74">
+  <x:si>
+    <x:t>Holdings 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Sub Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>VGT</x:t>
   </x:si>
   <x:si>
     <x:t>Vanguard Information Technology ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000HSZQ76</x:t>
   </x:si>
   <x:si>
     <x:t>Equities</x:t>
   </x:si>
   <x:si>
     <x:t>Computing</x:t>
   </x:si>
   <x:si>
-    <x:t>11.73%</x:t>
+    <x:t>11.14%</x:t>
   </x:si>
   <x:si>
     <x:t>AIQ</x:t>
   </x:si>
   <x:si>
     <x:t>Global X Artificial Intelligence &amp; Technology ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00KX8KG94</x:t>
   </x:si>
   <x:si>
     <x:t>Artificial Intelligence</x:t>
   </x:si>
   <x:si>
-    <x:t>11.23%</x:t>
+    <x:t>9.85%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>XLK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>State Street Technology Select Sector SPDR ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BJ7007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.15%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SMH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VanEck Semiconductor ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BV7ZQ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Robotics</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IYW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>iShares U.S. Technology ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CF9GL4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.98%</x:t>
   </x:si>
   <x:si>
     <x:t>QTUM</x:t>
   </x:si>
   <x:si>
     <x:t>Defiance Quantum ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00LWJ39P6</x:t>
   </x:si>
   <x:si>
-    <x:t>9.87%</x:t>
-[...38 lines deleted...]
-    <x:t>8.86%</x:t>
+    <x:t>8.63%</x:t>
   </x:si>
   <x:si>
     <x:t>FDIS</x:t>
   </x:si>
   <x:si>
     <x:t>Fidelity MSCI Consumer Discretionary Index ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG005FHVPT3</x:t>
   </x:si>
   <x:si>
     <x:t>Consumer</x:t>
   </x:si>
   <x:si>
-    <x:t>7.59%</x:t>
+    <x:t>7.90%</x:t>
   </x:si>
   <x:si>
     <x:t>ESPO</x:t>
   </x:si>
   <x:si>
     <x:t>VanEck Video Gaming and eSports ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00M8CX9N5</x:t>
   </x:si>
   <x:si>
-    <x:t>6.39%</x:t>
+    <x:t>6.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HODL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VanEck Bitcoin ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KY678Y1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Digital Assets</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Finance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RAAX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VanEck Real Assets ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KK0KQ11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Real Assets</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SMHX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VanEck Fabless Semiconductor ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PH7P056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.96%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GPZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VanEck Alternative Asset Manager ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V8DV9N4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.56%</x:t>
   </x:si>
   <x:si>
     <x:t>NLR</x:t>
   </x:si>
   <x:si>
     <x:t>VanEck Uranium and Nuclear ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000KJ6RN4</x:t>
   </x:si>
   <x:si>
-    <x:t>Real Assets</x:t>
-[...58 lines deleted...]
-  <x:si>
     <x:t>GLIN</x:t>
   </x:si>
   <x:si>
     <x:t>VanEck India Growth Leaders ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0014XRYF0</x:t>
   </x:si>
   <x:si>
     <x:t>Leapfrog Innovation</x:t>
   </x:si>
   <x:si>
-    <x:t>1.61%</x:t>
+    <x:t>0.83%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -292,51 +289,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb04b31ff3c7946ad" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R7a677d0a7e914185" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0a546f09bc3d4c23" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6feaccd2005456f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R7a49f08609844f1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8ad6bcccc8f14848" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:G18"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="12" customWidth="1"/>
     <x:col min="3" max="3" width="63" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="21" customWidth="1"/>
     <x:col min="6" max="6" width="32" customWidth="1"/>
     <x:col min="7" max="7" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -440,120 +437,120 @@
       </x:c>
       <x:c r="F5" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G5" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7" ht="15" customHeight="1">
       <x:c r="A6" s="1">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B6" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C6" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D6" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="E6" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G6" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7" ht="15" customHeight="1">
       <x:c r="A7" s="1">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B7" s="1" t="s">
         <x:v>24</x:v>
       </x:c>
       <x:c r="C7" s="1" t="s">
         <x:v>25</x:v>
       </x:c>
       <x:c r="D7" s="1" t="s">
         <x:v>26</x:v>
       </x:c>
       <x:c r="E7" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F7" s="1" t="s">
-        <x:v>13</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="G7" s="1" t="s">
-        <x:v>27</x:v>
+        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7" ht="15" customHeight="1">
       <x:c r="A8" s="1">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
-        <x:v>28</x:v>
+        <x:v>29</x:v>
       </x:c>
       <x:c r="C8" s="1" t="s">
-        <x:v>29</x:v>
+        <x:v>30</x:v>
       </x:c>
       <x:c r="D8" s="1" t="s">
-        <x:v>30</x:v>
+        <x:v>31</x:v>
       </x:c>
       <x:c r="E8" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F8" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G8" s="1" t="s">
-        <x:v>31</x:v>
+        <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7" ht="15" customHeight="1">
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>33</x:v>
       </x:c>
       <x:c r="C9" s="1" t="s">
-        <x:v>33</x:v>
+        <x:v>34</x:v>
       </x:c>
       <x:c r="D9" s="1" t="s">
-        <x:v>34</x:v>
+        <x:v>35</x:v>
       </x:c>
       <x:c r="E9" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F9" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="G9" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="G10" s="1" t="s">
@@ -578,174 +575,174 @@
       </x:c>
       <x:c r="F11" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="G11" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="G12" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>51</x:v>
+        <x:v>52</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
-        <x:v>52</x:v>
+        <x:v>53</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
-        <x:v>53</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
-        <x:v>35</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
+        <x:v>68</x:v>
+      </x:c>
+      <x:c r="C17" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="C17" s="1" t="s">
+      <x:c r="D17" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
-      <x:c r="D17" s="1" t="s">
+      <x:c r="E17" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="F17" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
-      <x:c r="E17" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="F17" s="1" t="s">
+      <x:c r="G17" s="1" t="s">
         <x:v>72</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>73</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7" ht="15" customHeight="1">
       <x:c r="A18" s="2" t="s">
-        <x:v>74</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="B18" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C18" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D18" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E18" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F18" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G18" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:G1"/>
     <x:mergeCell ref="A2:G2"/>
     <x:mergeCell ref="A18:G18"/>