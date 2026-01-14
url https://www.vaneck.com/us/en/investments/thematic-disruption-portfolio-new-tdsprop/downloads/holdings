--- v1 (2026-01-13)
+++ v2 (2026-01-14)
@@ -1,49 +1,49 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R87037b6fc6254cc2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2aa7f16dadbc40d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="TDSPROP_asof_20251130" sheetId="1" r:id="R8ad6bcccc8f14848"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="TDSPROP_asof_20251130" sheetId="1" r:id="R7e18085972d34428"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="112" uniqueCount="74">
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="124" uniqueCount="82">
   <x:si>
     <x:t>Holdings 11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Sub Asset Class</x:t>
   </x:si>
   <x:si>
@@ -203,50 +203,74 @@
     <x:t>BBG01PH7P056</x:t>
   </x:si>
   <x:si>
     <x:t>4.96%</x:t>
   </x:si>
   <x:si>
     <x:t>GPZ</x:t>
   </x:si>
   <x:si>
     <x:t>VanEck Alternative Asset Manager ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01V8DV9N4</x:t>
   </x:si>
   <x:si>
     <x:t>4.56%</x:t>
   </x:si>
   <x:si>
     <x:t>NLR</x:t>
   </x:si>
   <x:si>
     <x:t>VanEck Uranium and Nuclear ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000KJ6RN4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRUT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VanEck Technology TruSector ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WT38H22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.91%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VOX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vanguard Communication Services ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000HTGPJ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.34%</x:t>
   </x:si>
   <x:si>
     <x:t>GLIN</x:t>
   </x:si>
   <x:si>
     <x:t>VanEck India Growth Leaders ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0014XRYF0</x:t>
   </x:si>
   <x:si>
     <x:t>Leapfrog Innovation</x:t>
   </x:si>
   <x:si>
     <x:t>0.83%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
@@ -289,56 +313,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re6feaccd2005456f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R7a49f08609844f1c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8ad6bcccc8f14848" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8cc983b35194582" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R068ea0c16c24493f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7e18085972d34428" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:G18"/>
+  <x:dimension ref="A1:G20"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="12" customWidth="1"/>
     <x:col min="3" max="3" width="63" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="21" customWidth="1"/>
     <x:col min="6" max="6" width="32" customWidth="1"/>
     <x:col min="7" max="7" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
@@ -690,62 +714,108 @@
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
+        <x:v>13</x:v>
+      </x:c>
+      <x:c r="G17" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
-      <x:c r="G17" s="1" t="s">
+    </x:row>
+    <x:row r="18" spans="1:7" ht="15" customHeight="1">
+      <x:c r="A18" s="1">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="B18" s="1" t="s">
         <x:v>72</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A18" s="2" t="s">
+      <x:c r="C18" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="B18" s="2" t="s">
-[...14 lines deleted...]
-      <x:c r="G18" s="2" t="s">
+      <x:c r="D18" s="1" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="E18" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="F18" s="1" t="s">
+        <x:v>18</x:v>
+      </x:c>
+      <x:c r="G18" s="1" t="s">
+        <x:v>75</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="19" spans="1:7" ht="15" customHeight="1">
+      <x:c r="A19" s="1">
+        <x:v>16</x:v>
+      </x:c>
+      <x:c r="B19" s="1" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
+        <x:v>77</x:v>
+      </x:c>
+      <x:c r="D19" s="1" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="E19" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="F19" s="1" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="G19" s="1" t="s">
+        <x:v>80</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="20" spans="1:7" ht="15" customHeight="1">
+      <x:c r="A20" s="2" t="s">
+        <x:v>81</x:v>
+      </x:c>
+      <x:c r="B20" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C20" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D20" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="E20" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F20" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G20" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:G1"/>
     <x:mergeCell ref="A2:G2"/>
-    <x:mergeCell ref="A18:G18"/>
+    <x:mergeCell ref="A20:G20"/>
   </x:mergeCells>
 </x:worksheet>
 </file>