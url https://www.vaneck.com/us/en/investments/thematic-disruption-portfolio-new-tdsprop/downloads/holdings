--- v2 (2026-01-14)
+++ v3 (2026-02-06)
@@ -1,291 +1,294 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2aa7f16dadbc40d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6410b3195e04e3e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="TDSPROP_asof_20251130" sheetId="1" r:id="R7e18085972d34428"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="TDSPROP_asof_20251231" sheetId="1" r:id="R0e56bf17c6c441b6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="124" uniqueCount="82">
-[...1 lines deleted...]
-    <x:t>Holdings 11/30/2025</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="124" uniqueCount="83">
+  <x:si>
+    <x:t>Holdings 12/31/2025</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Sub Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>VGT</x:t>
   </x:si>
   <x:si>
     <x:t>Vanguard Information Technology ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000HSZQ76</x:t>
   </x:si>
   <x:si>
     <x:t>Equities</x:t>
   </x:si>
   <x:si>
     <x:t>Computing</x:t>
   </x:si>
   <x:si>
-    <x:t>11.14%</x:t>
+    <x:t>10.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SMH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VanEck Semiconductor ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BV7ZQ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Robotics</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.22%</x:t>
   </x:si>
   <x:si>
     <x:t>AIQ</x:t>
   </x:si>
   <x:si>
     <x:t>Global X Artificial Intelligence &amp; Technology ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00KX8KG94</x:t>
   </x:si>
   <x:si>
     <x:t>Artificial Intelligence</x:t>
   </x:si>
   <x:si>
-    <x:t>9.85%</x:t>
+    <x:t>9.08%</x:t>
   </x:si>
   <x:si>
     <x:t>XLK</x:t>
   </x:si>
   <x:si>
     <x:t>State Street Technology Select Sector SPDR ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJ7007</x:t>
   </x:si>
   <x:si>
-    <x:t>9.15%</x:t>
-[...14 lines deleted...]
-    <x:t>9.06%</x:t>
+    <x:t>8.72%</x:t>
   </x:si>
   <x:si>
     <x:t>IYW</x:t>
   </x:si>
   <x:si>
     <x:t>iShares U.S. Technology ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CF9GL4</x:t>
   </x:si>
   <x:si>
-    <x:t>8.98%</x:t>
+    <x:t>8.68%</x:t>
   </x:si>
   <x:si>
     <x:t>QTUM</x:t>
   </x:si>
   <x:si>
     <x:t>Defiance Quantum ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00LWJ39P6</x:t>
   </x:si>
   <x:si>
-    <x:t>8.63%</x:t>
+    <x:t>8.17%</x:t>
   </x:si>
   <x:si>
     <x:t>FDIS</x:t>
   </x:si>
   <x:si>
     <x:t>Fidelity MSCI Consumer Discretionary Index ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG005FHVPT3</x:t>
   </x:si>
   <x:si>
     <x:t>Consumer</x:t>
   </x:si>
   <x:si>
-    <x:t>7.90%</x:t>
+    <x:t>7.93%</x:t>
   </x:si>
   <x:si>
     <x:t>ESPO</x:t>
   </x:si>
   <x:si>
     <x:t>VanEck Video Gaming and eSports ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00M8CX9N5</x:t>
   </x:si>
   <x:si>
-    <x:t>6.56%</x:t>
+    <x:t>5.79%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RAAX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VanEck Real Assets ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KK0KQ11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Real Assets</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.04%</x:t>
   </x:si>
   <x:si>
     <x:t>HODL</x:t>
   </x:si>
   <x:si>
     <x:t>VanEck Bitcoin ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01KY678Y1</x:t>
   </x:si>
   <x:si>
     <x:t>Digital Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Finance</x:t>
   </x:si>
   <x:si>
-    <x:t>5.22%</x:t>
-[...14 lines deleted...]
-    <x:t>5.16%</x:t>
+    <x:t>5.01%</x:t>
   </x:si>
   <x:si>
     <x:t>SMHX</x:t>
   </x:si>
   <x:si>
     <x:t>VanEck Fabless Semiconductor ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01PH7P056</x:t>
   </x:si>
   <x:si>
-    <x:t>4.96%</x:t>
+    <x:t>4.90%</x:t>
   </x:si>
   <x:si>
     <x:t>GPZ</x:t>
   </x:si>
   <x:si>
     <x:t>VanEck Alternative Asset Manager ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01V8DV9N4</x:t>
   </x:si>
   <x:si>
-    <x:t>4.56%</x:t>
+    <x:t>4.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRUT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VanEck Technology TruSector ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WT38H22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.40%</x:t>
   </x:si>
   <x:si>
     <x:t>NLR</x:t>
   </x:si>
   <x:si>
     <x:t>VanEck Uranium and Nuclear ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000KJ6RN4</x:t>
   </x:si>
   <x:si>
-    <x:t>TRUT</x:t>
-[...8 lines deleted...]
-    <x:t>1.91%</x:t>
+    <x:t>3.86%</x:t>
   </x:si>
   <x:si>
     <x:t>VOX</x:t>
   </x:si>
   <x:si>
     <x:t>Vanguard Communication Services ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000HTGPJ4</x:t>
   </x:si>
   <x:si>
-    <x:t>1.34%</x:t>
+    <x:t>3.01%</x:t>
   </x:si>
   <x:si>
     <x:t>GLIN</x:t>
   </x:si>
   <x:si>
     <x:t>VanEck India Growth Leaders ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0014XRYF0</x:t>
   </x:si>
   <x:si>
     <x:t>Leapfrog Innovation</x:t>
   </x:si>
   <x:si>
-    <x:t>0.83%</x:t>
+    <x:t>0.72%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -313,51 +316,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd8cc983b35194582" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R068ea0c16c24493f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7e18085972d34428" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42012b33b8364a0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R5fc68ba2ead44e0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0e56bf17c6c441b6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:G20"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="12" customWidth="1"/>
     <x:col min="3" max="3" width="63" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="21" customWidth="1"/>
     <x:col min="6" max="6" width="32" customWidth="1"/>
     <x:col min="7" max="7" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -461,120 +464,120 @@
       </x:c>
       <x:c r="F5" s="1" t="s">
         <x:v>18</x:v>
       </x:c>
       <x:c r="G5" s="1" t="s">
         <x:v>19</x:v>
       </x:c>
     </x:row>
     <x:row r="6" spans="1:7" ht="15" customHeight="1">
       <x:c r="A6" s="1">
         <x:v>3</x:v>
       </x:c>
       <x:c r="B6" s="1" t="s">
         <x:v>20</x:v>
       </x:c>
       <x:c r="C6" s="1" t="s">
         <x:v>21</x:v>
       </x:c>
       <x:c r="D6" s="1" t="s">
         <x:v>22</x:v>
       </x:c>
       <x:c r="E6" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F6" s="1" t="s">
-        <x:v>13</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="G6" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>24</x:v>
       </x:c>
     </x:row>
     <x:row r="7" spans="1:7" ht="15" customHeight="1">
       <x:c r="A7" s="1">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B7" s="1" t="s">
-        <x:v>24</x:v>
+        <x:v>25</x:v>
       </x:c>
       <x:c r="C7" s="1" t="s">
-        <x:v>25</x:v>
+        <x:v>26</x:v>
       </x:c>
       <x:c r="D7" s="1" t="s">
-        <x:v>26</x:v>
+        <x:v>27</x:v>
       </x:c>
       <x:c r="E7" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F7" s="1" t="s">
-        <x:v>27</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G7" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7" ht="15" customHeight="1">
       <x:c r="A8" s="1">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C8" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D8" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="E8" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F8" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G8" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7" ht="15" customHeight="1">
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C9" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="D9" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="E9" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F9" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="G9" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="G10" s="1" t="s">
@@ -599,220 +602,220 @@
       </x:c>
       <x:c r="F11" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="G11" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
+        <x:v>49</x:v>
+      </x:c>
+      <x:c r="G12" s="1" t="s">
         <x:v>50</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>51</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
+        <x:v>51</x:v>
+      </x:c>
+      <x:c r="C13" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
-      <x:c r="C13" s="1" t="s">
+      <x:c r="D13" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
-      <x:c r="D13" s="1" t="s">
+      <x:c r="E13" s="1" t="s">
         <x:v>54</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>55</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
-        <x:v>27</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
-        <x:v>13</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7" ht="15" customHeight="1">
       <x:c r="A20" s="2" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="B20" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C20" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D20" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E20" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F20" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G20" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:G1"/>
     <x:mergeCell ref="A2:G2"/>
     <x:mergeCell ref="A20:G20"/>