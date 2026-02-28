--- v3 (2026-02-06)
+++ v4 (2026-02-28)
@@ -1,294 +1,303 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6410b3195e04e3e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6cdd245fa6c54e8d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="TDSPROP_asof_20251231" sheetId="1" r:id="R0e56bf17c6c441b6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="TDSPROP_asof_20260131" sheetId="1" r:id="Rb8e984fb7aed4c8d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="124" uniqueCount="83">
-[...1 lines deleted...]
-    <x:t>Holdings 12/31/2025</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="130" uniqueCount="86">
+  <x:si>
+    <x:t>Holdings 01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Sub Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>VGT</x:t>
   </x:si>
   <x:si>
     <x:t>Vanguard Information Technology ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000HSZQ76</x:t>
   </x:si>
   <x:si>
     <x:t>Equities</x:t>
   </x:si>
   <x:si>
     <x:t>Computing</x:t>
   </x:si>
   <x:si>
-    <x:t>10.53%</x:t>
+    <x:t>10.69%</x:t>
   </x:si>
   <x:si>
     <x:t>SMH</x:t>
   </x:si>
   <x:si>
     <x:t>VanEck Semiconductor ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BV7ZQ5</x:t>
   </x:si>
   <x:si>
     <x:t>Robotics</x:t>
   </x:si>
   <x:si>
-    <x:t>9.22%</x:t>
+    <x:t>10.02%</x:t>
   </x:si>
   <x:si>
     <x:t>AIQ</x:t>
   </x:si>
   <x:si>
     <x:t>Global X Artificial Intelligence &amp; Technology ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00KX8KG94</x:t>
   </x:si>
   <x:si>
     <x:t>Artificial Intelligence</x:t>
   </x:si>
   <x:si>
-    <x:t>9.08%</x:t>
+    <x:t>9.00%</x:t>
   </x:si>
   <x:si>
     <x:t>XLK</x:t>
   </x:si>
   <x:si>
     <x:t>State Street Technology Select Sector SPDR ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJ7007</x:t>
   </x:si>
   <x:si>
-    <x:t>8.72%</x:t>
+    <x:t>8.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>QTUM</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Defiance Quantum ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00LWJ39P6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.37%</x:t>
   </x:si>
   <x:si>
     <x:t>IYW</x:t>
   </x:si>
   <x:si>
     <x:t>iShares U.S. Technology ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CF9GL4</x:t>
   </x:si>
   <x:si>
-    <x:t>8.68%</x:t>
-[...11 lines deleted...]
-    <x:t>8.17%</x:t>
+    <x:t>8.36%</x:t>
   </x:si>
   <x:si>
     <x:t>FDIS</x:t>
   </x:si>
   <x:si>
     <x:t>Fidelity MSCI Consumer Discretionary Index ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG005FHVPT3</x:t>
   </x:si>
   <x:si>
     <x:t>Consumer</x:t>
   </x:si>
   <x:si>
-    <x:t>7.93%</x:t>
-[...11 lines deleted...]
-    <x:t>5.79%</x:t>
+    <x:t>6.31%</x:t>
   </x:si>
   <x:si>
     <x:t>RAAX</x:t>
   </x:si>
   <x:si>
     <x:t>VanEck Real Assets ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00KK0KQ11</x:t>
   </x:si>
   <x:si>
     <x:t>Real Assets</x:t>
   </x:si>
   <x:si>
-    <x:t>5.04%</x:t>
+    <x:t>5.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SMHX</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VanEck Fabless Semiconductor ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01PH7P056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.88%</x:t>
   </x:si>
   <x:si>
     <x:t>HODL</x:t>
   </x:si>
   <x:si>
     <x:t>VanEck Bitcoin ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01KY678Y1</x:t>
   </x:si>
   <x:si>
     <x:t>Digital Assets</x:t>
   </x:si>
   <x:si>
     <x:t>Finance</x:t>
   </x:si>
   <x:si>
-    <x:t>5.01%</x:t>
-[...11 lines deleted...]
-    <x:t>4.90%</x:t>
+    <x:t>4.66%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TRUT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VanEck Technology TruSector ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01WT38H22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NLR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VanEck Uranium and Nuclear ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000KJ6RN4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PPA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Invesco Aerospace &amp; Defense ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BDX0N6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.20%</x:t>
   </x:si>
   <x:si>
     <x:t>GPZ</x:t>
   </x:si>
   <x:si>
     <x:t>VanEck Alternative Asset Manager ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01V8DV9N4</x:t>
   </x:si>
   <x:si>
-    <x:t>4.49%</x:t>
-[...25 lines deleted...]
-  <x:si>
     <x:t>VOX</x:t>
   </x:si>
   <x:si>
     <x:t>Vanguard Communication Services ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000HTGPJ4</x:t>
   </x:si>
   <x:si>
-    <x:t>3.01%</x:t>
-[...14 lines deleted...]
-    <x:t>0.72%</x:t>
+    <x:t>3.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GRID</x:t>
+  </x:si>
+  <x:si>
+    <x:t>First Trust Nasdaq Clean Edge Smart GRID Infrastructure Index</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PW59Q8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Natural Resources</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PAVE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Global X U.S. Infrastructure Development ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00G5CR8N0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.57%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -316,60 +325,60 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42012b33b8364a0e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R5fc68ba2ead44e0b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0e56bf17c6c441b6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb0a47b82b564f8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R348f99dfa4724ec2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb8e984fb7aed4c8d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:G20"/>
+  <x:dimension ref="A1:G21"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="12" customWidth="1"/>
-    <x:col min="3" max="3" width="63" customWidth="1"/>
+    <x:col min="3" max="3" width="78" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="21" customWidth="1"/>
     <x:col min="6" max="6" width="32" customWidth="1"/>
     <x:col min="7" max="7" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -510,315 +519,338 @@
       </x:c>
       <x:c r="F7" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G7" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7" ht="15" customHeight="1">
       <x:c r="A8" s="1">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C8" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D8" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="E8" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F8" s="1" t="s">
-        <x:v>13</x:v>
+        <x:v>23</x:v>
       </x:c>
       <x:c r="G8" s="1" t="s">
         <x:v>32</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7" ht="15" customHeight="1">
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
       <x:c r="C9" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
       <x:c r="D9" s="1" t="s">
         <x:v>35</x:v>
       </x:c>
       <x:c r="E9" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F9" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G9" s="1" t="s">
         <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
       <x:c r="C10" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
       <x:c r="D10" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
       <x:c r="E10" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F10" s="1" t="s">
         <x:v>40</x:v>
       </x:c>
       <x:c r="G10" s="1" t="s">
         <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
       <x:c r="C11" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
       <x:c r="D11" s="1" t="s">
         <x:v>44</x:v>
       </x:c>
       <x:c r="E11" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="G11" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
-        <x:v>46</x:v>
+        <x:v>47</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
-        <x:v>47</x:v>
+        <x:v>48</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
-        <x:v>48</x:v>
+        <x:v>49</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="G12" s="1" t="s">
         <x:v>50</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
         <x:v>54</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
         <x:v>55</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
         <x:v>56</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
         <x:v>57</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
         <x:v>58</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
         <x:v>59</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
         <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>45</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
         <x:v>66</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
-        <x:v>13</x:v>
+        <x:v>40</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
-        <x:v>49</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>68</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="C18" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="C18" s="1" t="s">
+      <x:c r="D18" s="1" t="s">
         <x:v>74</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>75</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>75</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>76</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
-      <x:c r="C19" s="1" t="s">
+      <x:c r="D19" s="1" t="s">
         <x:v>78</x:v>
       </x:c>
-      <x:c r="D19" s="1" t="s">
+      <x:c r="E19" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="F19" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="E19" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="F19" s="1" t="s">
+      <x:c r="G19" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
-      <x:c r="G19" s="1" t="s">
+    </x:row>
+    <x:row r="20" spans="1:7" ht="15" customHeight="1">
+      <x:c r="A20" s="1">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="B20" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A20" s="2" t="s">
+      <x:c r="C20" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="B20" s="2" t="s">
-[...14 lines deleted...]
-      <x:c r="G20" s="2" t="s">
+      <x:c r="D20" s="1" t="s">
+        <x:v>83</x:v>
+      </x:c>
+      <x:c r="E20" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="F20" s="1" t="s">
+        <x:v>79</x:v>
+      </x:c>
+      <x:c r="G20" s="1" t="s">
+        <x:v>84</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="21" spans="1:7" ht="15" customHeight="1">
+      <x:c r="A21" s="2" t="s">
+        <x:v>85</x:v>
+      </x:c>
+      <x:c r="B21" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C21" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D21" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="E21" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F21" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G21" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:G1"/>
     <x:mergeCell ref="A2:G2"/>
-    <x:mergeCell ref="A20:G20"/>
+    <x:mergeCell ref="A21:G21"/>
   </x:mergeCells>
 </x:worksheet>
 </file>