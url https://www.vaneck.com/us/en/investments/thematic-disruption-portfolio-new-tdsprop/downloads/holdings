--- v4 (2026-02-28)
+++ v5 (2026-03-21)
@@ -1,303 +1,288 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6cdd245fa6c54e8d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4651495bdaa145af" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="TDSPROP_asof_20260131" sheetId="1" r:id="Rb8e984fb7aed4c8d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="TDSPROP_asof_20260228" sheetId="1" r:id="Rdbf198e6977a419f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="130" uniqueCount="86">
-[...1 lines deleted...]
-    <x:t>Holdings 01/31/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="130" uniqueCount="81">
+  <x:si>
+    <x:t>Holdings 02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Sub Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>VGT</x:t>
   </x:si>
   <x:si>
-    <x:t>Vanguard Information Technology ETF</x:t>
+    <x:t>Vanguard Info Tech ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000HSZQ76</x:t>
   </x:si>
   <x:si>
     <x:t>Equities</x:t>
   </x:si>
   <x:si>
     <x:t>Computing</x:t>
   </x:si>
   <x:si>
-    <x:t>10.69%</x:t>
+    <x:t>10.50%</x:t>
   </x:si>
   <x:si>
     <x:t>SMH</x:t>
   </x:si>
   <x:si>
     <x:t>VanEck Semiconductor ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BV7ZQ5</x:t>
   </x:si>
   <x:si>
     <x:t>Robotics</x:t>
   </x:si>
   <x:si>
-    <x:t>10.02%</x:t>
+    <x:t>9.50%</x:t>
   </x:si>
   <x:si>
     <x:t>AIQ</x:t>
   </x:si>
   <x:si>
-    <x:t>Global X Artificial Intelligence &amp; Technology ETF</x:t>
+    <x:t>Global X Art Intel &amp; Tech</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00KX8KG94</x:t>
   </x:si>
   <x:si>
     <x:t>Artificial Intelligence</x:t>
   </x:si>
   <x:si>
     <x:t>9.00%</x:t>
   </x:si>
   <x:si>
+    <x:t>IYW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>iShares Ustechnology ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CF9GL4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.50%</x:t>
+  </x:si>
+  <x:si>
     <x:t>XLK</x:t>
   </x:si>
   <x:si>
-    <x:t>State Street Technology Select Sector SPDR ETF</x:t>
+    <x:t>Ss Technology Select Sector</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJ7007</x:t>
   </x:si>
   <x:si>
-    <x:t>8.45%</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>QTUM</x:t>
   </x:si>
   <x:si>
     <x:t>Defiance Quantum ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00LWJ39P6</x:t>
   </x:si>
   <x:si>
-    <x:t>8.37%</x:t>
-[...11 lines deleted...]
-    <x:t>8.36%</x:t>
+    <x:t>8.00%</x:t>
   </x:si>
   <x:si>
     <x:t>FDIS</x:t>
   </x:si>
   <x:si>
-    <x:t>Fidelity MSCI Consumer Discretionary Index ETF</x:t>
+    <x:t>Fidelity Msci Cons Discr Ind</x:t>
   </x:si>
   <x:si>
     <x:t>BBG005FHVPT3</x:t>
   </x:si>
   <x:si>
     <x:t>Consumer</x:t>
   </x:si>
   <x:si>
-    <x:t>6.31%</x:t>
+    <x:t>6.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HODL</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VanEck Bitcoin ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01KY678Y1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Digital Assets</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Finance</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.00%</x:t>
   </x:si>
   <x:si>
     <x:t>RAAX</x:t>
   </x:si>
   <x:si>
     <x:t>VanEck Real Assets ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00KK0KQ11</x:t>
   </x:si>
   <x:si>
     <x:t>Real Assets</x:t>
   </x:si>
   <x:si>
-    <x:t>5.40%</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>SMHX</x:t>
   </x:si>
   <x:si>
-    <x:t>VanEck Fabless Semiconductor ETF</x:t>
+    <x:t>VanEck Fables Smicndctr ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01PH7P056</x:t>
   </x:si>
   <x:si>
-    <x:t>4.88%</x:t>
-[...19 lines deleted...]
-  <x:si>
     <x:t>TRUT</x:t>
   </x:si>
   <x:si>
-    <x:t>VanEck Technology TruSector ETF</x:t>
+    <x:t>VanEck Technlogy Trusctr ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01WT38H22</x:t>
   </x:si>
   <x:si>
-    <x:t>4.49%</x:t>
+    <x:t>4.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GPZ</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VanEck Alt Asset Manager ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01V8DV9N4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PPA</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Invesco Aerospace &amp; Defense ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BDX0N6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.00%</x:t>
   </x:si>
   <x:si>
     <x:t>NLR</x:t>
   </x:si>
   <x:si>
-    <x:t>VanEck Uranium and Nuclear ETF</x:t>
+    <x:t>VanEck Urani &amp; Nuclr ETF-Usd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000KJ6RN4</x:t>
   </x:si>
   <x:si>
-    <x:t>4.48%</x:t>
-[...22 lines deleted...]
-  <x:si>
     <x:t>VOX</x:t>
   </x:si>
   <x:si>
-    <x:t>Vanguard Communication Services ETF</x:t>
+    <x:t>Vanguard Communication Servi</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000HTGPJ4</x:t>
   </x:si>
   <x:si>
     <x:t>3.00%</x:t>
   </x:si>
   <x:si>
     <x:t>GRID</x:t>
   </x:si>
   <x:si>
-    <x:t>First Trust Nasdaq Clean Edge Smart GRID Infrastructure Index</x:t>
+    <x:t>First Trust NASDAQ Cln Edge Smart Grid</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PW59Q8</x:t>
   </x:si>
   <x:si>
     <x:t>Natural Resources</x:t>
   </x:si>
   <x:si>
-    <x:t>1.61%</x:t>
+    <x:t>1.50%</x:t>
   </x:si>
   <x:si>
     <x:t>PAVE</x:t>
   </x:si>
   <x:si>
-    <x:t>Global X U.S. Infrastructure Development ETF</x:t>
+    <x:t>Global X US Infrastructure Development ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00G5CR8N0</x:t>
-  </x:si>
-[...1 lines deleted...]
-    <x:t>1.57%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -325,60 +310,60 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb0a47b82b564f8a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R348f99dfa4724ec2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rb8e984fb7aed4c8d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re1f86c5cd98a431b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rbfeded7c31d84146" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rdbf198e6977a419f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:G21"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="12" customWidth="1"/>
-    <x:col min="3" max="3" width="78" customWidth="1"/>
+    <x:col min="3" max="3" width="55" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="21" customWidth="1"/>
     <x:col min="6" max="6" width="32" customWidth="1"/>
     <x:col min="7" max="7" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:7" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -519,335 +504,335 @@
       </x:c>
       <x:c r="F7" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G7" s="1" t="s">
         <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="8" spans="1:7" ht="15" customHeight="1">
       <x:c r="A8" s="1">
         <x:v>5</x:v>
       </x:c>
       <x:c r="B8" s="1" t="s">
         <x:v>29</x:v>
       </x:c>
       <x:c r="C8" s="1" t="s">
         <x:v>30</x:v>
       </x:c>
       <x:c r="D8" s="1" t="s">
         <x:v>31</x:v>
       </x:c>
       <x:c r="E8" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F8" s="1" t="s">
-        <x:v>23</x:v>
+        <x:v>13</x:v>
       </x:c>
       <x:c r="G8" s="1" t="s">
-        <x:v>32</x:v>
+        <x:v>28</x:v>
       </x:c>
     </x:row>
     <x:row r="9" spans="1:7" ht="15" customHeight="1">
       <x:c r="A9" s="1">
         <x:v>6</x:v>
       </x:c>
       <x:c r="B9" s="1" t="s">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="C9" s="1" t="s">
         <x:v>33</x:v>
       </x:c>
-      <x:c r="C9" s="1" t="s">
+      <x:c r="D9" s="1" t="s">
         <x:v>34</x:v>
       </x:c>
-      <x:c r="D9" s="1" t="s">
+      <x:c r="E9" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="F9" s="1" t="s">
+        <x:v>23</x:v>
+      </x:c>
+      <x:c r="G9" s="1" t="s">
         <x:v>35</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>36</x:v>
       </x:c>
     </x:row>
     <x:row r="10" spans="1:7" ht="15" customHeight="1">
       <x:c r="A10" s="1">
         <x:v>7</x:v>
       </x:c>
       <x:c r="B10" s="1" t="s">
+        <x:v>36</x:v>
+      </x:c>
+      <x:c r="C10" s="1" t="s">
         <x:v>37</x:v>
       </x:c>
-      <x:c r="C10" s="1" t="s">
+      <x:c r="D10" s="1" t="s">
         <x:v>38</x:v>
       </x:c>
-      <x:c r="D10" s="1" t="s">
+      <x:c r="E10" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="F10" s="1" t="s">
         <x:v>39</x:v>
       </x:c>
-      <x:c r="E10" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="F10" s="1" t="s">
+      <x:c r="G10" s="1" t="s">
         <x:v>40</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>41</x:v>
       </x:c>
     </x:row>
     <x:row r="11" spans="1:7" ht="15" customHeight="1">
       <x:c r="A11" s="1">
         <x:v>8</x:v>
       </x:c>
       <x:c r="B11" s="1" t="s">
+        <x:v>41</x:v>
+      </x:c>
+      <x:c r="C11" s="1" t="s">
         <x:v>42</x:v>
       </x:c>
-      <x:c r="C11" s="1" t="s">
+      <x:c r="D11" s="1" t="s">
         <x:v>43</x:v>
       </x:c>
-      <x:c r="D11" s="1" t="s">
+      <x:c r="E11" s="1" t="s">
         <x:v>44</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>45</x:v>
       </x:c>
       <x:c r="F11" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G11" s="1" t="s">
         <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="12" spans="1:7" ht="15" customHeight="1">
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
         <x:v>47</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
         <x:v>48</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
         <x:v>49</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
-        <x:v>18</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="G12" s="1" t="s">
-        <x:v>50</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:7" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
         <x:v>51</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
         <x:v>52</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
         <x:v>53</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
-        <x:v>54</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>18</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
-        <x:v>56</x:v>
+        <x:v>46</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:7" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>57</x:v>
+        <x:v>54</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
-        <x:v>58</x:v>
+        <x:v>55</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
-        <x:v>59</x:v>
+        <x:v>56</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>13</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:7" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>61</x:v>
+        <x:v>58</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>62</x:v>
+        <x:v>59</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>63</x:v>
+        <x:v>60</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
-        <x:v>45</x:v>
+        <x:v>12</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>45</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
-        <x:v>64</x:v>
+        <x:v>57</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:7" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>65</x:v>
+        <x:v>61</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>62</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>63</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
-        <x:v>40</x:v>
+        <x:v>39</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:7" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>65</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>66</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>12</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
-        <x:v>55</x:v>
+        <x:v>50</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>64</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:7" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>23</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>71</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:7" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
+        <x:v>73</x:v>
+      </x:c>
+      <x:c r="D19" s="1" t="s">
+        <x:v>74</x:v>
+      </x:c>
+      <x:c r="E19" s="1" t="s">
+        <x:v>12</x:v>
+      </x:c>
+      <x:c r="F19" s="1" t="s">
+        <x:v>75</x:v>
+      </x:c>
+      <x:c r="G19" s="1" t="s">
         <x:v>76</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>80</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:7" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>78</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
         <x:v>12</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>76</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:7" ht="15" customHeight="1">
       <x:c r="A21" s="2" t="s">
-        <x:v>85</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="B21" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C21" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D21" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E21" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F21" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G21" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:G1"/>
     <x:mergeCell ref="A2:G2"/>
     <x:mergeCell ref="A21:G21"/>