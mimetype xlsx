--- v0 (2025-12-06)
+++ v1 (2025-12-16)
@@ -1,588 +1,603 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb6013a61debc46b5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2502eb1856a54a2e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="NLR_asof_20251204" sheetId="1" r:id="R9f557db8eebd4faf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="NLR_asof_20251215" sheetId="1" r:id="Rceda1945cfd64783"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="268" uniqueCount="181">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  12/04/2025</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="276" uniqueCount="186">
+  <x:si>
+    <x:t>Daily Holdings (%)  12/15/2025</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>CCJ US</x:t>
   </x:si>
   <x:si>
     <x:t>Cameco Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DSZTN6</x:t>
   </x:si>
   <x:si>
-    <x:t>3,305,180</x:t>
+    <x:t>3,376,121</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$310,984,386.20</x:t>
+    <x:t>$303,108,143.38</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>8.09%</x:t>
+    <x:t>8.36%</x:t>
   </x:si>
   <x:si>
     <x:t>CEG US</x:t>
   </x:si>
   <x:si>
     <x:t>Constellation Energy Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG014KFRNP7</x:t>
   </x:si>
   <x:si>
-    <x:t>820,821</x:t>
-[...5 lines deleted...]
-    <x:t>7.87%</x:t>
+    <x:t>838,437</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$299,439,390.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BWXT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bwx Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000D86F25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,211,253</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$211,206,185.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.83%</x:t>
   </x:si>
   <x:si>
     <x:t>OKLO US</x:t>
   </x:si>
   <x:si>
     <x:t>Oklo Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0112CBLW3</x:t>
   </x:si>
   <x:si>
-    <x:t>2,225,955</x:t>
-[...23 lines deleted...]
-    <x:t>5.50%</x:t>
+    <x:t>2,273,728</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$187,196,026.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.16%</x:t>
   </x:si>
   <x:si>
     <x:t>NXE US</x:t>
   </x:si>
   <x:si>
     <x:t>Nexgen Energy Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG004WG63P0</x:t>
   </x:si>
   <x:si>
-    <x:t>21,167,231</x:t>
-[...5 lines deleted...]
-    <x:t>5.45%</x:t>
+    <x:t>21,621,737</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$185,946,938.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KAP LI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nac Kazatomprom Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00MJM7K82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,055,447</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$170,847,005.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.71%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PEG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public Service Enterprise Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQZMH4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,051,979</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$165,389,507.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PDN AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Paladin Energy Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BC8GS6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,699,463</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$157,636,737.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.35%</x:t>
   </x:si>
   <x:si>
     <x:t>LEU US</x:t>
   </x:si>
   <x:si>
     <x:t>Centrus Energy Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BQ2JM1</x:t>
   </x:si>
   <x:si>
-    <x:t>673,723</x:t>
-[...23 lines deleted...]
-    <x:t>4.76%</x:t>
+    <x:t>688,184</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$157,415,208.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PCG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pg&amp;E Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQWPC5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,203,810</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$156,730,521.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.32%</x:t>
   </x:si>
   <x:si>
     <x:t>DNN US</x:t>
   </x:si>
   <x:si>
     <x:t>Denison Mines Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CX6DQ0</x:t>
   </x:si>
   <x:si>
-    <x:t>60,305,207</x:t>
-[...5 lines deleted...]
-    <x:t>4.46%</x:t>
+    <x:t>61,599,654</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$156,463,121.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1816 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cgn Power Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00732Y4J0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>405,417,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$153,237,253.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.23%</x:t>
   </x:si>
   <x:si>
     <x:t>UEC US</x:t>
   </x:si>
   <x:si>
     <x:t>Uranium Energy Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000LCK3Q2</x:t>
   </x:si>
   <x:si>
-    <x:t>11,726,013</x:t>
-[...59 lines deleted...]
-    <x:t>3.98%</x:t>
+    <x:t>11,977,709</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$148,643,368.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CEZ CP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cez As</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BL4LT8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,102,887</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$130,667,153.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FORTUM FH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fortum Oyj</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CKYDQ7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,061,337</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$130,308,696.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UUUU US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Energy Fuels Inc/Canada</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BXTPV3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,535,186</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$119,663,307.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NNE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nano Nuclear Energy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01F7QNWC1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,772,836</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$118,278,408.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YCA LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yellow Cake Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00L33SXM6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,151,711</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$117,898,133.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.25%</x:t>
   </x:si>
   <x:si>
     <x:t>SMR US</x:t>
   </x:si>
   <x:si>
     <x:t>Nuscale Power Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00YG48NM6</x:t>
   </x:si>
   <x:si>
-    <x:t>6,569,774</x:t>
-[...95 lines deleted...]
-    <x:t>3.18%</x:t>
+    <x:t>6,710,924</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$116,837,186.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.22%</x:t>
   </x:si>
   <x:si>
     <x:t>SLX AU</x:t>
   </x:si>
   <x:si>
     <x:t>Silex Systems Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C21HG5</x:t>
   </x:si>
   <x:si>
-    <x:t>19,865,461</x:t>
-[...23 lines deleted...]
-    <x:t>2.99%</x:t>
+    <x:t>20,017,307</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$103,525,024.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.86%</x:t>
   </x:si>
   <x:si>
     <x:t>1164 HK</x:t>
   </x:si>
   <x:si>
     <x:t>Cgn Mining Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000M34183</x:t>
   </x:si>
   <x:si>
-    <x:t>243,165,000</x:t>
-[...5 lines deleted...]
-    <x:t>2.58%</x:t>
+    <x:t>254,945,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$100,098,628.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.76%</x:t>
   </x:si>
   <x:si>
     <x:t>052690 KS</x:t>
   </x:si>
   <x:si>
     <x:t>Kepco Engineering &amp; Construction Co Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PDFR52</x:t>
   </x:si>
   <x:si>
-    <x:t>1,531,602</x:t>
-[...5 lines deleted...]
-    <x:t>2.56%</x:t>
+    <x:t>1,493,841</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$97,693,059.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.69%</x:t>
   </x:si>
   <x:si>
     <x:t>DYL AU</x:t>
   </x:si>
   <x:si>
     <x:t>Deep Yellow Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BRP027</x:t>
   </x:si>
   <x:si>
-    <x:t>63,198,528</x:t>
-[...5 lines deleted...]
-    <x:t>1.82%</x:t>
+    <x:t>63,886,782</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$74,962,871.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.07%</x:t>
   </x:si>
   <x:si>
     <x:t>EU US</x:t>
   </x:si>
   <x:si>
     <x:t>Encore Energy Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001CK1971</x:t>
   </x:si>
   <x:si>
-    <x:t>15,962,746</x:t>
-[...5 lines deleted...]
-    <x:t>1.26%</x:t>
+    <x:t>15,338,466</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$36,965,703.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.02%</x:t>
   </x:si>
   <x:si>
     <x:t>BOE AU</x:t>
   </x:si>
   <x:si>
     <x:t>Boss Energy Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000RFMW29</x:t>
   </x:si>
   <x:si>
-    <x:t>25,343,721</x:t>
-[...5 lines deleted...]
-    <x:t>0.73%</x:t>
+    <x:t>24,190,518</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,933,385.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>URG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ur-Energy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000M5BMH4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,046,508</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,189,136.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-EUR CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t> </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,521</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cash Bal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,789.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-CZK CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,190</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$202.60</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t> </x:t>
-[...32 lines deleted...]
-    <x:t>$130.46</x:t>
+    <x:t>-7,124,753</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-7,124,753.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.20%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-10,491,089.38</x:t>
-[...2 lines deleted...]
-    <x:t>-0.27%</x:t>
+    <x:t>$2,437,590.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.07%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -610,56 +625,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3d885c8018c54326" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rda1bea614e1843a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9f557db8eebd4faf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R121faf8a125e4392" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rea7c0f5257204695" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rceda1945cfd64783" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I33"/>
+  <x:dimension ref="A1:I34"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="18" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -1031,587 +1046,616 @@
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H14" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I14" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="C15" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="C15" s="1" t="s">
+      <x:c r="D15" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
-      <x:c r="D15" s="1" t="s">
+      <x:c r="E15" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="E15" s="1" t="s">
+      <x:c r="F15" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G15" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="F15" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G15" s="1" t="s">
+      <x:c r="H15" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I15" s="1" t="s">
         <x:v>83</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="C16" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="C16" s="1" t="s">
+      <x:c r="D16" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="D16" s="1" t="s">
+      <x:c r="E16" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="E16" s="1" t="s">
+      <x:c r="F16" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G16" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="F16" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G16" s="1" t="s">
+      <x:c r="H16" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I16" s="1" t="s">
         <x:v>89</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="C17" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="C17" s="1" t="s">
+      <x:c r="D17" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="D17" s="1" t="s">
+      <x:c r="E17" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="E17" s="1" t="s">
+      <x:c r="F17" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G17" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="F17" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G17" s="1" t="s">
+      <x:c r="H17" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I17" s="1" t="s">
         <x:v>95</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="C18" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
-      <x:c r="C18" s="1" t="s">
+      <x:c r="D18" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="D18" s="1" t="s">
+      <x:c r="E18" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="E18" s="1" t="s">
+      <x:c r="F18" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G18" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="F18" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G18" s="1" t="s">
+      <x:c r="H18" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I18" s="1" t="s">
         <x:v>101</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="C19" s="1" t="s">
+      <x:c r="D19" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="D19" s="1" t="s">
+      <x:c r="E19" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="E19" s="1" t="s">
+      <x:c r="F19" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G19" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="F19" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G19" s="1" t="s">
+      <x:c r="H19" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I19" s="1" t="s">
         <x:v>107</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="C20" s="1" t="s">
+      <x:c r="D20" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="D20" s="1" t="s">
+      <x:c r="E20" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
-      <x:c r="E20" s="1" t="s">
+      <x:c r="F20" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G20" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
-      <x:c r="F20" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G20" s="1" t="s">
+      <x:c r="H20" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I20" s="1" t="s">
         <x:v>113</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="C21" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="C21" s="1" t="s">
+      <x:c r="D21" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
-      <x:c r="D21" s="1" t="s">
+      <x:c r="E21" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
-      <x:c r="E21" s="1" t="s">
+      <x:c r="F21" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G21" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
-      <x:c r="F21" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G21" s="1" t="s">
+      <x:c r="H21" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I21" s="1" t="s">
         <x:v>119</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
-      <x:c r="C22" s="1" t="s">
+      <x:c r="D22" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="D22" s="1" t="s">
+      <x:c r="E22" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="E22" s="1" t="s">
+      <x:c r="F22" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G22" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
-      <x:c r="F22" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G22" s="1" t="s">
+      <x:c r="H22" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I22" s="1" t="s">
         <x:v>125</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="C23" s="1" t="s">
+      <x:c r="D23" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="D23" s="1" t="s">
+      <x:c r="E23" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="E23" s="1" t="s">
+      <x:c r="F23" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G23" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
-      <x:c r="F23" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G23" s="1" t="s">
+      <x:c r="H23" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I23" s="1" t="s">
         <x:v>131</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="C24" s="1" t="s">
+      <x:c r="D24" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
-      <x:c r="D24" s="1" t="s">
+      <x:c r="E24" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
-      <x:c r="E24" s="1" t="s">
+      <x:c r="F24" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G24" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
-      <x:c r="F24" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G24" s="1" t="s">
+      <x:c r="H24" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I24" s="1" t="s">
         <x:v>137</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
+      <x:c r="D25" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="s">
+      <x:c r="E25" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
-      <x:c r="E25" s="1" t="s">
+      <x:c r="F25" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G25" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
-      <x:c r="F25" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G25" s="1" t="s">
+      <x:c r="H25" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I25" s="1" t="s">
         <x:v>143</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="D26" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
+      <x:c r="E26" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="E26" s="1" t="s">
+      <x:c r="F26" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G26" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
-      <x:c r="F26" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G26" s="1" t="s">
+      <x:c r="H26" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I26" s="1" t="s">
         <x:v>149</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="D27" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
+      <x:c r="E27" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
-      <x:c r="E27" s="1" t="s">
+      <x:c r="F27" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G27" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
-      <x:c r="F27" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G27" s="1" t="s">
+      <x:c r="H27" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I27" s="1" t="s">
         <x:v>155</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="D28" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="D28" s="1" t="s">
+      <x:c r="E28" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="E28" s="1" t="s">
+      <x:c r="F28" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G28" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
-      <x:c r="F28" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G28" s="1" t="s">
+      <x:c r="H28" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I28" s="1" t="s">
         <x:v>161</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
         <x:v>163</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>164</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G29" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
-      <x:c r="G29" s="1" t="s">
+      <x:c r="H29" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I29" s="1" t="s">
         <x:v>167</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="D31" s="1" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="E31" s="1" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="F31" s="1" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="H31" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I31" s="1" t="s">
         <x:v>173</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
-      <x:c r="A33" s="2" t="s">
-[...23 lines deleted...]
-      <x:c r="I33" s="2" t="s">
+      <x:c r="A33" s="1">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="B33" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="D33" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E33" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F33" s="1" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="H33" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I33" s="1" t="s">
+        <x:v>184</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="34" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A34" s="2" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="B34" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C34" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D34" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="E34" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F34" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G34" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H34" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I34" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A33:I33"/>
+    <x:mergeCell ref="A34:I34"/>
   </x:mergeCells>
 </x:worksheet>
 </file>