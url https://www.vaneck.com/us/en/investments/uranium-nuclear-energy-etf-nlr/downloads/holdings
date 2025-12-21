--- v1 (2025-12-16)
+++ v2 (2025-12-21)
@@ -1,603 +1,615 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2502eb1856a54a2e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re171402c2cf34aba" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="NLR_asof_20251215" sheetId="1" r:id="Rceda1945cfd64783"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="NLR_asof_20251218" sheetId="1" r:id="R8b0e8c74190d43fd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="276" uniqueCount="186">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  12/15/2025</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="284" uniqueCount="190">
+  <x:si>
+    <x:t>Daily Holdings (%)  12/18/2025</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
+    <x:t>CEG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Constellation Energy Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014KFRNP7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>838,437</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stock</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$302,717,678.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t> -- </x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.55%</x:t>
+  </x:si>
+  <x:si>
     <x:t>CCJ US</x:t>
   </x:si>
   <x:si>
     <x:t>Cameco Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DSZTN6</x:t>
   </x:si>
   <x:si>
     <x:t>3,376,121</x:t>
   </x:si>
   <x:si>
-    <x:t>Stock</x:t>
-[...26 lines deleted...]
-    <x:t>8.26%</x:t>
+    <x:t>$295,680,677.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.35%</x:t>
   </x:si>
   <x:si>
     <x:t>BWXT US</x:t>
   </x:si>
   <x:si>
     <x:t>Bwx Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000D86F25</x:t>
   </x:si>
   <x:si>
     <x:t>1,211,253</x:t>
   </x:si>
   <x:si>
-    <x:t>$211,206,185.61</x:t>
-[...2 lines deleted...]
-    <x:t>5.83%</x:t>
+    <x:t>$206,821,449.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.84%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NXE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nexgen Energy Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004WG63P0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,621,737</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$183,784,764.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.19%</x:t>
   </x:si>
   <x:si>
     <x:t>OKLO US</x:t>
   </x:si>
   <x:si>
     <x:t>Oklo Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0112CBLW3</x:t>
   </x:si>
   <x:si>
     <x:t>2,273,728</x:t>
   </x:si>
   <x:si>
-    <x:t>$187,196,026.24</x:t>
-[...20 lines deleted...]
-    <x:t>5.13%</x:t>
+    <x:t>$176,714,140.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.99%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PEG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public Service Enterprise Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQZMH4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,051,979</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$165,512,626.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.67%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PCG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pg&amp;E Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQWPC5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,203,810</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$161,424,274.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1816 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cgn Power Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00732Y4J0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>424,028,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$160,968,938.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DNN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Denison Mines Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CX6DQ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>61,599,654</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$158,311,110.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LEU US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centrus Energy Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQ2JM1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>679,397</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$156,043,902.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.41%</x:t>
   </x:si>
   <x:si>
     <x:t>KAP LI</x:t>
   </x:si>
   <x:si>
     <x:t>Nac Kazatomprom Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00MJM7K82</x:t>
   </x:si>
   <x:si>
-    <x:t>3,055,447</x:t>
-[...23 lines deleted...]
-    <x:t>4.56%</x:t>
+    <x:t>2,888,227</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$152,399,741.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.30%</x:t>
   </x:si>
   <x:si>
     <x:t>PDN AU</x:t>
   </x:si>
   <x:si>
     <x:t>Paladin Energy Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BC8GS6</x:t>
   </x:si>
   <x:si>
     <x:t>26,699,463</x:t>
   </x:si>
   <x:si>
-    <x:t>$157,636,737.22</x:t>
-[...71 lines deleted...]
-    <x:t>4.23%</x:t>
+    <x:t>$148,473,245.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.19%</x:t>
   </x:si>
   <x:si>
     <x:t>UEC US</x:t>
   </x:si>
   <x:si>
     <x:t>Uranium Energy Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000LCK3Q2</x:t>
   </x:si>
   <x:si>
     <x:t>11,977,709</x:t>
   </x:si>
   <x:si>
-    <x:t>$148,643,368.69</x:t>
-[...2 lines deleted...]
-    <x:t>4.10%</x:t>
+    <x:t>$142,894,068.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.04%</x:t>
   </x:si>
   <x:si>
     <x:t>CEZ CP</x:t>
   </x:si>
   <x:si>
     <x:t>Cez As</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BL4LT8</x:t>
   </x:si>
   <x:si>
-    <x:t>2,102,887</x:t>
-[...5 lines deleted...]
-    <x:t>3.60%</x:t>
+    <x:t>2,120,773</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$130,587,585.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.69%</x:t>
   </x:si>
   <x:si>
     <x:t>FORTUM FH</x:t>
   </x:si>
   <x:si>
     <x:t>Fortum Oyj</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CKYDQ7</x:t>
   </x:si>
   <x:si>
     <x:t>6,061,337</x:t>
   </x:si>
   <x:si>
-    <x:t>$130,308,696.26</x:t>
-[...2 lines deleted...]
-    <x:t>3.59%</x:t>
+    <x:t>$126,907,948.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YCA LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yellow Cake Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00L33SXM6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,151,711</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$119,729,431.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.38%</x:t>
   </x:si>
   <x:si>
     <x:t>UUUU US</x:t>
   </x:si>
   <x:si>
     <x:t>Energy Fuels Inc/Canada</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BXTPV3</x:t>
   </x:si>
   <x:si>
     <x:t>8,535,186</x:t>
   </x:si>
   <x:si>
-    <x:t>$119,663,307.72</x:t>
-[...2 lines deleted...]
-    <x:t>3.30%</x:t>
+    <x:t>$119,321,900.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.37%</x:t>
   </x:si>
   <x:si>
     <x:t>NNE US</x:t>
   </x:si>
   <x:si>
     <x:t>Nano Nuclear Energy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01F7QNWC1</x:t>
   </x:si>
   <x:si>
     <x:t>3,772,836</x:t>
   </x:si>
   <x:si>
-    <x:t>$118,278,408.60</x:t>
-[...20 lines deleted...]
-    <x:t>3.25%</x:t>
+    <x:t>$114,052,832.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.22%</x:t>
   </x:si>
   <x:si>
     <x:t>SMR US</x:t>
   </x:si>
   <x:si>
     <x:t>Nuscale Power Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00YG48NM6</x:t>
   </x:si>
   <x:si>
     <x:t>6,710,924</x:t>
   </x:si>
   <x:si>
-    <x:t>$116,837,186.84</x:t>
-[...2 lines deleted...]
-    <x:t>3.22%</x:t>
+    <x:t>$105,965,489.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.99%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1164 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cgn Mining Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000M34183</x:t>
+  </x:si>
+  <x:si>
+    <x:t>262,485,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$98,674,704.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.79%</x:t>
   </x:si>
   <x:si>
     <x:t>SLX AU</x:t>
   </x:si>
   <x:si>
     <x:t>Silex Systems Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C21HG5</x:t>
   </x:si>
   <x:si>
-    <x:t>20,017,307</x:t>
-[...23 lines deleted...]
-    <x:t>2.76%</x:t>
+    <x:t>19,464,956</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$94,727,636.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.67%</x:t>
   </x:si>
   <x:si>
     <x:t>052690 KS</x:t>
   </x:si>
   <x:si>
     <x:t>Kepco Engineering &amp; Construction Co Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PDFR52</x:t>
   </x:si>
   <x:si>
-    <x:t>1,493,841</x:t>
-[...5 lines deleted...]
-    <x:t>2.69%</x:t>
+    <x:t>1,466,277</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$89,254,330.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.52%</x:t>
   </x:si>
   <x:si>
     <x:t>DYL AU</x:t>
   </x:si>
   <x:si>
     <x:t>Deep Yellow Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BRP027</x:t>
   </x:si>
   <x:si>
     <x:t>63,886,782</x:t>
   </x:si>
   <x:si>
-    <x:t>$74,962,871.33</x:t>
-[...2 lines deleted...]
-    <x:t>2.07%</x:t>
+    <x:t>$70,652,322.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.00%</x:t>
   </x:si>
   <x:si>
     <x:t>EU US</x:t>
   </x:si>
   <x:si>
     <x:t>Encore Energy Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001CK1971</x:t>
   </x:si>
   <x:si>
     <x:t>15,338,466</x:t>
   </x:si>
   <x:si>
-    <x:t>$36,965,703.06</x:t>
+    <x:t>$36,045,395.10</x:t>
   </x:si>
   <x:si>
     <x:t>1.02%</x:t>
   </x:si>
   <x:si>
     <x:t>BOE AU</x:t>
   </x:si>
   <x:si>
     <x:t>Boss Energy Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000RFMW29</x:t>
   </x:si>
   <x:si>
-    <x:t>24,190,518</x:t>
-[...5 lines deleted...]
-    <x:t>0.72%</x:t>
+    <x:t>16,653,663</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,119,457.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.37%</x:t>
   </x:si>
   <x:si>
     <x:t>URG US</x:t>
   </x:si>
   <x:si>
     <x:t>Ur-Energy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000M5BMH4</x:t>
   </x:si>
   <x:si>
     <x:t>3,046,508</x:t>
   </x:si>
   <x:si>
-    <x:t>$4,189,136.98</x:t>
+    <x:t>$4,265,111.20</x:t>
   </x:si>
   <x:si>
     <x:t>0.12%</x:t>
   </x:si>
   <x:si>
+    <x:t>-USD CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t> </x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,522,907</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cash Bal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,522,906.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.16%</x:t>
+  </x:si>
+  <x:si>
     <x:t>-EUR CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t> </x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>1,521</x:t>
   </x:si>
   <x:si>
-    <x:t>Cash Bal</x:t>
-[...2 lines deleted...]
-    <x:t>$1,789.61</x:t>
+    <x:t>$1,784.20</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
+    <x:t>-KRW CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$.00</x:t>
+  </x:si>
+  <x:si>
     <x:t>-CZK CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>4,190</x:t>
   </x:si>
   <x:si>
-    <x:t>$202.60</x:t>
-[...11 lines deleted...]
-    <x:t>-0.20%</x:t>
+    <x:t>$201.55</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,437,590.48</x:t>
-[...2 lines deleted...]
-    <x:t>0.07%</x:t>
+    <x:t>$717,094.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.02%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -625,56 +637,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R121faf8a125e4392" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rea7c0f5257204695" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rceda1945cfd64783" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R639c237c17d5433d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re155e35421e04a7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8b0e8c74190d43fd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I34"/>
+  <x:dimension ref="A1:I35"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="18" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -1046,616 +1058,645 @@
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
         <x:v>77</x:v>
       </x:c>
       <x:c r="H14" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I14" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="F32" s="1" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="G32" s="1" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="H32" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I32" s="1" t="s">
         <x:v>178</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
-      <x:c r="A34" s="2" t="s">
+      <x:c r="A34" s="1">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="B34" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
         <x:v>185</x:v>
       </x:c>
-      <x:c r="B34" s="2" t="s">
-[...20 lines deleted...]
-      <x:c r="I34" s="2" t="s">
+      <x:c r="D34" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E34" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F34" s="1" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="G34" s="1" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="H34" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I34" s="1" t="s">
+        <x:v>188</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="35" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A35" s="2" t="s">
+        <x:v>189</x:v>
+      </x:c>
+      <x:c r="B35" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C35" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D35" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="E35" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F35" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G35" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H35" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I35" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A34:I34"/>
+    <x:mergeCell ref="A35:I35"/>
   </x:mergeCells>
 </x:worksheet>
 </file>