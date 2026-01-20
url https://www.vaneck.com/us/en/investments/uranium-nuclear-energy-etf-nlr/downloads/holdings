--- v2 (2025-12-21)
+++ v3 (2026-01-20)
@@ -1,612 +1,585 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re171402c2cf34aba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd11a981fa3de4eaf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="NLR_asof_20251218" sheetId="1" r:id="R8b0e8c74190d43fd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="NLR_asof_20260115" sheetId="1" r:id="R9589587c12784f34"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="284" uniqueCount="190">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  12/18/2025</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="268" uniqueCount="181">
+  <x:si>
+    <x:t>Daily Holdings (%)  01/15/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
+    <x:t>CCJ US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cameco Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DSZTN6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,359,033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stock</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$379,033,283.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t> -- </x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.67%</x:t>
+  </x:si>
+  <x:si>
     <x:t>CEG US</x:t>
   </x:si>
   <x:si>
     <x:t>Constellation Energy Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG014KFRNP7</x:t>
   </x:si>
   <x:si>
-    <x:t>838,437</x:t>
-[...29 lines deleted...]
-    <x:t>8.35%</x:t>
+    <x:t>869,836</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$296,788,043.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.79%</x:t>
   </x:si>
   <x:si>
     <x:t>BWXT US</x:t>
   </x:si>
   <x:si>
     <x:t>Bwx Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000D86F25</x:t>
   </x:si>
   <x:si>
-    <x:t>1,211,253</x:t>
-[...5 lines deleted...]
-    <x:t>5.84%</x:t>
+    <x:t>1,205,254</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$257,020,415.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UEC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Uranium Energy Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000LCK3Q2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,786,131</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$240,843,708.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DNN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Denison Mines Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CX6DQ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>65,410,956</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$232,208,893.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.31%</x:t>
   </x:si>
   <x:si>
     <x:t>NXE US</x:t>
   </x:si>
   <x:si>
     <x:t>Nexgen Energy Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG004WG63P0</x:t>
   </x:si>
   <x:si>
-    <x:t>21,621,737</x:t>
-[...5 lines deleted...]
-    <x:t>5.19%</x:t>
+    <x:t>19,008,130</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$222,775,283.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.10%</x:t>
   </x:si>
   <x:si>
     <x:t>OKLO US</x:t>
   </x:si>
   <x:si>
     <x:t>Oklo Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0112CBLW3</x:t>
   </x:si>
   <x:si>
-    <x:t>2,273,728</x:t>
-[...5 lines deleted...]
-    <x:t>4.99%</x:t>
+    <x:t>2,347,980</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$214,722,771.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.91%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LEU US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centrus Energy Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQ2JM1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>669,586</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$204,960,274.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.69%</x:t>
   </x:si>
   <x:si>
     <x:t>PEG US</x:t>
   </x:si>
   <x:si>
     <x:t>Public Service Enterprise Group Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BQZMH4</x:t>
   </x:si>
   <x:si>
-    <x:t>2,051,979</x:t>
-[...5 lines deleted...]
-    <x:t>4.67%</x:t>
+    <x:t>2,560,756</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$203,349,633.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.65%</x:t>
   </x:si>
   <x:si>
     <x:t>PCG US</x:t>
   </x:si>
   <x:si>
     <x:t>Pg&amp;E Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BQWPC5</x:t>
   </x:si>
   <x:si>
-    <x:t>10,203,810</x:t>
-[...5 lines deleted...]
-    <x:t>4.56%</x:t>
+    <x:t>12,407,985</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$195,798,003.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KAP LI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nac Kazatomprom Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00MJM7K82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,863,780</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$190,781,469.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.37%</x:t>
   </x:si>
   <x:si>
     <x:t>1816 HK</x:t>
   </x:si>
   <x:si>
     <x:t>Cgn Power Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00732Y4J0</x:t>
   </x:si>
   <x:si>
-    <x:t>424,028,000</x:t>
-[...59 lines deleted...]
-    <x:t>4.30%</x:t>
+    <x:t>469,821,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$182,134,539.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UUUU US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Energy Fuels Inc/Canada</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BXTPV3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,670,294</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$181,382,550.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.15%</x:t>
   </x:si>
   <x:si>
     <x:t>PDN AU</x:t>
   </x:si>
   <x:si>
     <x:t>Paladin Energy Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BC8GS6</x:t>
   </x:si>
   <x:si>
-    <x:t>26,699,463</x:t>
-[...23 lines deleted...]
-    <x:t>4.04%</x:t>
+    <x:t>25,021,641</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$179,881,907.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SMR US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nuscale Power Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YG48NM6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,765,588</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$165,669,613.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.79%</x:t>
   </x:si>
   <x:si>
     <x:t>CEZ CP</x:t>
   </x:si>
   <x:si>
     <x:t>Cez As</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BL4LT8</x:t>
   </x:si>
   <x:si>
-    <x:t>2,120,773</x:t>
-[...5 lines deleted...]
-    <x:t>3.69%</x:t>
+    <x:t>2,344,139</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$150,048,819.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YCA LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yellow Cake Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00L33SXM6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,535,929</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$143,284,440.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.28%</x:t>
   </x:si>
   <x:si>
     <x:t>FORTUM FH</x:t>
   </x:si>
   <x:si>
     <x:t>Fortum Oyj</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CKYDQ7</x:t>
   </x:si>
   <x:si>
-    <x:t>6,061,337</x:t>
-[...41 lines deleted...]
-    <x:t>3.37%</x:t>
+    <x:t>6,162,035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$138,297,371.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1164 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cgn Mining Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000M34183</x:t>
+  </x:si>
+  <x:si>
+    <x:t>292,140,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$137,200,894.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.14%</x:t>
   </x:si>
   <x:si>
     <x:t>NNE US</x:t>
   </x:si>
   <x:si>
     <x:t>Nano Nuclear Energy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01F7QNWC1</x:t>
   </x:si>
   <x:si>
-    <x:t>3,772,836</x:t>
-[...41 lines deleted...]
-    <x:t>2.79%</x:t>
+    <x:t>3,387,139</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$113,062,699.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>052690 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kepco Engineering &amp; Construction Co Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PDFR52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,378,206</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$106,546,936.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.44%</x:t>
   </x:si>
   <x:si>
     <x:t>SLX AU</x:t>
   </x:si>
   <x:si>
     <x:t>Silex Systems Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C21HG5</x:t>
   </x:si>
   <x:si>
-    <x:t>19,464,956</x:t>
-[...23 lines deleted...]
-    <x:t>2.52%</x:t>
+    <x:t>18,390,869</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$81,918,479.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.87%</x:t>
   </x:si>
   <x:si>
     <x:t>DYL AU</x:t>
   </x:si>
   <x:si>
     <x:t>Deep Yellow Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BRP027</x:t>
   </x:si>
   <x:si>
-    <x:t>63,886,782</x:t>
-[...5 lines deleted...]
-    <x:t>2.00%</x:t>
+    <x:t>59,404,364</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$79,890,714.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>URG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ur-Energy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000M5BMH4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>21,187,423</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$38,772,984.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.89%</x:t>
   </x:si>
   <x:si>
     <x:t>EU US</x:t>
   </x:si>
   <x:si>
     <x:t>Encore Energy Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001CK1971</x:t>
   </x:si>
   <x:si>
-    <x:t>15,338,466</x:t>
-[...41 lines deleted...]
-    <x:t>0.12%</x:t>
+    <x:t>10,155,574</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$31,177,612.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.71%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>5,522,907</x:t>
+    <x:t>2,174,038</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$5,522,906.57</x:t>
-[...2 lines deleted...]
-    <x:t>0.16%</x:t>
+    <x:t>$2,174,038.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.05%</x:t>
   </x:si>
   <x:si>
     <x:t>-EUR CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t>1,521</x:t>
-[...2 lines deleted...]
-    <x:t>$1,784.20</x:t>
+    <x:t>1,696</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,967.17</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
-    <x:t>-KRW CASH-</x:t>
-[...7 lines deleted...]
-  <x:si>
     <x:t>-CZK CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>4,190</x:t>
   </x:si>
   <x:si>
-    <x:t>$201.55</x:t>
+    <x:t>$200.20</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$717,094.87</x:t>
+    <x:t>$873,992.06</x:t>
   </x:si>
   <x:si>
     <x:t>0.02%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
@@ -637,56 +610,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R639c237c17d5433d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re155e35421e04a7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8b0e8c74190d43fd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ee15c576e29410d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra6fb5a42855b4ca1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9589587c12784f34" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I35"/>
+  <x:dimension ref="A1:I33"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="18" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -1478,225 +1451,167 @@
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
         <x:v>161</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
         <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="E29" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
-      <x:c r="E29" s="1" t="s">
+      <x:c r="F29" s="1" t="s">
         <x:v>166</x:v>
-      </x:c>
-[...1 lines deleted...]
-        <x:v>15</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
         <x:v>167</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="D30" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="E30" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
-      <x:c r="D30" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E30" s="1" t="s">
+      <x:c r="F30" s="1" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="G30" s="1" t="s">
         <x:v>171</x:v>
       </x:c>
-      <x:c r="F30" s="1" t="s">
+      <x:c r="H30" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I30" s="1" t="s">
         <x:v>172</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="D31" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="E31" s="1" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="F31" s="1" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
-[...8 lines deleted...]
-      <x:c r="F31" s="1" t="s">
+      <x:c r="H31" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I31" s="1" t="s">
         <x:v>172</x:v>
-      </x:c>
-[...7 lines deleted...]
-        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
+        <x:v>176</x:v>
+      </x:c>
+      <x:c r="D32" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E32" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F32" s="1" t="s">
+        <x:v>177</x:v>
+      </x:c>
+      <x:c r="G32" s="1" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="H32" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I32" s="1" t="s">
         <x:v>179</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="E32" s="1" t="s">
+    </x:row>
+    <x:row r="33" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A33" s="2" t="s">
         <x:v>180</x:v>
       </x:c>
-      <x:c r="F32" s="1" t="s">
-[...95 lines deleted...]
-      <x:c r="I35" s="2" t="s">
+      <x:c r="B33" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C33" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D33" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="E33" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F33" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G33" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H33" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I33" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A35:I35"/>
+    <x:mergeCell ref="A33:I33"/>
   </x:mergeCells>
 </x:worksheet>
 </file>