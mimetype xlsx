--- v3 (2026-01-20)
+++ v4 (2026-02-10)
@@ -1,588 +1,585 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd11a981fa3de4eaf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31831542d35b46b6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="NLR_asof_20260115" sheetId="1" r:id="R9589587c12784f34"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="NLR_asof_20260206" sheetId="1" r:id="Rc9f34066389e485f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="268" uniqueCount="181">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  01/15/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="268" uniqueCount="180">
+  <x:si>
+    <x:t>Daily Holdings (%)  02/06/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>CCJ US</x:t>
   </x:si>
   <x:si>
     <x:t>Cameco Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DSZTN6</x:t>
   </x:si>
   <x:si>
-    <x:t>3,359,033</x:t>
+    <x:t>3,584,050</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$379,033,283.72</x:t>
+    <x:t>$407,255,601.50</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>8.67%</x:t>
+    <x:t>8.91%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DNN US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Denison Mines Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CX6DQ0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>69,792,662</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$257,534,922.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BWXT US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bwx Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000D86F25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,285,966</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$253,579,635.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KAP LI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nac Kazatomprom Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00MJM7K82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,056,739</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$237,774,367.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UEC US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Uranium Energy Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000LCK3Q2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,704,647</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$237,038,909.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.18%</x:t>
   </x:si>
   <x:si>
     <x:t>CEG US</x:t>
   </x:si>
   <x:si>
     <x:t>Constellation Energy Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG014KFRNP7</x:t>
   </x:si>
   <x:si>
-    <x:t>869,836</x:t>
-[...59 lines deleted...]
-    <x:t>5.31%</x:t>
+    <x:t>901,507</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$235,671,959.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.16%</x:t>
   </x:si>
   <x:si>
     <x:t>NXE US</x:t>
   </x:si>
   <x:si>
     <x:t>Nexgen Energy Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG004WG63P0</x:t>
   </x:si>
   <x:si>
-    <x:t>19,008,130</x:t>
-[...5 lines deleted...]
-    <x:t>5.10%</x:t>
+    <x:t>20,281,428</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$223,906,965.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.90%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PEG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public Service Enterprise Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQZMH4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,731,353</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$220,283,619.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PCG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pg&amp;E Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQWPC5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,234,683</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$217,048,801.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PDN AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Paladin Energy Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BC8GS6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,707,616</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$213,382,520.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.67%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1816 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cgn Power Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00732Y4J0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>501,105,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$199,897,727.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UUUU US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Energy Fuels Inc/Canada</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BXTPV3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,251,084</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$196,308,002.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LEU US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centrus Energy Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQ2JM1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>714,436</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$188,232,452.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.12%</x:t>
   </x:si>
   <x:si>
     <x:t>OKLO US</x:t>
   </x:si>
   <x:si>
     <x:t>Oklo Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0112CBLW3</x:t>
   </x:si>
   <x:si>
-    <x:t>2,347,980</x:t>
-[...131 lines deleted...]
-    <x:t>4.12%</x:t>
+    <x:t>2,505,270</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$178,124,697.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.90%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1164 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cgn Mining Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000M34183</x:t>
+  </x:si>
+  <x:si>
+    <x:t>311,580,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$170,026,679.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.72%</x:t>
   </x:si>
   <x:si>
     <x:t>SMR US</x:t>
   </x:si>
   <x:si>
     <x:t>Nuscale Power Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00YG48NM6</x:t>
   </x:si>
   <x:si>
-    <x:t>8,765,588</x:t>
-[...5 lines deleted...]
-    <x:t>3.79%</x:t>
+    <x:t>9,349,601</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$163,898,505.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FORTUM FH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fortum Oyj</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CKYDQ7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,577,233</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$151,634,653.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.32%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YCA LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yellow Cake Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00L33SXM6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,650,131</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$151,579,412.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>052690 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kepco Engineering &amp; Construction Co Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PDFR52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,473,842</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$150,531,211.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.29%</x:t>
   </x:si>
   <x:si>
     <x:t>CEZ CP</x:t>
   </x:si>
   <x:si>
     <x:t>Cez As</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BL4LT8</x:t>
   </x:si>
   <x:si>
-    <x:t>2,344,139</x:t>
-[...59 lines deleted...]
-    <x:t>3.14%</x:t>
+    <x:t>2,500,309</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$148,857,330.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.26%</x:t>
   </x:si>
   <x:si>
     <x:t>NNE US</x:t>
   </x:si>
   <x:si>
     <x:t>Nano Nuclear Energy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01F7QNWC1</x:t>
   </x:si>
   <x:si>
-    <x:t>3,387,139</x:t>
-[...23 lines deleted...]
-    <x:t>2.44%</x:t>
+    <x:t>3,614,044</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$105,530,084.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DYL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Deep Yellow Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BRP027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>63,407,064</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$101,590,729.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.22%</x:t>
   </x:si>
   <x:si>
     <x:t>SLX AU</x:t>
   </x:si>
   <x:si>
     <x:t>Silex Systems Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C21HG5</x:t>
   </x:si>
   <x:si>
-    <x:t>18,390,869</x:t>
-[...23 lines deleted...]
-    <x:t>1.83%</x:t>
+    <x:t>19,630,048</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$86,876,667.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.90%</x:t>
   </x:si>
   <x:si>
     <x:t>URG US</x:t>
   </x:si>
   <x:si>
     <x:t>Ur-Energy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000M5BMH4</x:t>
   </x:si>
   <x:si>
-    <x:t>21,187,423</x:t>
-[...5 lines deleted...]
-    <x:t>0.89%</x:t>
+    <x:t>22,599,048</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$35,932,486.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.79%</x:t>
   </x:si>
   <x:si>
     <x:t>EU US</x:t>
   </x:si>
   <x:si>
     <x:t>Encore Energy Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001CK1971</x:t>
   </x:si>
   <x:si>
-    <x:t>10,155,574</x:t>
-[...5 lines deleted...]
-    <x:t>0.71%</x:t>
+    <x:t>10,835,875</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$29,256,862.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.64%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>2,174,038</x:t>
+    <x:t>375,056</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,174,038.18</x:t>
-[...2 lines deleted...]
-    <x:t>0.05%</x:t>
+    <x:t>$375,056.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.01%</x:t>
   </x:si>
   <x:si>
     <x:t>-EUR CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t>1,696</x:t>
-[...2 lines deleted...]
-    <x:t>$1,967.17</x:t>
+    <x:t>2,004</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,368.58</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>-CZK CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t>4,190</x:t>
-[...2 lines deleted...]
-    <x:t>$200.20</x:t>
+    <x:t>5,838</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$284.91</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$873,992.06</x:t>
-[...2 lines deleted...]
-    <x:t>0.02%</x:t>
+    <x:t>$9,566,585.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.21%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -610,51 +607,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7ee15c576e29410d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra6fb5a42855b4ca1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9589587c12784f34" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a819bb6f4624b7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R2c43325b32db469d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc9f34066389e485f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I33"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="18" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -1234,375 +1231,375 @@
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
         <x:v>119</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
-      <x:c r="C22" s="1" t="s">
+      <x:c r="D22" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="D22" s="1" t="s">
+      <x:c r="E22" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="E22" s="1" t="s">
+      <x:c r="F22" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G22" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
-      <x:c r="F22" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G22" s="1" t="s">
+      <x:c r="H22" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I22" s="1" t="s">
         <x:v>125</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="C23" s="1" t="s">
+      <x:c r="D23" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="D23" s="1" t="s">
+      <x:c r="E23" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="E23" s="1" t="s">
+      <x:c r="F23" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G23" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
-      <x:c r="F23" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G23" s="1" t="s">
+      <x:c r="H23" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I23" s="1" t="s">
         <x:v>131</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="C24" s="1" t="s">
+      <x:c r="D24" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
-      <x:c r="D24" s="1" t="s">
+      <x:c r="E24" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
-      <x:c r="E24" s="1" t="s">
+      <x:c r="F24" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G24" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
-      <x:c r="F24" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G24" s="1" t="s">
+      <x:c r="H24" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I24" s="1" t="s">
         <x:v>137</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
+      <x:c r="D25" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="s">
+      <x:c r="E25" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
-      <x:c r="E25" s="1" t="s">
+      <x:c r="F25" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G25" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
-      <x:c r="F25" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G25" s="1" t="s">
+      <x:c r="H25" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I25" s="1" t="s">
         <x:v>143</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="D26" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
+      <x:c r="E26" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="E26" s="1" t="s">
+      <x:c r="F26" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G26" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
-      <x:c r="F26" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G26" s="1" t="s">
+      <x:c r="H26" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I26" s="1" t="s">
         <x:v>149</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="D27" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
+      <x:c r="E27" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
-      <x:c r="E27" s="1" t="s">
+      <x:c r="F27" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G27" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
-      <x:c r="F27" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G27" s="1" t="s">
+      <x:c r="H27" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I27" s="1" t="s">
         <x:v>155</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="D28" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="D28" s="1" t="s">
+      <x:c r="E28" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="E28" s="1" t="s">
+      <x:c r="F28" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G28" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
-      <x:c r="F28" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G28" s="1" t="s">
+      <x:c r="H28" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I28" s="1" t="s">
         <x:v>161</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="D29" s="1" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="E29" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E29" s="1" t="s">
+      <x:c r="F29" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
-      <x:c r="F29" s="1" t="s">
+      <x:c r="G29" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
-      <x:c r="G29" s="1" t="s">
+      <x:c r="H29" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I29" s="1" t="s">
         <x:v>167</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="D30" s="1" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="E30" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="E30" s="1" t="s">
+      <x:c r="F30" s="1" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="G30" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
-      <x:c r="F30" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G30" s="1" t="s">
+      <x:c r="H30" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I30" s="1" t="s">
         <x:v>171</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="D31" s="1" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="E31" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="E31" s="1" t="s">
+      <x:c r="F31" s="1" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
-      <x:c r="F31" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="D32" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E32" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F32" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="D32" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="F32" s="1" t="s">
+      <x:c r="G32" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="G32" s="1" t="s">
+      <x:c r="H32" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I32" s="1" t="s">
         <x:v>178</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="2" t="s">
-        <x:v>180</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="B33" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C33" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D33" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E33" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F33" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G33" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H33" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I33" s="2" t="s">
         <x:v>1</x:v>
       </x:c>