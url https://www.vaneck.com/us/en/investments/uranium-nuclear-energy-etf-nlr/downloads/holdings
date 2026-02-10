--- v4 (2026-02-10)
+++ v5 (2026-02-10)
@@ -1,585 +1,585 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31831542d35b46b6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68aad43c9bb84d49" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="NLR_asof_20260206" sheetId="1" r:id="Rc9f34066389e485f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="NLR_asof_20260209" sheetId="1" r:id="Re5f578c89be145ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="268" uniqueCount="180">
   <x:si>
-    <x:t>Daily Holdings (%)  02/06/2026</x:t>
+    <x:t>Daily Holdings (%)  02/09/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>CCJ US</x:t>
   </x:si>
   <x:si>
     <x:t>Cameco Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DSZTN6</x:t>
   </x:si>
   <x:si>
-    <x:t>3,584,050</x:t>
+    <x:t>3,600,778</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$407,255,601.50</x:t>
+    <x:t>$434,541,889.04</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>8.91%</x:t>
+    <x:t>9.07%</x:t>
   </x:si>
   <x:si>
     <x:t>DNN US</x:t>
   </x:si>
   <x:si>
     <x:t>Denison Mines Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CX6DQ0</x:t>
   </x:si>
   <x:si>
-    <x:t>69,792,662</x:t>
-[...5 lines deleted...]
-    <x:t>5.63%</x:t>
+    <x:t>70,118,420</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$276,967,759.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.78%</x:t>
   </x:si>
   <x:si>
     <x:t>BWXT US</x:t>
   </x:si>
   <x:si>
     <x:t>Bwx Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000D86F25</x:t>
   </x:si>
   <x:si>
-    <x:t>1,285,966</x:t>
-[...5 lines deleted...]
-    <x:t>5.55%</x:t>
+    <x:t>1,291,966</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$262,269,098.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.48%</x:t>
   </x:si>
   <x:si>
     <x:t>KAP LI</x:t>
   </x:si>
   <x:si>
     <x:t>Nac Kazatomprom Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00MJM7K82</x:t>
   </x:si>
   <x:si>
-    <x:t>3,056,739</x:t>
-[...5 lines deleted...]
-    <x:t>5.20%</x:t>
+    <x:t>3,071,085</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$258,514,571.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.40%</x:t>
   </x:si>
   <x:si>
     <x:t>UEC US</x:t>
   </x:si>
   <x:si>
     <x:t>Uranium Energy Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000LCK3Q2</x:t>
   </x:si>
   <x:si>
-    <x:t>14,704,647</x:t>
-[...5 lines deleted...]
-    <x:t>5.18%</x:t>
+    <x:t>14,772,933</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$252,617,154.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.27%</x:t>
   </x:si>
   <x:si>
     <x:t>CEG US</x:t>
   </x:si>
   <x:si>
     <x:t>Constellation Energy Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG014KFRNP7</x:t>
   </x:si>
   <x:si>
-    <x:t>901,507</x:t>
-[...5 lines deleted...]
-    <x:t>5.16%</x:t>
+    <x:t>905,509</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$246,434,274.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.15%</x:t>
   </x:si>
   <x:si>
     <x:t>NXE US</x:t>
   </x:si>
   <x:si>
     <x:t>Nexgen Energy Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG004WG63P0</x:t>
   </x:si>
   <x:si>
-    <x:t>20,281,428</x:t>
-[...5 lines deleted...]
-    <x:t>4.90%</x:t>
+    <x:t>20,376,090</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$237,992,731.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.97%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PDN AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Paladin Energy Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BC8GS6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,832,962</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$222,887,340.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.65%</x:t>
   </x:si>
   <x:si>
     <x:t>PEG US</x:t>
   </x:si>
   <x:si>
     <x:t>Public Service Enterprise Group Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BQZMH4</x:t>
   </x:si>
   <x:si>
-    <x:t>2,731,353</x:t>
-[...5 lines deleted...]
-    <x:t>4.82%</x:t>
+    <x:t>2,744,037</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$222,760,923.66</x:t>
   </x:si>
   <x:si>
     <x:t>PCG US</x:t>
   </x:si>
   <x:si>
     <x:t>Pg&amp;E Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BQWPC5</x:t>
   </x:si>
   <x:si>
-    <x:t>13,234,683</x:t>
-[...23 lines deleted...]
-    <x:t>4.67%</x:t>
+    <x:t>13,296,141</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$217,391,905.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UUUU US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Energy Fuels Inc/Canada</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BXTPV3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,294,266</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$214,697,544.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.48%</x:t>
   </x:si>
   <x:si>
     <x:t>1816 HK</x:t>
   </x:si>
   <x:si>
     <x:t>Cgn Power Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00732Y4J0</x:t>
   </x:si>
   <x:si>
-    <x:t>501,105,000</x:t>
-[...23 lines deleted...]
-    <x:t>4.29%</x:t>
+    <x:t>503,433,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$202,718,505.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.23%</x:t>
   </x:si>
   <x:si>
     <x:t>LEU US</x:t>
   </x:si>
   <x:si>
     <x:t>Centrus Energy Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BQ2JM1</x:t>
   </x:si>
   <x:si>
-    <x:t>714,436</x:t>
-[...5 lines deleted...]
-    <x:t>4.12%</x:t>
+    <x:t>717,772</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$198,277,337.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.14%</x:t>
   </x:si>
   <x:si>
     <x:t>OKLO US</x:t>
   </x:si>
   <x:si>
     <x:t>Oklo Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0112CBLW3</x:t>
   </x:si>
   <x:si>
-    <x:t>2,505,270</x:t>
-[...5 lines deleted...]
-    <x:t>3.90%</x:t>
+    <x:t>2,516,964</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$188,898,148.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.94%</x:t>
   </x:si>
   <x:si>
     <x:t>1164 HK</x:t>
   </x:si>
   <x:si>
     <x:t>Cgn Mining Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000M34183</x:t>
   </x:si>
   <x:si>
-    <x:t>311,580,000</x:t>
-[...5 lines deleted...]
-    <x:t>3.72%</x:t>
+    <x:t>313,020,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$183,471,495.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.83%</x:t>
   </x:si>
   <x:si>
     <x:t>SMR US</x:t>
   </x:si>
   <x:si>
     <x:t>Nuscale Power Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00YG48NM6</x:t>
   </x:si>
   <x:si>
-    <x:t>9,349,601</x:t>
-[...5 lines deleted...]
-    <x:t>3.59%</x:t>
+    <x:t>9,393,017</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$166,068,540.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YCA LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yellow Cake Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00L33SXM6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,732,967</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$156,269,793.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>052690 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kepco Engineering &amp; Construction Co Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PDFR52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,480,778</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$155,707,967.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.25%</x:t>
   </x:si>
   <x:si>
     <x:t>FORTUM FH</x:t>
   </x:si>
   <x:si>
     <x:t>Fortum Oyj</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CKYDQ7</x:t>
   </x:si>
   <x:si>
-    <x:t>6,577,233</x:t>
-[...38 lines deleted...]
-    <x:t>3.29%</x:t>
+    <x:t>6,608,103</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$154,071,440.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.22%</x:t>
   </x:si>
   <x:si>
     <x:t>CEZ CP</x:t>
   </x:si>
   <x:si>
     <x:t>Cez As</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BL4LT8</x:t>
   </x:si>
   <x:si>
-    <x:t>2,500,309</x:t>
-[...5 lines deleted...]
-    <x:t>3.26%</x:t>
+    <x:t>2,511,919</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$149,282,692.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DYL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Deep Yellow Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BRP027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>63,704,646</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$109,853,736.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.29%</x:t>
   </x:si>
   <x:si>
     <x:t>NNE US</x:t>
   </x:si>
   <x:si>
     <x:t>Nano Nuclear Energy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01F7QNWC1</x:t>
   </x:si>
   <x:si>
-    <x:t>3,614,044</x:t>
-[...23 lines deleted...]
-    <x:t>2.22%</x:t>
+    <x:t>3,630,910</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$103,553,553.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.16%</x:t>
   </x:si>
   <x:si>
     <x:t>SLX AU</x:t>
   </x:si>
   <x:si>
     <x:t>Silex Systems Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000C21HG5</x:t>
   </x:si>
   <x:si>
-    <x:t>19,630,048</x:t>
-[...5 lines deleted...]
-    <x:t>1.90%</x:t>
+    <x:t>19,722,178</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$95,693,244.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.00%</x:t>
   </x:si>
   <x:si>
     <x:t>URG US</x:t>
   </x:si>
   <x:si>
     <x:t>Ur-Energy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000M5BMH4</x:t>
   </x:si>
   <x:si>
-    <x:t>22,599,048</x:t>
-[...5 lines deleted...]
-    <x:t>0.79%</x:t>
+    <x:t>22,703,994</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$38,142,709.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.80%</x:t>
   </x:si>
   <x:si>
     <x:t>EU US</x:t>
   </x:si>
   <x:si>
     <x:t>Encore Energy Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001CK1971</x:t>
   </x:si>
   <x:si>
-    <x:t>10,835,875</x:t>
-[...2 lines deleted...]
-    <x:t>$29,256,862.50</x:t>
+    <x:t>10,886,449</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$30,482,057.20</x:t>
   </x:si>
   <x:si>
     <x:t>0.64%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>375,056</x:t>
+    <x:t>8,310,886</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$375,056.12</x:t>
-[...2 lines deleted...]
-    <x:t>0.01%</x:t>
+    <x:t>$8,310,886.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.17%</x:t>
   </x:si>
   <x:si>
     <x:t>-EUR CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>2,004</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,368.58</x:t>
+    <x:t>$2,387.22</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>-CZK CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>5,838</x:t>
   </x:si>
   <x:si>
-    <x:t>$284.91</x:t>
+    <x:t>$286.99</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$9,566,585.84</x:t>
-[...2 lines deleted...]
-    <x:t>0.21%</x:t>
+    <x:t>$1,527,793.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.03%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -607,51 +607,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2a819bb6f4624b7a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R2c43325b32db469d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc9f34066389e485f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d32a8de063a4226" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rbce680d18e6f4122" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re5f578c89be145ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I33"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="18" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -970,312 +970,312 @@
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G12" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H12" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I12" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>60</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
+        <x:v>66</x:v>
+      </x:c>
+      <x:c r="C13" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
-      <x:c r="C13" s="1" t="s">
+      <x:c r="D13" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
-      <x:c r="D13" s="1" t="s">
+      <x:c r="E13" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
-      <x:c r="E13" s="1" t="s">
+      <x:c r="F13" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G13" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
-      <x:c r="F13" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G13" s="1" t="s">
+      <x:c r="H13" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I13" s="1" t="s">
         <x:v>71</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="C14" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="C14" s="1" t="s">
+      <x:c r="D14" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="D14" s="1" t="s">
+      <x:c r="E14" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
-      <x:c r="E14" s="1" t="s">
+      <x:c r="F14" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G14" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
-      <x:c r="F14" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G14" s="1" t="s">
+      <x:c r="H14" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I14" s="1" t="s">
         <x:v>77</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="C15" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="C15" s="1" t="s">
+      <x:c r="D15" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
-      <x:c r="D15" s="1" t="s">
+      <x:c r="E15" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="E15" s="1" t="s">
+      <x:c r="F15" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G15" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="F15" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G15" s="1" t="s">
+      <x:c r="H15" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I15" s="1" t="s">
         <x:v>83</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="C16" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="C16" s="1" t="s">
+      <x:c r="D16" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="D16" s="1" t="s">
+      <x:c r="E16" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="E16" s="1" t="s">
+      <x:c r="F16" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G16" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="F16" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G16" s="1" t="s">
+      <x:c r="H16" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I16" s="1" t="s">
         <x:v>89</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="C17" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="C17" s="1" t="s">
+      <x:c r="D17" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="D17" s="1" t="s">
+      <x:c r="E17" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="E17" s="1" t="s">
+      <x:c r="F17" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G17" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="F17" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G17" s="1" t="s">
+      <x:c r="H17" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I17" s="1" t="s">
         <x:v>95</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="C18" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
-      <x:c r="C18" s="1" t="s">
+      <x:c r="D18" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="D18" s="1" t="s">
+      <x:c r="E18" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="E18" s="1" t="s">
+      <x:c r="F18" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G18" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="F18" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G18" s="1" t="s">
+      <x:c r="H18" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I18" s="1" t="s">
         <x:v>101</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="C19" s="1" t="s">
+      <x:c r="D19" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="D19" s="1" t="s">
+      <x:c r="E19" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="E19" s="1" t="s">
+      <x:c r="F19" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G19" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="F19" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G19" s="1" t="s">
+      <x:c r="H19" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I19" s="1" t="s">
         <x:v>107</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="C20" s="1" t="s">
+      <x:c r="D20" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="D20" s="1" t="s">
+      <x:c r="E20" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
-      <x:c r="E20" s="1" t="s">
+      <x:c r="F20" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G20" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
-      <x:c r="F20" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G20" s="1" t="s">
+      <x:c r="H20" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I20" s="1" t="s">
         <x:v>113</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="C21" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="C21" s="1" t="s">
+      <x:c r="D21" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
-      <x:c r="D21" s="1" t="s">
+      <x:c r="E21" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
-      <x:c r="E21" s="1" t="s">
+      <x:c r="F21" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G21" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
-      <x:c r="F21" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G21" s="1" t="s">
+      <x:c r="H21" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I21" s="1" t="s">
         <x:v>119</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
         <x:v>120</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">