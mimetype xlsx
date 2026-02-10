--- v5 (2026-02-10)
+++ v6 (2026-02-10)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R68aad43c9bb84d49" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a9f2a6da9944491" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="NLR_asof_20260209" sheetId="1" r:id="Re5f578c89be145ed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="NLR_asof_20260209" sheetId="1" r:id="R2538d2eb9b314650"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="268" uniqueCount="180">
   <x:si>
     <x:t>Daily Holdings (%)  02/09/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
@@ -607,51 +607,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d32a8de063a4226" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rbce680d18e6f4122" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re5f578c89be145ed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R746fecdccbc54073" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R0bc2896cefda4099" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2538d2eb9b314650" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I33"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="18" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">