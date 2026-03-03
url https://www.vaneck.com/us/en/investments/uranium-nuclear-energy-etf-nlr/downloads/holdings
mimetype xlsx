--- v6 (2026-02-10)
+++ v7 (2026-03-03)
@@ -1,585 +1,588 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a9f2a6da9944491" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f64db617fa443ca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="NLR_asof_20260209" sheetId="1" r:id="R2538d2eb9b314650"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="NLR_asof_20260227" sheetId="1" r:id="Rf4ebdee6cd284adb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="268" uniqueCount="180">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  02/09/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="268" uniqueCount="181">
+  <x:si>
+    <x:t>Daily Holdings (%)  02/27/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>CCJ US</x:t>
   </x:si>
   <x:si>
     <x:t>Cameco Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DSZTN6</x:t>
   </x:si>
   <x:si>
-    <x:t>3,600,778</x:t>
+    <x:t>3,706,183</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$434,541,889.04</x:t>
+    <x:t>$438,812,067.20</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>9.07%</x:t>
+    <x:t>8.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CEG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Constellation Energy Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014KFRNP7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>930,188</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$306,850,417.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.21%</x:t>
   </x:si>
   <x:si>
     <x:t>DNN US</x:t>
   </x:si>
   <x:si>
     <x:t>Denison Mines Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CX6DQ0</x:t>
   </x:si>
   <x:si>
-    <x:t>70,118,420</x:t>
-[...5 lines deleted...]
-    <x:t>5.78%</x:t>
+    <x:t>72,170,932</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$301,674,495.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.10%</x:t>
   </x:si>
   <x:si>
     <x:t>BWXT US</x:t>
   </x:si>
   <x:si>
     <x:t>Bwx Technologies Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000D86F25</x:t>
   </x:si>
   <x:si>
-    <x:t>1,291,966</x:t>
-[...5 lines deleted...]
-    <x:t>5.48%</x:t>
+    <x:t>1,329,806</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$273,913,439.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NXE US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nexgen Energy Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004WG63P0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,972,545</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$268,029,125.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PDN AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Paladin Energy Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BC8GS6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>27,769,636</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$264,980,628.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.36%</x:t>
   </x:si>
   <x:si>
     <x:t>KAP LI</x:t>
   </x:si>
   <x:si>
     <x:t>Nac Kazatomprom Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00MJM7K82</x:t>
   </x:si>
   <x:si>
-    <x:t>3,071,085</x:t>
-[...5 lines deleted...]
-    <x:t>5.40%</x:t>
+    <x:t>3,170,664</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$260,376,379.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.27%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PCG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pg&amp;E Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQWPC5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,675,133</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$259,827,527.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PEG US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public Service Enterprise Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQZMH4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,822,255</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$242,911,487.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.91%</x:t>
   </x:si>
   <x:si>
     <x:t>UEC US</x:t>
   </x:si>
   <x:si>
     <x:t>Uranium Energy Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000LCK3Q2</x:t>
   </x:si>
   <x:si>
-    <x:t>14,772,933</x:t>
-[...92 lines deleted...]
-    <x:t>4.54%</x:t>
+    <x:t>15,194,021</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$232,924,341.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.71%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1816 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cgn Power Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00732Y4J0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>517,789,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$207,834,678.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.20%</x:t>
   </x:si>
   <x:si>
     <x:t>UUUU US</x:t>
   </x:si>
   <x:si>
     <x:t>Energy Fuels Inc/Canada</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BXTPV3</x:t>
   </x:si>
   <x:si>
-    <x:t>9,294,266</x:t>
-[...23 lines deleted...]
-    <x:t>4.23%</x:t>
+    <x:t>9,566,340</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$203,954,368.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1164 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cgn Mining Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000M34183</x:t>
+  </x:si>
+  <x:si>
+    <x:t>321,900,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$201,868,787.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>052690 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kepco Engineering &amp; Construction Co Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PDFR52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,537,809</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$186,961,043.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.78%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OKLO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oklo Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0112CBLW3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,590,647</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$163,081,228.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.30%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FORTUM FH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fortum Oyj</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CKYDQ7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,838,757</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$159,779,211.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YCA LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yellow Cake Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00L33SXM6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,351,971</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$156,676,696.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.17%</x:t>
   </x:si>
   <x:si>
     <x:t>LEU US</x:t>
   </x:si>
   <x:si>
     <x:t>Centrus Energy Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BQ2JM1</x:t>
   </x:si>
   <x:si>
-    <x:t>717,772</x:t>
-[...41 lines deleted...]
-    <x:t>3.83%</x:t>
+    <x:t>738,775</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$149,668,427.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.03%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CEZ CP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cez As</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BL4LT8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,583,514</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$146,693,983.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.97%</x:t>
   </x:si>
   <x:si>
     <x:t>SMR US</x:t>
   </x:si>
   <x:si>
     <x:t>Nuscale Power Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00YG48NM6</x:t>
   </x:si>
   <x:si>
-    <x:t>9,393,017</x:t>
-[...77 lines deleted...]
-    <x:t>3.12%</x:t>
+    <x:t>9,660,755</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$124,140,701.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.51%</x:t>
   </x:si>
   <x:si>
     <x:t>DYL AU</x:t>
   </x:si>
   <x:si>
     <x:t>Deep Yellow Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BRP027</x:t>
   </x:si>
   <x:si>
-    <x:t>63,704,646</x:t>
-[...5 lines deleted...]
-    <x:t>2.29%</x:t>
+    <x:t>65,928,407</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$123,409,204.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SLX AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Silex Systems Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C21HG5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,410,640</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$100,436,611.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.03%</x:t>
   </x:si>
   <x:si>
     <x:t>NNE US</x:t>
   </x:si>
   <x:si>
     <x:t>Nano Nuclear Energy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG01F7QNWC1</x:t>
   </x:si>
   <x:si>
-    <x:t>3,630,910</x:t>
-[...23 lines deleted...]
-    <x:t>2.00%</x:t>
+    <x:t>3,737,195</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$99,372,015.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.01%</x:t>
   </x:si>
   <x:si>
     <x:t>URG US</x:t>
   </x:si>
   <x:si>
     <x:t>Ur-Energy Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000M5BMH4</x:t>
   </x:si>
   <x:si>
-    <x:t>22,703,994</x:t>
-[...5 lines deleted...]
-    <x:t>0.80%</x:t>
+    <x:t>23,351,146</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$38,996,413.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.79%</x:t>
   </x:si>
   <x:si>
     <x:t>EU US</x:t>
   </x:si>
   <x:si>
     <x:t>Encore Energy Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001CK1971</x:t>
   </x:si>
   <x:si>
-    <x:t>10,886,449</x:t>
-[...5 lines deleted...]
-    <x:t>0.64%</x:t>
+    <x:t>11,205,109</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$30,253,794.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.61%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>8,310,886</x:t>
+    <x:t>2,579,557</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$8,310,886.25</x:t>
-[...2 lines deleted...]
-    <x:t>0.17%</x:t>
+    <x:t>$2,579,556.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.05%</x:t>
   </x:si>
   <x:si>
     <x:t>-EUR CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>2,004</x:t>
   </x:si>
   <x:si>
-    <x:t>$2,387.22</x:t>
+    <x:t>$2,366.08</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>-CZK CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>5,838</x:t>
   </x:si>
   <x:si>
-    <x:t>$286.99</x:t>
+    <x:t>$284.56</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,527,793.48</x:t>
-[...2 lines deleted...]
-    <x:t>0.03%</x:t>
+    <x:t>$-1,876,890.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.04%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -607,51 +610,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R746fecdccbc54073" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R0bc2896cefda4099" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2538d2eb9b314650" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5dd86465a8254446" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rba0efb0fc1e34d78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf4ebdee6cd284adb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I33"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="18" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -970,636 +973,636 @@
       <x:c r="A12" s="1">
         <x:v>9</x:v>
       </x:c>
       <x:c r="B12" s="1" t="s">
         <x:v>61</x:v>
       </x:c>
       <x:c r="C12" s="1" t="s">
         <x:v>62</x:v>
       </x:c>
       <x:c r="D12" s="1" t="s">
         <x:v>63</x:v>
       </x:c>
       <x:c r="E12" s="1" t="s">
         <x:v>64</x:v>
       </x:c>
       <x:c r="F12" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G12" s="1" t="s">
         <x:v>65</x:v>
       </x:c>
       <x:c r="H12" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I12" s="1" t="s">
-        <x:v>60</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="13" spans="1:9" ht="15" customHeight="1">
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>67</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
-        <x:v>67</x:v>
+        <x:v>68</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
-        <x:v>68</x:v>
+        <x:v>69</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
-        <x:v>69</x:v>
+        <x:v>70</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
-        <x:v>70</x:v>
+        <x:v>71</x:v>
       </x:c>
       <x:c r="H13" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
-        <x:v>71</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="H14" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I14" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="D31" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="E31" s="1" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="F31" s="1" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="H31" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I31" s="1" t="s">
         <x:v>172</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="2" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="B33" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C33" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D33" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E33" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F33" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G33" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H33" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I33" s="2" t="s">
         <x:v>1</x:v>
       </x:c>