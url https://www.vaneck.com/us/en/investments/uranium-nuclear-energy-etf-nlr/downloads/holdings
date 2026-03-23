--- v7 (2026-03-03)
+++ v8 (2026-03-23)
@@ -1,588 +1,585 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f64db617fa443ca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R01bcf0d0c9ea484b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="NLR_asof_20260227" sheetId="1" r:id="Rf4ebdee6cd284adb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="NLR_asof_20260320" sheetId="1" r:id="R4cdeadd9f77a4818"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="268" uniqueCount="181">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  02/27/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="268" uniqueCount="180">
+  <x:si>
+    <x:t>Daily Holdings (%)  03/20/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
-    <x:t>CCJ US</x:t>
+    <x:t>CEG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Constellation Energy Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG014KFRNP7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,284,690</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stock</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$362,269,733.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t> -- </x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CCJ</x:t>
   </x:si>
   <x:si>
     <x:t>Cameco Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DSZTN6</x:t>
   </x:si>
   <x:si>
-    <x:t>3,706,183</x:t>
-[...32 lines deleted...]
-    <x:t>DNN US</x:t>
+    <x:t>3,347,721</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$339,961,067.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BWXT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bwx Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000D86F25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,478,315</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$295,293,421.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PEG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Public Service Enterprise Group Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQZMH4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,422,092</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$271,850,988.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PCG</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pg&amp;E Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQWPC5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,418,575</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$249,729,719.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FORTUM FH</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fortum Oyj</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CKYDQ7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,356,505</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$233,184,380.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1816 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cgn Power Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00732Y4J0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>490,014,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$211,941,627.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CEZ CP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cez As</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BL4LT8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,573,958</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$206,601,280.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.64%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KAP LI</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nac Kazatomprom Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00MJM7K82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,646,652</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$194,370,244.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NXE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nexgen Energy Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004WG63P0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>17,190,675</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$193,567,000.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.35%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>OKLO</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oklo Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0112CBLW3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,462,239</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$186,857,038.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UEC</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Uranium Energy Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000LCK3Q2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,356,193</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$185,656,373.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.17%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UUUU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Energy Fuels Inc/Canada</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BXTPV3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,826,614</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$181,345,784.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.07%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DNN</x:t>
   </x:si>
   <x:si>
     <x:t>Denison Mines Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CX6DQ0</x:t>
   </x:si>
   <x:si>
-    <x:t>72,170,932</x:t>
-[...41 lines deleted...]
-    <x:t>5.42%</x:t>
+    <x:t>54,322,534</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$180,894,038.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SMR</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nuscale Power Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YG48NM6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,576,266</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$178,192,483.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.00%</x:t>
   </x:si>
   <x:si>
     <x:t>PDN AU</x:t>
   </x:si>
   <x:si>
     <x:t>Paladin Energy Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BC8GS6</x:t>
   </x:si>
   <x:si>
-    <x:t>27,769,636</x:t>
-[...113 lines deleted...]
-    <x:t>4.13%</x:t>
+    <x:t>24,489,801</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$178,080,503.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>LEU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Centrus Energy Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BQ2JM1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>941,409</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$175,817,544.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.95%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>052690 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kepco Engineering &amp; Construction Co Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PDFR52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,255,908</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$144,074,537.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>YCA LN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Yellow Cake Plc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00L33SXM6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,604,752</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$124,853,782.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.80%</x:t>
   </x:si>
   <x:si>
     <x:t>1164 HK</x:t>
   </x:si>
   <x:si>
     <x:t>Cgn Mining Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000M34183</x:t>
   </x:si>
   <x:si>
-    <x:t>321,900,000</x:t>
-[...131 lines deleted...]
-    <x:t>2.51%</x:t>
+    <x:t>261,940,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$120,844,705.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.71%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NNE</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nano Nuclear Energy Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01F7QNWC1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,005,455</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$63,415,100.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SLX AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Silex Systems Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000C21HG5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>16,724,865</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$59,063,329.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.33%</x:t>
   </x:si>
   <x:si>
     <x:t>DYL AU</x:t>
   </x:si>
   <x:si>
     <x:t>Deep Yellow Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BRP027</x:t>
   </x:si>
   <x:si>
-    <x:t>65,928,407</x:t>
-[...62 lines deleted...]
-    <x:t>EU US</x:t>
+    <x:t>47,671,332</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$54,788,198.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ISO CN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Isoenergy Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DQDM919</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,329,609</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,493,712.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EU</x:t>
   </x:si>
   <x:si>
     <x:t>Encore Energy Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001CK1971</x:t>
   </x:si>
   <x:si>
-    <x:t>11,205,109</x:t>
-[...5 lines deleted...]
-    <x:t>0.61%</x:t>
+    <x:t>10,902,148</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,751,694.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-EUR CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t> </x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,209</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cash Bal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,550.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-CZK CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,486</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$541.13</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t> </x:t>
-[...32 lines deleted...]
-    <x:t>$284.56</x:t>
+    <x:t>-50,344,464</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-50,344,463.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.13%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-1,876,890.67</x:t>
-[...2 lines deleted...]
-    <x:t>-0.04%</x:t>
+    <x:t>$70,357,071.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.58%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -610,51 +607,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5dd86465a8254446" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rba0efb0fc1e34d78" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rf4ebdee6cd284adb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rac1f88c9e41f445a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rae10a6fe5ae84608" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4cdeadd9f77a4818" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I33"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="18" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -1176,433 +1173,433 @@
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="C20" s="1" t="s">
+      <x:c r="D20" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="D20" s="1" t="s">
+      <x:c r="E20" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
-      <x:c r="E20" s="1" t="s">
+      <x:c r="F20" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G20" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
-      <x:c r="F20" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G20" s="1" t="s">
+      <x:c r="H20" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I20" s="1" t="s">
         <x:v>113</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="C21" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="C21" s="1" t="s">
+      <x:c r="D21" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
-      <x:c r="D21" s="1" t="s">
+      <x:c r="E21" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
-      <x:c r="E21" s="1" t="s">
+      <x:c r="F21" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G21" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
-      <x:c r="F21" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G21" s="1" t="s">
+      <x:c r="H21" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I21" s="1" t="s">
         <x:v>119</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
-      <x:c r="C22" s="1" t="s">
+      <x:c r="D22" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="D22" s="1" t="s">
+      <x:c r="E22" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="E22" s="1" t="s">
+      <x:c r="F22" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G22" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
-      <x:c r="F22" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G22" s="1" t="s">
+      <x:c r="H22" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I22" s="1" t="s">
         <x:v>125</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="C23" s="1" t="s">
+      <x:c r="D23" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="D23" s="1" t="s">
+      <x:c r="E23" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="E23" s="1" t="s">
+      <x:c r="F23" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G23" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
-      <x:c r="F23" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G23" s="1" t="s">
+      <x:c r="H23" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I23" s="1" t="s">
         <x:v>131</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="C24" s="1" t="s">
+      <x:c r="D24" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
-      <x:c r="D24" s="1" t="s">
+      <x:c r="E24" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
-      <x:c r="E24" s="1" t="s">
+      <x:c r="F24" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G24" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
-      <x:c r="F24" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G24" s="1" t="s">
+      <x:c r="H24" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I24" s="1" t="s">
         <x:v>137</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
+      <x:c r="D25" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="s">
+      <x:c r="E25" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
-      <x:c r="E25" s="1" t="s">
+      <x:c r="F25" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G25" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
-      <x:c r="F25" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G25" s="1" t="s">
+      <x:c r="H25" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I25" s="1" t="s">
         <x:v>143</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="D26" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
+      <x:c r="E26" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="E26" s="1" t="s">
+      <x:c r="F26" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G26" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
-      <x:c r="F26" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G26" s="1" t="s">
+      <x:c r="H26" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I26" s="1" t="s">
         <x:v>149</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="D27" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
+      <x:c r="E27" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
-      <x:c r="E27" s="1" t="s">
+      <x:c r="F27" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G27" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
-      <x:c r="F27" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G27" s="1" t="s">
+      <x:c r="H27" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I27" s="1" t="s">
         <x:v>155</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="D28" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="D28" s="1" t="s">
+      <x:c r="E28" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="E28" s="1" t="s">
+      <x:c r="F28" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G28" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
-      <x:c r="F28" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G28" s="1" t="s">
+      <x:c r="H28" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I28" s="1" t="s">
         <x:v>161</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="D29" s="1" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="E29" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E29" s="1" t="s">
+      <x:c r="F29" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
-      <x:c r="F29" s="1" t="s">
+      <x:c r="G29" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
-      <x:c r="G29" s="1" t="s">
+      <x:c r="H29" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I29" s="1" t="s">
         <x:v>167</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="D30" s="1" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="E30" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="E30" s="1" t="s">
+      <x:c r="F30" s="1" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="G30" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
-      <x:c r="F30" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="D31" s="1" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="E31" s="1" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="F31" s="1" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="E31" s="1" t="s">
+      <x:c r="H31" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I31" s="1" t="s">
         <x:v>174</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="D32" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E32" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F32" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="D32" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="F32" s="1" t="s">
+      <x:c r="G32" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="G32" s="1" t="s">
+      <x:c r="H32" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I32" s="1" t="s">
         <x:v>178</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="2" t="s">
-        <x:v>180</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="B33" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C33" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D33" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E33" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F33" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G33" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H33" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I33" s="2" t="s">
         <x:v>1</x:v>
       </x:c>