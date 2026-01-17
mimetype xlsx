--- v0 (2025-12-05)
+++ v1 (2026-01-17)
@@ -1,378 +1,378 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89cfbbbaa4cb4590" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab838ad2827447ae" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MOAT_asof_20251031" sheetId="1" r:id="R69837c4f1b96464e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MOAT_asof_20251130" sheetId="1" r:id="R29224a58227f4f65"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="112" uniqueCount="110">
   <x:si>
-    <x:t>Strategy Constituents As of  10/31/2025</x:t>
+    <x:t>Strategy Constituents As of  11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Weight (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Applied Materials Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>3.3720163</x:t>
+    <x:t>3.5650789</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Thermo Fisher Scientific Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.1548102</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Merck &amp; Co. Inc.</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.0308222</x:t>
   </x:si>
   <x:si>
     <x:t>Huntington Ingalls Industrie</x:t>
   </x:si>
   <x:si>
-    <x:t>3.0931222</x:t>
+    <x:t>2.9969344</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Agilent Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.9828709</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amgen Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.8697018</x:t>
   </x:si>
   <x:si>
     <x:t>Estee Lauder Companies-Cl A</x:t>
   </x:si>
   <x:si>
-    <x:t>3.0073165</x:t>
-[...11 lines deleted...]
-    <x:t>2.8163823</x:t>
+    <x:t>2.8394378</x:t>
   </x:si>
   <x:si>
     <x:t>West Pharmaceutical Services</x:t>
   </x:si>
   <x:si>
-    <x:t>2.7921107</x:t>
+    <x:t>2.7324499</x:t>
   </x:si>
   <x:si>
     <x:t>Danaher Corp</x:t>
   </x:si>
   <x:si>
-    <x:t>2.6024369</x:t>
-[...5 lines deleted...]
-    <x:t>2.5410103</x:t>
+    <x:t>2.719311</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ge Healthcare Technology</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.4996702</x:t>
   </x:si>
   <x:si>
     <x:t>United Parcel Service-Cl B</x:t>
   </x:si>
   <x:si>
-    <x:t>2.5153638</x:t>
-[...5 lines deleted...]
-    <x:t>2.4724882</x:t>
+    <x:t>2.4899275</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Us Bancorp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.4735522</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bristol-Myers Squibb Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.4405303</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Teradyne Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.3835301</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Idex Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.3756342</x:t>
   </x:si>
   <x:si>
     <x:t>Zimmer Biomet Holdings Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>2.4331757</x:t>
-[...23 lines deleted...]
-    <x:t>2.3639559</x:t>
+    <x:t>2.3448971</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nike Inc -Cl B</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.2379766</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Transunion</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.1753611</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mondelez International Inc-A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.1000027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Workday Inc-Class A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.0994569</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nxp Semiconductors Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.0893477</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Alphabet Inc-Cl A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.0814641</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kenvue Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.0694998</x:t>
   </x:si>
   <x:si>
     <x:t>Salesforce Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>2.3463313</x:t>
-[...29 lines deleted...]
-    <x:t>2.1561547</x:t>
+    <x:t>2.0515234</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Constellation Brands Inc-A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.0377805</x:t>
   </x:si>
   <x:si>
     <x:t>Clorox Company</x:t>
   </x:si>
   <x:si>
-    <x:t>2.1385649</x:t>
+    <x:t>2.0153458</x:t>
   </x:si>
   <x:si>
     <x:t>Boeing Co/The</x:t>
   </x:si>
   <x:si>
-    <x:t>2.1332413</x:t>
+    <x:t>1.9601983</x:t>
   </x:si>
   <x:si>
     <x:t>Adobe Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>2.0906585</x:t>
-[...11 lines deleted...]
-    <x:t>1.9794988</x:t>
+    <x:t>1.9246647</x:t>
   </x:si>
   <x:si>
     <x:t>Marketaxess Holdings Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>1.8907521</x:t>
+    <x:t>1.9087541</x:t>
   </x:si>
   <x:si>
     <x:t>Caterpillar Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>1.8904108</x:t>
-[...5 lines deleted...]
-    <x:t>1.8617717</x:t>
+    <x:t>1.8293273</x:t>
   </x:si>
   <x:si>
     <x:t>Monolithic Power Systems Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>1.7893085</x:t>
-[...5 lines deleted...]
-    <x:t>1.7399401</x:t>
+    <x:t>1.4967808</x:t>
   </x:si>
   <x:si>
     <x:t>Allegion Plc</x:t>
   </x:si>
   <x:si>
-    <x:t>1.3635614</x:t>
+    <x:t>1.3442496</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pepsico Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.3419859</x:t>
   </x:si>
   <x:si>
     <x:t>Northrop Grumman Corp</x:t>
   </x:si>
   <x:si>
-    <x:t>1.3633039</x:t>
-[...5 lines deleted...]
-    <x:t>1.3604301</x:t>
+    <x:t>1.3142848</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jack Henry &amp; Associates Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.3029033</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hershey Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.2723521</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brown-Forman Corp-Class B</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.2639139</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pfizer Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.2401569</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Otis Worldwide Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.2342993</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nordson Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.2322644</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fortinet Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.2204551</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Schwab (Charles) Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.1960781</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Deere &amp; Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.1881426</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Microsoft Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.1865381</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amazon.Com Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.1830893</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Masco Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.1575317</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Airbnb Inc-Class A</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.1405862</x:t>
   </x:si>
   <x:si>
     <x:t>Entegris Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>1.3186866</x:t>
-[...77 lines deleted...]
-    <x:t>1.1415591</x:t>
+    <x:t>1.1129246</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Broadridge Financial Solutio</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.0934309</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Intl Flavors &amp; Fragrances</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.0158933</x:t>
   </x:si>
   <x:si>
     <x:t>Walt Disney Co/The</x:t>
   </x:si>
   <x:si>
-    <x:t>1.1128529</x:t>
-[...5 lines deleted...]
-    <x:t>1.0794996</x:t>
+    <x:t>1.012267</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tyler Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.0021937</x:t>
   </x:si>
   <x:si>
     <x:t>Copart Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>1.0786937</x:t>
-[...11 lines deleted...]
-    <x:t>0.9344262</x:t>
+    <x:t>0.967817</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -397,51 +397,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9fac1bed23a44a0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R717b2c26f9434e6d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R69837c4f1b96464e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b854e84ede8457a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R13193707c7054278" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R29224a58227f4f65" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:B56"/>
   <x:cols>
     <x:col min="1" max="1" width="38" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2" ht="15" customHeight="1">
       <x:c r="A1" s="3" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2" ht="15" customHeight="1">
       <x:c r="A2" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B2" s="2" t="s">
         <x:v>3</x:v>
       </x:c>