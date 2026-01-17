--- v1 (2026-01-17)
+++ v2 (2026-01-17)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab838ad2827447ae" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46b2f3d7646648df" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MOAT_asof_20251130" sheetId="1" r:id="R29224a58227f4f65"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MOAT_asof_20251130" sheetId="1" r:id="R7e471256ae0e4b6e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="112" uniqueCount="110">
   <x:si>
     <x:t>Strategy Constituents As of  11/30/2025</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Weight (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Applied Materials Inc</x:t>
   </x:si>
   <x:si>
     <x:t>3.5650789</x:t>
   </x:si>
   <x:si>
@@ -397,51 +397,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9b854e84ede8457a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R13193707c7054278" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R29224a58227f4f65" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ac12651019f4fe3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R4bf580c3263e4f42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7e471256ae0e4b6e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:B56"/>
   <x:cols>
     <x:col min="1" max="1" width="38" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2" ht="15" customHeight="1">
       <x:c r="A1" s="3" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2" ht="15" customHeight="1">
       <x:c r="A2" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B2" s="2" t="s">
         <x:v>3</x:v>
       </x:c>