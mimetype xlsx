--- v2 (2026-01-17)
+++ v3 (2026-02-22)
@@ -1,378 +1,384 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46b2f3d7646648df" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40e83fe937874d4a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MOAT_asof_20251130" sheetId="1" r:id="R7e471256ae0e4b6e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MOAT_asof_20260131" sheetId="1" r:id="Racef660cc3a74385"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="112" uniqueCount="110">
-[...1 lines deleted...]
-    <x:t>Strategy Constituents As of  11/30/2025</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="114" uniqueCount="112">
+  <x:si>
+    <x:t>Strategy Constituents As of  01/31/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Weight (%)</x:t>
   </x:si>
   <x:si>
+    <x:t>Huntington Ingalls Industries</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.4750869</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Estee Lauder Cos Inc/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.9491972</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Idex Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.8491443</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United Parcel Service Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.8418777</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bristol-Myers Squibb Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.6802615</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Airbnb Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.6032281</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Constellation Brands Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.5970767</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Boeing Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.5685141</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Danaher Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.5226863</x:t>
+  </x:si>
+  <x:si>
     <x:t>Applied Materials Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>3.5650789</x:t>
+    <x:t>2.501576</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nxp Semiconductors Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.4737506</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fortinet Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.4495718</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Otis Worldwide Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.4297507</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Clorox Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.4077877</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ge Healthcare Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.3933219</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mondelez International Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.3843981</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kenvue Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.3773717</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Transunion</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.2625874</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brown-Forman Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.2611174</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nike Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.2466805</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zimmer Biomet Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.1283848</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Microsoft Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.0989001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Adobe Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.0401289</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Salesforce Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.0228997</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Broadridge Financial Solutions Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.9918791</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Workday Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.8592401</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tyler Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.8249725</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Entegris Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.7762482</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Merck &amp; Co Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.5432401</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Northrop Grumman Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.5387087</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amgen Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.4936654</x:t>
   </x:si>
   <x:si>
     <x:t>Thermo Fisher Scientific Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>3.1548102</x:t>
-[...11 lines deleted...]
-    <x:t>2.9969344</x:t>
+    <x:t>1.4545779</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chipotle Mexican Grill Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.4250362</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Us Bancorp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.3719007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Meta Platforms Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.3563158</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Deere &amp; Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.3327383</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Motorola Solutions Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.3296297</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Charles Schwab Corp/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.3093199</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Jack Henry &amp; Associates Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.306168</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Masco Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.2998648</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hershey Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.2910808</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nvidia Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.2708959</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Walt Disney Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.2699033</x:t>
   </x:si>
   <x:si>
     <x:t>Agilent Technologies Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>2.9828709</x:t>
-[...137 lines deleted...]
-    <x:t>1.9246647</x:t>
+    <x:t>1.2624596</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zoetis Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.261854</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pepsico Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.2506868</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amazon.Com Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.2321738</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lpl Financial Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.2057012</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Equifax Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.1883085</x:t>
+  </x:si>
+  <x:si>
+    <x:t>West Pharmaceutical Services Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.1373473</x:t>
   </x:si>
   <x:si>
     <x:t>Marketaxess Holdings Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>1.9087541</x:t>
-[...137 lines deleted...]
-    <x:t>1.0021937</x:t>
+    <x:t>1.0846264</x:t>
   </x:si>
   <x:si>
     <x:t>Copart Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>0.967817</x:t>
+    <x:t>0.9897845</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Oracle Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.9387343</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Servicenow Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.8376381</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -397,58 +403,58 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ac12651019f4fe3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R4bf580c3263e4f42" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R7e471256ae0e4b6e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02387eaea85e4f95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R843ca93fd6e14800" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Racef660cc3a74385" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:B56"/>
+  <x:dimension ref="A1:B57"/>
   <x:cols>
-    <x:col min="1" max="1" width="38" customWidth="1"/>
+    <x:col min="1" max="1" width="45" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2" ht="15" customHeight="1">
       <x:c r="A1" s="3" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2" ht="15" customHeight="1">
       <x:c r="A2" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B2" s="2" t="s">
         <x:v>3</x:v>
       </x:c>
     </x:row>
     <x:row r="3" spans="1:2" ht="15" customHeight="1">
       <x:c r="A3" s="1" t="s">
         <x:v>4</x:v>
       </x:c>
       <x:c r="B3" s="1" t="s">
         <x:v>5</x:v>
@@ -849,39 +855,47 @@
     <x:row r="53" spans="1:2" ht="15" customHeight="1">
       <x:c r="A53" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:2" ht="15" customHeight="1">
       <x:c r="A54" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
         <x:v>107</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:2" ht="15" customHeight="1">
       <x:c r="A55" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:2" ht="15" customHeight="1">
-      <x:c r="A56" s="2" t="s">
+      <x:c r="A56" s="1" t="s">
+        <x:v>110</x:v>
+      </x:c>
+      <x:c r="B56" s="1" t="s">
+        <x:v>111</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="57" spans="1:2" ht="15" customHeight="1">
+      <x:c r="A57" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="B56" s="2" t="s">
+      <x:c r="B57" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="2">
     <x:mergeCell ref="A1:B1"/>
-    <x:mergeCell ref="A56:B56"/>
+    <x:mergeCell ref="A57:B57"/>
   </x:mergeCells>
 </x:worksheet>
 </file>