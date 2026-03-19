--- v3 (2026-02-22)
+++ v4 (2026-03-19)
@@ -1,384 +1,384 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40e83fe937874d4a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4de3b59623f14a66" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MOAT_asof_20260131" sheetId="1" r:id="Racef660cc3a74385"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="MOAT_asof_20260228" sheetId="1" r:id="R8cf1ad52bdcf4fe6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="114" uniqueCount="112">
   <x:si>
-    <x:t>Strategy Constituents As of  01/31/2026</x:t>
+    <x:t>Strategy Constituents As of  02/28/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Weight (%)</x:t>
   </x:si>
   <x:si>
     <x:t>Huntington Ingalls Industries</x:t>
   </x:si>
   <x:si>
-    <x:t>3.4750869</x:t>
+    <x:t>3.5375384</x:t>
+  </x:si>
+  <x:si>
+    <x:t>United Parcel Service Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.0743533</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bristol-Myers Squibb Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.966071</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Idex Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.9394525</x:t>
   </x:si>
   <x:si>
     <x:t>Estee Lauder Cos Inc/The</x:t>
   </x:si>
   <x:si>
-    <x:t>2.9491972</x:t>
-[...17 lines deleted...]
-    <x:t>2.6802615</x:t>
+    <x:t>2.8160912</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Clorox Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.7380537</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Applied Materials Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.7070348</x:t>
   </x:si>
   <x:si>
     <x:t>Airbnb Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>2.6032281</x:t>
+    <x:t>2.6602603</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kenvue Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.5818157</x:t>
   </x:si>
   <x:si>
     <x:t>Constellation Brands Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>2.5970767</x:t>
+    <x:t>2.5698813</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Otis Worldwide Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.5065634</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ge Healthcare Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.5064187</x:t>
   </x:si>
   <x:si>
     <x:t>Boeing Co/The</x:t>
   </x:si>
   <x:si>
-    <x:t>2.5685141</x:t>
+    <x:t>2.4751824</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zimmer Biomet Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.4565867</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Mondelez International Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.4517044</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nxp Semiconductors Nv</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.4187465</x:t>
   </x:si>
   <x:si>
     <x:t>Danaher Corp</x:t>
   </x:si>
   <x:si>
-    <x:t>2.5226863</x:t>
-[...11 lines deleted...]
-    <x:t>2.4737506</x:t>
+    <x:t>2.364221</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Brown-Forman Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.3534979</x:t>
   </x:si>
   <x:si>
     <x:t>Fortinet Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>2.4495718</x:t>
-[...29 lines deleted...]
-    <x:t>2.3773717</x:t>
+    <x:t>2.3399548</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nike Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.2563711</x:t>
   </x:si>
   <x:si>
     <x:t>Transunion</x:t>
   </x:si>
   <x:si>
-    <x:t>2.2625874</x:t>
-[...17 lines deleted...]
-    <x:t>2.1283848</x:t>
+    <x:t>2.1568295</x:t>
   </x:si>
   <x:si>
     <x:t>Microsoft Corp</x:t>
   </x:si>
   <x:si>
-    <x:t>2.0989001</x:t>
+    <x:t>1.9121816</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Entegris Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.8813005</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Salesforce Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.8530146</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Broadridge Financial Solutions Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.8313284</x:t>
   </x:si>
   <x:si>
     <x:t>Adobe Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>2.0401289</x:t>
-[...11 lines deleted...]
-    <x:t>1.9918791</x:t>
+    <x:t>1.7814165</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Merck &amp; Co Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.6706602</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tyler Technologies Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.6671925</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Amgen Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.6242594</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Northrop Grumman Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.5465518</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hershey Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.542131</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Deere &amp; Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.5311859</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Motorola Solutions Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.5302523</x:t>
   </x:si>
   <x:si>
     <x:t>Workday Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>1.8592401</x:t>
-[...29 lines deleted...]
-    <x:t>1.4936654</x:t>
+    <x:t>1.4558056</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Masco Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.3959094</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Pepsico Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.3857727</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Us Bancorp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.3709994</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Chipotle Mexican Grill Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.3633482</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Zoetis Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.3224858</x:t>
   </x:si>
   <x:si>
     <x:t>Thermo Fisher Scientific Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>1.4545779</x:t>
-[...11 lines deleted...]
-    <x:t>1.3719007</x:t>
+    <x:t>1.2560429</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Charles Schwab Corp/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.2131877</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nvidia Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.1999775</x:t>
+  </x:si>
+  <x:si>
+    <x:t>West Pharmaceutical Services Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.1968157</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Equifax Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.190288</x:t>
   </x:si>
   <x:si>
     <x:t>Meta Platforms Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>1.3563158</x:t>
-[...17 lines deleted...]
-    <x:t>1.3093199</x:t>
+    <x:t>1.18658</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Walt Disney Co/The</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.1809882</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Marketaxess Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.1691394</x:t>
   </x:si>
   <x:si>
     <x:t>Jack Henry &amp; Associates Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>1.306168</x:t>
-[...23 lines deleted...]
-    <x:t>1.2699033</x:t>
+    <x:t>1.1624388</x:t>
   </x:si>
   <x:si>
     <x:t>Agilent Technologies Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>1.2624596</x:t>
-[...11 lines deleted...]
-    <x:t>1.2506868</x:t>
+    <x:t>1.1265897</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Lpl Financial Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.0442921</x:t>
   </x:si>
   <x:si>
     <x:t>Amazon.Com Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>1.2321738</x:t>
-[...23 lines deleted...]
-    <x:t>1.0846264</x:t>
+    <x:t>1.0419351</x:t>
   </x:si>
   <x:si>
     <x:t>Copart Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>0.9897845</x:t>
+    <x:t>0.8974556</x:t>
   </x:si>
   <x:si>
     <x:t>Oracle Corp</x:t>
   </x:si>
   <x:si>
-    <x:t>0.9387343</x:t>
+    <x:t>0.8207694</x:t>
   </x:si>
   <x:si>
     <x:t>Servicenow Inc</x:t>
   </x:si>
   <x:si>
-    <x:t>0.8376381</x:t>
+    <x:t>0.7710759</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
   </x:fonts>
   <x:fills count="1">
@@ -403,51 +403,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02387eaea85e4f95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R843ca93fd6e14800" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Racef660cc3a74385" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d357c80b0e248c7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rad2f78dcd4474a2c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8cf1ad52bdcf4fe6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:B57"/>
   <x:cols>
     <x:col min="1" max="1" width="45" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:2" ht="15" customHeight="1">
       <x:c r="A1" s="3" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="3" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
     <x:row r="2" spans="1:2" ht="15" customHeight="1">
       <x:c r="A2" s="2" t="s">
         <x:v>2</x:v>
       </x:c>
       <x:c r="B2" s="2" t="s">
         <x:v>3</x:v>
       </x:c>