--- v0 (2025-12-05)
+++ v1 (2025-12-21)
@@ -1,585 +1,639 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1efa54fc7e8e43af" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76d945f76f1541dc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="ESPO_asof_20251204" sheetId="1" r:id="Re19552f94d2c4574"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="ESPO_asof_20251218" sheetId="1" r:id="R34bb0482aa8c46d5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="268" uniqueCount="180">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  12/04/2025</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="292" uniqueCount="198">
+  <x:si>
+    <x:t>Daily Holdings (%)  12/18/2025</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>700 HK</x:t>
   </x:si>
   <x:si>
     <x:t>Tencent Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJ35N5</x:t>
   </x:si>
   <x:si>
-    <x:t>430,100</x:t>
+    <x:t>424,200</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$33,665,072.51</x:t>
+    <x:t>$33,044,044.04</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>8.40%</x:t>
+    <x:t>8.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EA US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Electronic Arts Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BP0KQ8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>138,986</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$28,339,245.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TTWO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Take-Two Interactive Software Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BS1YV5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>106,023</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,150,572.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NTES US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Netease Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BX72V8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>192,315</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,029,835.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.84%</x:t>
   </x:si>
   <x:si>
     <x:t>7974 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Nintendo Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BLCPP4</x:t>
   </x:si>
   <x:si>
-    <x:t>374,200</x:t>
-[...59 lines deleted...]
-    <x:t>6.64%</x:t>
+    <x:t>369,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,963,360.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3659 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nexon Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001CDRZ53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>850,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,451,591.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>U US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Unity Software Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0056JW5G6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>450,241</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,053,734.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.27%</x:t>
   </x:si>
   <x:si>
     <x:t>RBLX US</x:t>
   </x:si>
   <x:si>
     <x:t>Roblox Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001R1GCT0</x:t>
   </x:si>
   <x:si>
-    <x:t>230,395</x:t>
-[...41 lines deleted...]
-    <x:t>5.03%</x:t>
+    <x:t>227,236</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,067,372.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.01%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GME US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gamestop Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BB5BF6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>796,281</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,964,099.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.72%</x:t>
   </x:si>
   <x:si>
     <x:t>9766 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Konami Holdings Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BNHYW8</x:t>
   </x:si>
   <x:si>
-    <x:t>129,700</x:t>
-[...20 lines deleted...]
-    <x:t>$18,528,728.40</x:t>
+    <x:t>127,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,955,516.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aristocrat Leisure Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000G2SMB6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>464,888</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,571,809.13</x:t>
   </x:si>
   <x:si>
     <x:t>4.62%</x:t>
   </x:si>
   <x:si>
-    <x:t>ALL AU</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>3293 TT</x:t>
   </x:si>
   <x:si>
     <x:t>International Games System Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000KX6VV5</x:t>
   </x:si>
   <x:si>
-    <x:t>761,000</x:t>
-[...5 lines deleted...]
-    <x:t>4.40%</x:t>
+    <x:t>751,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,776,453.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.41%</x:t>
   </x:si>
   <x:si>
     <x:t>9697 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Capcom Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJ8Q27</x:t>
   </x:si>
   <x:si>
-    <x:t>728,600</x:t>
-[...5 lines deleted...]
-    <x:t>4.31%</x:t>
+    <x:t>718,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,296,636.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.28%</x:t>
   </x:si>
   <x:si>
     <x:t>7832 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Bandai Namco Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BKJ7P9</x:t>
   </x:si>
   <x:si>
-    <x:t>577,400</x:t>
-[...5 lines deleted...]
-    <x:t>4.09%</x:t>
+    <x:t>569,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,420,941.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.05%</x:t>
   </x:si>
   <x:si>
     <x:t>259960 KS</x:t>
   </x:si>
   <x:si>
     <x:t>Krafton Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00FWX8WX3</x:t>
   </x:si>
   <x:si>
-    <x:t>83,432</x:t>
-[...2 lines deleted...]
-    <x:t>$13,797,009.54</x:t>
+    <x:t>82,292</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,548,502.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CDR PW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cd Projekt Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000D03WZ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>193,759</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,088,041.89</x:t>
   </x:si>
   <x:si>
     <x:t>3.44%</x:t>
   </x:si>
   <x:si>
-    <x:t>CDR PW</x:t>
-[...11 lines deleted...]
-    <x:t>$13,789,725.71</x:t>
+    <x:t>3888 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kingsoft Corp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000TF4XZ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,466,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,012,248.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.37%</x:t>
   </x:si>
   <x:si>
     <x:t>9684 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Square Enix Holdings Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJXQM7</x:t>
   </x:si>
   <x:si>
-    <x:t>489,400</x:t>
-[...5 lines deleted...]
-    <x:t>2.39%</x:t>
+    <x:t>482,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,915,729.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.34%</x:t>
   </x:si>
   <x:si>
     <x:t>136 HK</x:t>
   </x:si>
   <x:si>
     <x:t>China Ruyi Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BD5WH4</x:t>
   </x:si>
   <x:si>
-    <x:t>29,288,000</x:t>
-[...23 lines deleted...]
-    <x:t>2.26%</x:t>
+    <x:t>28,888,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,366,509.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.20%</x:t>
   </x:si>
   <x:si>
     <x:t>2377 TT</x:t>
   </x:si>
   <x:si>
     <x:t>Micro-Star International Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CCF9Y6</x:t>
   </x:si>
   <x:si>
-    <x:t>2,161,000</x:t>
-[...5 lines deleted...]
-    <x:t>1.76%</x:t>
+    <x:t>2,132,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,788,753.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.79%</x:t>
   </x:si>
   <x:si>
     <x:t>036570 KS</x:t>
   </x:si>
   <x:si>
     <x:t>Ncsoft Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BZZ983</x:t>
   </x:si>
   <x:si>
-    <x:t>40,542</x:t>
-[...5 lines deleted...]
-    <x:t>1.47%</x:t>
+    <x:t>39,988</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,368,414.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.41%</x:t>
   </x:si>
   <x:si>
     <x:t>2400 HK</x:t>
   </x:si>
   <x:si>
     <x:t>Xd Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00QTN1L48</x:t>
   </x:si>
   <x:si>
-    <x:t>672,600</x:t>
-[...5 lines deleted...]
-    <x:t>1.43%</x:t>
+    <x:t>663,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,299,248.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.39%</x:t>
   </x:si>
   <x:si>
     <x:t>EMBRACB SS</x:t>
   </x:si>
   <x:si>
     <x:t>Embracer Group Ab</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F7Z9CB3</x:t>
   </x:si>
   <x:si>
-    <x:t>457,642</x:t>
-[...5 lines deleted...]
-    <x:t>1.06%</x:t>
+    <x:t>451,366</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,912,186.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.77%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>UBI FP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ubisoft Entertainment Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BLD1Y6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>237,373</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,744,602.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
   </x:si>
   <x:si>
     <x:t>251270 KS</x:t>
   </x:si>
   <x:si>
     <x:t>Netmarble Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0067TSV79</x:t>
   </x:si>
   <x:si>
-    <x:t>78,269</x:t>
-[...26 lines deleted...]
-    <x:t>-JPY CASH-</x:t>
+    <x:t>49,407</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,625,708.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3635 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Koei Tecmo Holdings Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BXRCM4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>110,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,389,799.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.37%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>COFFEEB SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Coffee Stain Group Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YBXCKF5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>388,996</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$976,013.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTGB SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Modern Times Group Mtg Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BW1RR6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>74,532</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$907,448.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>9,209,700</x:t>
+    <x:t>116,202</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$59,553.82</x:t>
-[...2 lines deleted...]
-    <x:t>0.01%</x:t>
+    <x:t>$116,202.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.03%</x:t>
   </x:si>
   <x:si>
     <x:t>-HKD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>4</x:t>
   </x:si>
   <x:si>
     <x:t>$.46</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>-EUR CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t>5</x:t>
-[...2 lines deleted...]
-    <x:t>$5.49</x:t>
+    <x:t>8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9.93</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$118,890.64</x:t>
-[...2 lines deleted...]
-    <x:t>0.03%</x:t>
+    <x:t>$-820,543.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.22%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -607,56 +661,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R999f53a291704d21" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R062efa78135249f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Re19552f94d2c4574" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Redbfb3085d244f4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re3ea1dc4a069423f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R34bb0482aa8c46d5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I33"/>
+  <x:dimension ref="A1:I36"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="44" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="16" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -999,225 +1053,225 @@
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H13" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>66</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
+        <x:v>72</x:v>
+      </x:c>
+      <x:c r="C14" s="1" t="s">
         <x:v>73</x:v>
       </x:c>
-      <x:c r="C14" s="1" t="s">
+      <x:c r="D14" s="1" t="s">
         <x:v>74</x:v>
       </x:c>
-      <x:c r="D14" s="1" t="s">
+      <x:c r="E14" s="1" t="s">
         <x:v>75</x:v>
       </x:c>
-      <x:c r="E14" s="1" t="s">
+      <x:c r="F14" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G14" s="1" t="s">
         <x:v>76</x:v>
       </x:c>
-      <x:c r="F14" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G14" s="1" t="s">
+      <x:c r="H14" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I14" s="1" t="s">
         <x:v>77</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
+        <x:v>78</x:v>
+      </x:c>
+      <x:c r="C15" s="1" t="s">
         <x:v>79</x:v>
       </x:c>
-      <x:c r="C15" s="1" t="s">
+      <x:c r="D15" s="1" t="s">
         <x:v>80</x:v>
       </x:c>
-      <x:c r="D15" s="1" t="s">
+      <x:c r="E15" s="1" t="s">
         <x:v>81</x:v>
       </x:c>
-      <x:c r="E15" s="1" t="s">
+      <x:c r="F15" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G15" s="1" t="s">
         <x:v>82</x:v>
       </x:c>
-      <x:c r="F15" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G15" s="1" t="s">
+      <x:c r="H15" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I15" s="1" t="s">
         <x:v>83</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
+        <x:v>84</x:v>
+      </x:c>
+      <x:c r="C16" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
-      <x:c r="C16" s="1" t="s">
+      <x:c r="D16" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
-      <x:c r="D16" s="1" t="s">
+      <x:c r="E16" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
-      <x:c r="E16" s="1" t="s">
+      <x:c r="F16" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G16" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
-      <x:c r="F16" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G16" s="1" t="s">
+      <x:c r="H16" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I16" s="1" t="s">
         <x:v>89</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="C17" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="C17" s="1" t="s">
+      <x:c r="D17" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="D17" s="1" t="s">
+      <x:c r="E17" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="E17" s="1" t="s">
+      <x:c r="F17" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G17" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="F17" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G17" s="1" t="s">
+      <x:c r="H17" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I17" s="1" t="s">
         <x:v>95</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="C18" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
-      <x:c r="C18" s="1" t="s">
+      <x:c r="D18" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="D18" s="1" t="s">
+      <x:c r="E18" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="E18" s="1" t="s">
+      <x:c r="F18" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G18" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="F18" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G18" s="1" t="s">
+      <x:c r="H18" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I18" s="1" t="s">
         <x:v>101</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="C19" s="1" t="s">
+      <x:c r="D19" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="D19" s="1" t="s">
+      <x:c r="E19" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="E19" s="1" t="s">
+      <x:c r="F19" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G19" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="F19" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G19" s="1" t="s">
+      <x:c r="H19" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I19" s="1" t="s">
         <x:v>107</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
         <x:v>108</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
@@ -1448,167 +1502,254 @@
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
         <x:v>161</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
         <x:v>162</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
         <x:v>167</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
         <x:v>168</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>174</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>179</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>185</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
-      <x:c r="A33" s="2" t="s">
-[...23 lines deleted...]
-      <x:c r="I33" s="2" t="s">
+      <x:c r="A33" s="1">
+        <x:v>30</x:v>
+      </x:c>
+      <x:c r="B33" s="1" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="D33" s="1" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="E33" s="1" t="s">
+        <x:v>187</x:v>
+      </x:c>
+      <x:c r="F33" s="1" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
+        <x:v>188</x:v>
+      </x:c>
+      <x:c r="H33" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I33" s="1" t="s">
+        <x:v>189</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="34" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A34" s="1">
+        <x:v>31</x:v>
+      </x:c>
+      <x:c r="B34" s="1" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="D34" s="1" t="s">
+        <x:v>181</x:v>
+      </x:c>
+      <x:c r="E34" s="1" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="F34" s="1" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="G34" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="H34" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I34" s="1" t="s">
+        <x:v>189</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="35" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A35" s="1">
+        <x:v>32</x:v>
+      </x:c>
+      <x:c r="B35" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
+        <x:v>193</x:v>
+      </x:c>
+      <x:c r="D35" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E35" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F35" s="1" t="s">
+        <x:v>194</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
+        <x:v>195</x:v>
+      </x:c>
+      <x:c r="H35" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I35" s="1" t="s">
+        <x:v>196</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="36" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A36" s="2" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="B36" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C36" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D36" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="E36" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F36" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G36" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H36" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I36" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A33:I33"/>
+    <x:mergeCell ref="A36:I36"/>
   </x:mergeCells>
 </x:worksheet>
 </file>