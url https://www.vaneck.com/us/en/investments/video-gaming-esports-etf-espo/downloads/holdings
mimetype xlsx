--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,639 +1,597 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R76d945f76f1541dc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6468795b5f246be" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="ESPO_asof_20251218" sheetId="1" r:id="R34bb0482aa8c46d5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="ESPO_asof_20260108" sheetId="1" r:id="Rd07c231bf40d412d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="292" uniqueCount="198">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  12/18/2025</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="276" uniqueCount="184">
+  <x:si>
+    <x:t>Daily Holdings (%)  01/08/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>700 HK</x:t>
   </x:si>
   <x:si>
     <x:t>Tencent Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJ35N5</x:t>
   </x:si>
   <x:si>
-    <x:t>424,200</x:t>
+    <x:t>364,000</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$33,044,044.04</x:t>
+    <x:t>$28,824,512.18</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>8.69%</x:t>
+    <x:t>8.38%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NTES US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Netease Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BX72V8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>182,067</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,829,845.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7974 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nintendo Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BLCPP4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>382,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$24,798,545.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.21%</x:t>
   </x:si>
   <x:si>
     <x:t>EA US</x:t>
   </x:si>
   <x:si>
     <x:t>Electronic Arts Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BP0KQ8</x:t>
   </x:si>
   <x:si>
-    <x:t>138,986</x:t>
-[...5 lines deleted...]
-    <x:t>7.45%</x:t>
+    <x:t>103,917</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,221,929.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.17%</x:t>
   </x:si>
   <x:si>
     <x:t>TTWO US</x:t>
   </x:si>
   <x:si>
     <x:t>Take-Two Interactive Software Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BS1YV5</x:t>
   </x:si>
   <x:si>
-    <x:t>106,023</x:t>
-[...41 lines deleted...]
-    <x:t>6.83%</x:t>
+    <x:t>78,799</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,887,291.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.78%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>RBLX US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Roblox Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001R1GCT0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>243,363</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,982,092.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.23%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aristocrat Leisure Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000G2SMB6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>460,598</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,557,886.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.11%</x:t>
   </x:si>
   <x:si>
     <x:t>3659 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Nexon Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001CDRZ53</x:t>
   </x:si>
   <x:si>
-    <x:t>850,900</x:t>
-[...5 lines deleted...]
-    <x:t>5.38%</x:t>
+    <x:t>645,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,727,325.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3293 TT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>International Games System Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000KX6VV5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>685,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,855,282.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7832 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bandai Namco Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BKJ7P9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>578,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,493,242.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GME US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gamestop Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BB5BF6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>717,061</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,359,446.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9697 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Capcom Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BJ8Q27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>667,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,337,652.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9766 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Konami Holdings Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BNHYW8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>108,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,672,331.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.27%</x:t>
   </x:si>
   <x:si>
     <x:t>U US</x:t>
   </x:si>
   <x:si>
     <x:t>Unity Software Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0056JW5G6</x:t>
   </x:si>
   <x:si>
-    <x:t>450,241</x:t>
-[...128 lines deleted...]
-    <x:t>4.05%</x:t>
+    <x:t>323,835</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,663,248.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.26%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CDR PW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cd Projekt Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000D03WZ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>185,518</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,064,324.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.51%</x:t>
   </x:si>
   <x:si>
     <x:t>259960 KS</x:t>
   </x:si>
   <x:si>
     <x:t>Krafton Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00FWX8WX3</x:t>
   </x:si>
   <x:si>
-    <x:t>82,292</x:t>
-[...20 lines deleted...]
-    <x:t>$13,088,041.89</x:t>
+    <x:t>74,536</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,820,047.91</x:t>
   </x:si>
   <x:si>
     <x:t>3.44%</x:t>
   </x:si>
   <x:si>
     <x:t>3888 HK</x:t>
   </x:si>
   <x:si>
     <x:t>Kingsoft Corp Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000TF4XZ9</x:t>
   </x:si>
   <x:si>
-    <x:t>2,466,000</x:t>
-[...5 lines deleted...]
-    <x:t>2.37%</x:t>
+    <x:t>2,596,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,100,373.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.94%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>136 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China Ruyi Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BD5WH4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31,788,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,945,651.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.60%</x:t>
   </x:si>
   <x:si>
     <x:t>9684 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Square Enix Holdings Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJXQM7</x:t>
   </x:si>
   <x:si>
-    <x:t>482,700</x:t>
-[...23 lines deleted...]
-    <x:t>2.20%</x:t>
+    <x:t>472,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,496,379.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2400 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Xd Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QTN1L48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>803,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,679,776.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.23%</x:t>
   </x:si>
   <x:si>
     <x:t>2377 TT</x:t>
   </x:si>
   <x:si>
     <x:t>Micro-Star International Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CCF9Y6</x:t>
   </x:si>
   <x:si>
-    <x:t>2,132,000</x:t>
-[...5 lines deleted...]
-    <x:t>1.79%</x:t>
+    <x:t>2,147,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,563,254.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.91%</x:t>
   </x:si>
   <x:si>
     <x:t>036570 KS</x:t>
   </x:si>
   <x:si>
     <x:t>Ncsoft Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BZZ983</x:t>
   </x:si>
   <x:si>
-    <x:t>39,988</x:t>
-[...23 lines deleted...]
-    <x:t>1.39%</x:t>
+    <x:t>31,413</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,940,231.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3635 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Koei Tecmo Holdings Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BXRCM4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>315,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,775,540.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.10%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MTGB SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Modern Times Group Mtg Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BW1RR6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>212,577</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,531,984.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.74%</x:t>
   </x:si>
   <x:si>
     <x:t>EMBRACB SS</x:t>
   </x:si>
   <x:si>
     <x:t>Embracer Group Ab</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F7Z9CB3</x:t>
   </x:si>
   <x:si>
-    <x:t>451,366</x:t>
-[...95 lines deleted...]
-    <x:t>0.24%</x:t>
+    <x:t>394,007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,460,270.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.72%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>116,202</x:t>
+    <x:t>137,100</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$116,202.19</x:t>
-[...2 lines deleted...]
-    <x:t>0.03%</x:t>
+    <x:t>$137,099.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-KRW CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,260</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>-HKD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>4</x:t>
   </x:si>
   <x:si>
     <x:t>$.46</x:t>
   </x:si>
   <x:si>
-    <x:t>0.00%</x:t>
-[...1 lines deleted...]
-  <x:si>
     <x:t>-EUR CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>8</x:t>
   </x:si>
   <x:si>
-    <x:t>$9.93</x:t>
+    <x:t>$9.88</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-820,543.69</x:t>
-[...2 lines deleted...]
-    <x:t>-0.22%</x:t>
+    <x:t>$84,131.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.02%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -661,56 +619,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Redbfb3085d244f4e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re3ea1dc4a069423f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R34bb0482aa8c46d5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4400f0f95a1447df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rc9216baef99f4122" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd07c231bf40d412d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I36"/>
+  <x:dimension ref="A1:I34"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="44" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="16" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -1053,703 +1011,645 @@
       <x:c r="A13" s="1">
         <x:v>10</x:v>
       </x:c>
       <x:c r="B13" s="1" t="s">
         <x:v>67</x:v>
       </x:c>
       <x:c r="C13" s="1" t="s">
         <x:v>68</x:v>
       </x:c>
       <x:c r="D13" s="1" t="s">
         <x:v>69</x:v>
       </x:c>
       <x:c r="E13" s="1" t="s">
         <x:v>70</x:v>
       </x:c>
       <x:c r="F13" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G13" s="1" t="s">
         <x:v>71</x:v>
       </x:c>
       <x:c r="H13" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I13" s="1" t="s">
-        <x:v>66</x:v>
+        <x:v>72</x:v>
       </x:c>
     </x:row>
     <x:row r="14" spans="1:9" ht="15" customHeight="1">
       <x:c r="A14" s="1">
         <x:v>11</x:v>
       </x:c>
       <x:c r="B14" s="1" t="s">
-        <x:v>72</x:v>
+        <x:v>73</x:v>
       </x:c>
       <x:c r="C14" s="1" t="s">
-        <x:v>73</x:v>
+        <x:v>74</x:v>
       </x:c>
       <x:c r="D14" s="1" t="s">
-        <x:v>74</x:v>
+        <x:v>75</x:v>
       </x:c>
       <x:c r="E14" s="1" t="s">
-        <x:v>75</x:v>
+        <x:v>76</x:v>
       </x:c>
       <x:c r="F14" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G14" s="1" t="s">
-        <x:v>76</x:v>
+        <x:v>77</x:v>
       </x:c>
       <x:c r="H14" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I14" s="1" t="s">
-        <x:v>77</x:v>
+        <x:v>78</x:v>
       </x:c>
     </x:row>
     <x:row r="15" spans="1:9" ht="15" customHeight="1">
       <x:c r="A15" s="1">
         <x:v>12</x:v>
       </x:c>
       <x:c r="B15" s="1" t="s">
-        <x:v>78</x:v>
+        <x:v>79</x:v>
       </x:c>
       <x:c r="C15" s="1" t="s">
-        <x:v>79</x:v>
+        <x:v>80</x:v>
       </x:c>
       <x:c r="D15" s="1" t="s">
-        <x:v>80</x:v>
+        <x:v>81</x:v>
       </x:c>
       <x:c r="E15" s="1" t="s">
-        <x:v>81</x:v>
+        <x:v>82</x:v>
       </x:c>
       <x:c r="F15" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G15" s="1" t="s">
-        <x:v>82</x:v>
+        <x:v>83</x:v>
       </x:c>
       <x:c r="H15" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I15" s="1" t="s">
-        <x:v>83</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="16" spans="1:9" ht="15" customHeight="1">
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>85</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
-        <x:v>85</x:v>
+        <x:v>86</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
-        <x:v>86</x:v>
+        <x:v>87</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
-        <x:v>87</x:v>
+        <x:v>88</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
-        <x:v>88</x:v>
+        <x:v>89</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
-        <x:v>89</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="E30" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
-      <x:c r="E30" s="1" t="s">
+      <x:c r="F30" s="1" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="G30" s="1" t="s">
         <x:v>171</x:v>
       </x:c>
-      <x:c r="F30" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G30" s="1" t="s">
+      <x:c r="H30" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I30" s="1" t="s">
         <x:v>172</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>173</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="D31" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="E31" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
+      <x:c r="F31" s="1" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
-      <x:c r="D31" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="D33" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E33" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F33" s="1" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
-      <x:c r="D33" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="F33" s="1" t="s">
+      <x:c r="H33" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I33" s="1" t="s">
+        <x:v>182</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="34" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A34" s="2" t="s">
         <x:v>183</x:v>
       </x:c>
-      <x:c r="G33" s="1" t="s">
-[...92 lines deleted...]
-      <x:c r="I36" s="2" t="s">
+      <x:c r="B34" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="C34" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="D34" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="E34" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="F34" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="G34" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="H34" s="2" t="s">
+        <x:v>1</x:v>
+      </x:c>
+      <x:c r="I34" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A36:I36"/>
+    <x:mergeCell ref="A34:I34"/>
   </x:mergeCells>
 </x:worksheet>
 </file>