--- v2 (2026-01-11)
+++ v3 (2026-01-11)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6468795b5f246be" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R437f3803321f4466" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="ESPO_asof_20260108" sheetId="1" r:id="Rd07c231bf40d412d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="ESPO_asof_20260108" sheetId="1" r:id="R8b0cf07b66b04db9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="276" uniqueCount="184">
   <x:si>
     <x:t>Daily Holdings (%)  01/08/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
@@ -619,51 +619,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4400f0f95a1447df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rc9216baef99f4122" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rd07c231bf40d412d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b40fefb15aa4144" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3e44c2cb0893433c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8b0cf07b66b04db9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I34"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="44" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="16" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">