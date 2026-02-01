--- v3 (2026-01-11)
+++ v4 (2026-02-01)
@@ -1,597 +1,594 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R437f3803321f4466" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2faedc4ef9dd4daa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="ESPO_asof_20260108" sheetId="1" r:id="R8b0cf07b66b04db9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="ESPO_asof_20260129" sheetId="1" r:id="Rc7c36d9184004ff0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="276" uniqueCount="184">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  01/08/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="276" uniqueCount="183">
+  <x:si>
+    <x:t>Daily Holdings (%)  01/29/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>700 HK</x:t>
   </x:si>
   <x:si>
     <x:t>Tencent Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJ35N5</x:t>
   </x:si>
   <x:si>
-    <x:t>364,000</x:t>
+    <x:t>347,500</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$28,824,512.18</x:t>
+    <x:t>$27,524,054.91</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>8.38%</x:t>
+    <x:t>8.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7974 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nintendo Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BLCPP4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>364,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,761,194.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.17%</x:t>
   </x:si>
   <x:si>
     <x:t>NTES US</x:t>
   </x:si>
   <x:si>
     <x:t>Netease Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BX72V8</x:t>
   </x:si>
   <x:si>
-    <x:t>182,067</x:t>
-[...23 lines deleted...]
-    <x:t>7.21%</x:t>
+    <x:t>173,805</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,959,640.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.93%</x:t>
   </x:si>
   <x:si>
     <x:t>EA US</x:t>
   </x:si>
   <x:si>
     <x:t>Electronic Arts Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BP0KQ8</x:t>
   </x:si>
   <x:si>
-    <x:t>103,917</x:t>
-[...5 lines deleted...]
-    <x:t>6.17%</x:t>
+    <x:t>99,183</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,228,372.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.11%</x:t>
   </x:si>
   <x:si>
     <x:t>TTWO US</x:t>
   </x:si>
   <x:si>
     <x:t>Take-Two Interactive Software Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BS1YV5</x:t>
   </x:si>
   <x:si>
-    <x:t>78,799</x:t>
-[...5 lines deleted...]
-    <x:t>5.78%</x:t>
+    <x:t>75,208</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,995,018.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.43%</x:t>
   </x:si>
   <x:si>
     <x:t>RBLX US</x:t>
   </x:si>
   <x:si>
     <x:t>Roblox Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001R1GCT0</x:t>
   </x:si>
   <x:si>
-    <x:t>243,363</x:t>
-[...5 lines deleted...]
-    <x:t>5.23%</x:t>
+    <x:t>232,299</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,592,003.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.31%</x:t>
   </x:si>
   <x:si>
     <x:t>ALL AU</x:t>
   </x:si>
   <x:si>
     <x:t>Aristocrat Leisure Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000G2SMB6</x:t>
   </x:si>
   <x:si>
-    <x:t>460,598</x:t>
-[...5 lines deleted...]
-    <x:t>5.11%</x:t>
+    <x:t>439,681</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,759,185.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.06%</x:t>
   </x:si>
   <x:si>
     <x:t>3659 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Nexon Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001CDRZ53</x:t>
   </x:si>
   <x:si>
-    <x:t>645,000</x:t>
-[...5 lines deleted...]
-    <x:t>4.87%</x:t>
+    <x:t>615,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,579,129.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9697 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Capcom Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BJ8Q27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>636,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,625,445.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GME US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gamestop Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BB5BF6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>684,388</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,610,890.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.71%</x:t>
   </x:si>
   <x:si>
     <x:t>3293 TT</x:t>
   </x:si>
   <x:si>
     <x:t>International Games System Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000KX6VV5</x:t>
   </x:si>
   <x:si>
-    <x:t>685,000</x:t>
-[...5 lines deleted...]
-    <x:t>4.61%</x:t>
+    <x:t>655,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,193,756.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.59%</x:t>
   </x:si>
   <x:si>
     <x:t>7832 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Bandai Namco Holdings Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BKJ7P9</x:t>
   </x:si>
   <x:si>
-    <x:t>578,000</x:t>
-[...41 lines deleted...]
-    <x:t>4.46%</x:t>
+    <x:t>551,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,272,113.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CDR PW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cd Projekt Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000D03WZ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>177,097</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,271,025.60</x:t>
   </x:si>
   <x:si>
     <x:t>9766 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Konami Holdings Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BNHYW8</x:t>
   </x:si>
   <x:si>
-    <x:t>108,700</x:t>
-[...5 lines deleted...]
-    <x:t>4.27%</x:t>
+    <x:t>103,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,069,159.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.25%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>259960 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Krafton Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00FWX8WX3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>71,155</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,941,632.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.91%</x:t>
   </x:si>
   <x:si>
     <x:t>U US</x:t>
   </x:si>
   <x:si>
     <x:t>Unity Software Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0056JW5G6</x:t>
   </x:si>
   <x:si>
-    <x:t>323,835</x:t>
-[...41 lines deleted...]
-    <x:t>3.44%</x:t>
+    <x:t>309,079</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,868,633.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.58%</x:t>
   </x:si>
   <x:si>
     <x:t>3888 HK</x:t>
   </x:si>
   <x:si>
     <x:t>Kingsoft Corp Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000TF4XZ9</x:t>
   </x:si>
   <x:si>
-    <x:t>2,596,600</x:t>
-[...5 lines deleted...]
-    <x:t>2.94%</x:t>
+    <x:t>2,478,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,925,556.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2400 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Xd Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QTN1L48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>766,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,689,112.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.62%</x:t>
   </x:si>
   <x:si>
     <x:t>136 HK</x:t>
   </x:si>
   <x:si>
     <x:t>China Ruyi Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BD5WH4</x:t>
   </x:si>
   <x:si>
-    <x:t>31,788,000</x:t>
-[...5 lines deleted...]
-    <x:t>2.60%</x:t>
+    <x:t>30,340,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,422,906.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.54%</x:t>
   </x:si>
   <x:si>
     <x:t>9684 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Square Enix Holdings Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJXQM7</x:t>
   </x:si>
   <x:si>
-    <x:t>472,200</x:t>
-[...23 lines deleted...]
-    <x:t>2.23%</x:t>
+    <x:t>450,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,850,323.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.37%</x:t>
   </x:si>
   <x:si>
     <x:t>2377 TT</x:t>
   </x:si>
   <x:si>
     <x:t>Micro-Star International Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CCF9Y6</x:t>
   </x:si>
   <x:si>
-    <x:t>2,147,000</x:t>
-[...5 lines deleted...]
-    <x:t>1.91%</x:t>
+    <x:t>2,049,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,119,502.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.85%</x:t>
   </x:si>
   <x:si>
     <x:t>036570 KS</x:t>
   </x:si>
   <x:si>
     <x:t>Ncsoft Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BZZ983</x:t>
   </x:si>
   <x:si>
-    <x:t>31,413</x:t>
-[...5 lines deleted...]
-    <x:t>1.44%</x:t>
+    <x:t>29,988</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,941,238.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.49%</x:t>
   </x:si>
   <x:si>
     <x:t>3635 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Koei Tecmo Holdings Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BXRCM4</x:t>
   </x:si>
   <x:si>
-    <x:t>315,500</x:t>
-[...5 lines deleted...]
-    <x:t>1.10%</x:t>
+    <x:t>301,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,365,310.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.02%</x:t>
   </x:si>
   <x:si>
     <x:t>MTGB SS</x:t>
   </x:si>
   <x:si>
     <x:t>Modern Times Group Mtg Ab</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BW1RR6</x:t>
   </x:si>
   <x:si>
-    <x:t>212,577</x:t>
-[...5 lines deleted...]
-    <x:t>0.74%</x:t>
+    <x:t>202,890</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,421,166.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.73%</x:t>
   </x:si>
   <x:si>
     <x:t>EMBRACB SS</x:t>
   </x:si>
   <x:si>
     <x:t>Embracer Group Ab</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F7Z9CB3</x:t>
   </x:si>
   <x:si>
-    <x:t>394,007</x:t>
-[...5 lines deleted...]
-    <x:t>0.72%</x:t>
+    <x:t>376,054</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,179,567.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.66%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>137,100</x:t>
+    <x:t>160,371</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$137,099.51</x:t>
-[...2 lines deleted...]
-    <x:t>0.04%</x:t>
+    <x:t>$160,370.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.05%</x:t>
   </x:si>
   <x:si>
     <x:t>-KRW CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>1,260</x:t>
   </x:si>
   <x:si>
-    <x:t>$.87</x:t>
+    <x:t>$.88</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>-HKD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>4</x:t>
   </x:si>
   <x:si>
     <x:t>$.46</x:t>
   </x:si>
   <x:si>
     <x:t>-EUR CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>8</x:t>
   </x:si>
   <x:si>
-    <x:t>$9.88</x:t>
+    <x:t>$10.10</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$84,131.16</x:t>
-[...2 lines deleted...]
-    <x:t>0.02%</x:t>
+    <x:t>$-38,428.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.01%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -619,51 +616,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b40fefb15aa4144" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R3e44c2cb0893433c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R8b0cf07b66b04db9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f65e088b22c487e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R0189cb00f2cc4778" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc7c36d9184004ff0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I34"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="44" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="16" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -1098,549 +1095,549 @@
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="C17" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="C17" s="1" t="s">
+      <x:c r="D17" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="D17" s="1" t="s">
+      <x:c r="E17" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="E17" s="1" t="s">
+      <x:c r="F17" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G17" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="F17" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G17" s="1" t="s">
+      <x:c r="H17" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I17" s="1" t="s">
         <x:v>95</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="C18" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
-      <x:c r="C18" s="1" t="s">
+      <x:c r="D18" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="D18" s="1" t="s">
+      <x:c r="E18" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="E18" s="1" t="s">
+      <x:c r="F18" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G18" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="F18" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G18" s="1" t="s">
+      <x:c r="H18" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I18" s="1" t="s">
         <x:v>101</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="C19" s="1" t="s">
+      <x:c r="D19" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="D19" s="1" t="s">
+      <x:c r="E19" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="E19" s="1" t="s">
+      <x:c r="F19" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G19" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="F19" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G19" s="1" t="s">
+      <x:c r="H19" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I19" s="1" t="s">
         <x:v>107</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="C20" s="1" t="s">
+      <x:c r="D20" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="D20" s="1" t="s">
+      <x:c r="E20" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
-      <x:c r="E20" s="1" t="s">
+      <x:c r="F20" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G20" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
-      <x:c r="F20" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G20" s="1" t="s">
+      <x:c r="H20" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I20" s="1" t="s">
         <x:v>113</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="C21" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="C21" s="1" t="s">
+      <x:c r="D21" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
-      <x:c r="D21" s="1" t="s">
+      <x:c r="E21" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
-      <x:c r="E21" s="1" t="s">
+      <x:c r="F21" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G21" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
-      <x:c r="F21" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G21" s="1" t="s">
+      <x:c r="H21" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I21" s="1" t="s">
         <x:v>119</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
-      <x:c r="C22" s="1" t="s">
+      <x:c r="D22" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="D22" s="1" t="s">
+      <x:c r="E22" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="E22" s="1" t="s">
+      <x:c r="F22" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G22" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
-      <x:c r="F22" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G22" s="1" t="s">
+      <x:c r="H22" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I22" s="1" t="s">
         <x:v>125</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="C23" s="1" t="s">
+      <x:c r="D23" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="D23" s="1" t="s">
+      <x:c r="E23" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="E23" s="1" t="s">
+      <x:c r="F23" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G23" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
-      <x:c r="F23" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G23" s="1" t="s">
+      <x:c r="H23" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I23" s="1" t="s">
         <x:v>131</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="C24" s="1" t="s">
+      <x:c r="D24" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
-      <x:c r="D24" s="1" t="s">
+      <x:c r="E24" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
-      <x:c r="E24" s="1" t="s">
+      <x:c r="F24" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G24" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
-      <x:c r="F24" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G24" s="1" t="s">
+      <x:c r="H24" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I24" s="1" t="s">
         <x:v>137</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
+      <x:c r="D25" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="s">
+      <x:c r="E25" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
-      <x:c r="E25" s="1" t="s">
+      <x:c r="F25" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G25" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
-      <x:c r="F25" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G25" s="1" t="s">
+      <x:c r="H25" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I25" s="1" t="s">
         <x:v>143</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="D26" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
+      <x:c r="E26" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="E26" s="1" t="s">
+      <x:c r="F26" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G26" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
-      <x:c r="F26" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G26" s="1" t="s">
+      <x:c r="H26" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I26" s="1" t="s">
         <x:v>149</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="D27" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
+      <x:c r="E27" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
-      <x:c r="E27" s="1" t="s">
+      <x:c r="F27" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G27" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
-      <x:c r="F27" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G27" s="1" t="s">
+      <x:c r="H27" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I27" s="1" t="s">
         <x:v>155</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="D28" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="D28" s="1" t="s">
+      <x:c r="E28" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="E28" s="1" t="s">
+      <x:c r="F28" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G28" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
-      <x:c r="F28" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G28" s="1" t="s">
+      <x:c r="H28" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I28" s="1" t="s">
         <x:v>161</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="D29" s="1" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="E29" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E29" s="1" t="s">
+      <x:c r="F29" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
-      <x:c r="F29" s="1" t="s">
+      <x:c r="G29" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
-      <x:c r="G29" s="1" t="s">
+      <x:c r="H29" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I29" s="1" t="s">
         <x:v>167</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="D30" s="1" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="E30" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="E30" s="1" t="s">
+      <x:c r="F30" s="1" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="G30" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
-      <x:c r="F30" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G30" s="1" t="s">
+      <x:c r="H30" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I30" s="1" t="s">
         <x:v>171</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>172</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>172</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="D31" s="1" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="E31" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="E31" s="1" t="s">
+      <x:c r="F31" s="1" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
-      <x:c r="F31" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>175</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="D32" s="1" t="s">
+        <x:v>163</x:v>
+      </x:c>
+      <x:c r="E32" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="E32" s="1" t="s">
+      <x:c r="F32" s="1" t="s">
+        <x:v>165</x:v>
+      </x:c>
+      <x:c r="G32" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="F32" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
+        <x:v>178</x:v>
+      </x:c>
+      <x:c r="D33" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E33" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F33" s="1" t="s">
         <x:v>179</x:v>
       </x:c>
-      <x:c r="D33" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="F33" s="1" t="s">
+      <x:c r="G33" s="1" t="s">
         <x:v>180</x:v>
       </x:c>
-      <x:c r="G33" s="1" t="s">
+      <x:c r="H33" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I33" s="1" t="s">
         <x:v>181</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="2" t="s">
-        <x:v>183</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="B34" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C34" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D34" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E34" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F34" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G34" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H34" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I34" s="2" t="s">
         <x:v>1</x:v>
       </x:c>