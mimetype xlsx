--- v4 (2026-02-01)
+++ v5 (2026-02-22)
@@ -1,594 +1,597 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2faedc4ef9dd4daa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67d6421559aa4410" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="ESPO_asof_20260129" sheetId="1" r:id="Rc7c36d9184004ff0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="ESPO_asof_20260219" sheetId="1" r:id="R2ae8251014294224"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="276" uniqueCount="183">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  01/29/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="276" uniqueCount="184">
+  <x:si>
+    <x:t>Daily Holdings (%)  02/19/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>700 HK</x:t>
   </x:si>
   <x:si>
     <x:t>Tencent Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJ35N5</x:t>
   </x:si>
   <x:si>
-    <x:t>347,500</x:t>
+    <x:t>336,500</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$27,524,054.91</x:t>
+    <x:t>$22,934,336.84</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>8.31%</x:t>
+    <x:t>8.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NTES US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Netease Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BX72V8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>168,297</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,054,270.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.03%</x:t>
   </x:si>
   <x:si>
     <x:t>7974 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Nintendo Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BLCPP4</x:t>
   </x:si>
   <x:si>
-    <x:t>364,600</x:t>
-[...23 lines deleted...]
-    <x:t>6.93%</x:t>
+    <x:t>353,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,519,788.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.84%</x:t>
   </x:si>
   <x:si>
     <x:t>EA US</x:t>
   </x:si>
   <x:si>
     <x:t>Electronic Arts Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BP0KQ8</x:t>
   </x:si>
   <x:si>
-    <x:t>99,183</x:t>
-[...5 lines deleted...]
-    <x:t>6.11%</x:t>
+    <x:t>96,027</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,193,876.76</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.73%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GME US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gamestop Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BB5BF6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>662,611</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,836,402.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>ALL AU</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Aristocrat Leisure Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000G2SMB6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>425,739</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,066,226.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.28%</x:t>
   </x:si>
   <x:si>
     <x:t>TTWO US</x:t>
   </x:si>
   <x:si>
     <x:t>Take-Two Interactive Software Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BS1YV5</x:t>
   </x:si>
   <x:si>
-    <x:t>75,208</x:t>
-[...5 lines deleted...]
-    <x:t>5.43%</x:t>
+    <x:t>72,814</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,662,555.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.14%</x:t>
   </x:si>
   <x:si>
     <x:t>RBLX US</x:t>
   </x:si>
   <x:si>
     <x:t>Roblox Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001R1GCT0</x:t>
   </x:si>
   <x:si>
-    <x:t>232,299</x:t>
-[...23 lines deleted...]
-    <x:t>5.06%</x:t>
+    <x:t>224,925</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,494,167.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7832 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bandai Namco Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BKJ7P9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>534,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,953,882.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.89%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3293 TT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>International Games System Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000KX6VV5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>635,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,727,488.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.81%</x:t>
   </x:si>
   <x:si>
     <x:t>3659 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Nexon Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001CDRZ53</x:t>
   </x:si>
   <x:si>
-    <x:t>615,600</x:t>
-[...5 lines deleted...]
-    <x:t>5.00%</x:t>
+    <x:t>596,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,530,333.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>259960 KS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Krafton Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00FWX8WX3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>68,901</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,476,394.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.37%</x:t>
   </x:si>
   <x:si>
     <x:t>9697 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Capcom Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJ8Q27</x:t>
   </x:si>
   <x:si>
-    <x:t>636,700</x:t>
-[...56 lines deleted...]
-    <x:t>$14,272,113.83</x:t>
+    <x:t>616,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,376,278.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9766 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Konami Holdings Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BNHYW8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>100,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,281,029.12</x:t>
   </x:si>
   <x:si>
     <x:t>4.31%</x:t>
   </x:si>
   <x:si>
     <x:t>CDR PW</x:t>
   </x:si>
   <x:si>
     <x:t>Cd Projekt Sa</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000D03WZ2</x:t>
   </x:si>
   <x:si>
-    <x:t>177,097</x:t>
-[...38 lines deleted...]
-    <x:t>3.91%</x:t>
+    <x:t>171,485</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,568,283.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3888 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kingsoft Corp Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000TF4XZ9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,399,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,562,702.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>136 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>China Ruyi Holdings Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BD5WH4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>29,380,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,126,360.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.85%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2400 HK</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Xd Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00QTN1L48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>742,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,687,315.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9684 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Square Enix Holdings Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BJXQM7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>436,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,153,726.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2377 TT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Micro-Star International Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000CCF9Y6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,985,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,698,952.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.00%</x:t>
   </x:si>
   <x:si>
     <x:t>U US</x:t>
   </x:si>
   <x:si>
     <x:t>Unity Software Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0056JW5G6</x:t>
   </x:si>
   <x:si>
-    <x:t>309,079</x:t>
-[...95 lines deleted...]
-    <x:t>1.85%</x:t>
+    <x:t>299,243</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,533,003.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.94%</x:t>
   </x:si>
   <x:si>
     <x:t>036570 KS</x:t>
   </x:si>
   <x:si>
     <x:t>Ncsoft Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BZZ983</x:t>
   </x:si>
   <x:si>
-    <x:t>29,988</x:t>
-[...5 lines deleted...]
-    <x:t>1.49%</x:t>
+    <x:t>29,038</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,546,423.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.59%</x:t>
   </x:si>
   <x:si>
     <x:t>3635 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Koei Tecmo Holdings Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BXRCM4</x:t>
   </x:si>
   <x:si>
-    <x:t>301,100</x:t>
-[...5 lines deleted...]
-    <x:t>1.02%</x:t>
+    <x:t>291,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,192,741.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EMBRACB SS</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Embracer Group Ab</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00F7Z9CB3</x:t>
+  </x:si>
+  <x:si>
+    <x:t>364,089</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,098,646.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.74%</x:t>
   </x:si>
   <x:si>
     <x:t>MTGB SS</x:t>
   </x:si>
   <x:si>
     <x:t>Modern Times Group Mtg Ab</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BW1RR6</x:t>
   </x:si>
   <x:si>
-    <x:t>202,890</x:t>
-[...23 lines deleted...]
-    <x:t>0.66%</x:t>
+    <x:t>196,434</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,908,070.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.67%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-KRW CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t> </x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,310</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cash Bal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-HKD CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-EUR CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9.96</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t> </x:t>
-[...41 lines deleted...]
-    <x:t>$10.10</x:t>
+    <x:t>-1,125</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-1,125.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-38,428.73</x:t>
-[...2 lines deleted...]
-    <x:t>-0.01%</x:t>
+    <x:t>$24,913.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.01%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -616,51 +619,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f65e088b22c487e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R0189cb00f2cc4778" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Rc7c36d9184004ff0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re88a1629827a44b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rc4ea9de572ed4576" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2ae8251014294224" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I34"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="44" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="16" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -1095,549 +1098,549 @@
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>169</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="D30" s="1" t="s">
+        <x:v>164</x:v>
+      </x:c>
+      <x:c r="E30" s="1" t="s">
+        <x:v>170</x:v>
+      </x:c>
+      <x:c r="F30" s="1" t="s">
+        <x:v>166</x:v>
+      </x:c>
+      <x:c r="G30" s="1" t="s">
+        <x:v>171</x:v>
+      </x:c>
+      <x:c r="H30" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I30" s="1" t="s">
         <x:v>168</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>171</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
         <x:v>172</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
         <x:v>173</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
         <x:v>174</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="2" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="B34" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C34" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D34" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E34" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F34" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G34" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H34" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I34" s="2" t="s">
         <x:v>1</x:v>
       </x:c>