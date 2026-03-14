--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -1,597 +1,597 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R67d6421559aa4410" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R855414d2239d4287" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="ESPO_asof_20260219" sheetId="1" r:id="R2ae8251014294224"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="ESPO_asof_20260312" sheetId="1" r:id="R52097bd900304a5b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="276" uniqueCount="184">
   <x:si>
-    <x:t>Daily Holdings (%)  02/19/2026</x:t>
+    <x:t>Daily Holdings (%)  03/12/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>700 HK</x:t>
   </x:si>
   <x:si>
     <x:t>Tencent Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BJ35N5</x:t>
   </x:si>
   <x:si>
-    <x:t>336,500</x:t>
+    <x:t>325,500</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$22,934,336.84</x:t>
+    <x:t>$22,504,234.23</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>8.04%</x:t>
+    <x:t>8.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7974 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nintendo Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BLCPP4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>341,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,635,921.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.97%</x:t>
   </x:si>
   <x:si>
     <x:t>NTES US</x:t>
   </x:si>
   <x:si>
     <x:t>Netease Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BX72V8</x:t>
   </x:si>
   <x:si>
-    <x:t>168,297</x:t>
-[...23 lines deleted...]
-    <x:t>6.84%</x:t>
+    <x:t>162,790</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,927,593.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.97%</x:t>
   </x:si>
   <x:si>
     <x:t>EA US</x:t>
   </x:si>
   <x:si>
     <x:t>Electronic Arts Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BP0KQ8</x:t>
   </x:si>
   <x:si>
-    <x:t>96,027</x:t>
-[...5 lines deleted...]
-    <x:t>6.73%</x:t>
+    <x:t>92,871</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,488,758.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.81%</x:t>
   </x:si>
   <x:si>
     <x:t>GME US</x:t>
   </x:si>
   <x:si>
     <x:t>Gamestop Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BB5BF6</x:t>
   </x:si>
   <x:si>
-    <x:t>662,611</x:t>
-[...5 lines deleted...]
-    <x:t>5.55%</x:t>
+    <x:t>640,835</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,655,599.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.77%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TTWO US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Take-Two Interactive Software Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BS1YV5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>70,421</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,732,073.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.43%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3293 TT</x:t>
+  </x:si>
+  <x:si>
+    <x:t>International Games System Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000KX6VV5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>615,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,862,512.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.11%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7832 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bandai Namco Holdings Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BKJ7P9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>516,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,682,693.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.04%</x:t>
   </x:si>
   <x:si>
     <x:t>ALL AU</x:t>
   </x:si>
   <x:si>
     <x:t>Aristocrat Leisure Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000G2SMB6</x:t>
   </x:si>
   <x:si>
-    <x:t>425,739</x:t>
-[...23 lines deleted...]
-    <x:t>5.14%</x:t>
+    <x:t>411,798</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,294,285.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.90%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9697 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Capcom Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BJ8Q27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>596,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,866,789.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9766 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Konami Holdings Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BNHYW8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>96,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,331,650.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.54%</x:t>
   </x:si>
   <x:si>
     <x:t>RBLX US</x:t>
   </x:si>
   <x:si>
     <x:t>Roblox Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001R1GCT0</x:t>
   </x:si>
   <x:si>
-    <x:t>224,925</x:t>
-[...41 lines deleted...]
-    <x:t>4.81%</x:t>
+    <x:t>217,551</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,248,121.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CDR PW</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cd Projekt Sa</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000D03WZ2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>165,873</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,069,061.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.08%</x:t>
   </x:si>
   <x:si>
     <x:t>3659 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Nexon Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG001CDRZ53</x:t>
   </x:si>
   <x:si>
-    <x:t>596,000</x:t>
-[...5 lines deleted...]
-    <x:t>4.39%</x:t>
+    <x:t>576,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,672,761.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.93%</x:t>
   </x:si>
   <x:si>
     <x:t>259960 KS</x:t>
   </x:si>
   <x:si>
     <x:t>Krafton Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00FWX8WX3</x:t>
   </x:si>
   <x:si>
-    <x:t>68,901</x:t>
-[...59 lines deleted...]
-    <x:t>4.06%</x:t>
+    <x:t>66,648</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,052,489.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.70%</x:t>
   </x:si>
   <x:si>
     <x:t>3888 HK</x:t>
   </x:si>
   <x:si>
     <x:t>Kingsoft Corp Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000TF4XZ9</x:t>
   </x:si>
   <x:si>
-    <x:t>2,399,600</x:t>
-[...5 lines deleted...]
-    <x:t>3.00%</x:t>
+    <x:t>2,320,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,353,676.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.71%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9684 JP</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Square Enix Holdings Co Ltd</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BJXQM7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>422,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,953,904.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.56%</x:t>
   </x:si>
   <x:si>
     <x:t>136 HK</x:t>
   </x:si>
   <x:si>
     <x:t>China Ruyi Holdings Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BD5WH4</x:t>
   </x:si>
   <x:si>
-    <x:t>29,380,000</x:t>
-[...5 lines deleted...]
-    <x:t>2.85%</x:t>
+    <x:t>28,420,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,626,988.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.44%</x:t>
   </x:si>
   <x:si>
     <x:t>2400 HK</x:t>
   </x:si>
   <x:si>
     <x:t>Xd Inc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00QTN1L48</x:t>
   </x:si>
   <x:si>
-    <x:t>742,200</x:t>
-[...23 lines deleted...]
-    <x:t>2.51%</x:t>
+    <x:t>717,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,480,079.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>U US</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Unity Software Inc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0056JW5G6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>289,408</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,623,197.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.07%</x:t>
   </x:si>
   <x:si>
     <x:t>2377 TT</x:t>
   </x:si>
   <x:si>
     <x:t>Micro-Star International Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000CCF9Y6</x:t>
   </x:si>
   <x:si>
-    <x:t>1,985,000</x:t>
-[...23 lines deleted...]
-    <x:t>1.94%</x:t>
+    <x:t>1,921,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,605,875.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.06%</x:t>
   </x:si>
   <x:si>
     <x:t>036570 KS</x:t>
   </x:si>
   <x:si>
     <x:t>Ncsoft Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BZZ983</x:t>
   </x:si>
   <x:si>
-    <x:t>29,038</x:t>
-[...5 lines deleted...]
-    <x:t>1.59%</x:t>
+    <x:t>28,088</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,960,253.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.46%</x:t>
   </x:si>
   <x:si>
     <x:t>3635 JP</x:t>
   </x:si>
   <x:si>
     <x:t>Koei Tecmo Holdings Co Ltd</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BXRCM4</x:t>
   </x:si>
   <x:si>
-    <x:t>291,500</x:t>
-[...5 lines deleted...]
-    <x:t>1.12%</x:t>
+    <x:t>281,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,218,818.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.19%</x:t>
   </x:si>
   <x:si>
     <x:t>EMBRACB SS</x:t>
   </x:si>
   <x:si>
     <x:t>Embracer Group Ab</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00F7Z9CB3</x:t>
   </x:si>
   <x:si>
-    <x:t>364,089</x:t>
-[...5 lines deleted...]
-    <x:t>0.74%</x:t>
+    <x:t>352,124</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,881,998.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.69%</x:t>
   </x:si>
   <x:si>
     <x:t>MTGB SS</x:t>
   </x:si>
   <x:si>
     <x:t>Modern Times Group Mtg Ab</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BW1RR6</x:t>
   </x:si>
   <x:si>
-    <x:t>196,434</x:t>
-[...5 lines deleted...]
-    <x:t>0.67%</x:t>
+    <x:t>189,978</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,741,094.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.64%</x:t>
   </x:si>
   <x:si>
     <x:t>-KRW CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
     <x:t>1,310</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$.91</x:t>
+    <x:t>$.88</x:t>
   </x:si>
   <x:si>
     <x:t>0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>-HKD CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>4</x:t>
   </x:si>
   <x:si>
     <x:t>$.46</x:t>
   </x:si>
   <x:si>
     <x:t>-EUR CASH-</x:t>
   </x:si>
   <x:si>
     <x:t>8</x:t>
   </x:si>
   <x:si>
-    <x:t>$9.96</x:t>
+    <x:t>$9.76</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t>-1,125</x:t>
-[...2 lines deleted...]
-    <x:t>$-1,125.48</x:t>
+    <x:t>-3,280</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-3,279.83</x:t>
   </x:si>
   <x:si>
     <x:t>-0.00%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$24,913.07</x:t>
-[...2 lines deleted...]
-    <x:t>0.01%</x:t>
+    <x:t>$52,430.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.02%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -619,51 +619,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re88a1629827a44b7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rc4ea9de572ed4576" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R2ae8251014294224" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0f2fd54833d646df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R186c981a2de84d51" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R52097bd900304a5b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I34"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="16" customWidth="1"/>
     <x:col min="3" max="3" width="44" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="16" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">