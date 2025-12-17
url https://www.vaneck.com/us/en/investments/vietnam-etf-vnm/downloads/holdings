--- v0 (2025-12-06)
+++ v1 (2025-12-17)
@@ -1,1050 +1,1089 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8e0eb7cc70064fec" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R589aab7faf4643a0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="VNM_asof_20251204" sheetId="1" r:id="Ra3a5f395c97a4295"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="VNM_asof_20251216" sheetId="1" r:id="R9602a3cc579645ea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="476" uniqueCount="335">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  12/04/2025</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="500" uniqueCount="348">
+  <x:si>
+    <x:t>Daily Holdings (%)  12/16/2025</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>VIC VN</x:t>
   </x:si>
   <x:si>
     <x:t>Vingroup Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000TD3TC9</x:t>
   </x:si>
   <x:si>
-    <x:t>17,968,298</x:t>
+    <x:t>16,948,398</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$90,783,805.72</x:t>
+    <x:t>$91,805,727.26</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>15.53%</x:t>
+    <x:t>16.26%</x:t>
   </x:si>
   <x:si>
     <x:t>VHM VN</x:t>
   </x:si>
   <x:si>
     <x:t>Vinhomes Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00KMYS8P1</x:t>
   </x:si>
   <x:si>
-    <x:t>11,551,767</x:t>
-[...5 lines deleted...]
-    <x:t>7.88%</x:t>
+    <x:t>11,505,067</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$41,483,460.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.35%</x:t>
   </x:si>
   <x:si>
     <x:t>MSN VN</x:t>
   </x:si>
   <x:si>
     <x:t>Masan Group Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PSPMR5</x:t>
   </x:si>
   <x:si>
-    <x:t>12,703,776</x:t>
-[...5 lines deleted...]
-    <x:t>6.58%</x:t>
+    <x:t>12,652,076</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$35,782,387.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.34%</x:t>
   </x:si>
   <x:si>
     <x:t>HPG VN</x:t>
   </x:si>
   <x:si>
     <x:t>Hoa Phat Group Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000TX8GM7</x:t>
   </x:si>
   <x:si>
-    <x:t>33,119,399</x:t>
-[...5 lines deleted...]
-    <x:t>5.86%</x:t>
+    <x:t>32,984,999</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$33,441,471.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.92%</x:t>
   </x:si>
   <x:si>
     <x:t>VNM VN</x:t>
   </x:si>
   <x:si>
     <x:t>Vietnam Dairy Products Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BF6N60</x:t>
   </x:si>
   <x:si>
-    <x:t>12,290,641</x:t>
-[...5 lines deleted...]
-    <x:t>5.05%</x:t>
+    <x:t>12,241,041</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$29,833,797.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.29%</x:t>
   </x:si>
   <x:si>
     <x:t>SSI VN</x:t>
   </x:si>
   <x:si>
     <x:t>Ssi Securities Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BN4DR4</x:t>
   </x:si>
   <x:si>
-    <x:t>20,777,139</x:t>
-[...5 lines deleted...]
-    <x:t>4.42%</x:t>
+    <x:t>20,692,939</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,784,133.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.21%</x:t>
   </x:si>
   <x:si>
     <x:t>VCB VN</x:t>
   </x:si>
   <x:si>
     <x:t>Bank For Foreign Trade Of Vietnam Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BM8HF6</x:t>
   </x:si>
   <x:si>
-    <x:t>10,053,401</x:t>
-[...5 lines deleted...]
-    <x:t>3.84%</x:t>
+    <x:t>10,012,301</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,632,874.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.83%</x:t>
   </x:si>
   <x:si>
     <x:t>VIX VN</x:t>
   </x:si>
   <x:si>
     <x:t>Vix Securities Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000Q3LMQ4</x:t>
   </x:si>
   <x:si>
-    <x:t>22,583,806</x:t>
-[...5 lines deleted...]
-    <x:t>3.67%</x:t>
+    <x:t>22,492,006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,589,515.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.47%</x:t>
   </x:si>
   <x:si>
     <x:t>VRE VN</x:t>
   </x:si>
   <x:si>
     <x:t>Vincom Retail Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG004MP70P6</x:t>
   </x:si>
   <x:si>
-    <x:t>13,091,722</x:t>
-[...5 lines deleted...]
-    <x:t>2.92%</x:t>
+    <x:t>13,038,522</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,652,118.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VND VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vndirect Securities Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000QK20H5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,199,625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,516,863.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.57%</x:t>
   </x:si>
   <x:si>
     <x:t>VJC VN</x:t>
   </x:si>
   <x:si>
     <x:t>Vietjet Aviation Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000QBJXH5</x:t>
   </x:si>
   <x:si>
-    <x:t>1,950,240</x:t>
-[...23 lines deleted...]
-    <x:t>2.54%</x:t>
+    <x:t>1,942,340</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,107,748.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VCI VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vietcap Securities Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0073XTVS8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,329,135</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,122,266.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.15%</x:t>
   </x:si>
   <x:si>
     <x:t>FPT VN</x:t>
   </x:si>
   <x:si>
     <x:t>Fpt Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PMZJZ5</x:t>
   </x:si>
   <x:si>
-    <x:t>3,374,100</x:t>
-[...23 lines deleted...]
-    <x:t>2.13%</x:t>
+    <x:t>3,360,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,120,255.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SHB VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Saigon - Hanoi Commercial Joint Stock B</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000G88YK9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,121,692</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,934,031.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.94%</x:t>
   </x:si>
   <x:si>
     <x:t>GEX VN</x:t>
   </x:si>
   <x:si>
     <x:t>Gelex Group Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00B8G4S87</x:t>
   </x:si>
   <x:si>
-    <x:t>6,986,242</x:t>
-[...23 lines deleted...]
-    <x:t>2.04%</x:t>
+    <x:t>6,957,842</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,765,330.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.91%</x:t>
   </x:si>
   <x:si>
     <x:t>GEE VN</x:t>
   </x:si>
   <x:si>
     <x:t>Gelex Electric Equipment Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG015PZHH97</x:t>
   </x:si>
   <x:si>
-    <x:t>1,383,800</x:t>
-[...5 lines deleted...]
-    <x:t>1.96%</x:t>
+    <x:t>1,378,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,695,499.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HVN VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vietnam Airlines Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000FWLXH8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,818,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,073,438.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.43%</x:t>
   </x:si>
   <x:si>
     <x:t>DGC VN</x:t>
   </x:si>
   <x:si>
     <x:t>Duc Giang Chemicals Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG003QTZ0W7</x:t>
   </x:si>
   <x:si>
-    <x:t>2,393,132</x:t>
-[...23 lines deleted...]
-    <x:t>1.50%</x:t>
+    <x:t>2,383,432</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,828,971.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.39%</x:t>
   </x:si>
   <x:si>
     <x:t>KBC VN</x:t>
   </x:si>
   <x:si>
     <x:t>Kinh Bac City Development Share Holding</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000V13PL0</x:t>
   </x:si>
   <x:si>
-    <x:t>5,934,200</x:t>
-[...2 lines deleted...]
-    <x:t>$7,991,337.55</x:t>
+    <x:t>5,910,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,739,524.08</x:t>
   </x:si>
   <x:si>
     <x:t>1.37%</x:t>
   </x:si>
   <x:si>
+    <x:t>HAG VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hagl Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000GCXWG1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,246,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,972,349.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.24%</x:t>
+  </x:si>
+  <x:si>
     <x:t>NVL VN</x:t>
   </x:si>
   <x:si>
     <x:t>No Va Land Investment Group Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG003RR1FD5</x:t>
   </x:si>
   <x:si>
-    <x:t>13,341,958</x:t>
-[...5 lines deleted...]
-    <x:t>1.30%</x:t>
+    <x:t>13,287,758</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,835,058.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.21%</x:t>
   </x:si>
   <x:si>
     <x:t>EIB VN</x:t>
   </x:si>
   <x:si>
     <x:t>Vietnam Export Import Commercial Jsb</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DB3KG5</x:t>
   </x:si>
   <x:si>
-    <x:t>8,384,029</x:t>
-[...23 lines deleted...]
-    <x:t>1.20%</x:t>
+    <x:t>8,350,229</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,833,063.57</x:t>
   </x:si>
   <x:si>
     <x:t>STB VN</x:t>
   </x:si>
   <x:si>
     <x:t>Saigon Thuong Tin Commercial Jsb</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000D7H3V0</x:t>
   </x:si>
   <x:si>
-    <x:t>3,394,300</x:t>
-[...5 lines deleted...]
-    <x:t>1.11%</x:t>
+    <x:t>3,380,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,040,641.28</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.07%</x:t>
   </x:si>
   <x:si>
     <x:t>SBT VN</x:t>
   </x:si>
   <x:si>
     <x:t>Thanh Thanh Cong - Bien Hoa Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DWVGH6</x:t>
   </x:si>
   <x:si>
-    <x:t>6,305,918</x:t>
-[...5 lines deleted...]
-    <x:t>1.02%</x:t>
+    <x:t>6,280,518</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,877,272.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.04%</x:t>
   </x:si>
   <x:si>
     <x:t>PDR VN</x:t>
   </x:si>
   <x:si>
     <x:t>Phat Dat Real Estate Development Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BG7X29</x:t>
   </x:si>
   <x:si>
-    <x:t>6,879,662</x:t>
-[...5 lines deleted...]
-    <x:t>1.01%</x:t>
+    <x:t>6,851,962</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,075,422.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.90%</x:t>
   </x:si>
   <x:si>
     <x:t>HUT VN</x:t>
   </x:si>
   <x:si>
     <x:t>Tasco Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000VGW3Y0</x:t>
   </x:si>
   <x:si>
-    <x:t>7,712,700</x:t>
-[...5 lines deleted...]
-    <x:t>0.85%</x:t>
+    <x:t>7,989,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,004,494.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.89%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VPI VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Van Phu - Invest Investment Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JC6HXT9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,180,752</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,925,774.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>POW VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Petrovietnam Power Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG002NF5FT6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,994,226</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,707,166.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NAB VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nam A Commercial Jsb</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00N6NJMG6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,614,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,673,183.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAB VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Saigon Beer Alcohol Beverage Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000V9NNW4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,299,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,512,301.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SHS VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sai Gon-Ha Noi Securities Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000JP1G79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,453,224</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,430,149.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.78%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PVD VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Petrovietnam Drilling &amp; Well Services J</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000QFV9X7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,485,388</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,382,940.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VHC VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vinh Hoan Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000V0W6M1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,052,560</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,288,101.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PVS VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Petrovietnam Technical Services Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000TFTNF6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,484,807</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,246,538.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.75%</x:t>
   </x:si>
   <x:si>
     <x:t>DIG VN</x:t>
   </x:si>
   <x:si>
     <x:t>Development Investment Construction Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000TW9M63</x:t>
   </x:si>
   <x:si>
-    <x:t>6,165,794</x:t>
-[...107 lines deleted...]
-    <x:t>0.77%</x:t>
+    <x:t>6,140,594</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,185,996.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.74%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VCG VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vietnam Construction And Import-Export</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BLCJC2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,636,819</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,139,190.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.73%</x:t>
   </x:si>
   <x:si>
     <x:t>KDH VN</x:t>
   </x:si>
   <x:si>
     <x:t>Khang Dien House Trading And Investment</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000Q7Z3F4</x:t>
   </x:si>
   <x:si>
-    <x:t>3,435,172</x:t>
-[...56 lines deleted...]
-    <x:t>0.74%</x:t>
+    <x:t>3,420,872</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,103,695.82</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FTS VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fpt Securities Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0019LTG04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,292,934</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,065,306.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.72%</x:t>
   </x:si>
   <x:si>
     <x:t>SIP VN</x:t>
   </x:si>
   <x:si>
     <x:t>Sai Gon Vrg Investment Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG003SZSNJ4</x:t>
   </x:si>
   <x:si>
-    <x:t>1,961,420</x:t>
-[...20 lines deleted...]
-    <x:t>$4,138,783.93</x:t>
+    <x:t>1,953,620</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,871,964.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TCH VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hoang Huy Investment Financial Services</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DVPC837</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,070,155</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,658,534.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.65%</x:t>
   </x:si>
   <x:si>
     <x:t>CEO VN</x:t>
   </x:si>
   <x:si>
     <x:t>Ceo Group Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0076J67K2</x:t>
   </x:si>
   <x:si>
-    <x:t>4,086,495</x:t>
-[...23 lines deleted...]
-    <x:t>0.68%</x:t>
+    <x:t>4,069,795</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,538,011.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.63%</x:t>
   </x:si>
   <x:si>
     <x:t>BVH VN</x:t>
   </x:si>
   <x:si>
     <x:t>Bao Viet Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000N1D2L9</x:t>
   </x:si>
   <x:si>
-    <x:t>1,737,796</x:t>
-[...5 lines deleted...]
-    <x:t>0.59%</x:t>
+    <x:t>1,730,396</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,505,419.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BAF VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Baf Viet Nam Agriculture Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG013T7PJ15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,562,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,501,602.00</x:t>
   </x:si>
   <x:si>
     <x:t>KDC VN</x:t>
   </x:si>
   <x:si>
     <x:t>Kido Group Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000LNDM11</x:t>
   </x:si>
   <x:si>
-    <x:t>1,721,536</x:t>
-[...23 lines deleted...]
-    <x:t>0.56%</x:t>
+    <x:t>1,714,836</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,385,144.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TCX VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Techcom Securities Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YPQWJB1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,730,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,096,556.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DCM VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Petrovietnam Ca Mau Fertilizer Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG008D1PSN1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,278,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,807,409.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
   </x:si>
   <x:si>
     <x:t>DXG VN</x:t>
   </x:si>
   <x:si>
     <x:t>Dat Xanh Group Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000Q1XB43</x:t>
   </x:si>
   <x:si>
-    <x:t>4,219,165</x:t>
-[...23 lines deleted...]
-    <x:t>0.51%</x:t>
+    <x:t>4,202,065</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,755,303.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.49%</x:t>
   </x:si>
   <x:si>
     <x:t>IDC VN</x:t>
   </x:si>
   <x:si>
     <x:t>Idico Corp Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0055XHM94</x:t>
   </x:si>
   <x:si>
-    <x:t>1,912,816</x:t>
-[...5 lines deleted...]
-    <x:t>0.49%</x:t>
+    <x:t>1,905,416</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,676,349.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.47%</x:t>
   </x:si>
   <x:si>
     <x:t>HSG VN</x:t>
   </x:si>
   <x:si>
     <x:t>Hoa Sen Group</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000KFK1K6</x:t>
   </x:si>
   <x:si>
-    <x:t>4,360,101</x:t>
-[...5 lines deleted...]
-    <x:t>0.48%</x:t>
+    <x:t>4,342,601</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,622,140.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
   </x:si>
   <x:si>
     <x:t>DPM VN</x:t>
   </x:si>
   <x:si>
     <x:t>Petrovietnam Fertilizer &amp; Chemicals Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000TSXTH8</x:t>
   </x:si>
   <x:si>
-    <x:t>3,060,786</x:t>
-[...5 lines deleted...]
-    <x:t>0.47%</x:t>
+    <x:t>3,047,986</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,586,965.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2610880D VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YTTJMC7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>20,692,937</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,395,925.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
   </x:si>
   <x:si>
     <x:t>HDG VN</x:t>
   </x:si>
   <x:si>
     <x:t>Ha Do Group Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000Q6YTV2</x:t>
   </x:si>
   <x:si>
-    <x:t>2,065,056</x:t>
-[...5 lines deleted...]
-    <x:t>0.43%</x:t>
+    <x:t>2,056,556</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,271,876.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.40%</x:t>
   </x:si>
   <x:si>
     <x:t>CTR VN</x:t>
   </x:si>
   <x:si>
     <x:t>Viettel Construction Joint Stock Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG003TCC6P1</x:t>
   </x:si>
   <x:si>
-    <x:t>596,800</x:t>
-[...2 lines deleted...]
-    <x:t>$1,992,524.96</x:t>
+    <x:t>594,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,891,386.63</x:t>
   </x:si>
   <x:si>
     <x:t>0.34%</x:t>
   </x:si>
   <x:si>
+    <x:t>2597923D VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01XMJM0N0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,398,510</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$91,821.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.02%</x:t>
+  </x:si>
+  <x:si>
     <x:t>FUEVFVND VN</x:t>
   </x:si>
   <x:si>
     <x:t>Dcvfmvn Diamond ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00TR4HHL9</x:t>
   </x:si>
   <x:si>
     <x:t>62,610</x:t>
   </x:si>
   <x:si>
-    <x:t>$91,731.15</x:t>
-[...2 lines deleted...]
-    <x:t>0.02%</x:t>
+    <x:t>$88,624.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-VND CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t> </x:t>
+  </x:si>
+  <x:si>
+    <x:t>615,828,133,431</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cash Bal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,378,184.40</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.14%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t> </x:t>
-[...20 lines deleted...]
-    <x:t>$144,871.67</x:t>
+    <x:t>-19,028,662</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-19,028,662.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-3.37%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$193,124.66</x:t>
-[...2 lines deleted...]
-    <x:t>0.03%</x:t>
+    <x:t>$1,151,484.91</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.20%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1072,62 +1111,62 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R75244b83af7f4299" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R1075834ce4804b0a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="Ra3a5f395c97a4295" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3985547093849d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R2367ada3a41946e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9602a3cc579645ea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I59"/>
+  <x:dimension ref="A1:I62"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="18" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
-    <x:col min="5" max="5" width="20" customWidth="1"/>
+    <x:col min="5" max="5" width="22" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -1551,1283 +1590,1370 @@
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>84</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
+        <x:v>90</x:v>
+      </x:c>
+      <x:c r="C17" s="1" t="s">
         <x:v>91</x:v>
       </x:c>
-      <x:c r="C17" s="1" t="s">
+      <x:c r="D17" s="1" t="s">
         <x:v>92</x:v>
       </x:c>
-      <x:c r="D17" s="1" t="s">
+      <x:c r="E17" s="1" t="s">
         <x:v>93</x:v>
       </x:c>
-      <x:c r="E17" s="1" t="s">
+      <x:c r="F17" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G17" s="1" t="s">
         <x:v>94</x:v>
       </x:c>
-      <x:c r="F17" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G17" s="1" t="s">
+      <x:c r="H17" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I17" s="1" t="s">
         <x:v>95</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
+        <x:v>96</x:v>
+      </x:c>
+      <x:c r="C18" s="1" t="s">
         <x:v>97</x:v>
       </x:c>
-      <x:c r="C18" s="1" t="s">
+      <x:c r="D18" s="1" t="s">
         <x:v>98</x:v>
       </x:c>
-      <x:c r="D18" s="1" t="s">
+      <x:c r="E18" s="1" t="s">
         <x:v>99</x:v>
       </x:c>
-      <x:c r="E18" s="1" t="s">
+      <x:c r="F18" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G18" s="1" t="s">
         <x:v>100</x:v>
       </x:c>
-      <x:c r="F18" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G18" s="1" t="s">
+      <x:c r="H18" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I18" s="1" t="s">
         <x:v>101</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
+        <x:v>102</x:v>
+      </x:c>
+      <x:c r="C19" s="1" t="s">
         <x:v>103</x:v>
       </x:c>
-      <x:c r="C19" s="1" t="s">
+      <x:c r="D19" s="1" t="s">
         <x:v>104</x:v>
       </x:c>
-      <x:c r="D19" s="1" t="s">
+      <x:c r="E19" s="1" t="s">
         <x:v>105</x:v>
       </x:c>
-      <x:c r="E19" s="1" t="s">
+      <x:c r="F19" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G19" s="1" t="s">
         <x:v>106</x:v>
       </x:c>
-      <x:c r="F19" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G19" s="1" t="s">
+      <x:c r="H19" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I19" s="1" t="s">
         <x:v>107</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
+        <x:v>108</x:v>
+      </x:c>
+      <x:c r="C20" s="1" t="s">
         <x:v>109</x:v>
       </x:c>
-      <x:c r="C20" s="1" t="s">
+      <x:c r="D20" s="1" t="s">
         <x:v>110</x:v>
       </x:c>
-      <x:c r="D20" s="1" t="s">
+      <x:c r="E20" s="1" t="s">
         <x:v>111</x:v>
       </x:c>
-      <x:c r="E20" s="1" t="s">
+      <x:c r="F20" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G20" s="1" t="s">
         <x:v>112</x:v>
       </x:c>
-      <x:c r="F20" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G20" s="1" t="s">
+      <x:c r="H20" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I20" s="1" t="s">
         <x:v>113</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
+        <x:v>114</x:v>
+      </x:c>
+      <x:c r="C21" s="1" t="s">
         <x:v>115</x:v>
       </x:c>
-      <x:c r="C21" s="1" t="s">
+      <x:c r="D21" s="1" t="s">
         <x:v>116</x:v>
       </x:c>
-      <x:c r="D21" s="1" t="s">
+      <x:c r="E21" s="1" t="s">
         <x:v>117</x:v>
       </x:c>
-      <x:c r="E21" s="1" t="s">
+      <x:c r="F21" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G21" s="1" t="s">
         <x:v>118</x:v>
       </x:c>
-      <x:c r="F21" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G21" s="1" t="s">
+      <x:c r="H21" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I21" s="1" t="s">
         <x:v>119</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
+        <x:v>120</x:v>
+      </x:c>
+      <x:c r="C22" s="1" t="s">
         <x:v>121</x:v>
       </x:c>
-      <x:c r="C22" s="1" t="s">
+      <x:c r="D22" s="1" t="s">
         <x:v>122</x:v>
       </x:c>
-      <x:c r="D22" s="1" t="s">
+      <x:c r="E22" s="1" t="s">
         <x:v>123</x:v>
       </x:c>
-      <x:c r="E22" s="1" t="s">
+      <x:c r="F22" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G22" s="1" t="s">
         <x:v>124</x:v>
       </x:c>
-      <x:c r="F22" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G22" s="1" t="s">
+      <x:c r="H22" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I22" s="1" t="s">
         <x:v>125</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
+        <x:v>126</x:v>
+      </x:c>
+      <x:c r="C23" s="1" t="s">
         <x:v>127</x:v>
       </x:c>
-      <x:c r="C23" s="1" t="s">
+      <x:c r="D23" s="1" t="s">
         <x:v>128</x:v>
       </x:c>
-      <x:c r="D23" s="1" t="s">
+      <x:c r="E23" s="1" t="s">
         <x:v>129</x:v>
       </x:c>
-      <x:c r="E23" s="1" t="s">
+      <x:c r="F23" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G23" s="1" t="s">
         <x:v>130</x:v>
       </x:c>
-      <x:c r="F23" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G23" s="1" t="s">
+      <x:c r="H23" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I23" s="1" t="s">
         <x:v>131</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
+        <x:v>132</x:v>
+      </x:c>
+      <x:c r="C24" s="1" t="s">
         <x:v>133</x:v>
       </x:c>
-      <x:c r="C24" s="1" t="s">
+      <x:c r="D24" s="1" t="s">
         <x:v>134</x:v>
       </x:c>
-      <x:c r="D24" s="1" t="s">
+      <x:c r="E24" s="1" t="s">
         <x:v>135</x:v>
       </x:c>
-      <x:c r="E24" s="1" t="s">
+      <x:c r="F24" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G24" s="1" t="s">
         <x:v>136</x:v>
       </x:c>
-      <x:c r="F24" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G24" s="1" t="s">
+      <x:c r="H24" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I24" s="1" t="s">
         <x:v>137</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
+        <x:v>138</x:v>
+      </x:c>
+      <x:c r="C25" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
-      <x:c r="C25" s="1" t="s">
+      <x:c r="D25" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
-      <x:c r="D25" s="1" t="s">
+      <x:c r="E25" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
-      <x:c r="E25" s="1" t="s">
+      <x:c r="F25" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G25" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
-      <x:c r="F25" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>137</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>143</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="D26" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="E26" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
+      <x:c r="F26" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G26" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="E26" s="1" t="s">
+      <x:c r="H26" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I26" s="1" t="s">
         <x:v>148</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>149</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="D27" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="E27" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
+      <x:c r="F27" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G27" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
-      <x:c r="E27" s="1" t="s">
+      <x:c r="H27" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I27" s="1" t="s">
         <x:v>154</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>155</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="D28" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="E28" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="D28" s="1" t="s">
+      <x:c r="F28" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G28" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="E28" s="1" t="s">
+      <x:c r="H28" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I28" s="1" t="s">
         <x:v>160</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>161</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="D29" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="E29" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
+      <x:c r="F29" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G29" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
-      <x:c r="E29" s="1" t="s">
+      <x:c r="H29" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I29" s="1" t="s">
         <x:v>166</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>167</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="D30" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
+      <x:c r="E30" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
-      <x:c r="D30" s="1" t="s">
+      <x:c r="F30" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G30" s="1" t="s">
         <x:v>171</x:v>
       </x:c>
-      <x:c r="E30" s="1" t="s">
+      <x:c r="H30" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I30" s="1" t="s">
         <x:v>172</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>173</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="D31" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
+      <x:c r="E31" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="D31" s="1" t="s">
+      <x:c r="F31" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="E31" s="1" t="s">
+      <x:c r="H31" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I31" s="1" t="s">
         <x:v>178</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>179</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="D32" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
+      <x:c r="E32" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="D32" s="1" t="s">
+      <x:c r="F32" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G32" s="1" t="s">
         <x:v>183</x:v>
       </x:c>
-      <x:c r="E32" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="D33" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
+      <x:c r="E33" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
-      <x:c r="D33" s="1" t="s">
+      <x:c r="F33" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
-      <x:c r="E33" s="1" t="s">
+      <x:c r="H33" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I33" s="1" t="s">
         <x:v>189</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>190</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
+        <x:v>191</x:v>
+      </x:c>
+      <x:c r="D34" s="1" t="s">
         <x:v>192</x:v>
       </x:c>
-      <x:c r="C34" s="1" t="s">
+      <x:c r="E34" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
-      <x:c r="D34" s="1" t="s">
+      <x:c r="F34" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G34" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
-      <x:c r="E34" s="1" t="s">
+      <x:c r="H34" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I34" s="1" t="s">
         <x:v>195</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>196</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
+        <x:v>197</x:v>
+      </x:c>
+      <x:c r="D35" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
-      <x:c r="C35" s="1" t="s">
+      <x:c r="E35" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
-      <x:c r="D35" s="1" t="s">
+      <x:c r="F35" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
-      <x:c r="E35" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H35" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>195</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="D36" s="1" t="s">
         <x:v>203</x:v>
       </x:c>
-      <x:c r="C36" s="1" t="s">
+      <x:c r="E36" s="1" t="s">
         <x:v>204</x:v>
       </x:c>
-      <x:c r="D36" s="1" t="s">
+      <x:c r="F36" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G36" s="1" t="s">
         <x:v>205</x:v>
       </x:c>
-      <x:c r="E36" s="1" t="s">
+      <x:c r="H36" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I36" s="1" t="s">
         <x:v>206</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>207</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
+        <x:v>208</x:v>
+      </x:c>
+      <x:c r="D37" s="1" t="s">
         <x:v>209</x:v>
       </x:c>
-      <x:c r="C37" s="1" t="s">
+      <x:c r="E37" s="1" t="s">
         <x:v>210</x:v>
       </x:c>
-      <x:c r="D37" s="1" t="s">
+      <x:c r="F37" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G37" s="1" t="s">
         <x:v>211</x:v>
       </x:c>
-      <x:c r="E37" s="1" t="s">
+      <x:c r="H37" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I37" s="1" t="s">
         <x:v>212</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>213</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
         <x:v>214</x:v>
       </x:c>
-      <x:c r="C38" s="1" t="s">
+      <x:c r="D38" s="1" t="s">
         <x:v>215</x:v>
       </x:c>
-      <x:c r="D38" s="1" t="s">
+      <x:c r="E38" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
-      <x:c r="E38" s="1" t="s">
+      <x:c r="F38" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G38" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
-      <x:c r="F38" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G38" s="1" t="s">
+      <x:c r="H38" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I38" s="1" t="s">
         <x:v>218</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>219</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
+        <x:v>219</x:v>
+      </x:c>
+      <x:c r="C39" s="1" t="s">
         <x:v>220</x:v>
       </x:c>
-      <x:c r="C39" s="1" t="s">
+      <x:c r="D39" s="1" t="s">
         <x:v>221</x:v>
       </x:c>
-      <x:c r="D39" s="1" t="s">
+      <x:c r="E39" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
-      <x:c r="E39" s="1" t="s">
+      <x:c r="F39" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G39" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
-      <x:c r="F39" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G39" s="1" t="s">
+      <x:c r="H39" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I39" s="1" t="s">
         <x:v>224</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>225</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
+        <x:v>225</x:v>
+      </x:c>
+      <x:c r="C40" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
-      <x:c r="C40" s="1" t="s">
+      <x:c r="D40" s="1" t="s">
         <x:v>227</x:v>
       </x:c>
-      <x:c r="D40" s="1" t="s">
+      <x:c r="E40" s="1" t="s">
         <x:v>228</x:v>
       </x:c>
-      <x:c r="E40" s="1" t="s">
+      <x:c r="F40" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
-      <x:c r="F40" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H40" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="C41" s="1" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="D41" s="1" t="s">
         <x:v>232</x:v>
       </x:c>
-      <x:c r="C41" s="1" t="s">
+      <x:c r="E41" s="1" t="s">
         <x:v>233</x:v>
       </x:c>
-      <x:c r="D41" s="1" t="s">
+      <x:c r="F41" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G41" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
-      <x:c r="E41" s="1" t="s">
+      <x:c r="H41" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I41" s="1" t="s">
         <x:v>235</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
+        <x:v>236</x:v>
+      </x:c>
+      <x:c r="C42" s="1" t="s">
+        <x:v>237</x:v>
+      </x:c>
+      <x:c r="D42" s="1" t="s">
         <x:v>238</x:v>
       </x:c>
-      <x:c r="C42" s="1" t="s">
+      <x:c r="E42" s="1" t="s">
         <x:v>239</x:v>
       </x:c>
-      <x:c r="D42" s="1" t="s">
+      <x:c r="F42" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G42" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
-      <x:c r="E42" s="1" t="s">
+      <x:c r="H42" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I42" s="1" t="s">
         <x:v>241</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>237</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
+        <x:v>242</x:v>
+      </x:c>
+      <x:c r="C43" s="1" t="s">
         <x:v>243</x:v>
       </x:c>
-      <x:c r="C43" s="1" t="s">
+      <x:c r="D43" s="1" t="s">
         <x:v>244</x:v>
       </x:c>
-      <x:c r="D43" s="1" t="s">
+      <x:c r="E43" s="1" t="s">
         <x:v>245</x:v>
       </x:c>
-      <x:c r="E43" s="1" t="s">
+      <x:c r="F43" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G43" s="1" t="s">
         <x:v>246</x:v>
       </x:c>
-      <x:c r="F43" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G43" s="1" t="s">
+      <x:c r="H43" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I43" s="1" t="s">
         <x:v>247</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>248</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="C44" s="1" t="s">
         <x:v>249</x:v>
       </x:c>
-      <x:c r="C44" s="1" t="s">
+      <x:c r="D44" s="1" t="s">
         <x:v>250</x:v>
       </x:c>
-      <x:c r="D44" s="1" t="s">
+      <x:c r="E44" s="1" t="s">
         <x:v>251</x:v>
       </x:c>
-      <x:c r="E44" s="1" t="s">
+      <x:c r="F44" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G44" s="1" t="s">
         <x:v>252</x:v>
       </x:c>
-      <x:c r="F44" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G44" s="1" t="s">
+      <x:c r="H44" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I44" s="1" t="s">
         <x:v>253</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
+        <x:v>254</x:v>
+      </x:c>
+      <x:c r="C45" s="1" t="s">
         <x:v>255</x:v>
       </x:c>
-      <x:c r="C45" s="1" t="s">
+      <x:c r="D45" s="1" t="s">
         <x:v>256</x:v>
       </x:c>
-      <x:c r="D45" s="1" t="s">
+      <x:c r="E45" s="1" t="s">
         <x:v>257</x:v>
       </x:c>
-      <x:c r="E45" s="1" t="s">
+      <x:c r="F45" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G45" s="1" t="s">
         <x:v>258</x:v>
       </x:c>
-      <x:c r="F45" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G45" s="1" t="s">
+      <x:c r="H45" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I45" s="1" t="s">
         <x:v>259</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>260</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="C46" s="1" t="s">
         <x:v>261</x:v>
       </x:c>
-      <x:c r="C46" s="1" t="s">
+      <x:c r="D46" s="1" t="s">
         <x:v>262</x:v>
       </x:c>
-      <x:c r="D46" s="1" t="s">
+      <x:c r="E46" s="1" t="s">
         <x:v>263</x:v>
       </x:c>
-      <x:c r="E46" s="1" t="s">
+      <x:c r="F46" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G46" s="1" t="s">
         <x:v>264</x:v>
       </x:c>
-      <x:c r="F46" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H46" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>259</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
+        <x:v>265</x:v>
+      </x:c>
+      <x:c r="C47" s="1" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="D47" s="1" t="s">
         <x:v>267</x:v>
       </x:c>
-      <x:c r="C47" s="1" t="s">
+      <x:c r="E47" s="1" t="s">
         <x:v>268</x:v>
       </x:c>
-      <x:c r="D47" s="1" t="s">
+      <x:c r="F47" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G47" s="1" t="s">
         <x:v>269</x:v>
       </x:c>
-      <x:c r="E47" s="1" t="s">
+      <x:c r="H47" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I47" s="1" t="s">
         <x:v>270</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>272</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="C48" s="1" t="s">
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="D48" s="1" t="s">
         <x:v>273</x:v>
       </x:c>
-      <x:c r="C48" s="1" t="s">
+      <x:c r="E48" s="1" t="s">
         <x:v>274</x:v>
       </x:c>
-      <x:c r="D48" s="1" t="s">
+      <x:c r="F48" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G48" s="1" t="s">
         <x:v>275</x:v>
       </x:c>
-      <x:c r="E48" s="1" t="s">
+      <x:c r="H48" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I48" s="1" t="s">
         <x:v>276</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="C49" s="1" t="s">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="D49" s="1" t="s">
         <x:v>279</x:v>
       </x:c>
-      <x:c r="C49" s="1" t="s">
+      <x:c r="E49" s="1" t="s">
         <x:v>280</x:v>
       </x:c>
-      <x:c r="D49" s="1" t="s">
+      <x:c r="F49" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G49" s="1" t="s">
         <x:v>281</x:v>
       </x:c>
-      <x:c r="E49" s="1" t="s">
+      <x:c r="H49" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I49" s="1" t="s">
         <x:v>282</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="C50" s="1" t="s">
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="D50" s="1" t="s">
         <x:v>285</x:v>
       </x:c>
-      <x:c r="C50" s="1" t="s">
+      <x:c r="E50" s="1" t="s">
         <x:v>286</x:v>
       </x:c>
-      <x:c r="D50" s="1" t="s">
+      <x:c r="F50" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G50" s="1" t="s">
         <x:v>287</x:v>
       </x:c>
-      <x:c r="E50" s="1" t="s">
+      <x:c r="H50" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I50" s="1" t="s">
         <x:v>288</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="C51" s="1" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="D51" s="1" t="s">
         <x:v>291</x:v>
       </x:c>
-      <x:c r="C51" s="1" t="s">
+      <x:c r="E51" s="1" t="s">
         <x:v>292</x:v>
       </x:c>
-      <x:c r="D51" s="1" t="s">
+      <x:c r="F51" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G51" s="1" t="s">
         <x:v>293</x:v>
       </x:c>
-      <x:c r="E51" s="1" t="s">
+      <x:c r="H51" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I51" s="1" t="s">
         <x:v>294</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="D52" s="1" t="s">
         <x:v>297</x:v>
       </x:c>
-      <x:c r="C52" s="1" t="s">
+      <x:c r="E52" s="1" t="s">
         <x:v>298</x:v>
       </x:c>
-      <x:c r="D52" s="1" t="s">
+      <x:c r="F52" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G52" s="1" t="s">
         <x:v>299</x:v>
       </x:c>
-      <x:c r="E52" s="1" t="s">
+      <x:c r="H52" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I52" s="1" t="s">
         <x:v>300</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="C53" s="1" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="D53" s="1" t="s">
         <x:v>303</x:v>
       </x:c>
-      <x:c r="C53" s="1" t="s">
+      <x:c r="E53" s="1" t="s">
         <x:v>304</x:v>
       </x:c>
-      <x:c r="D53" s="1" t="s">
+      <x:c r="F53" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G53" s="1" t="s">
         <x:v>305</x:v>
       </x:c>
-      <x:c r="E53" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H53" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>300</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
+        <x:v>306</x:v>
+      </x:c>
+      <x:c r="C54" s="1" t="s">
+        <x:v>44</x:v>
+      </x:c>
+      <x:c r="D54" s="1" t="s">
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="E54" s="1" t="s">
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="F54" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G54" s="1" t="s">
         <x:v>309</x:v>
       </x:c>
-      <x:c r="C54" s="1" t="s">
+      <x:c r="H54" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I54" s="1" t="s">
         <x:v>310</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
+        <x:v>311</x:v>
+      </x:c>
+      <x:c r="C55" s="1" t="s">
+        <x:v>312</x:v>
+      </x:c>
+      <x:c r="D55" s="1" t="s">
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="E55" s="1" t="s">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="F55" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G55" s="1" t="s">
         <x:v>315</x:v>
       </x:c>
-      <x:c r="C55" s="1" t="s">
+      <x:c r="H55" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I55" s="1" t="s">
         <x:v>316</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
+        <x:v>317</x:v>
+      </x:c>
+      <x:c r="C56" s="1" t="s">
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="D56" s="1" t="s">
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="E56" s="1" t="s">
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="F56" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G56" s="1" t="s">
         <x:v>321</x:v>
       </x:c>
-      <x:c r="C56" s="1" t="s">
+      <x:c r="H56" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I56" s="1" t="s">
         <x:v>322</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
+        <x:v>323</x:v>
+      </x:c>
+      <x:c r="C57" s="1" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="D57" s="1" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="E57" s="1" t="s">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="F57" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G57" s="1" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="H57" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I57" s="1" t="s">
         <x:v>327</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="D58" s="1" t="s">
         <x:v>330</x:v>
       </x:c>
-      <x:c r="D58" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>15</x:v>
       </x:c>
       <x:c r="G58" s="1" t="s">
         <x:v>332</x:v>
       </x:c>
       <x:c r="H58" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
+        <x:v>327</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="59" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A59" s="1">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B59" s="1" t="s">
         <x:v>333</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A59" s="2" t="s">
+      <x:c r="C59" s="1" t="s">
         <x:v>334</x:v>
       </x:c>
-      <x:c r="B59" s="2" t="s">
+      <x:c r="D59" s="1" t="s">
+        <x:v>334</x:v>
+      </x:c>
+      <x:c r="E59" s="1" t="s">
+        <x:v>335</x:v>
+      </x:c>
+      <x:c r="F59" s="1" t="s">
+        <x:v>336</x:v>
+      </x:c>
+      <x:c r="G59" s="1" t="s">
+        <x:v>337</x:v>
+      </x:c>
+      <x:c r="H59" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I59" s="1" t="s">
+        <x:v>338</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="60" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A60" s="1">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="B60" s="1" t="s">
+        <x:v>339</x:v>
+      </x:c>
+      <x:c r="C60" s="1" t="s">
+        <x:v>334</x:v>
+      </x:c>
+      <x:c r="D60" s="1" t="s">
+        <x:v>334</x:v>
+      </x:c>
+      <x:c r="E60" s="1" t="s">
+        <x:v>340</x:v>
+      </x:c>
+      <x:c r="F60" s="1" t="s">
+        <x:v>336</x:v>
+      </x:c>
+      <x:c r="G60" s="1" t="s">
+        <x:v>341</x:v>
+      </x:c>
+      <x:c r="H60" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I60" s="1" t="s">
+        <x:v>342</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="61" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A61" s="1">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="B61" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="C61" s="1" t="s">
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="D61" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E61" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F61" s="1" t="s">
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="G61" s="1" t="s">
+        <x:v>345</x:v>
+      </x:c>
+      <x:c r="H61" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I61" s="1" t="s">
+        <x:v>346</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="62" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A62" s="2" t="s">
+        <x:v>347</x:v>
+      </x:c>
+      <x:c r="B62" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C59" s="2" t="s">
+      <x:c r="C62" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D59" s="2" t="s">
+      <x:c r="D62" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E59" s="2" t="s">
+      <x:c r="E62" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F59" s="2" t="s">
+      <x:c r="F62" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G59" s="2" t="s">
+      <x:c r="G62" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="H59" s="2" t="s">
+      <x:c r="H62" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I59" s="2" t="s">
+      <x:c r="I62" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A59:I59"/>
+    <x:mergeCell ref="A62:I62"/>
   </x:mergeCells>
 </x:worksheet>
 </file>