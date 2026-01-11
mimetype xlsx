--- v1 (2025-12-17)
+++ v2 (2026-01-11)
@@ -1,1089 +1,1071 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R589aab7faf4643a0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1685d20b4c564309" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="VNM_asof_20251216" sheetId="1" r:id="R9602a3cc579645ea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="VNM_asof_20260108" sheetId="1" r:id="R0e76e5a068e24236"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="500" uniqueCount="348">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  12/16/2025</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="484" uniqueCount="342">
+  <x:si>
+    <x:t>Daily Holdings (%)  01/08/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
+    <x:t>VHM VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vinhomes Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KMYS8P1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,273,367</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stock</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$64,991,352.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t> -- </x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.02%</x:t>
+  </x:si>
+  <x:si>
     <x:t>VIC VN</x:t>
   </x:si>
   <x:si>
     <x:t>Vingroup Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000TD3TC9</x:t>
   </x:si>
   <x:si>
-    <x:t>16,948,398</x:t>
-[...29 lines deleted...]
-    <x:t>7.35%</x:t>
+    <x:t>8,555,098</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$57,640,691.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.88%</x:t>
   </x:si>
   <x:si>
     <x:t>MSN VN</x:t>
   </x:si>
   <x:si>
     <x:t>Masan Group Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PSPMR5</x:t>
   </x:si>
   <x:si>
-    <x:t>12,652,076</x:t>
-[...5 lines deleted...]
-    <x:t>6.34%</x:t>
+    <x:t>14,435,876</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$43,029,830.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.63%</x:t>
   </x:si>
   <x:si>
     <x:t>HPG VN</x:t>
   </x:si>
   <x:si>
     <x:t>Hoa Phat Group Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000TX8GM7</x:t>
   </x:si>
   <x:si>
-    <x:t>32,984,999</x:t>
-[...5 lines deleted...]
-    <x:t>5.92%</x:t>
+    <x:t>38,730,599</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$39,060,019.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.02%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SSI VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ssi Securities Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BN4DR4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31,295,626</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$36,417,715.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VCB VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bank For Foreign Trade Of Vietnam Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BM8HF6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,642,301</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$33,090,305.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.10%</x:t>
   </x:si>
   <x:si>
     <x:t>VNM VN</x:t>
   </x:si>
   <x:si>
     <x:t>Vietnam Dairy Products Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BF6N60</x:t>
   </x:si>
   <x:si>
-    <x:t>12,241,041</x:t>
-[...41 lines deleted...]
-    <x:t>3.83%</x:t>
+    <x:t>13,841,141</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$32,794,299.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.05%</x:t>
   </x:si>
   <x:si>
     <x:t>VIX VN</x:t>
   </x:si>
   <x:si>
     <x:t>Vix Securities Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000Q3LMQ4</x:t>
   </x:si>
   <x:si>
-    <x:t>22,492,006</x:t>
-[...5 lines deleted...]
-    <x:t>3.47%</x:t>
+    <x:t>26,418,306</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$22,143,119.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.41%</x:t>
   </x:si>
   <x:si>
     <x:t>VRE VN</x:t>
   </x:si>
   <x:si>
     <x:t>Vincom Retail Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG004MP70P6</x:t>
   </x:si>
   <x:si>
-    <x:t>13,038,522</x:t>
-[...5 lines deleted...]
-    <x:t>2.60%</x:t>
+    <x:t>15,339,322</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,033,823.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VJC VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vietjet Aviation Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000QBJXH5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,552,240</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,760,009.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.05%</x:t>
   </x:si>
   <x:si>
     <x:t>VND VN</x:t>
   </x:si>
   <x:si>
     <x:t>Vndirect Securities Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000QK20H5</x:t>
   </x:si>
   <x:si>
-    <x:t>20,199,625</x:t>
-[...23 lines deleted...]
-    <x:t>2.50%</x:t>
+    <x:t>21,122,225</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,928,470.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.45%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SHB VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Saigon - Hanoi Commercial Joint Stock B</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000G88YK9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>22,395,492</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,161,226.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.18%</x:t>
   </x:si>
   <x:si>
     <x:t>VCI VN</x:t>
   </x:si>
   <x:si>
     <x:t>Vietcap Securities Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0073XTVS8</x:t>
   </x:si>
   <x:si>
-    <x:t>9,329,135</x:t>
-[...5 lines deleted...]
-    <x:t>2.15%</x:t>
+    <x:t>10,296,535</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,332,389.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.05%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TCX VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Techcom Securities Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YPQWJB1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,501,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,524,166.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.93%</x:t>
   </x:si>
   <x:si>
     <x:t>FPT VN</x:t>
   </x:si>
   <x:si>
     <x:t>Fpt Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PMZJZ5</x:t>
   </x:si>
   <x:si>
-    <x:t>3,360,100</x:t>
-[...20 lines deleted...]
-    <x:t>1.94%</x:t>
+    <x:t>3,192,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,739,685.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.81%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GEE VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gelex Electric Equipment Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG015PZHH97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,441,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,634,436.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.79%</x:t>
   </x:si>
   <x:si>
     <x:t>GEX VN</x:t>
   </x:si>
   <x:si>
     <x:t>Gelex Group Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00B8G4S87</x:t>
   </x:si>
   <x:si>
-    <x:t>6,957,842</x:t>
-[...23 lines deleted...]
-    <x:t>1.54%</x:t>
+    <x:t>7,107,142</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,374,463.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STB VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Saigon Thuong Tin Commercial Jsb</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000D7H3V0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,300,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,799,423.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.66%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KBC VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kinh Bac City Development Share Holding</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000V13PL0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,885,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,348,571.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EIB VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vietnam Export Import Commercial Jsb</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DB3KG5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,430,029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,848,241.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NVL VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>No Va Land Investment Group Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG003RR1FD5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,357,358</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,775,581.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HAG VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hagl Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000GCXWG1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,167,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,296,590.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.12%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DGC VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Duc Giang Chemicals Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG003QTZ0W7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,705,832</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,490,861.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBT VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Thanh Thanh Cong - Bien Hoa Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DWVGH6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,895,718</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,434,583.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.99%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>POW VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Petrovietnam Power Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG002NF5FT6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,506,047</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,135,701.35</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.95%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HUT VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tasco Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000VGW3Y0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,615,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,819,962.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.90%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KDH VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Khang Dien House Trading And Investment</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000Q7Z3F4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,628,472</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,374,056.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PDR VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Phat Dat Real Estate Development Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BG7X29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,531,562</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,311,534.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SHS VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sai Gon-Ha Noi Securities Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000JP1G79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,081,924</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,311,072.30</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NAB VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nam A Commercial Jsb</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00N6NJMG6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,330,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,190,928.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PVD VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Petrovietnam Drilling &amp; Well Services J</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000QFV9X7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,273,888</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,983,139.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.77%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VPI VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Van Phu - Invest Investment Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JC6HXT9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,281,652</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,829,352.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.74%</x:t>
   </x:si>
   <x:si>
     <x:t>HVN VN</x:t>
   </x:si>
   <x:si>
     <x:t>Vietnam Airlines Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000FWLXH8</x:t>
   </x:si>
   <x:si>
-    <x:t>7,818,300</x:t>
-[...2 lines deleted...]
-    <x:t>$8,073,438.59</x:t>
+    <x:t>4,667,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,726,372.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.73%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VHC VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vinh Hoan Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000V0W6M1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,147,760</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,669,243.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PVS VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Petrovietnam Technical Services Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000TFTNF6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,258,907</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,615,084.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.71%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BVH VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bao Viet Holdings</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000N1D2L9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,807,996</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,556,382.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.70%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VCG VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vietnam Construction And Import-Export</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BLCJC2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,333,719</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,538,713.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAB VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Saigon Beer Alcohol Beverage Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000V9NNW4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,403,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,422,974.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FTS VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fpt Securities Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0019LTG04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,507,634</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,368,091.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.67%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SIP VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sai Gon Vrg Investment Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG003SZSNJ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,089,220</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,323,645.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TCH VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hoang Huy Investment Financial Services</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DVPC837</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,155,555</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,011,259.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DXG VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dat Xanh Group Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000Q1XB43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,257,465</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,932,191.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IDC VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Idico Corp Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0055XHM94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,703,916</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,901,190.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.60%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DPM VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Petrovietnam Fertilizer &amp; Chemicals Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000TSXTH8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,335,386</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,878,469.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BAF VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Baf Viet Nam Agriculture Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG013T7PJ15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,680,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,800,794.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.59%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KDC VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kido Group Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000LNDM11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,847,436</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,636,006.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CEO VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ceo Group Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0076J67K2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,681,195</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,599,754.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DIG VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Development Investment Construction Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000TW9M63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,377,394</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,481,838.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DCM VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Petrovietnam Ca Mau Fertilizer Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG008D1PSN1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,381,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,141,893.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.48%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HSG VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hoa Sen Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000KFK1K6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,124,001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,072,235.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CTR VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Viettel Construction Joint Stock Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG003TCC6P1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>620,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,121,232.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.33%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HDG VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ha Do Group Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000Q6YTV2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,013,156</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,015,570.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.31%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FUEVFVND VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dcvfmvn Diamond ETF</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00TR4HHL9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>62,610</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$92,978.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.01%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-VND CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t> </x:t>
+  </x:si>
+  <x:si>
+    <x:t>447,169,720,768</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Cash Bal</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,023,039.79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-USD CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,283,351</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,283,351.40</x:t>
   </x:si>
   <x:si>
     <x:t>1.43%</x:t>
   </x:si>
   <x:si>
-    <x:t>DGC VN</x:t>
-[...685 lines deleted...]
-  <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$1,151,484.91</x:t>
-[...2 lines deleted...]
-    <x:t>0.20%</x:t>
+    <x:t>$-13,978,399.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-2.15%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1111,56 +1093,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc3985547093849d2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R2367ada3a41946e5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R9602a3cc579645ea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a99f463c97b494f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra0dec436cc094b00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0e76e5a068e24236" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I62"/>
+  <x:dimension ref="A1:I60"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="18" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="22" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -1590,1370 +1572,1312 @@
       <x:c r="A16" s="1">
         <x:v>13</x:v>
       </x:c>
       <x:c r="B16" s="1" t="s">
         <x:v>85</x:v>
       </x:c>
       <x:c r="C16" s="1" t="s">
         <x:v>86</x:v>
       </x:c>
       <x:c r="D16" s="1" t="s">
         <x:v>87</x:v>
       </x:c>
       <x:c r="E16" s="1" t="s">
         <x:v>88</x:v>
       </x:c>
       <x:c r="F16" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G16" s="1" t="s">
         <x:v>89</x:v>
       </x:c>
       <x:c r="H16" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I16" s="1" t="s">
-        <x:v>84</x:v>
+        <x:v>90</x:v>
       </x:c>
     </x:row>
     <x:row r="17" spans="1:9" ht="15" customHeight="1">
       <x:c r="A17" s="1">
         <x:v>14</x:v>
       </x:c>
       <x:c r="B17" s="1" t="s">
-        <x:v>90</x:v>
+        <x:v>91</x:v>
       </x:c>
       <x:c r="C17" s="1" t="s">
-        <x:v>91</x:v>
+        <x:v>92</x:v>
       </x:c>
       <x:c r="D17" s="1" t="s">
-        <x:v>92</x:v>
+        <x:v>93</x:v>
       </x:c>
       <x:c r="E17" s="1" t="s">
-        <x:v>93</x:v>
+        <x:v>94</x:v>
       </x:c>
       <x:c r="F17" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G17" s="1" t="s">
-        <x:v>94</x:v>
+        <x:v>95</x:v>
       </x:c>
       <x:c r="H17" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I17" s="1" t="s">
-        <x:v>95</x:v>
+        <x:v>96</x:v>
       </x:c>
     </x:row>
     <x:row r="18" spans="1:9" ht="15" customHeight="1">
       <x:c r="A18" s="1">
         <x:v>15</x:v>
       </x:c>
       <x:c r="B18" s="1" t="s">
-        <x:v>96</x:v>
+        <x:v>97</x:v>
       </x:c>
       <x:c r="C18" s="1" t="s">
-        <x:v>97</x:v>
+        <x:v>98</x:v>
       </x:c>
       <x:c r="D18" s="1" t="s">
-        <x:v>98</x:v>
+        <x:v>99</x:v>
       </x:c>
       <x:c r="E18" s="1" t="s">
-        <x:v>99</x:v>
+        <x:v>100</x:v>
       </x:c>
       <x:c r="F18" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G18" s="1" t="s">
-        <x:v>100</x:v>
+        <x:v>101</x:v>
       </x:c>
       <x:c r="H18" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I18" s="1" t="s">
-        <x:v>101</x:v>
+        <x:v>102</x:v>
       </x:c>
     </x:row>
     <x:row r="19" spans="1:9" ht="15" customHeight="1">
       <x:c r="A19" s="1">
         <x:v>16</x:v>
       </x:c>
       <x:c r="B19" s="1" t="s">
-        <x:v>102</x:v>
+        <x:v>103</x:v>
       </x:c>
       <x:c r="C19" s="1" t="s">
-        <x:v>103</x:v>
+        <x:v>104</x:v>
       </x:c>
       <x:c r="D19" s="1" t="s">
-        <x:v>104</x:v>
+        <x:v>105</x:v>
       </x:c>
       <x:c r="E19" s="1" t="s">
-        <x:v>105</x:v>
+        <x:v>106</x:v>
       </x:c>
       <x:c r="F19" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G19" s="1" t="s">
-        <x:v>106</x:v>
+        <x:v>107</x:v>
       </x:c>
       <x:c r="H19" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I19" s="1" t="s">
-        <x:v>107</x:v>
+        <x:v>108</x:v>
       </x:c>
     </x:row>
     <x:row r="20" spans="1:9" ht="15" customHeight="1">
       <x:c r="A20" s="1">
         <x:v>17</x:v>
       </x:c>
       <x:c r="B20" s="1" t="s">
-        <x:v>108</x:v>
+        <x:v>109</x:v>
       </x:c>
       <x:c r="C20" s="1" t="s">
-        <x:v>109</x:v>
+        <x:v>110</x:v>
       </x:c>
       <x:c r="D20" s="1" t="s">
-        <x:v>110</x:v>
+        <x:v>111</x:v>
       </x:c>
       <x:c r="E20" s="1" t="s">
-        <x:v>111</x:v>
+        <x:v>112</x:v>
       </x:c>
       <x:c r="F20" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G20" s="1" t="s">
-        <x:v>112</x:v>
+        <x:v>113</x:v>
       </x:c>
       <x:c r="H20" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I20" s="1" t="s">
-        <x:v>113</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="21" spans="1:9" ht="15" customHeight="1">
       <x:c r="A21" s="1">
         <x:v>18</x:v>
       </x:c>
       <x:c r="B21" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>115</x:v>
       </x:c>
       <x:c r="C21" s="1" t="s">
-        <x:v>115</x:v>
+        <x:v>116</x:v>
       </x:c>
       <x:c r="D21" s="1" t="s">
-        <x:v>116</x:v>
+        <x:v>117</x:v>
       </x:c>
       <x:c r="E21" s="1" t="s">
-        <x:v>117</x:v>
+        <x:v>118</x:v>
       </x:c>
       <x:c r="F21" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G21" s="1" t="s">
-        <x:v>118</x:v>
+        <x:v>119</x:v>
       </x:c>
       <x:c r="H21" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I21" s="1" t="s">
-        <x:v>119</x:v>
+        <x:v>120</x:v>
       </x:c>
     </x:row>
     <x:row r="22" spans="1:9" ht="15" customHeight="1">
       <x:c r="A22" s="1">
         <x:v>19</x:v>
       </x:c>
       <x:c r="B22" s="1" t="s">
-        <x:v>120</x:v>
+        <x:v>121</x:v>
       </x:c>
       <x:c r="C22" s="1" t="s">
-        <x:v>121</x:v>
+        <x:v>122</x:v>
       </x:c>
       <x:c r="D22" s="1" t="s">
-        <x:v>122</x:v>
+        <x:v>123</x:v>
       </x:c>
       <x:c r="E22" s="1" t="s">
-        <x:v>123</x:v>
+        <x:v>124</x:v>
       </x:c>
       <x:c r="F22" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G22" s="1" t="s">
-        <x:v>124</x:v>
+        <x:v>125</x:v>
       </x:c>
       <x:c r="H22" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I22" s="1" t="s">
-        <x:v>125</x:v>
+        <x:v>126</x:v>
       </x:c>
     </x:row>
     <x:row r="23" spans="1:9" ht="15" customHeight="1">
       <x:c r="A23" s="1">
         <x:v>20</x:v>
       </x:c>
       <x:c r="B23" s="1" t="s">
-        <x:v>126</x:v>
+        <x:v>127</x:v>
       </x:c>
       <x:c r="C23" s="1" t="s">
-        <x:v>127</x:v>
+        <x:v>128</x:v>
       </x:c>
       <x:c r="D23" s="1" t="s">
-        <x:v>128</x:v>
+        <x:v>129</x:v>
       </x:c>
       <x:c r="E23" s="1" t="s">
-        <x:v>129</x:v>
+        <x:v>130</x:v>
       </x:c>
       <x:c r="F23" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G23" s="1" t="s">
-        <x:v>130</x:v>
+        <x:v>131</x:v>
       </x:c>
       <x:c r="H23" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I23" s="1" t="s">
-        <x:v>131</x:v>
+        <x:v>132</x:v>
       </x:c>
     </x:row>
     <x:row r="24" spans="1:9" ht="15" customHeight="1">
       <x:c r="A24" s="1">
         <x:v>21</x:v>
       </x:c>
       <x:c r="B24" s="1" t="s">
-        <x:v>132</x:v>
+        <x:v>133</x:v>
       </x:c>
       <x:c r="C24" s="1" t="s">
-        <x:v>133</x:v>
+        <x:v>134</x:v>
       </x:c>
       <x:c r="D24" s="1" t="s">
-        <x:v>134</x:v>
+        <x:v>135</x:v>
       </x:c>
       <x:c r="E24" s="1" t="s">
-        <x:v>135</x:v>
+        <x:v>136</x:v>
       </x:c>
       <x:c r="F24" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G24" s="1" t="s">
-        <x:v>136</x:v>
+        <x:v>137</x:v>
       </x:c>
       <x:c r="H24" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I24" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="25" spans="1:9" ht="15" customHeight="1">
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>139</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
-        <x:v>139</x:v>
+        <x:v>140</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
-        <x:v>140</x:v>
+        <x:v>141</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
-        <x:v>141</x:v>
+        <x:v>142</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
-        <x:v>142</x:v>
+        <x:v>143</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
-        <x:v>137</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>143</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
+        <x:v>182</x:v>
+      </x:c>
+      <x:c r="D32" s="1" t="s">
+        <x:v>183</x:v>
+      </x:c>
+      <x:c r="E32" s="1" t="s">
+        <x:v>184</x:v>
+      </x:c>
+      <x:c r="F32" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G32" s="1" t="s">
+        <x:v>185</x:v>
+      </x:c>
+      <x:c r="H32" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I32" s="1" t="s">
         <x:v>180</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>178</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>186</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>191</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>192</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>198</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>199</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>200</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
-        <x:v>199</x:v>
+        <x:v>201</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
-        <x:v>200</x:v>
+        <x:v>202</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>201</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>202</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I39" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="E40" s="1" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="F40" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="H40" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I40" s="1" t="s">
         <x:v>227</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>224</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
+        <x:v>247</x:v>
+      </x:c>
+      <x:c r="E43" s="1" t="s">
+        <x:v>248</x:v>
+      </x:c>
+      <x:c r="F43" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G43" s="1" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="H43" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I43" s="1" t="s">
         <x:v>244</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>247</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>250</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G44" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="H44" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="H45" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>262</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="H46" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>268</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
+        <x:v>270</x:v>
+      </x:c>
+      <x:c r="E47" s="1" t="s">
+        <x:v>271</x:v>
+      </x:c>
+      <x:c r="F47" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G47" s="1" t="s">
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="H47" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I47" s="1" t="s">
         <x:v>267</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>270</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>274</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I48" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>278</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>280</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>286</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G50" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="H50" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I50" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>292</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>296</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>298</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G52" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="H52" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>304</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="H53" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>44</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="H55" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
-        <x:v>15</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
+        <x:v>333</x:v>
+      </x:c>
+      <x:c r="C58" s="1" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="C58" s="1" t="s">
-[...1 lines deleted...]
-      </x:c>
       <x:c r="D58" s="1" t="s">
+        <x:v>328</x:v>
+      </x:c>
+      <x:c r="E58" s="1" t="s">
+        <x:v>334</x:v>
+      </x:c>
+      <x:c r="F58" s="1" t="s">
         <x:v>330</x:v>
       </x:c>
-      <x:c r="E58" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="G58" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="H58" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>337</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="H59" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
-      <x:c r="A60" s="1">
-[...17 lines deleted...]
-      <x:c r="G60" s="1" t="s">
+      <x:c r="A60" s="2" t="s">
         <x:v>341</x:v>
       </x:c>
-      <x:c r="H60" s="1" t="s">
-[...39 lines deleted...]
-      <x:c r="B62" s="2" t="s">
+      <x:c r="B60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C62" s="2" t="s">
+      <x:c r="C60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D62" s="2" t="s">
+      <x:c r="D60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E62" s="2" t="s">
+      <x:c r="E60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F62" s="2" t="s">
+      <x:c r="F60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G62" s="2" t="s">
+      <x:c r="G60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="H62" s="2" t="s">
+      <x:c r="H60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I62" s="2" t="s">
+      <x:c r="I60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A62:I62"/>
+    <x:mergeCell ref="A60:I60"/>
   </x:mergeCells>
 </x:worksheet>
 </file>