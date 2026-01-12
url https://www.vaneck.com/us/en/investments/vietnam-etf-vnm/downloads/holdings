--- v2 (2026-01-11)
+++ v3 (2026-01-12)
@@ -1,1071 +1,1068 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1685d20b4c564309" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7566acded51740e6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="VNM_asof_20260108" sheetId="1" r:id="R0e76e5a068e24236"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="VNM_asof_20260109" sheetId="1" r:id="R15451bad61b5439f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="484" uniqueCount="342">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  01/08/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="484" uniqueCount="341">
+  <x:si>
+    <x:t>Daily Holdings (%)  01/09/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>VHM VN</x:t>
   </x:si>
   <x:si>
     <x:t>Vinhomes Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00KMYS8P1</x:t>
   </x:si>
   <x:si>
-    <x:t>12,273,367</x:t>
+    <x:t>12,459,367</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$64,991,352.75</x:t>
+    <x:t>$66,415,800.64</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>10.02%</x:t>
+    <x:t>10.33%</x:t>
   </x:si>
   <x:si>
     <x:t>VIC VN</x:t>
   </x:si>
   <x:si>
     <x:t>Vingroup Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000TD3TC9</x:t>
   </x:si>
   <x:si>
-    <x:t>8,555,098</x:t>
-[...5 lines deleted...]
-    <x:t>8.88%</x:t>
+    <x:t>8,684,098</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$58,169,856.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9.05%</x:t>
   </x:si>
   <x:si>
     <x:t>MSN VN</x:t>
   </x:si>
   <x:si>
     <x:t>Masan Group Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PSPMR5</x:t>
   </x:si>
   <x:si>
-    <x:t>14,435,876</x:t>
-[...5 lines deleted...]
-    <x:t>6.63%</x:t>
+    <x:t>14,654,876</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$42,686,542.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.64%</x:t>
   </x:si>
   <x:si>
     <x:t>HPG VN</x:t>
   </x:si>
   <x:si>
     <x:t>Hoa Phat Group Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000TX8GM7</x:t>
   </x:si>
   <x:si>
-    <x:t>38,730,599</x:t>
-[...5 lines deleted...]
-    <x:t>6.02%</x:t>
+    <x:t>39,317,599</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$39,347,460.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.12%</x:t>
   </x:si>
   <x:si>
     <x:t>SSI VN</x:t>
   </x:si>
   <x:si>
     <x:t>Ssi Securities Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BN4DR4</x:t>
   </x:si>
   <x:si>
-    <x:t>31,295,626</x:t>
-[...5 lines deleted...]
-    <x:t>5.61%</x:t>
+    <x:t>31,770,626</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$36,790,415.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.72%</x:t>
   </x:si>
   <x:si>
     <x:t>VCB VN</x:t>
   </x:si>
   <x:si>
     <x:t>Bank For Foreign Trade Of Vietnam Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BM8HF6</x:t>
   </x:si>
   <x:si>
-    <x:t>13,642,301</x:t>
-[...5 lines deleted...]
-    <x:t>5.10%</x:t>
+    <x:t>13,849,301</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$35,876,094.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.58%</x:t>
   </x:si>
   <x:si>
     <x:t>VNM VN</x:t>
   </x:si>
   <x:si>
     <x:t>Vietnam Dairy Products Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BF6N60</x:t>
   </x:si>
   <x:si>
-    <x:t>13,841,141</x:t>
-[...5 lines deleted...]
-    <x:t>5.05%</x:t>
+    <x:t>14,051,141</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$32,660,814.33</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.08%</x:t>
   </x:si>
   <x:si>
     <x:t>VIX VN</x:t>
   </x:si>
   <x:si>
     <x:t>Vix Securities Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000Q3LMQ4</x:t>
   </x:si>
   <x:si>
-    <x:t>26,418,306</x:t>
-[...2 lines deleted...]
-    <x:t>$22,143,119.39</x:t>
+    <x:t>26,819,306</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,923,335.00</x:t>
   </x:si>
   <x:si>
     <x:t>3.41%</x:t>
   </x:si>
   <x:si>
     <x:t>VRE VN</x:t>
   </x:si>
   <x:si>
     <x:t>Vincom Retail Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG004MP70P6</x:t>
   </x:si>
   <x:si>
-    <x:t>15,339,322</x:t>
-[...2 lines deleted...]
-    <x:t>$21,033,823.55</x:t>
+    <x:t>15,572,322</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$20,811,007.42</x:t>
   </x:si>
   <x:si>
     <x:t>3.24%</x:t>
   </x:si>
   <x:si>
     <x:t>VJC VN</x:t>
   </x:si>
   <x:si>
     <x:t>Vietjet Aviation Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000QBJXH5</x:t>
   </x:si>
   <x:si>
-    <x:t>2,552,240</x:t>
-[...2 lines deleted...]
-    <x:t>$19,760,009.30</x:t>
+    <x:t>2,591,240</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$19,602,233.75</x:t>
   </x:si>
   <x:si>
     <x:t>3.05%</x:t>
   </x:si>
   <x:si>
     <x:t>VND VN</x:t>
   </x:si>
   <x:si>
     <x:t>Vndirect Securities Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000QK20H5</x:t>
   </x:si>
   <x:si>
-    <x:t>21,122,225</x:t>
-[...5 lines deleted...]
-    <x:t>2.45%</x:t>
+    <x:t>21,442,225</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,799,565.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.46%</x:t>
   </x:si>
   <x:si>
     <x:t>SHB VN</x:t>
   </x:si>
   <x:si>
     <x:t>Saigon - Hanoi Commercial Joint Stock B</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000G88YK9</x:t>
   </x:si>
   <x:si>
-    <x:t>22,395,492</x:t>
-[...5 lines deleted...]
-    <x:t>2.18%</x:t>
+    <x:t>22,735,492</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,281,720.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.22%</x:t>
   </x:si>
   <x:si>
     <x:t>VCI VN</x:t>
   </x:si>
   <x:si>
     <x:t>Vietcap Securities Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0073XTVS8</x:t>
   </x:si>
   <x:si>
-    <x:t>10,296,535</x:t>
-[...5 lines deleted...]
-    <x:t>2.05%</x:t>
+    <x:t>10,452,535</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,373,832.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.08%</x:t>
   </x:si>
   <x:si>
     <x:t>TCX VN</x:t>
   </x:si>
   <x:si>
     <x:t>Techcom Securities Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00YPQWJB1</x:t>
   </x:si>
   <x:si>
-    <x:t>6,501,800</x:t>
-[...5 lines deleted...]
-    <x:t>1.93%</x:t>
+    <x:t>6,600,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,817,819.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.99%</x:t>
   </x:si>
   <x:si>
     <x:t>FPT VN</x:t>
   </x:si>
   <x:si>
     <x:t>Fpt Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PMZJZ5</x:t>
   </x:si>
   <x:si>
-    <x:t>3,192,700</x:t>
-[...5 lines deleted...]
-    <x:t>1.81%</x:t>
+    <x:t>3,240,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,032,637.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.87%</x:t>
   </x:si>
   <x:si>
     <x:t>GEE VN</x:t>
   </x:si>
   <x:si>
     <x:t>Gelex Electric Equipment Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG015PZHH97</x:t>
   </x:si>
   <x:si>
-    <x:t>1,441,600</x:t>
-[...5 lines deleted...]
-    <x:t>1.79%</x:t>
+    <x:t>1,463,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,424,143.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.78%</x:t>
   </x:si>
   <x:si>
     <x:t>GEX VN</x:t>
   </x:si>
   <x:si>
     <x:t>Gelex Group Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00B8G4S87</x:t>
   </x:si>
   <x:si>
-    <x:t>7,107,142</x:t>
-[...5 lines deleted...]
-    <x:t>1.75%</x:t>
+    <x:t>7,215,142</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,807,027.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.68%</x:t>
   </x:si>
   <x:si>
     <x:t>STB VN</x:t>
   </x:si>
   <x:si>
     <x:t>Saigon Thuong Tin Commercial Jsb</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000D7H3V0</x:t>
   </x:si>
   <x:si>
-    <x:t>5,300,900</x:t>
-[...5 lines deleted...]
-    <x:t>1.66%</x:t>
+    <x:t>5,380,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,624,896.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.65%</x:t>
   </x:si>
   <x:si>
     <x:t>KBC VN</x:t>
   </x:si>
   <x:si>
     <x:t>Kinh Bac City Development Share Holding</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000V13PL0</x:t>
   </x:si>
   <x:si>
-    <x:t>6,885,200</x:t>
-[...5 lines deleted...]
-    <x:t>1.44%</x:t>
+    <x:t>6,989,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,598,349.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.49%</x:t>
   </x:si>
   <x:si>
     <x:t>EIB VN</x:t>
   </x:si>
   <x:si>
     <x:t>Vietnam Export Import Commercial Jsb</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DB3KG5</x:t>
   </x:si>
   <x:si>
-    <x:t>9,430,029</x:t>
-[...2 lines deleted...]
-    <x:t>$7,848,241.03</x:t>
+    <x:t>9,573,029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,767,640.70</x:t>
   </x:si>
   <x:si>
     <x:t>1.21%</x:t>
   </x:si>
   <x:si>
     <x:t>NVL VN</x:t>
   </x:si>
   <x:si>
     <x:t>No Va Land Investment Group Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG003RR1FD5</x:t>
   </x:si>
   <x:si>
-    <x:t>15,357,358</x:t>
-[...5 lines deleted...]
-    <x:t>1.20%</x:t>
+    <x:t>15,590,358</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,449,844.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.16%</x:t>
   </x:si>
   <x:si>
     <x:t>HAG VN</x:t>
   </x:si>
   <x:si>
     <x:t>Hagl Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000GCXWG1</x:t>
   </x:si>
   <x:si>
-    <x:t>11,167,800</x:t>
-[...5 lines deleted...]
-    <x:t>1.12%</x:t>
+    <x:t>11,336,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,156,756.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.11%</x:t>
   </x:si>
   <x:si>
     <x:t>DGC VN</x:t>
   </x:si>
   <x:si>
     <x:t>Duc Giang Chemicals Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG003QTZ0W7</x:t>
   </x:si>
   <x:si>
-    <x:t>2,705,832</x:t>
-[...2 lines deleted...]
-    <x:t>$6,490,861.23</x:t>
+    <x:t>2,746,832</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,577,934.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.02%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBT VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Thanh Thanh Cong - Bien Hoa Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DWVGH6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,000,718</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,508,164.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.01%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>POW VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Petrovietnam Power Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG002NF5FT6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,680,047</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,416,508.83</x:t>
   </x:si>
   <x:si>
     <x:t>1.00%</x:t>
   </x:si>
   <x:si>
-    <x:t>SBT VN</x:t>
-[...34 lines deleted...]
-  <x:si>
     <x:t>HUT VN</x:t>
   </x:si>
   <x:si>
     <x:t>Tasco Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000VGW3Y0</x:t>
   </x:si>
   <x:si>
-    <x:t>9,615,200</x:t>
-[...2 lines deleted...]
-    <x:t>$5,819,962.31</x:t>
+    <x:t>9,761,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,760,793.50</x:t>
   </x:si>
   <x:si>
     <x:t>0.90%</x:t>
   </x:si>
   <x:si>
+    <x:t>NAB VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nam A Commercial Jsb</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00N6NJMG6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,471,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,285,063.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SHS VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sai Gon-Ha Noi Securities Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000JP1G79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,188,924</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,145,992.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.80%</x:t>
+  </x:si>
+  <x:si>
     <x:t>KDH VN</x:t>
   </x:si>
   <x:si>
     <x:t>Khang Dien House Trading And Investment</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000Q7Z3F4</x:t>
   </x:si>
   <x:si>
-    <x:t>4,628,472</x:t>
-[...5 lines deleted...]
-    <x:t>0.83%</x:t>
+    <x:t>4,698,472</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,116,465.79</x:t>
   </x:si>
   <x:si>
     <x:t>PDR VN</x:t>
   </x:si>
   <x:si>
     <x:t>Phat Dat Real Estate Development Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BG7X29</x:t>
   </x:si>
   <x:si>
-    <x:t>7,531,562</x:t>
-[...38 lines deleted...]
-    <x:t>0.80%</x:t>
+    <x:t>7,645,562</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,032,139.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.78%</x:t>
   </x:si>
   <x:si>
     <x:t>PVD VN</x:t>
   </x:si>
   <x:si>
     <x:t>Petrovietnam Drilling &amp; Well Services J</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000QFV9X7</x:t>
   </x:si>
   <x:si>
-    <x:t>4,273,888</x:t>
-[...5 lines deleted...]
-    <x:t>0.77%</x:t>
+    <x:t>4,338,888</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,870,502.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HVN VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vietnam Airlines Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000FWLXH8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,738,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,859,982.18</x:t>
   </x:si>
   <x:si>
     <x:t>VPI VN</x:t>
   </x:si>
   <x:si>
     <x:t>Van Phu - Invest Investment Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JC6HXT9</x:t>
   </x:si>
   <x:si>
-    <x:t>2,281,652</x:t>
-[...2 lines deleted...]
-    <x:t>$4,829,352.69</x:t>
+    <x:t>2,316,652</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,780,876.06</x:t>
   </x:si>
   <x:si>
     <x:t>0.74%</x:t>
   </x:si>
   <x:si>
-    <x:t>HVN VN</x:t>
-[...11 lines deleted...]
-    <x:t>$4,726,372.22</x:t>
+    <x:t>VHC VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vinh Hoan Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000V0W6M1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,180,760</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,748,288.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BVH VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bao Viet Holdings</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000N1D2L9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,834,996</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,716,135.70</x:t>
   </x:si>
   <x:si>
     <x:t>0.73%</x:t>
   </x:si>
   <x:si>
-    <x:t>VHC VN</x:t>
-[...11 lines deleted...]
-    <x:t>$4,669,243.39</x:t>
+    <x:t>PVS VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Petrovietnam Technical Services Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000TFTNF6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,307,907</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,622,391.79</x:t>
   </x:si>
   <x:si>
     <x:t>0.72%</x:t>
   </x:si>
   <x:si>
-    <x:t>PVS VN</x:t>
-[...29 lines deleted...]
-    <x:t>$4,556,382.56</x:t>
+    <x:t>SIP VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sai Gon Vrg Investment Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG003SZSNJ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,121,220</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,529,506.04</x:t>
   </x:si>
   <x:si>
     <x:t>0.70%</x:t>
   </x:si>
   <x:si>
     <x:t>VCG VN</x:t>
   </x:si>
   <x:si>
     <x:t>Vietnam Construction And Import-Export</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BLCJC2</x:t>
   </x:si>
   <x:si>
-    <x:t>5,333,719</x:t>
-[...2 lines deleted...]
-    <x:t>$4,538,713.27</x:t>
+    <x:t>5,414,719</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,425,769.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FTS VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fpt Securities Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0019LTG04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,560,634</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,387,054.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.68%</x:t>
   </x:si>
   <x:si>
     <x:t>SAB VN</x:t>
   </x:si>
   <x:si>
     <x:t>Saigon Beer Alcohol Beverage Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000V9NNW4</x:t>
   </x:si>
   <x:si>
-    <x:t>2,403,300</x:t>
-[...38 lines deleted...]
-    <x:t>$4,323,645.22</x:t>
+    <x:t>2,439,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,367,280.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IDC VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Idico Corp Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0055XHM94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,744,916</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,076,064.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DPM VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Petrovietnam Fertilizer &amp; Chemicals Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000TSXTH8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,401,386</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,980,159.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.62%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BAF VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Baf Viet Nam Agriculture Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG013T7PJ15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,721,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,854,488.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.60%</x:t>
   </x:si>
   <x:si>
     <x:t>TCH VN</x:t>
   </x:si>
   <x:si>
     <x:t>Hoang Huy Investment Financial Services</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00DVPC837</x:t>
   </x:si>
   <x:si>
-    <x:t>6,155,555</x:t>
-[...5 lines deleted...]
-    <x:t>0.62%</x:t>
+    <x:t>6,248,555</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,799,642.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.59%</x:t>
   </x:si>
   <x:si>
     <x:t>DXG VN</x:t>
   </x:si>
   <x:si>
     <x:t>Dat Xanh Group Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000Q1XB43</x:t>
   </x:si>
   <x:si>
-    <x:t>6,257,465</x:t>
-[...56 lines deleted...]
-    <x:t>0.59%</x:t>
+    <x:t>6,352,465</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,757,306.66</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.58%</x:t>
   </x:si>
   <x:si>
     <x:t>KDC VN</x:t>
   </x:si>
   <x:si>
     <x:t>Kido Group Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000LNDM11</x:t>
   </x:si>
   <x:si>
-    <x:t>1,847,436</x:t>
-[...5 lines deleted...]
-    <x:t>0.56%</x:t>
+    <x:t>1,875,436</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,677,535.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.57%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DIG VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Development Investment Construction Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000TW9M63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,459,394</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,332,748.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.52%</x:t>
   </x:si>
   <x:si>
     <x:t>CEO VN</x:t>
   </x:si>
   <x:si>
     <x:t>Ceo Group Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0076J67K2</x:t>
   </x:si>
   <x:si>
-    <x:t>4,681,195</x:t>
-[...23 lines deleted...]
-    <x:t>0.54%</x:t>
+    <x:t>4,752,195</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,329,350.16</x:t>
   </x:si>
   <x:si>
     <x:t>DCM VN</x:t>
   </x:si>
   <x:si>
     <x:t>Petrovietnam Ca Mau Fertilizer Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG008D1PSN1</x:t>
   </x:si>
   <x:si>
-    <x:t>2,381,900</x:t>
-[...2 lines deleted...]
-    <x:t>$3,141,893.71</x:t>
+    <x:t>2,417,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,189,987.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HSG VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hoa Sen Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000KFK1K6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,202,001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,089,885.80</x:t>
   </x:si>
   <x:si>
     <x:t>0.48%</x:t>
   </x:si>
   <x:si>
-    <x:t>HSG VN</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>CTR VN</x:t>
   </x:si>
   <x:si>
     <x:t>Viettel Construction Joint Stock Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG003TCC6P1</x:t>
   </x:si>
   <x:si>
-    <x:t>620,600</x:t>
-[...5 lines deleted...]
-    <x:t>0.33%</x:t>
+    <x:t>629,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,303,866.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.36%</x:t>
   </x:si>
   <x:si>
     <x:t>HDG VN</x:t>
   </x:si>
   <x:si>
     <x:t>Ha Do Group Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000Q6YTV2</x:t>
   </x:si>
   <x:si>
-    <x:t>2,013,156</x:t>
-[...5 lines deleted...]
-    <x:t>0.31%</x:t>
+    <x:t>2,044,156</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,046,996.89</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.32%</x:t>
   </x:si>
   <x:si>
     <x:t>FUEVFVND VN</x:t>
   </x:si>
   <x:si>
     <x:t>Dcvfmvn Diamond ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00TR4HHL9</x:t>
   </x:si>
   <x:si>
     <x:t>62,610</x:t>
   </x:si>
   <x:si>
-    <x:t>$92,978.89</x:t>
+    <x:t>$93,330.34</x:t>
   </x:si>
   <x:si>
     <x:t>0.01%</x:t>
   </x:si>
   <x:si>
     <x:t>-VND CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>447,169,720,768</x:t>
+    <x:t>611,293,924,576</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$17,023,039.79</x:t>
-[...2 lines deleted...]
-    <x:t>2.62%</x:t>
+    <x:t>$23,275,417.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.62%</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t>9,283,351</x:t>
-[...5 lines deleted...]
-    <x:t>1.43%</x:t>
+    <x:t>420,393</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$420,393.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.07%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-13,978,399.86</x:t>
-[...2 lines deleted...]
-    <x:t>-2.15%</x:t>
+    <x:t>$-20,908,538.86</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-3.25%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1093,51 +1090,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a99f463c97b494f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Ra0dec436cc094b00" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R0e76e5a068e24236" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42f381dd290d423c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R88a78e273c704a72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R15451bad61b5439f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I60"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="18" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="22" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -2123,399 +2120,399 @@
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>197</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
         <x:v>204</x:v>
       </x:c>
-      <x:c r="C36" s="1" t="s">
+      <x:c r="D36" s="1" t="s">
         <x:v>205</x:v>
       </x:c>
-      <x:c r="D36" s="1" t="s">
+      <x:c r="E36" s="1" t="s">
         <x:v>206</x:v>
       </x:c>
-      <x:c r="E36" s="1" t="s">
+      <x:c r="F36" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G36" s="1" t="s">
         <x:v>207</x:v>
       </x:c>
-      <x:c r="F36" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G36" s="1" t="s">
+      <x:c r="H36" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I36" s="1" t="s">
         <x:v>208</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>209</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
         <x:v>210</x:v>
       </x:c>
-      <x:c r="C37" s="1" t="s">
+      <x:c r="D37" s="1" t="s">
         <x:v>211</x:v>
       </x:c>
-      <x:c r="D37" s="1" t="s">
+      <x:c r="E37" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
-      <x:c r="E37" s="1" t="s">
+      <x:c r="F37" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G37" s="1" t="s">
         <x:v>213</x:v>
       </x:c>
-      <x:c r="F37" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H37" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>208</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>214</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
+        <x:v>215</x:v>
+      </x:c>
+      <x:c r="D38" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
-      <x:c r="C38" s="1" t="s">
+      <x:c r="E38" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
-      <x:c r="D38" s="1" t="s">
+      <x:c r="F38" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G38" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
-      <x:c r="E38" s="1" t="s">
+      <x:c r="H38" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I38" s="1" t="s">
         <x:v>219</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
+        <x:v>220</x:v>
+      </x:c>
+      <x:c r="C39" s="1" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="D39" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
-      <x:c r="C39" s="1" t="s">
+      <x:c r="E39" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
-      <x:c r="D39" s="1" t="s">
+      <x:c r="F39" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G39" s="1" t="s">
         <x:v>224</x:v>
       </x:c>
-      <x:c r="E39" s="1" t="s">
+      <x:c r="H39" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I39" s="1" t="s">
         <x:v>225</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
+        <x:v>226</x:v>
+      </x:c>
+      <x:c r="C40" s="1" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="D40" s="1" t="s">
         <x:v>228</x:v>
       </x:c>
-      <x:c r="C40" s="1" t="s">
+      <x:c r="E40" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
-      <x:c r="D40" s="1" t="s">
+      <x:c r="F40" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
         <x:v>230</x:v>
       </x:c>
-      <x:c r="E40" s="1" t="s">
+      <x:c r="H40" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I40" s="1" t="s">
         <x:v>231</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="C41" s="1" t="s">
         <x:v>233</x:v>
       </x:c>
-      <x:c r="C41" s="1" t="s">
+      <x:c r="D41" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
-      <x:c r="D41" s="1" t="s">
+      <x:c r="E41" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
-      <x:c r="E41" s="1" t="s">
+      <x:c r="F41" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G41" s="1" t="s">
         <x:v>236</x:v>
       </x:c>
-      <x:c r="F41" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G41" s="1" t="s">
+      <x:c r="H41" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I41" s="1" t="s">
         <x:v>237</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="C42" s="1" t="s">
         <x:v>239</x:v>
       </x:c>
-      <x:c r="C42" s="1" t="s">
+      <x:c r="D42" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
-      <x:c r="D42" s="1" t="s">
+      <x:c r="E42" s="1" t="s">
         <x:v>241</x:v>
       </x:c>
-      <x:c r="E42" s="1" t="s">
+      <x:c r="F42" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G42" s="1" t="s">
         <x:v>242</x:v>
       </x:c>
-      <x:c r="F42" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G42" s="1" t="s">
+      <x:c r="H42" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I42" s="1" t="s">
         <x:v>243</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="C43" s="1" t="s">
         <x:v>245</x:v>
       </x:c>
-      <x:c r="C43" s="1" t="s">
+      <x:c r="D43" s="1" t="s">
         <x:v>246</x:v>
       </x:c>
-      <x:c r="D43" s="1" t="s">
+      <x:c r="E43" s="1" t="s">
         <x:v>247</x:v>
       </x:c>
-      <x:c r="E43" s="1" t="s">
+      <x:c r="F43" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G43" s="1" t="s">
         <x:v>248</x:v>
       </x:c>
-      <x:c r="F43" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H43" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>243</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="C44" s="1" t="s">
         <x:v>250</x:v>
       </x:c>
-      <x:c r="C44" s="1" t="s">
+      <x:c r="D44" s="1" t="s">
         <x:v>251</x:v>
       </x:c>
-      <x:c r="D44" s="1" t="s">
+      <x:c r="E44" s="1" t="s">
         <x:v>252</x:v>
       </x:c>
-      <x:c r="E44" s="1" t="s">
+      <x:c r="F44" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G44" s="1" t="s">
         <x:v>253</x:v>
       </x:c>
-      <x:c r="F44" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G44" s="1" t="s">
+      <x:c r="H44" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I44" s="1" t="s">
         <x:v>254</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>255</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="C45" s="1" t="s">
         <x:v>256</x:v>
       </x:c>
-      <x:c r="C45" s="1" t="s">
+      <x:c r="D45" s="1" t="s">
         <x:v>257</x:v>
       </x:c>
-      <x:c r="D45" s="1" t="s">
+      <x:c r="E45" s="1" t="s">
         <x:v>258</x:v>
       </x:c>
-      <x:c r="E45" s="1" t="s">
+      <x:c r="F45" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G45" s="1" t="s">
         <x:v>259</x:v>
       </x:c>
-      <x:c r="F45" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G45" s="1" t="s">
+      <x:c r="H45" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I45" s="1" t="s">
         <x:v>260</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="C46" s="1" t="s">
         <x:v>262</x:v>
       </x:c>
-      <x:c r="C46" s="1" t="s">
+      <x:c r="D46" s="1" t="s">
         <x:v>263</x:v>
       </x:c>
-      <x:c r="D46" s="1" t="s">
+      <x:c r="E46" s="1" t="s">
         <x:v>264</x:v>
       </x:c>
-      <x:c r="E46" s="1" t="s">
+      <x:c r="F46" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G46" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
-      <x:c r="F46" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G46" s="1" t="s">
+      <x:c r="H46" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I46" s="1" t="s">
         <x:v>266</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="C47" s="1" t="s">
         <x:v>268</x:v>
       </x:c>
-      <x:c r="C47" s="1" t="s">
+      <x:c r="D47" s="1" t="s">
         <x:v>269</x:v>
       </x:c>
-      <x:c r="D47" s="1" t="s">
+      <x:c r="E47" s="1" t="s">
         <x:v>270</x:v>
       </x:c>
-      <x:c r="E47" s="1" t="s">
+      <x:c r="F47" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G47" s="1" t="s">
         <x:v>271</x:v>
       </x:c>
-      <x:c r="F47" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G47" s="1" t="s">
+      <x:c r="H47" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I47" s="1" t="s">
         <x:v>272</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
         <x:v>273</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
         <x:v>274</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
         <x:v>275</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
         <x:v>276</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
         <x:v>277</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
@@ -2587,288 +2584,288 @@
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
         <x:v>291</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
         <x:v>292</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
         <x:v>293</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
         <x:v>294</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
         <x:v>295</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>290</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
         <x:v>297</x:v>
       </x:c>
-      <x:c r="C52" s="1" t="s">
+      <x:c r="D52" s="1" t="s">
         <x:v>298</x:v>
       </x:c>
-      <x:c r="D52" s="1" t="s">
+      <x:c r="E52" s="1" t="s">
         <x:v>299</x:v>
       </x:c>
-      <x:c r="E52" s="1" t="s">
+      <x:c r="F52" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G52" s="1" t="s">
         <x:v>300</x:v>
       </x:c>
-      <x:c r="F52" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G52" s="1" t="s">
+      <x:c r="H52" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I52" s="1" t="s">
         <x:v>301</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>302</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="C53" s="1" t="s">
         <x:v>303</x:v>
       </x:c>
-      <x:c r="C53" s="1" t="s">
+      <x:c r="D53" s="1" t="s">
         <x:v>304</x:v>
       </x:c>
-      <x:c r="D53" s="1" t="s">
+      <x:c r="E53" s="1" t="s">
         <x:v>305</x:v>
       </x:c>
-      <x:c r="E53" s="1" t="s">
+      <x:c r="F53" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G53" s="1" t="s">
         <x:v>306</x:v>
       </x:c>
-      <x:c r="F53" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G53" s="1" t="s">
+      <x:c r="H53" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I53" s="1" t="s">
         <x:v>307</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>308</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="C54" s="1" t="s">
         <x:v>309</x:v>
       </x:c>
-      <x:c r="C54" s="1" t="s">
+      <x:c r="D54" s="1" t="s">
         <x:v>310</x:v>
       </x:c>
-      <x:c r="D54" s="1" t="s">
+      <x:c r="E54" s="1" t="s">
         <x:v>311</x:v>
       </x:c>
-      <x:c r="E54" s="1" t="s">
+      <x:c r="F54" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G54" s="1" t="s">
         <x:v>312</x:v>
       </x:c>
-      <x:c r="F54" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G54" s="1" t="s">
+      <x:c r="H54" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I54" s="1" t="s">
         <x:v>313</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>314</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="C55" s="1" t="s">
         <x:v>315</x:v>
       </x:c>
-      <x:c r="C55" s="1" t="s">
+      <x:c r="D55" s="1" t="s">
         <x:v>316</x:v>
       </x:c>
-      <x:c r="D55" s="1" t="s">
+      <x:c r="E55" s="1" t="s">
         <x:v>317</x:v>
       </x:c>
-      <x:c r="E55" s="1" t="s">
+      <x:c r="F55" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G55" s="1" t="s">
         <x:v>318</x:v>
       </x:c>
-      <x:c r="F55" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G55" s="1" t="s">
+      <x:c r="H55" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I55" s="1" t="s">
         <x:v>319</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>320</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="C56" s="1" t="s">
         <x:v>321</x:v>
       </x:c>
-      <x:c r="C56" s="1" t="s">
+      <x:c r="D56" s="1" t="s">
         <x:v>322</x:v>
       </x:c>
-      <x:c r="D56" s="1" t="s">
+      <x:c r="E56" s="1" t="s">
         <x:v>323</x:v>
       </x:c>
-      <x:c r="E56" s="1" t="s">
+      <x:c r="F56" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G56" s="1" t="s">
         <x:v>324</x:v>
       </x:c>
-      <x:c r="F56" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G56" s="1" t="s">
+      <x:c r="H56" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I56" s="1" t="s">
         <x:v>325</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>326</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="C57" s="1" t="s">
         <x:v>327</x:v>
       </x:c>
-      <x:c r="C57" s="1" t="s">
+      <x:c r="D57" s="1" t="s">
+        <x:v>327</x:v>
+      </x:c>
+      <x:c r="E57" s="1" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="D57" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="E57" s="1" t="s">
+      <x:c r="F57" s="1" t="s">
         <x:v>329</x:v>
       </x:c>
-      <x:c r="F57" s="1" t="s">
+      <x:c r="G57" s="1" t="s">
         <x:v>330</x:v>
       </x:c>
-      <x:c r="G57" s="1" t="s">
+      <x:c r="H57" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I57" s="1" t="s">
         <x:v>331</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>332</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="C58" s="1" t="s">
+        <x:v>327</x:v>
+      </x:c>
+      <x:c r="D58" s="1" t="s">
+        <x:v>327</x:v>
+      </x:c>
+      <x:c r="E58" s="1" t="s">
         <x:v>333</x:v>
       </x:c>
-      <x:c r="C58" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="E58" s="1" t="s">
+      <x:c r="F58" s="1" t="s">
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="G58" s="1" t="s">
         <x:v>334</x:v>
       </x:c>
-      <x:c r="F58" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G58" s="1" t="s">
+      <x:c r="H58" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I58" s="1" t="s">
         <x:v>335</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
+        <x:v>336</x:v>
+      </x:c>
+      <x:c r="D59" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E59" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F59" s="1" t="s">
         <x:v>337</x:v>
       </x:c>
-      <x:c r="D59" s="1" t="s">
-[...5 lines deleted...]
-      <x:c r="F59" s="1" t="s">
+      <x:c r="G59" s="1" t="s">
         <x:v>338</x:v>
       </x:c>
-      <x:c r="G59" s="1" t="s">
+      <x:c r="H59" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I59" s="1" t="s">
         <x:v>339</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>340</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="2" t="s">
-        <x:v>341</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="B60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>