--- v3 (2026-01-12)
+++ v4 (2026-01-13)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7566acded51740e6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a332a115e3344ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="VNM_asof_20260109" sheetId="1" r:id="R15451bad61b5439f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="VNM_asof_20260109" sheetId="1" r:id="R3928ea38376e43b5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="484" uniqueCount="341">
   <x:si>
     <x:t>Daily Holdings (%)  01/09/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
@@ -1090,51 +1090,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R42f381dd290d423c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R88a78e273c704a72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R15451bad61b5439f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f6b1200dfe041f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R96dd526376b94c4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3928ea38376e43b5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I60"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="18" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="22" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">