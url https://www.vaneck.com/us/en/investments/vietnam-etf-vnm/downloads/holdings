--- v4 (2026-01-13)
+++ v5 (2026-01-19)
@@ -1,1068 +1,1074 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6a332a115e3344ef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb6e3ac0a13e41ea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="VNM_asof_20260109" sheetId="1" r:id="R3928ea38376e43b5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="VNM_asof_20260115" sheetId="1" r:id="R4b88fc79c5634926"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="484" uniqueCount="341">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  01/09/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="484" uniqueCount="343">
+  <x:si>
+    <x:t>Daily Holdings (%)  01/15/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>VHM VN</x:t>
   </x:si>
   <x:si>
     <x:t>Vinhomes Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00KMYS8P1</x:t>
   </x:si>
   <x:si>
-    <x:t>12,459,367</x:t>
+    <x:t>12,701,167</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$66,415,800.64</x:t>
+    <x:t>$58,017,638.93</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>10.33%</x:t>
+    <x:t>8.73%</x:t>
   </x:si>
   <x:si>
     <x:t>VIC VN</x:t>
   </x:si>
   <x:si>
     <x:t>Vingroup Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000TD3TC9</x:t>
   </x:si>
   <x:si>
-    <x:t>8,684,098</x:t>
-[...5 lines deleted...]
-    <x:t>9.05%</x:t>
+    <x:t>8,853,098</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,605,719.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.77%</x:t>
   </x:si>
   <x:si>
     <x:t>MSN VN</x:t>
   </x:si>
   <x:si>
     <x:t>Masan Group Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PSPMR5</x:t>
   </x:si>
   <x:si>
-    <x:t>14,654,876</x:t>
-[...5 lines deleted...]
-    <x:t>6.64%</x:t>
+    <x:t>14,939,576</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$46,065,920.13</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.93%</x:t>
   </x:si>
   <x:si>
     <x:t>HPG VN</x:t>
   </x:si>
   <x:si>
     <x:t>Hoa Phat Group Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000TX8GM7</x:t>
   </x:si>
   <x:si>
-    <x:t>39,317,599</x:t>
-[...5 lines deleted...]
-    <x:t>6.12%</x:t>
+    <x:t>40,081,999</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$42,208,515.59</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.35%</x:t>
   </x:si>
   <x:si>
     <x:t>SSI VN</x:t>
   </x:si>
   <x:si>
     <x:t>Ssi Securities Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BN4DR4</x:t>
   </x:si>
   <x:si>
-    <x:t>31,770,626</x:t>
-[...5 lines deleted...]
-    <x:t>5.72%</x:t>
+    <x:t>32,388,126</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$40,279,313.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VNM VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vietnam Dairy Products Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BF6N60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,324,141</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$38,715,445.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.83%</x:t>
   </x:si>
   <x:si>
     <x:t>VCB VN</x:t>
   </x:si>
   <x:si>
     <x:t>Bank For Foreign Trade Of Vietnam Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BM8HF6</x:t>
   </x:si>
   <x:si>
-    <x:t>13,849,301</x:t>
-[...23 lines deleted...]
-    <x:t>5.08%</x:t>
+    <x:t>14,118,401</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$38,651,890.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.82%</x:t>
   </x:si>
   <x:si>
     <x:t>VIX VN</x:t>
   </x:si>
   <x:si>
     <x:t>Vix Securities Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000Q3LMQ4</x:t>
   </x:si>
   <x:si>
-    <x:t>26,819,306</x:t>
-[...5 lines deleted...]
-    <x:t>3.41%</x:t>
+    <x:t>27,340,606</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$26,120,156.49</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.93%</x:t>
   </x:si>
   <x:si>
     <x:t>VRE VN</x:t>
   </x:si>
   <x:si>
     <x:t>Vincom Retail Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG004MP70P6</x:t>
   </x:si>
   <x:si>
-    <x:t>15,572,322</x:t>
-[...5 lines deleted...]
-    <x:t>3.24%</x:t>
+    <x:t>15,875,222</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,991,370.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.86%</x:t>
   </x:si>
   <x:si>
     <x:t>VJC VN</x:t>
   </x:si>
   <x:si>
     <x:t>Vietjet Aviation Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000QBJXH5</x:t>
   </x:si>
   <x:si>
-    <x:t>2,591,240</x:t>
-[...5 lines deleted...]
-    <x:t>3.05%</x:t>
+    <x:t>2,641,940</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,148,423.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.73%</x:t>
   </x:si>
   <x:si>
     <x:t>VND VN</x:t>
   </x:si>
   <x:si>
     <x:t>Vndirect Securities Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000QK20H5</x:t>
   </x:si>
   <x:si>
-    <x:t>21,442,225</x:t>
-[...5 lines deleted...]
-    <x:t>2.46%</x:t>
+    <x:t>21,859,225</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,312,044.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.61%</x:t>
   </x:si>
   <x:si>
     <x:t>SHB VN</x:t>
   </x:si>
   <x:si>
     <x:t>Saigon - Hanoi Commercial Joint Stock B</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000G88YK9</x:t>
   </x:si>
   <x:si>
-    <x:t>22,735,492</x:t>
-[...5 lines deleted...]
-    <x:t>2.22%</x:t>
+    <x:t>23,177,492</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,552,974.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.19%</x:t>
   </x:si>
   <x:si>
     <x:t>VCI VN</x:t>
   </x:si>
   <x:si>
     <x:t>Vietcap Securities Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0073XTVS8</x:t>
   </x:si>
   <x:si>
-    <x:t>10,452,535</x:t>
-[...5 lines deleted...]
-    <x:t>2.08%</x:t>
+    <x:t>10,655,335</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,138,552.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.13%</x:t>
   </x:si>
   <x:si>
     <x:t>TCX VN</x:t>
   </x:si>
   <x:si>
     <x:t>Techcom Securities Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00YPQWJB1</x:t>
   </x:si>
   <x:si>
-    <x:t>6,600,800</x:t>
-[...5 lines deleted...]
-    <x:t>1.99%</x:t>
+    <x:t>6,729,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,141,853.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.98%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GEE VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gelex Electric Equipment Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG015PZHH97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,492,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,701,508.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.91%</x:t>
   </x:si>
   <x:si>
     <x:t>FPT VN</x:t>
   </x:si>
   <x:si>
     <x:t>Fpt Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PMZJZ5</x:t>
   </x:si>
   <x:si>
-    <x:t>3,240,700</x:t>
-[...20 lines deleted...]
-    <x:t>$11,424,143.77</x:t>
+    <x:t>3,303,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,369,460.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.86%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STB VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Saigon Thuong Tin Commercial Jsb</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000D7H3V0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,484,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,069,421.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.82%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GEX VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gelex Group Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00B8G4S87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,355,542</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,829,602.77</x:t>
   </x:si>
   <x:si>
     <x:t>1.78%</x:t>
   </x:si>
   <x:si>
-    <x:t>GEX VN</x:t>
-[...34 lines deleted...]
-  <x:si>
     <x:t>KBC VN</x:t>
   </x:si>
   <x:si>
     <x:t>Kinh Bac City Development Share Holding</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000V13PL0</x:t>
   </x:si>
   <x:si>
-    <x:t>6,989,200</x:t>
-[...5 lines deleted...]
-    <x:t>1.49%</x:t>
+    <x:t>7,125,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,857,567.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.48%</x:t>
   </x:si>
   <x:si>
     <x:t>EIB VN</x:t>
   </x:si>
   <x:si>
     <x:t>Vietnam Export Import Commercial Jsb</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DB3KG5</x:t>
   </x:si>
   <x:si>
-    <x:t>9,573,029</x:t>
-[...5 lines deleted...]
-    <x:t>1.21%</x:t>
+    <x:t>9,758,929</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,578,977.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HAG VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hagl Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000GCXWG1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,556,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,802,402.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.17%</x:t>
   </x:si>
   <x:si>
     <x:t>NVL VN</x:t>
   </x:si>
   <x:si>
     <x:t>No Va Land Investment Group Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG003RR1FD5</x:t>
   </x:si>
   <x:si>
-    <x:t>15,590,358</x:t>
-[...23 lines deleted...]
-    <x:t>1.11%</x:t>
+    <x:t>15,893,258</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,744,249.97</x:t>
   </x:si>
   <x:si>
     <x:t>DGC VN</x:t>
   </x:si>
   <x:si>
     <x:t>Duc Giang Chemicals Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG003QTZ0W7</x:t>
   </x:si>
   <x:si>
-    <x:t>2,746,832</x:t>
-[...5 lines deleted...]
-    <x:t>1.02%</x:t>
+    <x:t>2,800,132</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,188,217.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.08%</x:t>
   </x:si>
   <x:si>
     <x:t>SBT VN</x:t>
   </x:si>
   <x:si>
     <x:t>Thanh Thanh Cong - Bien Hoa Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DWVGH6</x:t>
   </x:si>
   <x:si>
-    <x:t>7,000,718</x:t>
-[...5 lines deleted...]
-    <x:t>1.01%</x:t>
+    <x:t>7,137,218</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,588,351.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.99%</x:t>
   </x:si>
   <x:si>
     <x:t>POW VN</x:t>
   </x:si>
   <x:si>
     <x:t>Petrovietnam Power Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG002NF5FT6</x:t>
   </x:si>
   <x:si>
-    <x:t>11,680,047</x:t>
-[...5 lines deleted...]
-    <x:t>1.00%</x:t>
+    <x:t>11,907,547</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,465,138.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.97%</x:t>
   </x:si>
   <x:si>
     <x:t>HUT VN</x:t>
   </x:si>
   <x:si>
     <x:t>Tasco Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000VGW3Y0</x:t>
   </x:si>
   <x:si>
-    <x:t>9,761,200</x:t>
-[...2 lines deleted...]
-    <x:t>$5,760,793.50</x:t>
+    <x:t>9,951,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,985,222.12</x:t>
   </x:si>
   <x:si>
     <x:t>0.90%</x:t>
   </x:si>
   <x:si>
+    <x:t>SHS VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sai Gon-Ha Noi Securities Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000JP1G79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,328,024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,718,698.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.86%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HVN VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vietnam Airlines Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000FWLXH8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,831,200</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,651,994.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.85%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KDH VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Khang Dien House Trading And Investment</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000Q7Z3F4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,789,472</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,487,895.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.83%</x:t>
+  </x:si>
+  <x:si>
     <x:t>NAB VN</x:t>
   </x:si>
   <x:si>
     <x:t>Nam A Commercial Jsb</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00N6NJMG6</x:t>
   </x:si>
   <x:si>
-    <x:t>9,471,700</x:t>
-[...2 lines deleted...]
-    <x:t>$5,285,063.05</x:t>
+    <x:t>9,656,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,461,381.42</x:t>
   </x:si>
   <x:si>
     <x:t>0.82%</x:t>
   </x:si>
   <x:si>
-    <x:t>SHS VN</x:t>
-[...11 lines deleted...]
-    <x:t>$5,145,992.39</x:t>
+    <x:t>PDR VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Phat Dat Real Estate Development Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BG7X29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,793,762</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,297,052.95</x:t>
   </x:si>
   <x:si>
     <x:t>0.80%</x:t>
   </x:si>
   <x:si>
-    <x:t>KDH VN</x:t>
-[...26 lines deleted...]
-    <x:t>$5,032,139.13</x:t>
+    <x:t>BVH VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bao Viet Holdings</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000N1D2L9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,870,096</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,211,124.41</x:t>
   </x:si>
   <x:si>
     <x:t>0.78%</x:t>
   </x:si>
   <x:si>
+    <x:t>PVS VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Petrovietnam Technical Services Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000TFTNF6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,371,607</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,095,466.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.77%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VHC VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vinh Hoan Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000V0W6M1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,223,660</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,038,655.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAB VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Saigon Beer Alcohol Beverage Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000V9NNW4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,486,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,987,531.69</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.75%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VCG VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vietnam Construction And Import-Export</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BLCJC2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,520,019</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,897,682.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.74%</x:t>
+  </x:si>
+  <x:si>
     <x:t>PVD VN</x:t>
   </x:si>
   <x:si>
     <x:t>Petrovietnam Drilling &amp; Well Services J</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000QFV9X7</x:t>
   </x:si>
   <x:si>
-    <x:t>4,338,888</x:t>
-[...20 lines deleted...]
-    <x:t>$4,859,982.18</x:t>
+    <x:t>4,423,388</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,887,316.93</x:t>
   </x:si>
   <x:si>
     <x:t>VPI VN</x:t>
   </x:si>
   <x:si>
     <x:t>Van Phu - Invest Investment Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JC6HXT9</x:t>
   </x:si>
   <x:si>
-    <x:t>2,316,652</x:t>
-[...53 lines deleted...]
-    <x:t>$4,622,391.79</x:t>
+    <x:t>2,362,152</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,810,808.63</x:t>
   </x:si>
   <x:si>
     <x:t>0.72%</x:t>
   </x:si>
   <x:si>
     <x:t>SIP VN</x:t>
   </x:si>
   <x:si>
     <x:t>Sai Gon Vrg Investment Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG003SZSNJ4</x:t>
   </x:si>
   <x:si>
-    <x:t>2,121,220</x:t>
-[...2 lines deleted...]
-    <x:t>$4,529,506.04</x:t>
+    <x:t>2,162,820</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,700,131.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.71%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FTS VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fpt Securities Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0019LTG04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,629,534</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,648,830.95</x:t>
   </x:si>
   <x:si>
     <x:t>0.70%</x:t>
   </x:si>
   <x:si>
-    <x:t>VCG VN</x:t>
-[...49 lines deleted...]
-  <x:si>
     <x:t>IDC VN</x:t>
   </x:si>
   <x:si>
     <x:t>Idico Corp Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0055XHM94</x:t>
   </x:si>
   <x:si>
-    <x:t>2,744,916</x:t>
-[...2 lines deleted...]
-    <x:t>$4,076,064.65</x:t>
+    <x:t>2,798,216</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,207,603.33</x:t>
   </x:si>
   <x:si>
     <x:t>0.63%</x:t>
   </x:si>
   <x:si>
     <x:t>DPM VN</x:t>
   </x:si>
   <x:si>
     <x:t>Petrovietnam Fertilizer &amp; Chemicals Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000TSXTH8</x:t>
   </x:si>
   <x:si>
-    <x:t>4,401,386</x:t>
-[...2 lines deleted...]
-    <x:t>$3,980,159.44</x:t>
+    <x:t>4,487,186</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,150,847.76</x:t>
   </x:si>
   <x:si>
     <x:t>0.62%</x:t>
   </x:si>
   <x:si>
     <x:t>BAF VN</x:t>
   </x:si>
   <x:si>
     <x:t>Baf Viet Nam Agriculture Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG013T7PJ15</x:t>
   </x:si>
   <x:si>
-    <x:t>2,721,300</x:t>
-[...5 lines deleted...]
-    <x:t>0.60%</x:t>
+    <x:t>2,774,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,061,188.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DXG VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Dat Xanh Group Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000Q1XB43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,475,965</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,930,964.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.59%</x:t>
   </x:si>
   <x:si>
     <x:t>TCH VN</x:t>
   </x:si>
   <x:si>
     <x:t>Hoang Huy Investment Financial Services</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00DVPC837</x:t>
   </x:si>
   <x:si>
-    <x:t>6,248,555</x:t>
-[...20 lines deleted...]
-    <x:t>$3,757,306.66</x:t>
+    <x:t>6,369,455</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,869,123.91</x:t>
   </x:si>
   <x:si>
     <x:t>0.58%</x:t>
   </x:si>
   <x:si>
     <x:t>KDC VN</x:t>
   </x:si>
   <x:si>
     <x:t>Kido Group Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000LNDM11</x:t>
   </x:si>
   <x:si>
-    <x:t>1,875,436</x:t>
-[...5 lines deleted...]
-    <x:t>0.57%</x:t>
+    <x:t>1,911,836</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,660,792.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.55%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CEO VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ceo Group Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0076J67K2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,844,495</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,596,164.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.54%</x:t>
   </x:si>
   <x:si>
     <x:t>DIG VN</x:t>
   </x:si>
   <x:si>
     <x:t>Development Investment Construction Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000TW9M63</x:t>
   </x:si>
   <x:si>
-    <x:t>5,459,394</x:t>
-[...2 lines deleted...]
-    <x:t>$3,332,748.27</x:t>
+    <x:t>5,565,994</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,493,014.23</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HSG VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hoa Sen Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000KFK1K6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,303,401</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,434,470.90</x:t>
   </x:si>
   <x:si>
     <x:t>0.52%</x:t>
   </x:si>
   <x:si>
-    <x:t>CEO VN</x:t>
-[...13 lines deleted...]
-  <x:si>
     <x:t>DCM VN</x:t>
   </x:si>
   <x:si>
     <x:t>Petrovietnam Ca Mau Fertilizer Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG008D1PSN1</x:t>
   </x:si>
   <x:si>
-    <x:t>2,417,900</x:t>
-[...2 lines deleted...]
-    <x:t>$3,189,987.44</x:t>
+    <x:t>2,464,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,349,567.55</x:t>
   </x:si>
   <x:si>
     <x:t>0.50%</x:t>
   </x:si>
   <x:si>
-    <x:t>HSG VN</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>CTR VN</x:t>
   </x:si>
   <x:si>
     <x:t>Viettel Construction Joint Stock Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG003TCC6P1</x:t>
   </x:si>
   <x:si>
-    <x:t>629,600</x:t>
-[...5 lines deleted...]
-    <x:t>0.36%</x:t>
+    <x:t>641,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,617,086.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.39%</x:t>
   </x:si>
   <x:si>
     <x:t>HDG VN</x:t>
   </x:si>
   <x:si>
     <x:t>Ha Do Group Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000Q6YTV2</x:t>
   </x:si>
   <x:si>
-    <x:t>2,044,156</x:t>
-[...2 lines deleted...]
-    <x:t>$2,046,996.89</x:t>
+    <x:t>2,084,456</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,110,720.99</x:t>
   </x:si>
   <x:si>
     <x:t>0.32%</x:t>
   </x:si>
   <x:si>
     <x:t>FUEVFVND VN</x:t>
   </x:si>
   <x:si>
     <x:t>Dcvfmvn Diamond ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00TR4HHL9</x:t>
   </x:si>
   <x:si>
     <x:t>62,610</x:t>
   </x:si>
   <x:si>
-    <x:t>$93,330.34</x:t>
+    <x:t>$93,191.63</x:t>
   </x:si>
   <x:si>
     <x:t>0.01%</x:t>
   </x:si>
   <x:si>
     <x:t>-VND CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>611,293,924,576</x:t>
+    <x:t>317,680,379,472</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$23,275,417.39</x:t>
-[...2 lines deleted...]
-    <x:t>3.62%</x:t>
+    <x:t>$12,093,356.41</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t>420,393</x:t>
-[...5 lines deleted...]
-    <x:t>0.07%</x:t>
+    <x:t>129,309</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$129,309.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.02%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-20,908,538.86</x:t>
-[...2 lines deleted...]
-    <x:t>-3.25%</x:t>
+    <x:t>$-9,461,987.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.42%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1090,51 +1096,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7f6b1200dfe041f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R96dd526376b94c4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R3928ea38376e43b5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R240e1cdc3d0848d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rd5a999e1e43b4049" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4b88fc79c5634926" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I60"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="18" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="22" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
@@ -1830,254 +1836,254 @@
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>138</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
+        <x:v>144</x:v>
+      </x:c>
+      <x:c r="C26" s="1" t="s">
         <x:v>145</x:v>
       </x:c>
-      <x:c r="C26" s="1" t="s">
+      <x:c r="D26" s="1" t="s">
         <x:v>146</x:v>
       </x:c>
-      <x:c r="D26" s="1" t="s">
+      <x:c r="E26" s="1" t="s">
         <x:v>147</x:v>
       </x:c>
-      <x:c r="E26" s="1" t="s">
+      <x:c r="F26" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G26" s="1" t="s">
         <x:v>148</x:v>
       </x:c>
-      <x:c r="F26" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G26" s="1" t="s">
+      <x:c r="H26" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I26" s="1" t="s">
         <x:v>149</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
+        <x:v>150</x:v>
+      </x:c>
+      <x:c r="C27" s="1" t="s">
         <x:v>151</x:v>
       </x:c>
-      <x:c r="C27" s="1" t="s">
+      <x:c r="D27" s="1" t="s">
         <x:v>152</x:v>
       </x:c>
-      <x:c r="D27" s="1" t="s">
+      <x:c r="E27" s="1" t="s">
         <x:v>153</x:v>
       </x:c>
-      <x:c r="E27" s="1" t="s">
+      <x:c r="F27" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G27" s="1" t="s">
         <x:v>154</x:v>
       </x:c>
-      <x:c r="F27" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G27" s="1" t="s">
+      <x:c r="H27" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I27" s="1" t="s">
         <x:v>155</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
+        <x:v>156</x:v>
+      </x:c>
+      <x:c r="C28" s="1" t="s">
         <x:v>157</x:v>
       </x:c>
-      <x:c r="C28" s="1" t="s">
+      <x:c r="D28" s="1" t="s">
         <x:v>158</x:v>
       </x:c>
-      <x:c r="D28" s="1" t="s">
+      <x:c r="E28" s="1" t="s">
         <x:v>159</x:v>
       </x:c>
-      <x:c r="E28" s="1" t="s">
+      <x:c r="F28" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G28" s="1" t="s">
         <x:v>160</x:v>
       </x:c>
-      <x:c r="F28" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G28" s="1" t="s">
+      <x:c r="H28" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I28" s="1" t="s">
         <x:v>161</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
+        <x:v>162</x:v>
+      </x:c>
+      <x:c r="C29" s="1" t="s">
         <x:v>163</x:v>
       </x:c>
-      <x:c r="C29" s="1" t="s">
+      <x:c r="D29" s="1" t="s">
         <x:v>164</x:v>
       </x:c>
-      <x:c r="D29" s="1" t="s">
+      <x:c r="E29" s="1" t="s">
         <x:v>165</x:v>
       </x:c>
-      <x:c r="E29" s="1" t="s">
+      <x:c r="F29" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G29" s="1" t="s">
         <x:v>166</x:v>
       </x:c>
-      <x:c r="F29" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G29" s="1" t="s">
+      <x:c r="H29" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I29" s="1" t="s">
         <x:v>167</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
+        <x:v>168</x:v>
+      </x:c>
+      <x:c r="C30" s="1" t="s">
         <x:v>169</x:v>
       </x:c>
-      <x:c r="C30" s="1" t="s">
+      <x:c r="D30" s="1" t="s">
         <x:v>170</x:v>
       </x:c>
-      <x:c r="D30" s="1" t="s">
+      <x:c r="E30" s="1" t="s">
         <x:v>171</x:v>
       </x:c>
-      <x:c r="E30" s="1" t="s">
+      <x:c r="F30" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G30" s="1" t="s">
         <x:v>172</x:v>
       </x:c>
-      <x:c r="F30" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G30" s="1" t="s">
+      <x:c r="H30" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I30" s="1" t="s">
         <x:v>173</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
+        <x:v>174</x:v>
+      </x:c>
+      <x:c r="C31" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
-      <x:c r="C31" s="1" t="s">
+      <x:c r="D31" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
-      <x:c r="D31" s="1" t="s">
+      <x:c r="E31" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
-      <x:c r="E31" s="1" t="s">
+      <x:c r="F31" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G31" s="1" t="s">
         <x:v>178</x:v>
       </x:c>
-      <x:c r="F31" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G31" s="1" t="s">
+      <x:c r="H31" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I31" s="1" t="s">
         <x:v>179</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
+      <x:c r="D32" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="D32" s="1" t="s">
+      <x:c r="E32" s="1" t="s">
         <x:v>183</x:v>
       </x:c>
-      <x:c r="E32" s="1" t="s">
+      <x:c r="F32" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G32" s="1" t="s">
         <x:v>184</x:v>
       </x:c>
-      <x:c r="F32" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G32" s="1" t="s">
+      <x:c r="H32" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I32" s="1" t="s">
         <x:v>185</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
         <x:v>186</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
         <x:v>189</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
         <x:v>190</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
@@ -2120,752 +2126,752 @@
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
         <x:v>198</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>203</x:v>
+        <x:v>204</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>216</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>221</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>222</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I39" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>228</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
+        <x:v>229</x:v>
+      </x:c>
+      <x:c r="D40" s="1" t="s">
+        <x:v>230</x:v>
+      </x:c>
+      <x:c r="E40" s="1" t="s">
+        <x:v>231</x:v>
+      </x:c>
+      <x:c r="F40" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
+        <x:v>232</x:v>
+      </x:c>
+      <x:c r="H40" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I40" s="1" t="s">
         <x:v>227</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>231</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>234</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>240</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>246</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="E43" s="1" t="s">
-        <x:v>247</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="F43" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G43" s="1" t="s">
-        <x:v>248</x:v>
+        <x:v>249</x:v>
       </x:c>
       <x:c r="H43" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>249</x:v>
+        <x:v>251</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G44" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="H44" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>257</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="D45" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>259</x:v>
       </x:c>
       <x:c r="E45" s="1" t="s">
-        <x:v>258</x:v>
+        <x:v>260</x:v>
       </x:c>
       <x:c r="F45" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G45" s="1" t="s">
-        <x:v>259</x:v>
+        <x:v>261</x:v>
       </x:c>
       <x:c r="H45" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
-        <x:v>260</x:v>
+        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>261</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="H46" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G47" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="H47" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I48" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G50" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="H50" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I50" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>298</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G52" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="H52" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
-        <x:v>304</x:v>
+        <x:v>307</x:v>
       </x:c>
       <x:c r="E53" s="1" t="s">
-        <x:v>305</x:v>
+        <x:v>308</x:v>
       </x:c>
       <x:c r="F53" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G53" s="1" t="s">
-        <x:v>306</x:v>
+        <x:v>309</x:v>
       </x:c>
       <x:c r="H53" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I53" s="1" t="s">
-        <x:v>307</x:v>
+        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>315</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>321</x:v>
       </x:c>
       <x:c r="H55" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>327</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>114</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
+        <x:v>334</x:v>
+      </x:c>
+      <x:c r="C58" s="1" t="s">
+        <x:v>330</x:v>
+      </x:c>
+      <x:c r="D58" s="1" t="s">
+        <x:v>330</x:v>
+      </x:c>
+      <x:c r="E58" s="1" t="s">
+        <x:v>335</x:v>
+      </x:c>
+      <x:c r="F58" s="1" t="s">
         <x:v>332</x:v>
       </x:c>
-      <x:c r="C58" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="G58" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>336</x:v>
       </x:c>
       <x:c r="H58" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
-        <x:v>335</x:v>
+        <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
-        <x:v>336</x:v>
+        <x:v>338</x:v>
       </x:c>
       <x:c r="D59" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="E59" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="F59" s="1" t="s">
-        <x:v>337</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="G59" s="1" t="s">
-        <x:v>338</x:v>
+        <x:v>340</x:v>
       </x:c>
       <x:c r="H59" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I59" s="1" t="s">
-        <x:v>339</x:v>
+        <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="2" t="s">
-        <x:v>340</x:v>
+        <x:v>342</x:v>
       </x:c>
       <x:c r="B60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>