--- v5 (2026-01-19)
+++ v6 (2026-02-10)
@@ -1,1074 +1,1065 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb6e3ac0a13e41ea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d73b869fb5d4706" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="VNM_asof_20260115" sheetId="1" r:id="R4b88fc79c5634926"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="VNM_asof_20260209" sheetId="1" r:id="R6e98c78c384d4387"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="484" uniqueCount="343">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  01/15/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="484" uniqueCount="340">
+  <x:si>
+    <x:t>Daily Holdings (%)  02/09/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
     <x:t>VHM VN</x:t>
   </x:si>
   <x:si>
     <x:t>Vinhomes Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00KMYS8P1</x:t>
   </x:si>
   <x:si>
-    <x:t>12,701,167</x:t>
+    <x:t>12,627,167</x:t>
   </x:si>
   <x:si>
     <x:t>Stock</x:t>
   </x:si>
   <x:si>
-    <x:t>$58,017,638.93</x:t>
+    <x:t>$46,291,649.72</x:t>
   </x:si>
   <x:si>
     <x:t> -- </x:t>
   </x:si>
   <x:si>
-    <x:t>8.73%</x:t>
+    <x:t>7.50%</x:t>
   </x:si>
   <x:si>
     <x:t>VIC VN</x:t>
   </x:si>
   <x:si>
     <x:t>Vingroup Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000TD3TC9</x:t>
   </x:si>
   <x:si>
-    <x:t>8,853,098</x:t>
-[...5 lines deleted...]
-    <x:t>7.77%</x:t>
+    <x:t>8,801,498</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$45,106,390.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.31%</x:t>
   </x:si>
   <x:si>
     <x:t>MSN VN</x:t>
   </x:si>
   <x:si>
     <x:t>Masan Group Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PSPMR5</x:t>
   </x:si>
   <x:si>
-    <x:t>14,939,576</x:t>
-[...5 lines deleted...]
-    <x:t>6.93%</x:t>
+    <x:t>14,852,376</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$44,809,251.67</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.26%</x:t>
   </x:si>
   <x:si>
     <x:t>HPG VN</x:t>
   </x:si>
   <x:si>
     <x:t>Hoa Phat Group Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000TX8GM7</x:t>
   </x:si>
   <x:si>
-    <x:t>40,081,999</x:t>
-[...5 lines deleted...]
-    <x:t>6.35%</x:t>
+    <x:t>39,847,999</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$41,220,143.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.68%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VNM VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vietnam Dairy Products Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BF6N60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,240,541</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$38,233,289.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.19%</x:t>
   </x:si>
   <x:si>
     <x:t>SSI VN</x:t>
   </x:si>
   <x:si>
     <x:t>Ssi Securities Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BN4DR4</x:t>
   </x:si>
   <x:si>
-    <x:t>32,388,126</x:t>
-[...23 lines deleted...]
-    <x:t>5.83%</x:t>
+    <x:t>32,198,926</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$36,803,876.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.96%</x:t>
   </x:si>
   <x:si>
     <x:t>VCB VN</x:t>
   </x:si>
   <x:si>
     <x:t>Bank For Foreign Trade Of Vietnam Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BM8HF6</x:t>
   </x:si>
   <x:si>
-    <x:t>14,118,401</x:t>
-[...5 lines deleted...]
-    <x:t>5.82%</x:t>
+    <x:t>14,036,001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$35,214,812.98</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.71%</x:t>
   </x:si>
   <x:si>
     <x:t>VIX VN</x:t>
   </x:si>
   <x:si>
     <x:t>Vix Securities Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000Q3LMQ4</x:t>
   </x:si>
   <x:si>
-    <x:t>27,340,606</x:t>
-[...5 lines deleted...]
-    <x:t>3.93%</x:t>
+    <x:t>27,181,006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,874,998.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.54%</x:t>
   </x:si>
   <x:si>
     <x:t>VRE VN</x:t>
   </x:si>
   <x:si>
     <x:t>Vincom Retail Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG004MP70P6</x:t>
   </x:si>
   <x:si>
-    <x:t>15,875,222</x:t>
-[...5 lines deleted...]
-    <x:t>2.86%</x:t>
+    <x:t>15,782,422</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$17,188,393.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.79%</x:t>
   </x:si>
   <x:si>
     <x:t>VJC VN</x:t>
   </x:si>
   <x:si>
     <x:t>Vietjet Aviation Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000QBJXH5</x:t>
   </x:si>
   <x:si>
-    <x:t>2,641,940</x:t>
-[...5 lines deleted...]
-    <x:t>2.73%</x:t>
+    <x:t>2,626,340</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,716,476.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.71%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VCI VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vietcap Securities Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0073XTVS8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,081,035</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,072,319.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.60%</x:t>
   </x:si>
   <x:si>
     <x:t>VND VN</x:t>
   </x:si>
   <x:si>
     <x:t>Vndirect Securities Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000QK20H5</x:t>
   </x:si>
   <x:si>
-    <x:t>21,859,225</x:t>
-[...5 lines deleted...]
-    <x:t>2.61%</x:t>
+    <x:t>21,731,625</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,811,961.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TCX VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Techcom Securities Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YPQWJB1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,690,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,247,861.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.31%</x:t>
   </x:si>
   <x:si>
     <x:t>SHB VN</x:t>
   </x:si>
   <x:si>
     <x:t>Saigon - Hanoi Commercial Joint Stock B</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000G88YK9</x:t>
   </x:si>
   <x:si>
-    <x:t>23,177,492</x:t>
-[...41 lines deleted...]
-    <x:t>1.98%</x:t>
+    <x:t>23,042,292</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,552,470.94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STB VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Saigon Thuong Tin Commercial Jsb</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000D7H3V0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,452,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,691,807.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.06%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FPT VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fpt Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PMZJZ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,283,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,587,149.93</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.04%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KBC VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kinh Bac City Development Share Holding</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000V13PL0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,083,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,457,228.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GEX VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gelex Group Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00B8G4S87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,312,742</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,321,972.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.51%</x:t>
   </x:si>
   <x:si>
     <x:t>GEE VN</x:t>
   </x:si>
   <x:si>
     <x:t>Gelex Electric Equipment Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG015PZHH97</x:t>
   </x:si>
   <x:si>
-    <x:t>1,492,200</x:t>
-[...77 lines deleted...]
-    <x:t>1.48%</x:t>
+    <x:t>1,483,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,953,519.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.45%</x:t>
   </x:si>
   <x:si>
     <x:t>EIB VN</x:t>
   </x:si>
   <x:si>
     <x:t>Vietnam Export Import Commercial Jsb</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DB3KG5</x:t>
   </x:si>
   <x:si>
-    <x:t>9,758,929</x:t>
-[...5 lines deleted...]
-    <x:t>1.29%</x:t>
+    <x:t>9,702,129</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,671,977.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.24%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NVL VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>No Va Land Investment Group Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG003RR1FD5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>15,800,458</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,436,943.97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DGC VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Duc Giang Chemicals Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG003QTZ0W7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,783,732</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,263,099.08</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.18%</x:t>
   </x:si>
   <x:si>
     <x:t>HAG VN</x:t>
   </x:si>
   <x:si>
     <x:t>Hagl Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000GCXWG1</x:t>
   </x:si>
   <x:si>
-    <x:t>11,556,500</x:t>
-[...2 lines deleted...]
-    <x:t>$7,802,402.50</x:t>
+    <x:t>11,488,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,210,085.91</x:t>
   </x:si>
   <x:si>
     <x:t>1.17%</x:t>
   </x:si>
   <x:si>
-    <x:t>NVL VN</x:t>
-[...31 lines deleted...]
-  <x:si>
     <x:t>SBT VN</x:t>
   </x:si>
   <x:si>
     <x:t>Thanh Thanh Cong - Bien Hoa Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DWVGH6</x:t>
   </x:si>
   <x:si>
-    <x:t>7,137,218</x:t>
-[...5 lines deleted...]
-    <x:t>0.99%</x:t>
+    <x:t>7,095,618</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,487,755.21</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.05%</x:t>
   </x:si>
   <x:si>
     <x:t>POW VN</x:t>
   </x:si>
   <x:si>
     <x:t>Petrovietnam Power Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG002NF5FT6</x:t>
   </x:si>
   <x:si>
-    <x:t>11,907,547</x:t>
-[...2 lines deleted...]
-    <x:t>$6,465,138.14</x:t>
+    <x:t>11,837,947</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,157,424.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HUT VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tasco Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000VGW3Y0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,893,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,992,287.81</x:t>
   </x:si>
   <x:si>
     <x:t>0.97%</x:t>
   </x:si>
   <x:si>
-    <x:t>HUT VN</x:t>
-[...14 lines deleted...]
-    <x:t>0.90%</x:t>
+    <x:t>PVS VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Petrovietnam Technical Services Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000TFTNF6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,352,007</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,953,890.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.96%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PVD VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Petrovietnam Drilling &amp; Well Services J</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000QFV9X7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,397,388</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,781,514.73</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.94%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BVH VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bao Viet Holdings</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000N1D2L9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,859,296</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,448,143.68</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.88%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VPI VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Van Phu - Invest Investment Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JC6HXT9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,348,552</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,309,612.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.86%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NAB VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Nam A Commercial Jsb</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00N6NJMG6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>9,599,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,202,124.83</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.84%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PDR VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Phat Dat Real Estate Development Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BG7X29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,748,162</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,175,179.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VHC VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vinh Hoan Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000V0W6M1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,210,860</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,124,880.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.83%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SIP VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sai Gon Vrg Investment Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG003SZSNJ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,150,020</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,980,720.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.81%</x:t>
   </x:si>
   <x:si>
     <x:t>SHS VN</x:t>
   </x:si>
   <x:si>
     <x:t>Sai Gon-Ha Noi Securities Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000JP1G79</x:t>
   </x:si>
   <x:si>
-    <x:t>7,328,024</x:t>
-[...5 lines deleted...]
-    <x:t>0.86%</x:t>
+    <x:t>7,285,224</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,974,863.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IDC VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Idico Corp Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0055XHM94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,781,816</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,936,864.81</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.80%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KDH VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Khang Dien House Trading And Investment</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000Q7Z3F4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,761,472</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,879,431.10</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.79%</x:t>
   </x:si>
   <x:si>
     <x:t>HVN VN</x:t>
   </x:si>
   <x:si>
     <x:t>Vietnam Airlines Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000FWLXH8</x:t>
   </x:si>
   <x:si>
-    <x:t>4,831,200</x:t>
-[...110 lines deleted...]
-    <x:t>$5,038,655.01</x:t>
+    <x:t>4,802,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,848,083.57</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAB VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Saigon Beer Alcohol Beverage Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000V9NNW4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,471,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,716,209.23</x:t>
   </x:si>
   <x:si>
     <x:t>0.76%</x:t>
   </x:si>
   <x:si>
-    <x:t>SAB VN</x:t>
-[...14 lines deleted...]
-    <x:t>0.75%</x:t>
+    <x:t>FTS VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fpt Securities Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0019LTG04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,608,334</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,436,237.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DPM VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Petrovietnam Fertilizer &amp; Chemicals Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000TSXTH8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,461,186</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,363,081.22</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.71%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BAF VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Baf Viet Nam Agriculture Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG013T7PJ15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,758,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,001,672.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.65%</x:t>
   </x:si>
   <x:si>
     <x:t>VCG VN</x:t>
   </x:si>
   <x:si>
     <x:t>Vietnam Construction And Import-Export</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BLCJC2</x:t>
   </x:si>
   <x:si>
-    <x:t>5,520,019</x:t>
-[...107 lines deleted...]
-    <x:t>$4,150,847.76</x:t>
+    <x:t>5,487,619</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,853,304.86</x:t>
   </x:si>
   <x:si>
     <x:t>0.62%</x:t>
   </x:si>
   <x:si>
-    <x:t>BAF VN</x:t>
-[...11 lines deleted...]
-    <x:t>$4,061,188.85</x:t>
+    <x:t>KDC VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kido Group Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000LNDM11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,900,636</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,805,671.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DCM VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Petrovietnam Ca Mau Fertilizer Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG008D1PSN1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,450,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,771,873.84</x:t>
   </x:si>
   <x:si>
     <x:t>0.61%</x:t>
   </x:si>
   <x:si>
     <x:t>DXG VN</x:t>
   </x:si>
   <x:si>
     <x:t>Dat Xanh Group Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000Q1XB43</x:t>
   </x:si>
   <x:si>
-    <x:t>6,475,965</x:t>
-[...5 lines deleted...]
-    <x:t>0.59%</x:t>
+    <x:t>6,437,965</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,728,516.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.60%</x:t>
   </x:si>
   <x:si>
     <x:t>TCH VN</x:t>
   </x:si>
   <x:si>
     <x:t>Hoang Huy Investment Financial Services</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00DVPC837</x:t>
   </x:si>
   <x:si>
-    <x:t>6,369,455</x:t>
-[...23 lines deleted...]
-    <x:t>0.55%</x:t>
+    <x:t>6,332,255</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,672,125.24</x:t>
   </x:si>
   <x:si>
     <x:t>CEO VN</x:t>
   </x:si>
   <x:si>
     <x:t>Ceo Group Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0076J67K2</x:t>
   </x:si>
   <x:si>
-    <x:t>4,844,495</x:t>
-[...2 lines deleted...]
-    <x:t>$3,596,164.78</x:t>
+    <x:t>4,816,095</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,427,991.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.56%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DIG VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Development Investment Construction Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000TW9M63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,533,594</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,308,707.60</x:t>
   </x:si>
   <x:si>
     <x:t>0.54%</x:t>
   </x:si>
   <x:si>
-    <x:t>DIG VN</x:t>
-[...16 lines deleted...]
-  <x:si>
     <x:t>HSG VN</x:t>
   </x:si>
   <x:si>
     <x:t>Hoa Sen Group</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000KFK1K6</x:t>
   </x:si>
   <x:si>
-    <x:t>5,303,401</x:t>
-[...23 lines deleted...]
-    <x:t>0.50%</x:t>
+    <x:t>5,272,601</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,160,824.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.51%</x:t>
   </x:si>
   <x:si>
     <x:t>CTR VN</x:t>
   </x:si>
   <x:si>
     <x:t>Viettel Construction Joint Stock Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG003TCC6P1</x:t>
   </x:si>
   <x:si>
-    <x:t>641,300</x:t>
-[...5 lines deleted...]
-    <x:t>0.39%</x:t>
+    <x:t>637,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,330,964.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.38%</x:t>
   </x:si>
   <x:si>
     <x:t>HDG VN</x:t>
   </x:si>
   <x:si>
     <x:t>Ha Do Group Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000Q6YTV2</x:t>
   </x:si>
   <x:si>
-    <x:t>2,084,456</x:t>
-[...5 lines deleted...]
-    <x:t>0.32%</x:t>
+    <x:t>2,072,456</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,094,843.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.34%</x:t>
   </x:si>
   <x:si>
     <x:t>FUEVFVND VN</x:t>
   </x:si>
   <x:si>
     <x:t>Dcvfmvn Diamond ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00TR4HHL9</x:t>
   </x:si>
   <x:si>
     <x:t>62,610</x:t>
   </x:si>
   <x:si>
-    <x:t>$93,191.63</x:t>
-[...2 lines deleted...]
-    <x:t>0.01%</x:t>
+    <x:t>$94,603.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.02%</x:t>
   </x:si>
   <x:si>
     <x:t>-VND CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>317,680,379,472</x:t>
+    <x:t>86,841,927,067</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$12,093,356.41</x:t>
+    <x:t>$3,350,382.99</x:t>
   </x:si>
   <x:si>
     <x:t>-USD CASH-</x:t>
   </x:si>
   <x:si>
-    <x:t>129,309</x:t>
-[...5 lines deleted...]
-    <x:t>0.02%</x:t>
+    <x:t>-3,698,334</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$-3,698,334.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-0.60%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-9,461,987.94</x:t>
-[...2 lines deleted...]
-    <x:t>-1.42%</x:t>
+    <x:t>$777,420.72</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.13%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1096,62 +1087,62 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R240e1cdc3d0848d6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rd5a999e1e43b4049" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R4b88fc79c5634926" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a1e1eacd11f4dc0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R15c1c1390e2d496b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6e98c78c384d4387" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I60"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="18" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
-    <x:col min="5" max="5" width="22" customWidth="1"/>
+    <x:col min="5" max="5" width="21" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -1836,341 +1827,341 @@
       <x:c r="A25" s="1">
         <x:v>22</x:v>
       </x:c>
       <x:c r="B25" s="1" t="s">
         <x:v>139</x:v>
       </x:c>
       <x:c r="C25" s="1" t="s">
         <x:v>140</x:v>
       </x:c>
       <x:c r="D25" s="1" t="s">
         <x:v>141</x:v>
       </x:c>
       <x:c r="E25" s="1" t="s">
         <x:v>142</x:v>
       </x:c>
       <x:c r="F25" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G25" s="1" t="s">
         <x:v>143</x:v>
       </x:c>
       <x:c r="H25" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I25" s="1" t="s">
-        <x:v>138</x:v>
+        <x:v>144</x:v>
       </x:c>
     </x:row>
     <x:row r="26" spans="1:9" ht="15" customHeight="1">
       <x:c r="A26" s="1">
         <x:v>23</x:v>
       </x:c>
       <x:c r="B26" s="1" t="s">
-        <x:v>144</x:v>
+        <x:v>145</x:v>
       </x:c>
       <x:c r="C26" s="1" t="s">
-        <x:v>145</x:v>
+        <x:v>146</x:v>
       </x:c>
       <x:c r="D26" s="1" t="s">
-        <x:v>146</x:v>
+        <x:v>147</x:v>
       </x:c>
       <x:c r="E26" s="1" t="s">
-        <x:v>147</x:v>
+        <x:v>148</x:v>
       </x:c>
       <x:c r="F26" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G26" s="1" t="s">
-        <x:v>148</x:v>
+        <x:v>149</x:v>
       </x:c>
       <x:c r="H26" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I26" s="1" t="s">
-        <x:v>149</x:v>
+        <x:v>150</x:v>
       </x:c>
     </x:row>
     <x:row r="27" spans="1:9" ht="15" customHeight="1">
       <x:c r="A27" s="1">
         <x:v>24</x:v>
       </x:c>
       <x:c r="B27" s="1" t="s">
-        <x:v>150</x:v>
+        <x:v>151</x:v>
       </x:c>
       <x:c r="C27" s="1" t="s">
-        <x:v>151</x:v>
+        <x:v>152</x:v>
       </x:c>
       <x:c r="D27" s="1" t="s">
-        <x:v>152</x:v>
+        <x:v>153</x:v>
       </x:c>
       <x:c r="E27" s="1" t="s">
-        <x:v>153</x:v>
+        <x:v>154</x:v>
       </x:c>
       <x:c r="F27" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G27" s="1" t="s">
-        <x:v>154</x:v>
+        <x:v>155</x:v>
       </x:c>
       <x:c r="H27" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I27" s="1" t="s">
-        <x:v>155</x:v>
+        <x:v>156</x:v>
       </x:c>
     </x:row>
     <x:row r="28" spans="1:9" ht="15" customHeight="1">
       <x:c r="A28" s="1">
         <x:v>25</x:v>
       </x:c>
       <x:c r="B28" s="1" t="s">
-        <x:v>156</x:v>
+        <x:v>157</x:v>
       </x:c>
       <x:c r="C28" s="1" t="s">
-        <x:v>157</x:v>
+        <x:v>158</x:v>
       </x:c>
       <x:c r="D28" s="1" t="s">
-        <x:v>158</x:v>
+        <x:v>159</x:v>
       </x:c>
       <x:c r="E28" s="1" t="s">
-        <x:v>159</x:v>
+        <x:v>160</x:v>
       </x:c>
       <x:c r="F28" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G28" s="1" t="s">
-        <x:v>160</x:v>
+        <x:v>161</x:v>
       </x:c>
       <x:c r="H28" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I28" s="1" t="s">
-        <x:v>161</x:v>
+        <x:v>162</x:v>
       </x:c>
     </x:row>
     <x:row r="29" spans="1:9" ht="15" customHeight="1">
       <x:c r="A29" s="1">
         <x:v>26</x:v>
       </x:c>
       <x:c r="B29" s="1" t="s">
-        <x:v>162</x:v>
+        <x:v>163</x:v>
       </x:c>
       <x:c r="C29" s="1" t="s">
-        <x:v>163</x:v>
+        <x:v>164</x:v>
       </x:c>
       <x:c r="D29" s="1" t="s">
-        <x:v>164</x:v>
+        <x:v>165</x:v>
       </x:c>
       <x:c r="E29" s="1" t="s">
-        <x:v>165</x:v>
+        <x:v>166</x:v>
       </x:c>
       <x:c r="F29" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G29" s="1" t="s">
-        <x:v>166</x:v>
+        <x:v>167</x:v>
       </x:c>
       <x:c r="H29" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I29" s="1" t="s">
-        <x:v>167</x:v>
+        <x:v>168</x:v>
       </x:c>
     </x:row>
     <x:row r="30" spans="1:9" ht="15" customHeight="1">
       <x:c r="A30" s="1">
         <x:v>27</x:v>
       </x:c>
       <x:c r="B30" s="1" t="s">
-        <x:v>168</x:v>
+        <x:v>169</x:v>
       </x:c>
       <x:c r="C30" s="1" t="s">
-        <x:v>169</x:v>
+        <x:v>170</x:v>
       </x:c>
       <x:c r="D30" s="1" t="s">
-        <x:v>170</x:v>
+        <x:v>171</x:v>
       </x:c>
       <x:c r="E30" s="1" t="s">
-        <x:v>171</x:v>
+        <x:v>172</x:v>
       </x:c>
       <x:c r="F30" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G30" s="1" t="s">
-        <x:v>172</x:v>
+        <x:v>173</x:v>
       </x:c>
       <x:c r="H30" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I30" s="1" t="s">
-        <x:v>173</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="31" spans="1:9" ht="15" customHeight="1">
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
-        <x:v>174</x:v>
+        <x:v>175</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
-        <x:v>175</x:v>
+        <x:v>176</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
-        <x:v>176</x:v>
+        <x:v>177</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
-        <x:v>177</x:v>
+        <x:v>178</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
-        <x:v>178</x:v>
+        <x:v>179</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
-        <x:v>179</x:v>
+        <x:v>180</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>181</x:v>
       </x:c>
       <x:c r="C32" s="1" t="s">
-        <x:v>181</x:v>
+        <x:v>182</x:v>
       </x:c>
       <x:c r="D32" s="1" t="s">
-        <x:v>182</x:v>
+        <x:v>183</x:v>
       </x:c>
       <x:c r="E32" s="1" t="s">
-        <x:v>183</x:v>
+        <x:v>184</x:v>
       </x:c>
       <x:c r="F32" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G32" s="1" t="s">
-        <x:v>184</x:v>
+        <x:v>185</x:v>
       </x:c>
       <x:c r="H32" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I32" s="1" t="s">
-        <x:v>185</x:v>
+        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
-        <x:v>186</x:v>
+        <x:v>187</x:v>
       </x:c>
       <x:c r="C33" s="1" t="s">
-        <x:v>187</x:v>
+        <x:v>188</x:v>
       </x:c>
       <x:c r="D33" s="1" t="s">
-        <x:v>188</x:v>
+        <x:v>189</x:v>
       </x:c>
       <x:c r="E33" s="1" t="s">
-        <x:v>189</x:v>
+        <x:v>190</x:v>
       </x:c>
       <x:c r="F33" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G33" s="1" t="s">
-        <x:v>190</x:v>
+        <x:v>191</x:v>
       </x:c>
       <x:c r="H33" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I33" s="1" t="s">
-        <x:v>191</x:v>
+        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
-        <x:v>192</x:v>
+        <x:v>193</x:v>
       </x:c>
       <x:c r="C34" s="1" t="s">
-        <x:v>193</x:v>
+        <x:v>194</x:v>
       </x:c>
       <x:c r="D34" s="1" t="s">
-        <x:v>194</x:v>
+        <x:v>195</x:v>
       </x:c>
       <x:c r="E34" s="1" t="s">
-        <x:v>195</x:v>
+        <x:v>196</x:v>
       </x:c>
       <x:c r="F34" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G34" s="1" t="s">
-        <x:v>196</x:v>
+        <x:v>197</x:v>
       </x:c>
       <x:c r="H34" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I34" s="1" t="s">
-        <x:v>197</x:v>
+        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>199</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
+        <x:v>200</x:v>
+      </x:c>
+      <x:c r="D35" s="1" t="s">
+        <x:v>201</x:v>
+      </x:c>
+      <x:c r="E35" s="1" t="s">
+        <x:v>202</x:v>
+      </x:c>
+      <x:c r="F35" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
+        <x:v>203</x:v>
+      </x:c>
+      <x:c r="H35" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I35" s="1" t="s">
         <x:v>198</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>203</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
         <x:v>204</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
         <x:v>205</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
         <x:v>206</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
         <x:v>207</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
         <x:v>208</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
@@ -2213,665 +2204,665 @@
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
         <x:v>216</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
         <x:v>220</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>215</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
+        <x:v>221</x:v>
+      </x:c>
+      <x:c r="C39" s="1" t="s">
         <x:v>222</x:v>
       </x:c>
-      <x:c r="C39" s="1" t="s">
+      <x:c r="D39" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
-      <x:c r="D39" s="1" t="s">
+      <x:c r="E39" s="1" t="s">
         <x:v>224</x:v>
       </x:c>
-      <x:c r="E39" s="1" t="s">
+      <x:c r="F39" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G39" s="1" t="s">
         <x:v>225</x:v>
       </x:c>
-      <x:c r="F39" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G39" s="1" t="s">
+      <x:c r="H39" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I39" s="1" t="s">
         <x:v>226</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
+        <x:v>227</x:v>
+      </x:c>
+      <x:c r="C40" s="1" t="s">
         <x:v>228</x:v>
       </x:c>
-      <x:c r="C40" s="1" t="s">
+      <x:c r="D40" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
-      <x:c r="D40" s="1" t="s">
+      <x:c r="E40" s="1" t="s">
         <x:v>230</x:v>
       </x:c>
-      <x:c r="E40" s="1" t="s">
+      <x:c r="F40" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
         <x:v>231</x:v>
       </x:c>
-      <x:c r="F40" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G40" s="1" t="s">
+      <x:c r="H40" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I40" s="1" t="s">
         <x:v>232</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
         <x:v>233</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
         <x:v>234</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
         <x:v>236</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
         <x:v>237</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>232</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
+        <x:v>238</x:v>
+      </x:c>
+      <x:c r="C42" s="1" t="s">
         <x:v>239</x:v>
       </x:c>
-      <x:c r="C42" s="1" t="s">
+      <x:c r="D42" s="1" t="s">
         <x:v>240</x:v>
       </x:c>
-      <x:c r="D42" s="1" t="s">
+      <x:c r="E42" s="1" t="s">
         <x:v>241</x:v>
       </x:c>
-      <x:c r="E42" s="1" t="s">
+      <x:c r="F42" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G42" s="1" t="s">
         <x:v>242</x:v>
       </x:c>
-      <x:c r="F42" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G42" s="1" t="s">
+      <x:c r="H42" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I42" s="1" t="s">
         <x:v>243</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>244</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="C43" s="1" t="s">
         <x:v>245</x:v>
       </x:c>
-      <x:c r="C43" s="1" t="s">
+      <x:c r="D43" s="1" t="s">
         <x:v>246</x:v>
       </x:c>
-      <x:c r="D43" s="1" t="s">
+      <x:c r="E43" s="1" t="s">
         <x:v>247</x:v>
       </x:c>
-      <x:c r="E43" s="1" t="s">
+      <x:c r="F43" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G43" s="1" t="s">
         <x:v>248</x:v>
       </x:c>
-      <x:c r="F43" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G43" s="1" t="s">
+      <x:c r="H43" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I43" s="1" t="s">
         <x:v>249</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>250</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="C44" s="1" t="s">
         <x:v>251</x:v>
       </x:c>
-      <x:c r="C44" s="1" t="s">
+      <x:c r="D44" s="1" t="s">
         <x:v>252</x:v>
       </x:c>
-      <x:c r="D44" s="1" t="s">
+      <x:c r="E44" s="1" t="s">
         <x:v>253</x:v>
       </x:c>
-      <x:c r="E44" s="1" t="s">
+      <x:c r="F44" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G44" s="1" t="s">
         <x:v>254</x:v>
       </x:c>
-      <x:c r="F44" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G44" s="1" t="s">
+      <x:c r="H44" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I44" s="1" t="s">
         <x:v>255</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>256</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="C45" s="1" t="s">
         <x:v>257</x:v>
       </x:c>
-      <x:c r="C45" s="1" t="s">
+      <x:c r="D45" s="1" t="s">
         <x:v>258</x:v>
       </x:c>
-      <x:c r="D45" s="1" t="s">
+      <x:c r="E45" s="1" t="s">
         <x:v>259</x:v>
       </x:c>
-      <x:c r="E45" s="1" t="s">
+      <x:c r="F45" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G45" s="1" t="s">
         <x:v>260</x:v>
       </x:c>
-      <x:c r="F45" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G45" s="1" t="s">
+      <x:c r="H45" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I45" s="1" t="s">
         <x:v>261</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>262</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="C46" s="1" t="s">
         <x:v>263</x:v>
       </x:c>
-      <x:c r="C46" s="1" t="s">
+      <x:c r="D46" s="1" t="s">
         <x:v>264</x:v>
       </x:c>
-      <x:c r="D46" s="1" t="s">
+      <x:c r="E46" s="1" t="s">
         <x:v>265</x:v>
       </x:c>
-      <x:c r="E46" s="1" t="s">
+      <x:c r="F46" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G46" s="1" t="s">
         <x:v>266</x:v>
       </x:c>
-      <x:c r="F46" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G46" s="1" t="s">
+      <x:c r="H46" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I46" s="1" t="s">
         <x:v>267</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="C47" s="1" t="s">
         <x:v>269</x:v>
       </x:c>
-      <x:c r="C47" s="1" t="s">
+      <x:c r="D47" s="1" t="s">
         <x:v>270</x:v>
       </x:c>
-      <x:c r="D47" s="1" t="s">
+      <x:c r="E47" s="1" t="s">
         <x:v>271</x:v>
       </x:c>
-      <x:c r="E47" s="1" t="s">
+      <x:c r="F47" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G47" s="1" t="s">
         <x:v>272</x:v>
       </x:c>
-      <x:c r="F47" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H47" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>267</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="C48" s="1" t="s">
+        <x:v>274</x:v>
+      </x:c>
+      <x:c r="D48" s="1" t="s">
         <x:v>275</x:v>
       </x:c>
-      <x:c r="C48" s="1" t="s">
+      <x:c r="E48" s="1" t="s">
         <x:v>276</x:v>
       </x:c>
-      <x:c r="D48" s="1" t="s">
+      <x:c r="F48" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G48" s="1" t="s">
         <x:v>277</x:v>
       </x:c>
-      <x:c r="E48" s="1" t="s">
+      <x:c r="H48" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I48" s="1" t="s">
         <x:v>278</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="C49" s="1" t="s">
+        <x:v>280</x:v>
+      </x:c>
+      <x:c r="D49" s="1" t="s">
         <x:v>281</x:v>
       </x:c>
-      <x:c r="C49" s="1" t="s">
+      <x:c r="E49" s="1" t="s">
         <x:v>282</x:v>
       </x:c>
-      <x:c r="D49" s="1" t="s">
+      <x:c r="F49" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G49" s="1" t="s">
         <x:v>283</x:v>
       </x:c>
-      <x:c r="E49" s="1" t="s">
+      <x:c r="H49" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I49" s="1" t="s">
         <x:v>284</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="C50" s="1" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="D50" s="1" t="s">
         <x:v>287</x:v>
       </x:c>
-      <x:c r="C50" s="1" t="s">
+      <x:c r="E50" s="1" t="s">
         <x:v>288</x:v>
       </x:c>
-      <x:c r="D50" s="1" t="s">
+      <x:c r="F50" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G50" s="1" t="s">
         <x:v>289</x:v>
       </x:c>
-      <x:c r="E50" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H50" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I50" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>284</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="C51" s="1" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="D51" s="1" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="E51" s="1" t="s">
         <x:v>293</x:v>
       </x:c>
-      <x:c r="C51" s="1" t="s">
+      <x:c r="F51" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G51" s="1" t="s">
         <x:v>294</x:v>
       </x:c>
-      <x:c r="D51" s="1" t="s">
+      <x:c r="H51" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I51" s="1" t="s">
         <x:v>295</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>298</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="D52" s="1" t="s">
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="E52" s="1" t="s">
         <x:v>299</x:v>
       </x:c>
-      <x:c r="C52" s="1" t="s">
+      <x:c r="F52" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G52" s="1" t="s">
         <x:v>300</x:v>
       </x:c>
-      <x:c r="D52" s="1" t="s">
+      <x:c r="H52" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I52" s="1" t="s">
         <x:v>301</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="C53" s="1" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="D53" s="1" t="s">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="E53" s="1" t="s">
         <x:v>305</x:v>
       </x:c>
-      <x:c r="C53" s="1" t="s">
+      <x:c r="F53" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G53" s="1" t="s">
         <x:v>306</x:v>
       </x:c>
-      <x:c r="D53" s="1" t="s">
+      <x:c r="H53" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I53" s="1" t="s">
         <x:v>307</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>310</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="C54" s="1" t="s">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="D54" s="1" t="s">
+        <x:v>310</x:v>
+      </x:c>
+      <x:c r="E54" s="1" t="s">
         <x:v>311</x:v>
       </x:c>
-      <x:c r="C54" s="1" t="s">
+      <x:c r="F54" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G54" s="1" t="s">
         <x:v>312</x:v>
       </x:c>
-      <x:c r="D54" s="1" t="s">
+      <x:c r="H54" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I54" s="1" t="s">
         <x:v>313</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>316</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="C55" s="1" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="D55" s="1" t="s">
+        <x:v>316</x:v>
+      </x:c>
+      <x:c r="E55" s="1" t="s">
         <x:v>317</x:v>
       </x:c>
-      <x:c r="C55" s="1" t="s">
+      <x:c r="F55" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G55" s="1" t="s">
         <x:v>318</x:v>
       </x:c>
-      <x:c r="D55" s="1" t="s">
+      <x:c r="H55" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I55" s="1" t="s">
         <x:v>319</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>322</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="C56" s="1" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="D56" s="1" t="s">
+        <x:v>322</x:v>
+      </x:c>
+      <x:c r="E56" s="1" t="s">
         <x:v>323</x:v>
       </x:c>
-      <x:c r="C56" s="1" t="s">
+      <x:c r="F56" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G56" s="1" t="s">
         <x:v>324</x:v>
       </x:c>
-      <x:c r="D56" s="1" t="s">
+      <x:c r="H56" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I56" s="1" t="s">
         <x:v>325</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>328</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="C57" s="1" t="s">
+        <x:v>327</x:v>
+      </x:c>
+      <x:c r="D57" s="1" t="s">
+        <x:v>327</x:v>
+      </x:c>
+      <x:c r="E57" s="1" t="s">
+        <x:v>328</x:v>
+      </x:c>
+      <x:c r="F57" s="1" t="s">
         <x:v>329</x:v>
       </x:c>
-      <x:c r="C57" s="1" t="s">
+      <x:c r="G57" s="1" t="s">
         <x:v>330</x:v>
       </x:c>
-      <x:c r="D57" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H57" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
-        <x:v>114</x:v>
+        <x:v>301</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="C58" s="1" t="s">
+        <x:v>327</x:v>
+      </x:c>
+      <x:c r="D58" s="1" t="s">
+        <x:v>327</x:v>
+      </x:c>
+      <x:c r="E58" s="1" t="s">
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="F58" s="1" t="s">
+        <x:v>329</x:v>
+      </x:c>
+      <x:c r="G58" s="1" t="s">
+        <x:v>333</x:v>
+      </x:c>
+      <x:c r="H58" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I58" s="1" t="s">
         <x:v>334</x:v>
-      </x:c>
-[...19 lines deleted...]
-        <x:v>337</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
       <x:c r="A59" s="1">
         <x:v>56</x:v>
       </x:c>
       <x:c r="B59" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="C59" s="1" t="s">
+        <x:v>335</x:v>
+      </x:c>
+      <x:c r="D59" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E59" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F59" s="1" t="s">
+        <x:v>336</x:v>
+      </x:c>
+      <x:c r="G59" s="1" t="s">
+        <x:v>337</x:v>
+      </x:c>
+      <x:c r="H59" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I59" s="1" t="s">
         <x:v>338</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>341</x:v>
       </x:c>
     </x:row>
     <x:row r="60" spans="1:9" ht="15" customHeight="1">
       <x:c r="A60" s="2" t="s">
-        <x:v>342</x:v>
+        <x:v>339</x:v>
       </x:c>
       <x:c r="B60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="G60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="H60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="I60" s="2" t="s">
         <x:v>1</x:v>
       </x:c>