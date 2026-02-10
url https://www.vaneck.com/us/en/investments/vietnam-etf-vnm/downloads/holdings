--- v6 (2026-02-10)
+++ v7 (2026-02-10)
@@ -1,43 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d73b869fb5d4706" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb48c553139fa4d24" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="VNM_asof_20260209" sheetId="1" r:id="R6e98c78c384d4387"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="VNM_asof_20260209" sheetId="1" r:id="R391519974a3d46c9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="484" uniqueCount="340">
   <x:si>
     <x:t>Daily Holdings (%)  02/09/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
@@ -1087,51 +1087,51 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a1e1eacd11f4dc0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R15c1c1390e2d496b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6e98c78c384d4387" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra516ae84357f485a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R62c083dcc2f34134" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R391519974a3d46c9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:dimension ref="A1:I60"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="18" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="21" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">