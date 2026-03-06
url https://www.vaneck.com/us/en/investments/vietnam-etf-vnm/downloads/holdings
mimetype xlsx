--- v7 (2026-02-10)
+++ v8 (2026-03-06)
@@ -1,1065 +1,1059 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb48c553139fa4d24" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e8d4689cce44721" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="VNM_asof_20260209" sheetId="1" r:id="R391519974a3d46c9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="VNM_asof_20260304" sheetId="1" r:id="R6e1ed0f302d64e09"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="484" uniqueCount="340">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  02/09/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="476" uniqueCount="338">
+  <x:si>
+    <x:t>Daily Holdings (%)  03/04/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
+    <x:t>VIC VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vingroup Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000TD3TC9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,698,298</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stock</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$51,997,216.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t> -- </x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.46%</x:t>
+  </x:si>
+  <x:si>
     <x:t>VHM VN</x:t>
   </x:si>
   <x:si>
     <x:t>Vinhomes Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00KMYS8P1</x:t>
   </x:si>
   <x:si>
-    <x:t>12,627,167</x:t>
-[...29 lines deleted...]
-    <x:t>7.31%</x:t>
+    <x:t>12,479,167</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$44,497,916.39</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.24%</x:t>
   </x:si>
   <x:si>
     <x:t>MSN VN</x:t>
   </x:si>
   <x:si>
     <x:t>Masan Group Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PSPMR5</x:t>
   </x:si>
   <x:si>
-    <x:t>14,852,376</x:t>
-[...5 lines deleted...]
-    <x:t>7.26%</x:t>
+    <x:t>14,677,976</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$42,542,424.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.92%</x:t>
   </x:si>
   <x:si>
     <x:t>HPG VN</x:t>
   </x:si>
   <x:si>
     <x:t>Hoa Phat Group Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000TX8GM7</x:t>
   </x:si>
   <x:si>
-    <x:t>39,847,999</x:t>
-[...2 lines deleted...]
-    <x:t>$41,220,143.78</x:t>
+    <x:t>39,379,999</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$41,854,661.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.81%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SSI VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ssi Securities Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BN4DR4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>31,820,526</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$41,037,231.80</x:t>
   </x:si>
   <x:si>
     <x:t>6.68%</x:t>
   </x:si>
   <x:si>
     <x:t>VNM VN</x:t>
   </x:si>
   <x:si>
     <x:t>Vietnam Dairy Products Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BF6N60</x:t>
   </x:si>
   <x:si>
-    <x:t>14,240,541</x:t>
-[...23 lines deleted...]
-    <x:t>5.96%</x:t>
+    <x:t>14,073,341</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$34,832,478.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.67%</x:t>
   </x:si>
   <x:si>
     <x:t>VCB VN</x:t>
   </x:si>
   <x:si>
     <x:t>Bank For Foreign Trade Of Vietnam Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BM8HF6</x:t>
   </x:si>
   <x:si>
-    <x:t>14,036,001</x:t>
-[...5 lines deleted...]
-    <x:t>5.71%</x:t>
+    <x:t>13,871,201</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$33,379,056.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.43%</x:t>
   </x:si>
   <x:si>
     <x:t>VIX VN</x:t>
   </x:si>
   <x:si>
     <x:t>Vix Securities Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000Q3LMQ4</x:t>
   </x:si>
   <x:si>
-    <x:t>27,181,006</x:t>
-[...5 lines deleted...]
-    <x:t>3.54%</x:t>
+    <x:t>26,861,806</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$21,711,452.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VCI VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vietcap Securities Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0073XTVS8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,934,635</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$18,613,742.96</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3.03%</x:t>
   </x:si>
   <x:si>
     <x:t>VRE VN</x:t>
   </x:si>
   <x:si>
     <x:t>Vincom Retail Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG004MP70P6</x:t>
   </x:si>
   <x:si>
-    <x:t>15,782,422</x:t>
-[...5 lines deleted...]
-    <x:t>2.79%</x:t>
+    <x:t>15,596,822</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,654,692.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.71%</x:t>
   </x:si>
   <x:si>
     <x:t>VJC VN</x:t>
   </x:si>
   <x:si>
     <x:t>Vietjet Aviation Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000QBJXH5</x:t>
   </x:si>
   <x:si>
-    <x:t>2,626,340</x:t>
-[...23 lines deleted...]
-    <x:t>2.60%</x:t>
+    <x:t>2,595,140</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$16,151,892.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.63%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TCX VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Techcom Securities Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00YPQWJB1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,611,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,633,651.77</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.54%</x:t>
   </x:si>
   <x:si>
     <x:t>VND VN</x:t>
   </x:si>
   <x:si>
     <x:t>Vndirect Securities Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000QK20H5</x:t>
   </x:si>
   <x:si>
-    <x:t>21,731,625</x:t>
-[...23 lines deleted...]
-    <x:t>2.31%</x:t>
+    <x:t>21,476,425</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,414,312.20</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.51%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STB VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Saigon Thuong Tin Commercial Jsb</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000D7H3V0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,388,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,742,830.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.24%</x:t>
   </x:si>
   <x:si>
     <x:t>SHB VN</x:t>
   </x:si>
   <x:si>
     <x:t>Saigon - Hanoi Commercial Joint Stock B</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000G88YK9</x:t>
   </x:si>
   <x:si>
-    <x:t>23,042,292</x:t>
-[...23 lines deleted...]
-    <x:t>2.06%</x:t>
+    <x:t>22,771,892</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$13,485,279.27</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.19%</x:t>
   </x:si>
   <x:si>
     <x:t>FPT VN</x:t>
   </x:si>
   <x:si>
     <x:t>Fpt Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PMZJZ5</x:t>
   </x:si>
   <x:si>
-    <x:t>3,283,900</x:t>
-[...5 lines deleted...]
-    <x:t>2.04%</x:t>
+    <x:t>3,245,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,579,446.34</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.72%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GEX VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gelex Group Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00B8G4S87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,227,142</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,721,179.01</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GEE VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gelex Electric Equipment Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG015PZHH97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,465,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,167,713.52</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.49%</x:t>
   </x:si>
   <x:si>
     <x:t>KBC VN</x:t>
   </x:si>
   <x:si>
     <x:t>Kinh Bac City Development Share Holding</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000V13PL0</x:t>
   </x:si>
   <x:si>
-    <x:t>7,083,800</x:t>
-[...41 lines deleted...]
-    <x:t>1.45%</x:t>
+    <x:t>7,000,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,829,510.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.44%</x:t>
   </x:si>
   <x:si>
     <x:t>EIB VN</x:t>
   </x:si>
   <x:si>
     <x:t>Vietnam Export Import Commercial Jsb</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DB3KG5</x:t>
   </x:si>
   <x:si>
-    <x:t>9,702,129</x:t>
-[...5 lines deleted...]
-    <x:t>1.24%</x:t>
+    <x:t>9,588,529</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$8,241,667.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.34%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DGC VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Duc Giang Chemicals Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG003QTZ0W7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,750,932</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,489,930.00</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.22%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PVD VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Petrovietnam Drilling &amp; Well Services J</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000QFV9X7</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,345,388</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,400,761.78</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.20%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HAG VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hagl Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000GCXWG1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,353,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,921,577.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.13%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>POW VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Petrovietnam Power Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG002NF5FT6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,698,747</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,901,420.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.12%</x:t>
   </x:si>
   <x:si>
     <x:t>NVL VN</x:t>
   </x:si>
   <x:si>
     <x:t>No Va Land Investment Group Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG003RR1FD5</x:t>
   </x:si>
   <x:si>
-    <x:t>15,800,458</x:t>
-[...41 lines deleted...]
-    <x:t>1.17%</x:t>
+    <x:t>15,614,858</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,610,030.84</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.08%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PVS VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Petrovietnam Technical Services Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000TFTNF6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,312,807</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,554,653.74</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.07%</x:t>
   </x:si>
   <x:si>
     <x:t>SBT VN</x:t>
   </x:si>
   <x:si>
     <x:t>Thanh Thanh Cong - Bien Hoa Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000DWVGH6</x:t>
   </x:si>
   <x:si>
-    <x:t>7,095,618</x:t>
-[...23 lines deleted...]
-    <x:t>1.00%</x:t>
+    <x:t>7,012,418</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,390,524.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.04%</x:t>
   </x:si>
   <x:si>
     <x:t>HUT VN</x:t>
   </x:si>
   <x:si>
     <x:t>Tasco Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000VGW3Y0</x:t>
   </x:si>
   <x:si>
-    <x:t>9,893,000</x:t>
-[...41 lines deleted...]
-    <x:t>0.94%</x:t>
+    <x:t>9,777,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,816,646.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.95%</x:t>
   </x:si>
   <x:si>
     <x:t>BVH VN</x:t>
   </x:si>
   <x:si>
     <x:t>Bao Viet Holdings</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000N1D2L9</x:t>
   </x:si>
   <x:si>
-    <x:t>1,859,296</x:t>
-[...5 lines deleted...]
-    <x:t>0.88%</x:t>
+    <x:t>1,837,696</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,609,672.95</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.91%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VHC VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vinh Hoan Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000V0W6M1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,185,260</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,199,274.37</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.85%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SHS VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sai Gon-Ha Noi Securities Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000JP1G79</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,199,624</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,161,906.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.84%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DPM VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Petrovietnam Fertilizer &amp; Chemicals Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000TSXTH8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,409,186</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,087,026.58</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.83%</x:t>
   </x:si>
   <x:si>
     <x:t>VPI VN</x:t>
   </x:si>
   <x:si>
     <x:t>Van Phu - Invest Investment Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00JC6HXT9</x:t>
   </x:si>
   <x:si>
-    <x:t>2,348,552</x:t>
-[...5 lines deleted...]
-    <x:t>0.86%</x:t>
+    <x:t>2,321,352</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,063,834.43</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.82%</x:t>
   </x:si>
   <x:si>
     <x:t>NAB VN</x:t>
   </x:si>
   <x:si>
     <x:t>Nam A Commercial Jsb</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00N6NJMG6</x:t>
   </x:si>
   <x:si>
-    <x:t>9,599,900</x:t>
-[...5 lines deleted...]
-    <x:t>0.84%</x:t>
+    <x:t>9,487,100</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,965,801.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.81%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>IDC VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Idico Corp Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0055XHM94</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,749,016</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,833,043.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.79%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SIP VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sai Gon Vrg Investment Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG003SZSNJ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,124,420</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,787,785.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.78%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KDH VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Khang Dien House Trading And Investment</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000Q7Z3F4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,705,472</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,736,324.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.77%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DCM VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Petrovietnam Ca Mau Fertilizer Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG008D1PSN1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,421,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,617,394.12</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.75%</x:t>
   </x:si>
   <x:si>
     <x:t>PDR VN</x:t>
   </x:si>
   <x:si>
     <x:t>Phat Dat Real Estate Development Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BG7X29</x:t>
   </x:si>
   <x:si>
-    <x:t>7,748,162</x:t>
-[...89 lines deleted...]
-    <x:t>0.79%</x:t>
+    <x:t>7,656,962</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,567,490.80</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.74%</x:t>
   </x:si>
   <x:si>
     <x:t>HVN VN</x:t>
   </x:si>
   <x:si>
     <x:t>Vietnam Airlines Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000FWLXH8</x:t>
   </x:si>
   <x:si>
-    <x:t>4,802,800</x:t>
-[...2 lines deleted...]
-    <x:t>$4,848,083.57</x:t>
+    <x:t>4,746,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,539,842.53</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FTS VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fpt Securities Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0019LTG04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,565,934</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,324,782.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.70%</x:t>
   </x:si>
   <x:si>
     <x:t>SAB VN</x:t>
   </x:si>
   <x:si>
     <x:t>Saigon Beer Alcohol Beverage Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000V9NNW4</x:t>
   </x:si>
   <x:si>
-    <x:t>2,471,700</x:t>
-[...41 lines deleted...]
-    <x:t>0.71%</x:t>
+    <x:t>2,442,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,285,544.31</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VCG VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vietnam Construction And Import-Export</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BLCJC2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,422,819</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,960,375.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.64%</x:t>
   </x:si>
   <x:si>
     <x:t>BAF VN</x:t>
   </x:si>
   <x:si>
     <x:t>Baf Viet Nam Agriculture Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG013T7PJ15</x:t>
   </x:si>
   <x:si>
-    <x:t>2,758,600</x:t>
-[...23 lines deleted...]
-    <x:t>0.62%</x:t>
+    <x:t>2,726,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,862,982.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.63%</x:t>
   </x:si>
   <x:si>
     <x:t>KDC VN</x:t>
   </x:si>
   <x:si>
     <x:t>Kido Group Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000LNDM11</x:t>
   </x:si>
   <x:si>
-    <x:t>1,900,636</x:t>
-[...20 lines deleted...]
-    <x:t>0.61%</x:t>
+    <x:t>1,878,236</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,624,458.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.59%</x:t>
   </x:si>
   <x:si>
     <x:t>DXG VN</x:t>
   </x:si>
   <x:si>
     <x:t>Dat Xanh Group Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000Q1XB43</x:t>
   </x:si>
   <x:si>
-    <x:t>6,437,965</x:t>
-[...5 lines deleted...]
-    <x:t>0.60%</x:t>
+    <x:t>6,361,965</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,533,190.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.58%</x:t>
   </x:si>
   <x:si>
     <x:t>TCH VN</x:t>
   </x:si>
   <x:si>
     <x:t>Hoang Huy Investment Financial Services</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00DVPC837</x:t>
   </x:si>
   <x:si>
-    <x:t>6,332,255</x:t>
-[...2 lines deleted...]
-    <x:t>$3,672,125.24</x:t>
+    <x:t>6,257,855</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,343,030.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.54%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HSG VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hoa Sen Group</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000KFK1K6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,211,001</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,028,446.04</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.49%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DIG VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Development Investment Construction Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000TW9M63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,468,794</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,939,234.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.48%</x:t>
   </x:si>
   <x:si>
     <x:t>CEO VN</x:t>
   </x:si>
   <x:si>
     <x:t>Ceo Group Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0076J67K2</x:t>
   </x:si>
   <x:si>
-    <x:t>4,816,095</x:t>
-[...41 lines deleted...]
-    <x:t>0.51%</x:t>
+    <x:t>4,759,295</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,921,862.45</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HDG VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ha Do Group Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000Q6YTV2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,048,456</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,257,704.54</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.37%</x:t>
   </x:si>
   <x:si>
     <x:t>CTR VN</x:t>
   </x:si>
   <x:si>
     <x:t>Viettel Construction Joint Stock Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG003TCC6P1</x:t>
   </x:si>
   <x:si>
-    <x:t>637,700</x:t>
-[...20 lines deleted...]
-    <x:t>$2,094,843.64</x:t>
+    <x:t>630,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,107,393.63</x:t>
   </x:si>
   <x:si>
     <x:t>0.34%</x:t>
   </x:si>
   <x:si>
     <x:t>FUEVFVND VN</x:t>
   </x:si>
   <x:si>
     <x:t>Dcvfmvn Diamond ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00TR4HHL9</x:t>
   </x:si>
   <x:si>
     <x:t>62,610</x:t>
   </x:si>
   <x:si>
-    <x:t>$94,603.11</x:t>
+    <x:t>$93,315.14</x:t>
   </x:si>
   <x:si>
     <x:t>0.02%</x:t>
   </x:si>
   <x:si>
     <x:t>-VND CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>86,841,927,067</x:t>
+    <x:t>86,841,974,877</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,350,382.99</x:t>
-[...11 lines deleted...]
-    <x:t>-0.60%</x:t>
+    <x:t>$3,311,861.44</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$777,420.72</x:t>
-[...2 lines deleted...]
-    <x:t>0.13%</x:t>
+    <x:t>$-10,418,297.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-1.70%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1087,56 +1081,56 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra516ae84357f485a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="R62c083dcc2f34134" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R391519974a3d46c9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0924b40641ee40ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re3dfc437af304629" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6e1ed0f302d64e09" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I60"/>
+  <x:dimension ref="A1:I59"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="18" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
     <x:col min="5" max="5" width="21" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -2117,761 +2111,732 @@
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
       <x:c r="C35" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
       <x:c r="D35" s="1" t="s">
         <x:v>201</x:v>
       </x:c>
       <x:c r="E35" s="1" t="s">
         <x:v>202</x:v>
       </x:c>
       <x:c r="F35" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G35" s="1" t="s">
         <x:v>203</x:v>
       </x:c>
       <x:c r="H35" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I35" s="1" t="s">
-        <x:v>198</x:v>
+        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
-        <x:v>204</x:v>
+        <x:v>205</x:v>
       </x:c>
       <x:c r="C36" s="1" t="s">
-        <x:v>205</x:v>
+        <x:v>206</x:v>
       </x:c>
       <x:c r="D36" s="1" t="s">
-        <x:v>206</x:v>
+        <x:v>207</x:v>
       </x:c>
       <x:c r="E36" s="1" t="s">
-        <x:v>207</x:v>
+        <x:v>208</x:v>
       </x:c>
       <x:c r="F36" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G36" s="1" t="s">
-        <x:v>208</x:v>
+        <x:v>209</x:v>
       </x:c>
       <x:c r="H36" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I36" s="1" t="s">
-        <x:v>209</x:v>
+        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
-        <x:v>210</x:v>
+        <x:v>211</x:v>
       </x:c>
       <x:c r="C37" s="1" t="s">
-        <x:v>211</x:v>
+        <x:v>212</x:v>
       </x:c>
       <x:c r="D37" s="1" t="s">
-        <x:v>212</x:v>
+        <x:v>213</x:v>
       </x:c>
       <x:c r="E37" s="1" t="s">
-        <x:v>213</x:v>
+        <x:v>214</x:v>
       </x:c>
       <x:c r="F37" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G37" s="1" t="s">
-        <x:v>214</x:v>
+        <x:v>215</x:v>
       </x:c>
       <x:c r="H37" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I37" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
-        <x:v>216</x:v>
+        <x:v>217</x:v>
       </x:c>
       <x:c r="C38" s="1" t="s">
-        <x:v>217</x:v>
+        <x:v>218</x:v>
       </x:c>
       <x:c r="D38" s="1" t="s">
-        <x:v>218</x:v>
+        <x:v>219</x:v>
       </x:c>
       <x:c r="E38" s="1" t="s">
-        <x:v>219</x:v>
+        <x:v>220</x:v>
       </x:c>
       <x:c r="F38" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G38" s="1" t="s">
-        <x:v>220</x:v>
+        <x:v>221</x:v>
       </x:c>
       <x:c r="H38" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I38" s="1" t="s">
-        <x:v>215</x:v>
+        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
-        <x:v>221</x:v>
+        <x:v>223</x:v>
       </x:c>
       <x:c r="C39" s="1" t="s">
-        <x:v>222</x:v>
+        <x:v>224</x:v>
       </x:c>
       <x:c r="D39" s="1" t="s">
-        <x:v>223</x:v>
+        <x:v>225</x:v>
       </x:c>
       <x:c r="E39" s="1" t="s">
-        <x:v>224</x:v>
+        <x:v>226</x:v>
       </x:c>
       <x:c r="F39" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G39" s="1" t="s">
-        <x:v>225</x:v>
+        <x:v>227</x:v>
       </x:c>
       <x:c r="H39" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I39" s="1" t="s">
-        <x:v>226</x:v>
+        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
-        <x:v>227</x:v>
+        <x:v>229</x:v>
       </x:c>
       <x:c r="C40" s="1" t="s">
-        <x:v>228</x:v>
+        <x:v>230</x:v>
       </x:c>
       <x:c r="D40" s="1" t="s">
-        <x:v>229</x:v>
+        <x:v>231</x:v>
       </x:c>
       <x:c r="E40" s="1" t="s">
-        <x:v>230</x:v>
+        <x:v>232</x:v>
       </x:c>
       <x:c r="F40" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G40" s="1" t="s">
-        <x:v>231</x:v>
+        <x:v>233</x:v>
       </x:c>
       <x:c r="H40" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>234</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
-        <x:v>233</x:v>
+        <x:v>235</x:v>
       </x:c>
       <x:c r="C41" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>236</x:v>
       </x:c>
       <x:c r="D41" s="1" t="s">
-        <x:v>235</x:v>
+        <x:v>237</x:v>
       </x:c>
       <x:c r="E41" s="1" t="s">
-        <x:v>236</x:v>
+        <x:v>238</x:v>
       </x:c>
       <x:c r="F41" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G41" s="1" t="s">
-        <x:v>237</x:v>
+        <x:v>239</x:v>
       </x:c>
       <x:c r="H41" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I41" s="1" t="s">
-        <x:v>232</x:v>
+        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
-        <x:v>238</x:v>
+        <x:v>241</x:v>
       </x:c>
       <x:c r="C42" s="1" t="s">
-        <x:v>239</x:v>
+        <x:v>242</x:v>
       </x:c>
       <x:c r="D42" s="1" t="s">
-        <x:v>240</x:v>
+        <x:v>243</x:v>
       </x:c>
       <x:c r="E42" s="1" t="s">
-        <x:v>241</x:v>
+        <x:v>244</x:v>
       </x:c>
       <x:c r="F42" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G42" s="1" t="s">
-        <x:v>242</x:v>
+        <x:v>245</x:v>
       </x:c>
       <x:c r="H42" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
-        <x:v>243</x:v>
+        <x:v>246</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
-        <x:v>244</x:v>
+        <x:v>247</x:v>
       </x:c>
       <x:c r="C43" s="1" t="s">
-        <x:v>245</x:v>
+        <x:v>248</x:v>
       </x:c>
       <x:c r="D43" s="1" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="E43" s="1" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="F43" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G43" s="1" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="H43" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I43" s="1" t="s">
         <x:v>246</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>249</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
-        <x:v>250</x:v>
+        <x:v>252</x:v>
       </x:c>
       <x:c r="C44" s="1" t="s">
-        <x:v>251</x:v>
+        <x:v>253</x:v>
       </x:c>
       <x:c r="D44" s="1" t="s">
-        <x:v>252</x:v>
+        <x:v>254</x:v>
       </x:c>
       <x:c r="E44" s="1" t="s">
-        <x:v>253</x:v>
+        <x:v>255</x:v>
       </x:c>
       <x:c r="F44" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G44" s="1" t="s">
-        <x:v>254</x:v>
+        <x:v>256</x:v>
       </x:c>
       <x:c r="H44" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I44" s="1" t="s">
-        <x:v>255</x:v>
+        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
-        <x:v>256</x:v>
+        <x:v>258</x:v>
       </x:c>
       <x:c r="C45" s="1" t="s">
+        <x:v>259</x:v>
+      </x:c>
+      <x:c r="D45" s="1" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="E45" s="1" t="s">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="F45" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G45" s="1" t="s">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="H45" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I45" s="1" t="s">
         <x:v>257</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>261</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
-        <x:v>262</x:v>
+        <x:v>263</x:v>
       </x:c>
       <x:c r="C46" s="1" t="s">
-        <x:v>263</x:v>
+        <x:v>264</x:v>
       </x:c>
       <x:c r="D46" s="1" t="s">
-        <x:v>264</x:v>
+        <x:v>265</x:v>
       </x:c>
       <x:c r="E46" s="1" t="s">
-        <x:v>265</x:v>
+        <x:v>266</x:v>
       </x:c>
       <x:c r="F46" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G46" s="1" t="s">
-        <x:v>266</x:v>
+        <x:v>267</x:v>
       </x:c>
       <x:c r="H46" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I46" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
-        <x:v>268</x:v>
+        <x:v>269</x:v>
       </x:c>
       <x:c r="C47" s="1" t="s">
-        <x:v>269</x:v>
+        <x:v>270</x:v>
       </x:c>
       <x:c r="D47" s="1" t="s">
-        <x:v>270</x:v>
+        <x:v>271</x:v>
       </x:c>
       <x:c r="E47" s="1" t="s">
-        <x:v>271</x:v>
+        <x:v>272</x:v>
       </x:c>
       <x:c r="F47" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G47" s="1" t="s">
-        <x:v>272</x:v>
+        <x:v>273</x:v>
       </x:c>
       <x:c r="H47" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I47" s="1" t="s">
-        <x:v>267</x:v>
+        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
-        <x:v>273</x:v>
+        <x:v>275</x:v>
       </x:c>
       <x:c r="C48" s="1" t="s">
-        <x:v>274</x:v>
+        <x:v>276</x:v>
       </x:c>
       <x:c r="D48" s="1" t="s">
-        <x:v>275</x:v>
+        <x:v>277</x:v>
       </x:c>
       <x:c r="E48" s="1" t="s">
-        <x:v>276</x:v>
+        <x:v>278</x:v>
       </x:c>
       <x:c r="F48" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G48" s="1" t="s">
-        <x:v>277</x:v>
+        <x:v>279</x:v>
       </x:c>
       <x:c r="H48" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I48" s="1" t="s">
-        <x:v>278</x:v>
+        <x:v>280</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
-        <x:v>279</x:v>
+        <x:v>281</x:v>
       </x:c>
       <x:c r="C49" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>282</x:v>
       </x:c>
       <x:c r="D49" s="1" t="s">
-        <x:v>281</x:v>
+        <x:v>283</x:v>
       </x:c>
       <x:c r="E49" s="1" t="s">
-        <x:v>282</x:v>
+        <x:v>284</x:v>
       </x:c>
       <x:c r="F49" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G49" s="1" t="s">
-        <x:v>283</x:v>
+        <x:v>285</x:v>
       </x:c>
       <x:c r="H49" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I49" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
-        <x:v>285</x:v>
+        <x:v>287</x:v>
       </x:c>
       <x:c r="C50" s="1" t="s">
-        <x:v>286</x:v>
+        <x:v>288</x:v>
       </x:c>
       <x:c r="D50" s="1" t="s">
-        <x:v>287</x:v>
+        <x:v>289</x:v>
       </x:c>
       <x:c r="E50" s="1" t="s">
-        <x:v>288</x:v>
+        <x:v>290</x:v>
       </x:c>
       <x:c r="F50" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G50" s="1" t="s">
-        <x:v>289</x:v>
+        <x:v>291</x:v>
       </x:c>
       <x:c r="H50" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I50" s="1" t="s">
-        <x:v>284</x:v>
+        <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
-        <x:v>290</x:v>
+        <x:v>293</x:v>
       </x:c>
       <x:c r="C51" s="1" t="s">
-        <x:v>291</x:v>
+        <x:v>294</x:v>
       </x:c>
       <x:c r="D51" s="1" t="s">
-        <x:v>292</x:v>
+        <x:v>295</x:v>
       </x:c>
       <x:c r="E51" s="1" t="s">
-        <x:v>293</x:v>
+        <x:v>296</x:v>
       </x:c>
       <x:c r="F51" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G51" s="1" t="s">
-        <x:v>294</x:v>
+        <x:v>297</x:v>
       </x:c>
       <x:c r="H51" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I51" s="1" t="s">
-        <x:v>295</x:v>
+        <x:v>298</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
-        <x:v>296</x:v>
+        <x:v>299</x:v>
       </x:c>
       <x:c r="C52" s="1" t="s">
-        <x:v>297</x:v>
+        <x:v>300</x:v>
       </x:c>
       <x:c r="D52" s="1" t="s">
-        <x:v>298</x:v>
+        <x:v>301</x:v>
       </x:c>
       <x:c r="E52" s="1" t="s">
-        <x:v>299</x:v>
+        <x:v>302</x:v>
       </x:c>
       <x:c r="F52" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G52" s="1" t="s">
-        <x:v>300</x:v>
+        <x:v>303</x:v>
       </x:c>
       <x:c r="H52" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I52" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
-        <x:v>302</x:v>
+        <x:v>305</x:v>
       </x:c>
       <x:c r="C53" s="1" t="s">
-        <x:v>303</x:v>
+        <x:v>306</x:v>
       </x:c>
       <x:c r="D53" s="1" t="s">
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="E53" s="1" t="s">
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="F53" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G53" s="1" t="s">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="H53" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I53" s="1" t="s">
         <x:v>304</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>307</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
-        <x:v>308</x:v>
+        <x:v>310</x:v>
       </x:c>
       <x:c r="C54" s="1" t="s">
-        <x:v>309</x:v>
+        <x:v>311</x:v>
       </x:c>
       <x:c r="D54" s="1" t="s">
-        <x:v>310</x:v>
+        <x:v>312</x:v>
       </x:c>
       <x:c r="E54" s="1" t="s">
-        <x:v>311</x:v>
+        <x:v>313</x:v>
       </x:c>
       <x:c r="F54" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G54" s="1" t="s">
-        <x:v>312</x:v>
+        <x:v>314</x:v>
       </x:c>
       <x:c r="H54" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I54" s="1" t="s">
-        <x:v>313</x:v>
+        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
-        <x:v>314</x:v>
+        <x:v>316</x:v>
       </x:c>
       <x:c r="C55" s="1" t="s">
-        <x:v>315</x:v>
+        <x:v>317</x:v>
       </x:c>
       <x:c r="D55" s="1" t="s">
-        <x:v>316</x:v>
+        <x:v>318</x:v>
       </x:c>
       <x:c r="E55" s="1" t="s">
-        <x:v>317</x:v>
+        <x:v>319</x:v>
       </x:c>
       <x:c r="F55" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G55" s="1" t="s">
-        <x:v>318</x:v>
+        <x:v>320</x:v>
       </x:c>
       <x:c r="H55" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I55" s="1" t="s">
-        <x:v>319</x:v>
+        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
-        <x:v>320</x:v>
+        <x:v>322</x:v>
       </x:c>
       <x:c r="C56" s="1" t="s">
-        <x:v>321</x:v>
+        <x:v>323</x:v>
       </x:c>
       <x:c r="D56" s="1" t="s">
-        <x:v>322</x:v>
+        <x:v>324</x:v>
       </x:c>
       <x:c r="E56" s="1" t="s">
-        <x:v>323</x:v>
+        <x:v>325</x:v>
       </x:c>
       <x:c r="F56" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G56" s="1" t="s">
-        <x:v>324</x:v>
+        <x:v>326</x:v>
       </x:c>
       <x:c r="H56" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I56" s="1" t="s">
-        <x:v>325</x:v>
+        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
-        <x:v>326</x:v>
+        <x:v>328</x:v>
       </x:c>
       <x:c r="C57" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="D57" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>329</x:v>
       </x:c>
       <x:c r="E57" s="1" t="s">
-        <x:v>328</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="F57" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>331</x:v>
       </x:c>
       <x:c r="G57" s="1" t="s">
-        <x:v>330</x:v>
+        <x:v>332</x:v>
       </x:c>
       <x:c r="H57" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I57" s="1" t="s">
-        <x:v>301</x:v>
+        <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>331</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>333</x:v>
       </x:c>
       <x:c r="D58" s="1" t="s">
-        <x:v>327</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="E58" s="1" t="s">
-        <x:v>332</x:v>
+        <x:v>17</x:v>
       </x:c>
       <x:c r="F58" s="1" t="s">
-        <x:v>329</x:v>
+        <x:v>334</x:v>
       </x:c>
       <x:c r="G58" s="1" t="s">
-        <x:v>333</x:v>
+        <x:v>335</x:v>
       </x:c>
       <x:c r="H58" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I58" s="1" t="s">
-        <x:v>334</x:v>
+        <x:v>336</x:v>
       </x:c>
     </x:row>
     <x:row r="59" spans="1:9" ht="15" customHeight="1">
-      <x:c r="A59" s="1">
-[...17 lines deleted...]
-      <x:c r="G59" s="1" t="s">
+      <x:c r="A59" s="2" t="s">
         <x:v>337</x:v>
       </x:c>
-      <x:c r="H59" s="1" t="s">
-[...10 lines deleted...]
-      <x:c r="B60" s="2" t="s">
+      <x:c r="B59" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C60" s="2" t="s">
+      <x:c r="C59" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D60" s="2" t="s">
+      <x:c r="D59" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E60" s="2" t="s">
+      <x:c r="E59" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F60" s="2" t="s">
+      <x:c r="F59" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G60" s="2" t="s">
+      <x:c r="G59" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="H60" s="2" t="s">
+      <x:c r="H59" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I60" s="2" t="s">
+      <x:c r="I59" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A60:I60"/>
+    <x:mergeCell ref="A59:I59"/>
   </x:mergeCells>
 </x:worksheet>
 </file>