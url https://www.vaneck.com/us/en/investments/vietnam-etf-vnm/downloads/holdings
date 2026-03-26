--- v8 (2026-03-06)
+++ v9 (2026-03-26)
@@ -1,1059 +1,1134 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7e8d4689cce44721" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R560a769fe0904b6b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="VNM_asof_20260304" sheetId="1" r:id="R6e1ed0f302d64e09"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="VNM_asof_20260325" sheetId="1" r:id="R448efa98f66b46f7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="476" uniqueCount="338">
-[...1 lines deleted...]
-    <x:t>Daily Holdings (%)  03/04/2026</x:t>
+<x:sst xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="516" uniqueCount="363">
+  <x:si>
+    <x:t>Daily Holdings (%)  03/25/2026</x:t>
   </x:si>
   <x:si>
     <x:t/>
   </x:si>
   <x:si>
     <x:t>Number</x:t>
   </x:si>
   <x:si>
     <x:t>Ticker</x:t>
   </x:si>
   <x:si>
     <x:t>Holding Name</x:t>
   </x:si>
   <x:si>
     <x:t>Identifier (FIGI)</x:t>
   </x:si>
   <x:si>
     <x:t>Shares</x:t>
   </x:si>
   <x:si>
     <x:t>Asset Class</x:t>
   </x:si>
   <x:si>
     <x:t>Market Value (US$)</x:t>
   </x:si>
   <x:si>
     <x:t>Notional Value</x:t>
   </x:si>
   <x:si>
     <x:t>% of Net Assets</x:t>
   </x:si>
   <x:si>
+    <x:t>VHM VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vinhomes Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00KMYS8P1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,794,267</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Stock</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$46,602,262.60</x:t>
+  </x:si>
+  <x:si>
+    <x:t> -- </x:t>
+  </x:si>
+  <x:si>
+    <x:t>8.86%</x:t>
+  </x:si>
+  <x:si>
     <x:t>VIC VN</x:t>
   </x:si>
   <x:si>
     <x:t>Vingroup Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000TD3TC9</x:t>
   </x:si>
   <x:si>
-    <x:t>8,698,298</x:t>
-[...29 lines deleted...]
-    <x:t>7.24%</x:t>
+    <x:t>7,747,598</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$37,799,583.88</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7.19%</x:t>
   </x:si>
   <x:si>
     <x:t>MSN VN</x:t>
   </x:si>
   <x:si>
     <x:t>Masan Group Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000PSPMR5</x:t>
   </x:si>
   <x:si>
-    <x:t>14,677,976</x:t>
-[...5 lines deleted...]
-    <x:t>6.92%</x:t>
+    <x:t>12,241,876</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$34,039,793.48</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.47%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>MCH VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Masan Consumer Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG001MJ8MC1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,857,400</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$32,788,102.47</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6.24%</x:t>
   </x:si>
   <x:si>
     <x:t>HPG VN</x:t>
   </x:si>
   <x:si>
     <x:t>Hoa Phat Group Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000TX8GM7</x:t>
   </x:si>
   <x:si>
-    <x:t>39,379,999</x:t>
-[...5 lines deleted...]
-    <x:t>6.81%</x:t>
+    <x:t>30,251,099</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$30,272,426.02</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VNM VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vietnam Dairy Products Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BF6N60</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10,982,441</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,902,491.14</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.93%</x:t>
   </x:si>
   <x:si>
     <x:t>SSI VN</x:t>
   </x:si>
   <x:si>
     <x:t>Ssi Securities Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BN4DR4</x:t>
   </x:si>
   <x:si>
-    <x:t>31,820,526</x:t>
-[...23 lines deleted...]
-    <x:t>5.67%</x:t>
+    <x:t>24,727,126</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$25,193,836.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.79%</x:t>
   </x:si>
   <x:si>
     <x:t>VCB VN</x:t>
   </x:si>
   <x:si>
     <x:t>Bank For Foreign Trade Of Vietnam Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000BM8HF6</x:t>
   </x:si>
   <x:si>
-    <x:t>13,871,201</x:t>
-[...5 lines deleted...]
-    <x:t>5.43%</x:t>
+    <x:t>10,533,701</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$23,355,004.29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4.44%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VCK VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vps Securities Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG008KG3LL1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>11,329,800</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$15,283,488.07</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.91%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VRE VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vincom Retail Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG004MP70P6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,604,422</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,607,308.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.40%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VCI VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vietcap Securities Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0073XTVS8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,731,087</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$12,541,851.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.39%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VJC VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vietjet Aviation Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000QBJXH5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,986,440</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$11,509,830.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.19%</x:t>
   </x:si>
   <x:si>
     <x:t>VIX VN</x:t>
   </x:si>
   <x:si>
     <x:t>Vix Securities Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000Q3LMQ4</x:t>
   </x:si>
   <x:si>
-    <x:t>26,861,806</x:t>
-[...59 lines deleted...]
-    <x:t>2.63%</x:t>
+    <x:t>17,214,906</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,589,187.90</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.01%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SHB VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Saigon - Hanoi Commercial Joint Stock B</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000G88YK9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>18,104,992</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,299,902.46</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.96%</x:t>
   </x:si>
   <x:si>
     <x:t>TCX VN</x:t>
   </x:si>
   <x:si>
     <x:t>Techcom Securities Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00YPQWJB1</x:t>
   </x:si>
   <x:si>
-    <x:t>6,611,900</x:t>
-[...5 lines deleted...]
-    <x:t>2.54%</x:t>
+    <x:t>5,060,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,176,716.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.94%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>FPT VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Fpt Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000PMZJZ5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,481,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$10,168,326.65</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.93%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>STB VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Saigon Thuong Tin Commercial Jsb</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000D7H3V0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,127,600</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,742,637.26</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.85%</x:t>
   </x:si>
   <x:si>
     <x:t>VND VN</x:t>
   </x:si>
   <x:si>
     <x:t>Vndirect Securities Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000QK20H5</x:t>
   </x:si>
   <x:si>
-    <x:t>21,476,425</x:t>
-[...59 lines deleted...]
-    <x:t>1.72%</x:t>
+    <x:t>16,443,925</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$9,698,607.62</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.84%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>GEE VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Gelex Electric Equipment Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG015PZHH97</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,281,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,900,590.51</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.50%</x:t>
   </x:si>
   <x:si>
     <x:t>GEX VN</x:t>
   </x:si>
   <x:si>
     <x:t>Gelex Group Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00B8G4S87</x:t>
   </x:si>
   <x:si>
-    <x:t>7,227,142</x:t>
-[...23 lines deleted...]
-    <x:t>1.49%</x:t>
+    <x:t>5,532,542</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,479,519.41</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.42%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>NVL VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>No Va Land Investment Group Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG003RR1FD5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>13,684,758</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$7,166,970.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.36%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VPX VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vp Bank Securities Ltd Co</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00CFY25J8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,473,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,344,534.09</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.21%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>POW VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Petrovietnam Power Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG002NF5FT6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>12,090,847</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,121,723.15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.16%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>EIB VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vietnam Export Import Commercial Jsb</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DB3KG5</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,070,029</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$6,054,030.19</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.15%</x:t>
   </x:si>
   <x:si>
     <x:t>KBC VN</x:t>
   </x:si>
   <x:si>
     <x:t>Kinh Bac City Development Share Holding</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000V13PL0</x:t>
   </x:si>
   <x:si>
-    <x:t>7,000,600</x:t>
-[...23 lines deleted...]
-    <x:t>1.34%</x:t>
+    <x:t>5,223,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,722,649.32</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.09%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HAG VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hagl Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000GCXWG1</x:t>
+  </x:si>
+  <x:si>
+    <x:t>8,694,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$5,261,352.61</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1.00%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>HUT VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Tasco Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000VGW3Y0</x:t>
+  </x:si>
+  <x:si>
+    <x:t>7,485,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,744,004.17</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.90%</x:t>
   </x:si>
   <x:si>
     <x:t>DGC VN</x:t>
   </x:si>
   <x:si>
     <x:t>Duc Giang Chemicals Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG003QTZ0W7</x:t>
   </x:si>
   <x:si>
-    <x:t>2,750,932</x:t>
-[...5 lines deleted...]
-    <x:t>1.22%</x:t>
+    <x:t>2,272,632</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,733,418.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BVH VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Bao Viet Holdings</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000N1D2L9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,408,396</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,581,666.56</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.87%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SBT VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Thanh Thanh Cong - Bien Hoa Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000DWVGH6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,367,218</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,410,988.70</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.84%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VPI VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Van Phu - Invest Investment Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00JC6HXT9</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,822,652</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$4,004,992.44</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.76%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PVS VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Petrovietnam Technical Services Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000TFTNF6</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,463,407</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,944,914.55</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.75%</x:t>
   </x:si>
   <x:si>
     <x:t>PVD VN</x:t>
   </x:si>
   <x:si>
     <x:t>Petrovietnam Drilling &amp; Well Services J</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000QFV9X7</x:t>
   </x:si>
   <x:si>
-    <x:t>4,345,388</x:t>
-[...131 lines deleted...]
-    <x:t>0.91%</x:t>
+    <x:t>2,921,488</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,850,277.24</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.73%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DPM VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Petrovietnam Fertilizer &amp; Chemicals Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000TSXTH8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,374,086</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,764,634.85</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.72%</x:t>
   </x:si>
   <x:si>
     <x:t>VHC VN</x:t>
   </x:si>
   <x:si>
     <x:t>Vinh Hoan Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000V0W6M1</x:t>
   </x:si>
   <x:si>
-    <x:t>2,185,260</x:t>
-[...5 lines deleted...]
-    <x:t>0.85%</x:t>
+    <x:t>1,671,060</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,713,226.75</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.71%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>PDR VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Phat Dat Real Estate Development Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BG7X29</x:t>
+  </x:si>
+  <x:si>
+    <x:t>6,263,462</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,630,288.03</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.69%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>VCG VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Vietnam Construction And Import-Export</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000BLCJC2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>4,341,119</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,617,340.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KDH VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Khang Dien House Trading And Investment</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000Q7Z3F4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,604,272</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,534,907.38</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.67%</x:t>
   </x:si>
   <x:si>
     <x:t>SHS VN</x:t>
   </x:si>
   <x:si>
     <x:t>Sai Gon-Ha Noi Securities Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000JP1G79</x:t>
   </x:si>
   <x:si>
-    <x:t>7,199,624</x:t>
-[...41 lines deleted...]
-    <x:t>0.82%</x:t>
+    <x:t>5,777,024</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,507,870.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SIP VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Sai Gon Vrg Investment Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG003SZSNJ4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,626,120</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,498,726.76</x:t>
   </x:si>
   <x:si>
     <x:t>NAB VN</x:t>
   </x:si>
   <x:si>
     <x:t>Nam A Commercial Jsb</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00N6NJMG6</x:t>
   </x:si>
   <x:si>
-    <x:t>9,487,100</x:t>
-[...5 lines deleted...]
-    <x:t>0.81%</x:t>
+    <x:t>7,262,900</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,495,232.06</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.66%</x:t>
   </x:si>
   <x:si>
     <x:t>IDC VN</x:t>
   </x:si>
   <x:si>
     <x:t>Idico Corp Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0055XHM94</x:t>
   </x:si>
   <x:si>
-    <x:t>2,749,016</x:t>
-[...41 lines deleted...]
-    <x:t>0.77%</x:t>
+    <x:t>1,939,316</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,452,282.64</x:t>
+  </x:si>
+  <x:si>
+    <x:t>TCH VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Hoang Huy Investment Financial Services</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG00DVPC837</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,459,255</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,418,071.25</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.65%</x:t>
   </x:si>
   <x:si>
     <x:t>DCM VN</x:t>
   </x:si>
   <x:si>
     <x:t>Petrovietnam Ca Mau Fertilizer Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG008D1PSN1</x:t>
   </x:si>
   <x:si>
-    <x:t>2,421,500</x:t>
-[...23 lines deleted...]
-    <x:t>0.74%</x:t>
+    <x:t>1,854,700</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,197,420.42</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.61%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>SAB VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Saigon Beer Alcohol Beverage Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000V9NNW4</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,872,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,181,324.20</x:t>
   </x:si>
   <x:si>
     <x:t>HVN VN</x:t>
   </x:si>
   <x:si>
     <x:t>Vietnam Airlines Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000FWLXH8</x:t>
   </x:si>
   <x:si>
-    <x:t>4,746,800</x:t>
-[...2 lines deleted...]
-    <x:t>$4,539,842.53</x:t>
+    <x:t>3,633,300</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$3,040,374.36</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.58%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>DIG VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Development Investment Construction Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000TW9M63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>5,347,894</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,798,932.05</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.53%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>KDC VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Kido Group Corp</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG000LNDM11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>1,438,636</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,708,020.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.52%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BAF VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Baf Viet Nam Agriculture Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG013T7PJ15</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2,041,500</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,669,057.87</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.51%</x:t>
   </x:si>
   <x:si>
     <x:t>FTS VN</x:t>
   </x:si>
   <x:si>
     <x:t>Fpt Securities Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG0019LTG04</x:t>
   </x:si>
   <x:si>
-    <x:t>3,565,934</x:t>
-[...74 lines deleted...]
-    <x:t>0.59%</x:t>
+    <x:t>2,731,534</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,633,574.99</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.50%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2611504D VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG01YVJ96G8</x:t>
+  </x:si>
+  <x:si>
+    <x:t>26,152,006</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,501,064.71</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.48%</x:t>
   </x:si>
   <x:si>
     <x:t>DXG VN</x:t>
   </x:si>
   <x:si>
     <x:t>Dat Xanh Group Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000Q1XB43</x:t>
   </x:si>
   <x:si>
-    <x:t>6,361,965</x:t>
-[...23 lines deleted...]
-    <x:t>0.54%</x:t>
+    <x:t>4,546,065</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,439,475.63</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.46%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>CEO VN</x:t>
+  </x:si>
+  <x:si>
+    <x:t>Ceo Group Jsc</x:t>
+  </x:si>
+  <x:si>
+    <x:t>BBG0076J67K2</x:t>
+  </x:si>
+  <x:si>
+    <x:t>3,727,595</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,320,021.18</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.44%</x:t>
   </x:si>
   <x:si>
     <x:t>HSG VN</x:t>
   </x:si>
   <x:si>
     <x:t>Hoa Sen Group</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000KFK1K6</x:t>
   </x:si>
   <x:si>
-    <x:t>5,211,001</x:t>
-[...38 lines deleted...]
-    <x:t>$2,921,862.45</x:t>
+    <x:t>4,079,101</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$2,231,190.16</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.42%</x:t>
   </x:si>
   <x:si>
     <x:t>HDG VN</x:t>
   </x:si>
   <x:si>
     <x:t>Ha Do Group Jsc</x:t>
   </x:si>
   <x:si>
     <x:t>BBG000Q6YTV2</x:t>
   </x:si>
   <x:si>
-    <x:t>2,048,456</x:t>
-[...2 lines deleted...]
-    <x:t>$2,257,704.54</x:t>
+    <x:t>1,674,256</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,941,538.33</x:t>
   </x:si>
   <x:si>
     <x:t>0.37%</x:t>
   </x:si>
   <x:si>
     <x:t>CTR VN</x:t>
   </x:si>
   <x:si>
     <x:t>Viettel Construction Joint Stock Corp</x:t>
   </x:si>
   <x:si>
     <x:t>BBG003TCC6P1</x:t>
   </x:si>
   <x:si>
-    <x:t>630,500</x:t>
-[...5 lines deleted...]
-    <x:t>0.34%</x:t>
+    <x:t>484,000</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$1,521,678.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>0.29%</x:t>
   </x:si>
   <x:si>
     <x:t>FUEVFVND VN</x:t>
   </x:si>
   <x:si>
     <x:t>Dcvfmvn Diamond ETF</x:t>
   </x:si>
   <x:si>
     <x:t>BBG00TR4HHL9</x:t>
   </x:si>
   <x:si>
     <x:t>62,610</x:t>
   </x:si>
   <x:si>
-    <x:t>$93,315.14</x:t>
+    <x:t>$86,965.80</x:t>
   </x:si>
   <x:si>
     <x:t>0.02%</x:t>
   </x:si>
   <x:si>
     <x:t>-VND CASH-</x:t>
   </x:si>
   <x:si>
     <x:t> </x:t>
   </x:si>
   <x:si>
-    <x:t>86,841,974,877</x:t>
+    <x:t>1,425,076,560,498</x:t>
   </x:si>
   <x:si>
     <x:t>Cash Bal</x:t>
   </x:si>
   <x:si>
-    <x:t>$3,311,861.44</x:t>
+    <x:t>$54,082,601.92</x:t>
+  </x:si>
+  <x:si>
+    <x:t>10.29%</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-USD CASH-</x:t>
+  </x:si>
+  <x:si>
+    <x:t>14,866,228</x:t>
+  </x:si>
+  <x:si>
+    <x:t>$14,866,228.11</x:t>
+  </x:si>
+  <x:si>
+    <x:t>2.83%</x:t>
   </x:si>
   <x:si>
     <x:t>Other/Cash</x:t>
   </x:si>
   <x:si>
     <x:t>Cash</x:t>
   </x:si>
   <x:si>
-    <x:t>$-10,418,297.07</x:t>
-[...2 lines deleted...]
-    <x:t>-1.70%</x:t>
+    <x:t>$-62,923,139.50</x:t>
+  </x:si>
+  <x:si>
+    <x:t>-11.97%</x:t>
   </x:si>
   <x:si>
     <x:t>These are not recommendations to buy or to sell any security. Securities and holdings may vary.</x:t>
   </x:si>
 </x:sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts count="0"/>
   <x:fonts count="2">
     <x:font>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color theme="1"/>
       <x:name val="Calibri"/>
       <x:family val="2"/>
       <x:scheme val="minor"/>
@@ -1081,62 +1156,62 @@
       </x:right>
       <x:top style="thin">
         <x:color auto="1"/>
       </x:top>
       <x:bottom style="thin">
         <x:color auto="1"/>
       </x:bottom>
       <x:diagonal/>
     </x:border>
   </x:borders>
   <x:cellXfs count="4">
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
     <x:xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <x:alignment vertical="top" wrapText="1"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0924b40641ee40ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Re3dfc437af304629" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R6e1ed0f302d64e09" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R58b4d7f814314332" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="/xl/sharedStrings.xml" Id="Rac1d80732c644857" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet1.xml" Id="R448efa98f66b46f7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <x:dimension ref="A1:I59"/>
+  <x:dimension ref="A1:I64"/>
   <x:cols>
     <x:col min="1" max="1" width="12" customWidth="1"/>
     <x:col min="2" max="2" width="18" customWidth="1"/>
     <x:col min="3" max="3" width="51" customWidth="1"/>
     <x:col min="4" max="4" width="25" customWidth="1"/>
-    <x:col min="5" max="5" width="21" customWidth="1"/>
+    <x:col min="5" max="5" width="25" customWidth="1"/>
     <x:col min="6" max="6" width="18" customWidth="1"/>
     <x:col min="7" max="7" width="26" customWidth="1"/>
     <x:col min="8" max="8" width="21" customWidth="1"/>
     <x:col min="9" max="9" width="22" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row r="1" spans="1:9" ht="15" customHeight="1">
       <x:c r="A1" s="2" t="s">
         <x:v>0</x:v>
       </x:c>
       <x:c r="B1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="C1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="D1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="E1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
       <x:c r="F1" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
@@ -1995,848 +2070,993 @@
       <x:c r="A31" s="1">
         <x:v>28</x:v>
       </x:c>
       <x:c r="B31" s="1" t="s">
         <x:v>175</x:v>
       </x:c>
       <x:c r="C31" s="1" t="s">
         <x:v>176</x:v>
       </x:c>
       <x:c r="D31" s="1" t="s">
         <x:v>177</x:v>
       </x:c>
       <x:c r="E31" s="1" t="s">
         <x:v>178</x:v>
       </x:c>
       <x:c r="F31" s="1" t="s">
         <x:v>15</x:v>
       </x:c>
       <x:c r="G31" s="1" t="s">
         <x:v>179</x:v>
       </x:c>
       <x:c r="H31" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I31" s="1" t="s">
-        <x:v>180</x:v>
+        <x:v>174</x:v>
       </x:c>
     </x:row>
     <x:row r="32" spans="1:9" ht="15" customHeight="1">
       <x:c r="A32" s="1">
         <x:v>29</x:v>
       </x:c>
       <x:c r="B32" s="1" t="s">
+        <x:v>180</x:v>
+      </x:c>
+      <x:c r="C32" s="1" t="s">
         <x:v>181</x:v>
       </x:c>
-      <x:c r="C32" s="1" t="s">
+      <x:c r="D32" s="1" t="s">
         <x:v>182</x:v>
       </x:c>
-      <x:c r="D32" s="1" t="s">
+      <x:c r="E32" s="1" t="s">
         <x:v>183</x:v>
       </x:c>
-      <x:c r="E32" s="1" t="s">
+      <x:c r="F32" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G32" s="1" t="s">
         <x:v>184</x:v>
       </x:c>
-      <x:c r="F32" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G32" s="1" t="s">
+      <x:c r="H32" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I32" s="1" t="s">
         <x:v>185</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>186</x:v>
       </x:c>
     </x:row>
     <x:row r="33" spans="1:9" ht="15" customHeight="1">
       <x:c r="A33" s="1">
         <x:v>30</x:v>
       </x:c>
       <x:c r="B33" s="1" t="s">
+        <x:v>186</x:v>
+      </x:c>
+      <x:c r="C33" s="1" t="s">
         <x:v>187</x:v>
       </x:c>
-      <x:c r="C33" s="1" t="s">
+      <x:c r="D33" s="1" t="s">
         <x:v>188</x:v>
       </x:c>
-      <x:c r="D33" s="1" t="s">
+      <x:c r="E33" s="1" t="s">
         <x:v>189</x:v>
       </x:c>
-      <x:c r="E33" s="1" t="s">
+      <x:c r="F33" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G33" s="1" t="s">
         <x:v>190</x:v>
       </x:c>
-      <x:c r="F33" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G33" s="1" t="s">
+      <x:c r="H33" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I33" s="1" t="s">
         <x:v>191</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>192</x:v>
       </x:c>
     </x:row>
     <x:row r="34" spans="1:9" ht="15" customHeight="1">
       <x:c r="A34" s="1">
         <x:v>31</x:v>
       </x:c>
       <x:c r="B34" s="1" t="s">
+        <x:v>192</x:v>
+      </x:c>
+      <x:c r="C34" s="1" t="s">
         <x:v>193</x:v>
       </x:c>
-      <x:c r="C34" s="1" t="s">
+      <x:c r="D34" s="1" t="s">
         <x:v>194</x:v>
       </x:c>
-      <x:c r="D34" s="1" t="s">
+      <x:c r="E34" s="1" t="s">
         <x:v>195</x:v>
       </x:c>
-      <x:c r="E34" s="1" t="s">
+      <x:c r="F34" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G34" s="1" t="s">
         <x:v>196</x:v>
       </x:c>
-      <x:c r="F34" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G34" s="1" t="s">
+      <x:c r="H34" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I34" s="1" t="s">
         <x:v>197</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>198</x:v>
       </x:c>
     </x:row>
     <x:row r="35" spans="1:9" ht="15" customHeight="1">
       <x:c r="A35" s="1">
         <x:v>32</x:v>
       </x:c>
       <x:c r="B35" s="1" t="s">
+        <x:v>198</x:v>
+      </x:c>
+      <x:c r="C35" s="1" t="s">
         <x:v>199</x:v>
       </x:c>
-      <x:c r="C35" s="1" t="s">
+      <x:c r="D35" s="1" t="s">
         <x:v>200</x:v>
       </x:c>
-      <x:c r="D35" s="1" t="s">
+      <x:c r="E35" s="1" t="s">
         <x:v>201</x:v>
       </x:c>
-      <x:c r="E35" s="1" t="s">
+      <x:c r="F35" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G35" s="1" t="s">
         <x:v>202</x:v>
       </x:c>
-      <x:c r="F35" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G35" s="1" t="s">
+      <x:c r="H35" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I35" s="1" t="s">
         <x:v>203</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>204</x:v>
       </x:c>
     </x:row>
     <x:row r="36" spans="1:9" ht="15" customHeight="1">
       <x:c r="A36" s="1">
         <x:v>33</x:v>
       </x:c>
       <x:c r="B36" s="1" t="s">
+        <x:v>204</x:v>
+      </x:c>
+      <x:c r="C36" s="1" t="s">
         <x:v>205</x:v>
       </x:c>
-      <x:c r="C36" s="1" t="s">
+      <x:c r="D36" s="1" t="s">
         <x:v>206</x:v>
       </x:c>
-      <x:c r="D36" s="1" t="s">
+      <x:c r="E36" s="1" t="s">
         <x:v>207</x:v>
       </x:c>
-      <x:c r="E36" s="1" t="s">
+      <x:c r="F36" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G36" s="1" t="s">
         <x:v>208</x:v>
       </x:c>
-      <x:c r="F36" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G36" s="1" t="s">
+      <x:c r="H36" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I36" s="1" t="s">
         <x:v>209</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>210</x:v>
       </x:c>
     </x:row>
     <x:row r="37" spans="1:9" ht="15" customHeight="1">
       <x:c r="A37" s="1">
         <x:v>34</x:v>
       </x:c>
       <x:c r="B37" s="1" t="s">
+        <x:v>210</x:v>
+      </x:c>
+      <x:c r="C37" s="1" t="s">
         <x:v>211</x:v>
       </x:c>
-      <x:c r="C37" s="1" t="s">
+      <x:c r="D37" s="1" t="s">
         <x:v>212</x:v>
       </x:c>
-      <x:c r="D37" s="1" t="s">
+      <x:c r="E37" s="1" t="s">
         <x:v>213</x:v>
       </x:c>
-      <x:c r="E37" s="1" t="s">
+      <x:c r="F37" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G37" s="1" t="s">
         <x:v>214</x:v>
       </x:c>
-      <x:c r="F37" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G37" s="1" t="s">
+      <x:c r="H37" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I37" s="1" t="s">
         <x:v>215</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>216</x:v>
       </x:c>
     </x:row>
     <x:row r="38" spans="1:9" ht="15" customHeight="1">
       <x:c r="A38" s="1">
         <x:v>35</x:v>
       </x:c>
       <x:c r="B38" s="1" t="s">
+        <x:v>216</x:v>
+      </x:c>
+      <x:c r="C38" s="1" t="s">
         <x:v>217</x:v>
       </x:c>
-      <x:c r="C38" s="1" t="s">
+      <x:c r="D38" s="1" t="s">
         <x:v>218</x:v>
       </x:c>
-      <x:c r="D38" s="1" t="s">
+      <x:c r="E38" s="1" t="s">
         <x:v>219</x:v>
       </x:c>
-      <x:c r="E38" s="1" t="s">
+      <x:c r="F38" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G38" s="1" t="s">
         <x:v>220</x:v>
       </x:c>
-      <x:c r="F38" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G38" s="1" t="s">
+      <x:c r="H38" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I38" s="1" t="s">
         <x:v>221</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>222</x:v>
       </x:c>
     </x:row>
     <x:row r="39" spans="1:9" ht="15" customHeight="1">
       <x:c r="A39" s="1">
         <x:v>36</x:v>
       </x:c>
       <x:c r="B39" s="1" t="s">
+        <x:v>222</x:v>
+      </x:c>
+      <x:c r="C39" s="1" t="s">
         <x:v>223</x:v>
       </x:c>
-      <x:c r="C39" s="1" t="s">
+      <x:c r="D39" s="1" t="s">
         <x:v>224</x:v>
       </x:c>
-      <x:c r="D39" s="1" t="s">
+      <x:c r="E39" s="1" t="s">
         <x:v>225</x:v>
       </x:c>
-      <x:c r="E39" s="1" t="s">
+      <x:c r="F39" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G39" s="1" t="s">
         <x:v>226</x:v>
       </x:c>
-      <x:c r="F39" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="G39" s="1" t="s">
+      <x:c r="H39" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I39" s="1" t="s">
         <x:v>227</x:v>
-      </x:c>
-[...4 lines deleted...]
-        <x:v>228</x:v>
       </x:c>
     </x:row>
     <x:row r="40" spans="1:9" ht="15" customHeight="1">
       <x:c r="A40" s="1">
         <x:v>37</x:v>
       </x:c>
       <x:c r="B40" s="1" t="s">
+        <x:v>228</x:v>
+      </x:c>
+      <x:c r="C40" s="1" t="s">
         <x:v>229</x:v>
       </x:c>
-      <x:c r="C40" s="1" t="s">
+      <x:c r="D40" s="1" t="s">
         <x:v>230</x:v>
       </x:c>
-      <x:c r="D40" s="1" t="s">
+      <x:c r="E40" s="1" t="s">
         <x:v>231</x:v>
       </x:c>
-      <x:c r="E40" s="1" t="s">
+      <x:c r="F40" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G40" s="1" t="s">
         <x:v>232</x:v>
       </x:c>
-      <x:c r="F40" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="H40" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I40" s="1" t="s">
-        <x:v>234</x:v>
+        <x:v>227</x:v>
       </x:c>
     </x:row>
     <x:row r="41" spans="1:9" ht="15" customHeight="1">
       <x:c r="A41" s="1">
         <x:v>38</x:v>
       </x:c>
       <x:c r="B41" s="1" t="s">
+        <x:v>233</x:v>
+      </x:c>
+      <x:c r="C41" s="1" t="s">
+        <x:v>234</x:v>
+      </x:c>
+      <x:c r="D41" s="1" t="s">
         <x:v>235</x:v>
       </x:c>
-      <x:c r="C41" s="1" t="s">
+      <x:c r="E41" s="1" t="s">
         <x:v>236</x:v>
       </x:c>
-      <x:c r="D41" s="1" t="s">
+      <x:c r="F41" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G41" s="1" t="s">
         <x:v>237</x:v>
       </x:c>
-      <x:c r="E41" s="1" t="s">
+      <x:c r="H41" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I41" s="1" t="s">
         <x:v>238</x:v>
-      </x:c>
-[...10 lines deleted...]
-        <x:v>240</x:v>
       </x:c>
     </x:row>
     <x:row r="42" spans="1:9" ht="15" customHeight="1">
       <x:c r="A42" s="1">
         <x:v>39</x:v>
       </x:c>
       <x:c r="B42" s="1" t="s">
+        <x:v>239</x:v>
+      </x:c>
+      <x:c r="C42" s="1" t="s">
+        <x:v>240</x:v>
+      </x:c>
+      <x:c r="D42" s="1" t="s">
         <x:v>241</x:v>
       </x:c>
-      <x:c r="C42" s="1" t="s">
+      <x:c r="E42" s="1" t="s">
         <x:v>242</x:v>
       </x:c>
-      <x:c r="D42" s="1" t="s">
+      <x:c r="F42" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G42" s="1" t="s">
         <x:v>243</x:v>
       </x:c>
-      <x:c r="E42" s="1" t="s">
-[...7 lines deleted...]
-      </x:c>
       <x:c r="H42" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I42" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="43" spans="1:9" ht="15" customHeight="1">
       <x:c r="A43" s="1">
         <x:v>40</x:v>
       </x:c>
       <x:c r="B43" s="1" t="s">
+        <x:v>244</x:v>
+      </x:c>
+      <x:c r="C43" s="1" t="s">
+        <x:v>245</x:v>
+      </x:c>
+      <x:c r="D43" s="1" t="s">
+        <x:v>246</x:v>
+      </x:c>
+      <x:c r="E43" s="1" t="s">
         <x:v>247</x:v>
       </x:c>
-      <x:c r="C43" s="1" t="s">
+      <x:c r="F43" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G43" s="1" t="s">
         <x:v>248</x:v>
       </x:c>
-      <x:c r="D43" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H43" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I43" s="1" t="s">
-        <x:v>246</x:v>
+        <x:v>238</x:v>
       </x:c>
     </x:row>
     <x:row r="44" spans="1:9" ht="15" customHeight="1">
       <x:c r="A44" s="1">
         <x:v>41</x:v>
       </x:c>
       <x:c r="B44" s="1" t="s">
+        <x:v>249</x:v>
+      </x:c>
+      <x:c r="C44" s="1" t="s">
+        <x:v>250</x:v>
+      </x:c>
+      <x:c r="D44" s="1" t="s">
+        <x:v>251</x:v>
+      </x:c>
+      <x:c r="E44" s="1" t="s">
         <x:v>252</x:v>
       </x:c>
-      <x:c r="C44" s="1" t="s">
+      <x:c r="F44" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G44" s="1" t="s">
         <x:v>253</x:v>
       </x:c>
-      <x:c r="D44" s="1" t="s">
+      <x:c r="H44" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I44" s="1" t="s">
         <x:v>254</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>257</x:v>
       </x:c>
     </x:row>
     <x:row r="45" spans="1:9" ht="15" customHeight="1">
       <x:c r="A45" s="1">
         <x:v>42</x:v>
       </x:c>
       <x:c r="B45" s="1" t="s">
+        <x:v>255</x:v>
+      </x:c>
+      <x:c r="C45" s="1" t="s">
+        <x:v>256</x:v>
+      </x:c>
+      <x:c r="D45" s="1" t="s">
+        <x:v>257</x:v>
+      </x:c>
+      <x:c r="E45" s="1" t="s">
         <x:v>258</x:v>
       </x:c>
-      <x:c r="C45" s="1" t="s">
+      <x:c r="F45" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G45" s="1" t="s">
         <x:v>259</x:v>
       </x:c>
-      <x:c r="D45" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H45" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I45" s="1" t="s">
-        <x:v>257</x:v>
+        <x:v>254</x:v>
       </x:c>
     </x:row>
     <x:row r="46" spans="1:9" ht="15" customHeight="1">
       <x:c r="A46" s="1">
         <x:v>43</x:v>
       </x:c>
       <x:c r="B46" s="1" t="s">
+        <x:v>260</x:v>
+      </x:c>
+      <x:c r="C46" s="1" t="s">
+        <x:v>261</x:v>
+      </x:c>
+      <x:c r="D46" s="1" t="s">
+        <x:v>262</x:v>
+      </x:c>
+      <x:c r="E46" s="1" t="s">
         <x:v>263</x:v>
       </x:c>
-      <x:c r="C46" s="1" t="s">
+      <x:c r="F46" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G46" s="1" t="s">
         <x:v>264</x:v>
       </x:c>
-      <x:c r="D46" s="1" t="s">
+      <x:c r="H46" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I46" s="1" t="s">
         <x:v>265</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>268</x:v>
       </x:c>
     </x:row>
     <x:row r="47" spans="1:9" ht="15" customHeight="1">
       <x:c r="A47" s="1">
         <x:v>44</x:v>
       </x:c>
       <x:c r="B47" s="1" t="s">
+        <x:v>266</x:v>
+      </x:c>
+      <x:c r="C47" s="1" t="s">
+        <x:v>267</x:v>
+      </x:c>
+      <x:c r="D47" s="1" t="s">
+        <x:v>268</x:v>
+      </x:c>
+      <x:c r="E47" s="1" t="s">
         <x:v>269</x:v>
       </x:c>
-      <x:c r="C47" s="1" t="s">
+      <x:c r="F47" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G47" s="1" t="s">
         <x:v>270</x:v>
       </x:c>
-      <x:c r="D47" s="1" t="s">
+      <x:c r="H47" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I47" s="1" t="s">
         <x:v>271</x:v>
-      </x:c>
-[...13 lines deleted...]
-        <x:v>274</x:v>
       </x:c>
     </x:row>
     <x:row r="48" spans="1:9" ht="15" customHeight="1">
       <x:c r="A48" s="1">
         <x:v>45</x:v>
       </x:c>
       <x:c r="B48" s="1" t="s">
+        <x:v>272</x:v>
+      </x:c>
+      <x:c r="C48" s="1" t="s">
+        <x:v>273</x:v>
+      </x:c>
+      <x:c r="D48" s="1" t="s">
+        <x:v>274</x:v>
+      </x:c>
+      <x:c r="E48" s="1" t="s">
         <x:v>275</x:v>
       </x:c>
-      <x:c r="C48" s="1" t="s">
+      <x:c r="F48" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G48" s="1" t="s">
         <x:v>276</x:v>
       </x:c>
-      <x:c r="D48" s="1" t="s">
-[...10 lines deleted...]
-      </x:c>
       <x:c r="H48" s="1" t="s">
         <x:v>17</x:v>
       </x:c>
       <x:c r="I48" s="1" t="s">
-        <x:v>280</x:v>
+        <x:v>271</x:v>
       </x:c>
     </x:row>
     <x:row r="49" spans="1:9" ht="15" customHeight="1">
       <x:c r="A49" s="1">
         <x:v>46</x:v>
       </x:c>
       <x:c r="B49" s="1" t="s">
+        <x:v>277</x:v>
+      </x:c>
+      <x:c r="C49" s="1" t="s">
+        <x:v>278</x:v>
+      </x:c>
+      <x:c r="D49" s="1" t="s">
+        <x:v>279</x:v>
+      </x:c>
+      <x:c r="E49" s="1" t="s">
+        <x:v>280</x:v>
+      </x:c>
+      <x:c r="F49" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G49" s="1" t="s">
         <x:v>281</x:v>
       </x:c>
-      <x:c r="C49" s="1" t="s">
+      <x:c r="H49" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I49" s="1" t="s">
         <x:v>282</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>286</x:v>
       </x:c>
     </x:row>
     <x:row r="50" spans="1:9" ht="15" customHeight="1">
       <x:c r="A50" s="1">
         <x:v>47</x:v>
       </x:c>
       <x:c r="B50" s="1" t="s">
+        <x:v>283</x:v>
+      </x:c>
+      <x:c r="C50" s="1" t="s">
+        <x:v>284</x:v>
+      </x:c>
+      <x:c r="D50" s="1" t="s">
+        <x:v>285</x:v>
+      </x:c>
+      <x:c r="E50" s="1" t="s">
+        <x:v>286</x:v>
+      </x:c>
+      <x:c r="F50" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G50" s="1" t="s">
         <x:v>287</x:v>
       </x:c>
-      <x:c r="C50" s="1" t="s">
+      <x:c r="H50" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I50" s="1" t="s">
         <x:v>288</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="51" spans="1:9" ht="15" customHeight="1">
       <x:c r="A51" s="1">
         <x:v>48</x:v>
       </x:c>
       <x:c r="B51" s="1" t="s">
+        <x:v>289</x:v>
+      </x:c>
+      <x:c r="C51" s="1" t="s">
+        <x:v>290</x:v>
+      </x:c>
+      <x:c r="D51" s="1" t="s">
+        <x:v>291</x:v>
+      </x:c>
+      <x:c r="E51" s="1" t="s">
+        <x:v>292</x:v>
+      </x:c>
+      <x:c r="F51" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G51" s="1" t="s">
         <x:v>293</x:v>
       </x:c>
-      <x:c r="C51" s="1" t="s">
+      <x:c r="H51" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I51" s="1" t="s">
         <x:v>294</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>298</x:v>
       </x:c>
     </x:row>
     <x:row r="52" spans="1:9" ht="15" customHeight="1">
       <x:c r="A52" s="1">
         <x:v>49</x:v>
       </x:c>
       <x:c r="B52" s="1" t="s">
+        <x:v>295</x:v>
+      </x:c>
+      <x:c r="C52" s="1" t="s">
+        <x:v>296</x:v>
+      </x:c>
+      <x:c r="D52" s="1" t="s">
+        <x:v>297</x:v>
+      </x:c>
+      <x:c r="E52" s="1" t="s">
+        <x:v>298</x:v>
+      </x:c>
+      <x:c r="F52" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G52" s="1" t="s">
         <x:v>299</x:v>
       </x:c>
-      <x:c r="C52" s="1" t="s">
+      <x:c r="H52" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I52" s="1" t="s">
         <x:v>300</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="53" spans="1:9" ht="15" customHeight="1">
       <x:c r="A53" s="1">
         <x:v>50</x:v>
       </x:c>
       <x:c r="B53" s="1" t="s">
+        <x:v>301</x:v>
+      </x:c>
+      <x:c r="C53" s="1" t="s">
+        <x:v>302</x:v>
+      </x:c>
+      <x:c r="D53" s="1" t="s">
+        <x:v>303</x:v>
+      </x:c>
+      <x:c r="E53" s="1" t="s">
+        <x:v>304</x:v>
+      </x:c>
+      <x:c r="F53" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G53" s="1" t="s">
         <x:v>305</x:v>
       </x:c>
-      <x:c r="C53" s="1" t="s">
+      <x:c r="H53" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I53" s="1" t="s">
         <x:v>306</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>304</x:v>
       </x:c>
     </x:row>
     <x:row r="54" spans="1:9" ht="15" customHeight="1">
       <x:c r="A54" s="1">
         <x:v>51</x:v>
       </x:c>
       <x:c r="B54" s="1" t="s">
+        <x:v>307</x:v>
+      </x:c>
+      <x:c r="C54" s="1" t="s">
+        <x:v>86</x:v>
+      </x:c>
+      <x:c r="D54" s="1" t="s">
+        <x:v>308</x:v>
+      </x:c>
+      <x:c r="E54" s="1" t="s">
+        <x:v>309</x:v>
+      </x:c>
+      <x:c r="F54" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G54" s="1" t="s">
         <x:v>310</x:v>
       </x:c>
-      <x:c r="C54" s="1" t="s">
+      <x:c r="H54" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I54" s="1" t="s">
         <x:v>311</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>315</x:v>
       </x:c>
     </x:row>
     <x:row r="55" spans="1:9" ht="15" customHeight="1">
       <x:c r="A55" s="1">
         <x:v>52</x:v>
       </x:c>
       <x:c r="B55" s="1" t="s">
+        <x:v>312</x:v>
+      </x:c>
+      <x:c r="C55" s="1" t="s">
+        <x:v>313</x:v>
+      </x:c>
+      <x:c r="D55" s="1" t="s">
+        <x:v>314</x:v>
+      </x:c>
+      <x:c r="E55" s="1" t="s">
+        <x:v>315</x:v>
+      </x:c>
+      <x:c r="F55" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G55" s="1" t="s">
         <x:v>316</x:v>
       </x:c>
-      <x:c r="C55" s="1" t="s">
+      <x:c r="H55" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I55" s="1" t="s">
         <x:v>317</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>321</x:v>
       </x:c>
     </x:row>
     <x:row r="56" spans="1:9" ht="15" customHeight="1">
       <x:c r="A56" s="1">
         <x:v>53</x:v>
       </x:c>
       <x:c r="B56" s="1" t="s">
+        <x:v>318</x:v>
+      </x:c>
+      <x:c r="C56" s="1" t="s">
+        <x:v>319</x:v>
+      </x:c>
+      <x:c r="D56" s="1" t="s">
+        <x:v>320</x:v>
+      </x:c>
+      <x:c r="E56" s="1" t="s">
+        <x:v>321</x:v>
+      </x:c>
+      <x:c r="F56" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G56" s="1" t="s">
         <x:v>322</x:v>
       </x:c>
-      <x:c r="C56" s="1" t="s">
+      <x:c r="H56" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I56" s="1" t="s">
         <x:v>323</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>327</x:v>
       </x:c>
     </x:row>
     <x:row r="57" spans="1:9" ht="15" customHeight="1">
       <x:c r="A57" s="1">
         <x:v>54</x:v>
       </x:c>
       <x:c r="B57" s="1" t="s">
+        <x:v>324</x:v>
+      </x:c>
+      <x:c r="C57" s="1" t="s">
+        <x:v>325</x:v>
+      </x:c>
+      <x:c r="D57" s="1" t="s">
+        <x:v>326</x:v>
+      </x:c>
+      <x:c r="E57" s="1" t="s">
+        <x:v>327</x:v>
+      </x:c>
+      <x:c r="F57" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G57" s="1" t="s">
         <x:v>328</x:v>
       </x:c>
-      <x:c r="C57" s="1" t="s">
+      <x:c r="H57" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I57" s="1" t="s">
         <x:v>329</x:v>
-      </x:c>
-[...16 lines deleted...]
-        <x:v>292</x:v>
       </x:c>
     </x:row>
     <x:row r="58" spans="1:9" ht="15" customHeight="1">
       <x:c r="A58" s="1">
         <x:v>55</x:v>
       </x:c>
       <x:c r="B58" s="1" t="s">
-        <x:v>17</x:v>
+        <x:v>330</x:v>
       </x:c>
       <x:c r="C58" s="1" t="s">
+        <x:v>331</x:v>
+      </x:c>
+      <x:c r="D58" s="1" t="s">
+        <x:v>332</x:v>
+      </x:c>
+      <x:c r="E58" s="1" t="s">
         <x:v>333</x:v>
       </x:c>
-      <x:c r="D58" s="1" t="s">
-[...4 lines deleted...]
-      </x:c>
       <x:c r="F58" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G58" s="1" t="s">
         <x:v>334</x:v>
       </x:c>
-      <x:c r="G58" s="1" t="s">
+      <x:c r="H58" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I58" s="1" t="s">
         <x:v>335</x:v>
       </x:c>
-      <x:c r="H58" s="1" t="s">
-[...2 lines deleted...]
-      <x:c r="I58" s="1" t="s">
+    </x:row>
+    <x:row r="59" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A59" s="1">
+        <x:v>56</x:v>
+      </x:c>
+      <x:c r="B59" s="1" t="s">
         <x:v>336</x:v>
       </x:c>
-    </x:row>
-[...1 lines deleted...]
-      <x:c r="A59" s="2" t="s">
+      <x:c r="C59" s="1" t="s">
         <x:v>337</x:v>
       </x:c>
-      <x:c r="B59" s="2" t="s">
+      <x:c r="D59" s="1" t="s">
+        <x:v>338</x:v>
+      </x:c>
+      <x:c r="E59" s="1" t="s">
+        <x:v>339</x:v>
+      </x:c>
+      <x:c r="F59" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G59" s="1" t="s">
+        <x:v>340</x:v>
+      </x:c>
+      <x:c r="H59" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I59" s="1" t="s">
+        <x:v>341</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="60" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A60" s="1">
+        <x:v>57</x:v>
+      </x:c>
+      <x:c r="B60" s="1" t="s">
+        <x:v>342</x:v>
+      </x:c>
+      <x:c r="C60" s="1" t="s">
+        <x:v>343</x:v>
+      </x:c>
+      <x:c r="D60" s="1" t="s">
+        <x:v>344</x:v>
+      </x:c>
+      <x:c r="E60" s="1" t="s">
+        <x:v>345</x:v>
+      </x:c>
+      <x:c r="F60" s="1" t="s">
+        <x:v>15</x:v>
+      </x:c>
+      <x:c r="G60" s="1" t="s">
+        <x:v>346</x:v>
+      </x:c>
+      <x:c r="H60" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I60" s="1" t="s">
+        <x:v>347</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="61" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A61" s="1">
+        <x:v>58</x:v>
+      </x:c>
+      <x:c r="B61" s="1" t="s">
+        <x:v>348</x:v>
+      </x:c>
+      <x:c r="C61" s="1" t="s">
+        <x:v>349</x:v>
+      </x:c>
+      <x:c r="D61" s="1" t="s">
+        <x:v>349</x:v>
+      </x:c>
+      <x:c r="E61" s="1" t="s">
+        <x:v>350</x:v>
+      </x:c>
+      <x:c r="F61" s="1" t="s">
+        <x:v>351</x:v>
+      </x:c>
+      <x:c r="G61" s="1" t="s">
+        <x:v>352</x:v>
+      </x:c>
+      <x:c r="H61" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I61" s="1" t="s">
+        <x:v>353</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="62" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A62" s="1">
+        <x:v>59</x:v>
+      </x:c>
+      <x:c r="B62" s="1" t="s">
+        <x:v>354</x:v>
+      </x:c>
+      <x:c r="C62" s="1" t="s">
+        <x:v>349</x:v>
+      </x:c>
+      <x:c r="D62" s="1" t="s">
+        <x:v>349</x:v>
+      </x:c>
+      <x:c r="E62" s="1" t="s">
+        <x:v>355</x:v>
+      </x:c>
+      <x:c r="F62" s="1" t="s">
+        <x:v>351</x:v>
+      </x:c>
+      <x:c r="G62" s="1" t="s">
+        <x:v>356</x:v>
+      </x:c>
+      <x:c r="H62" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I62" s="1" t="s">
+        <x:v>357</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="63" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A63" s="1">
+        <x:v>60</x:v>
+      </x:c>
+      <x:c r="B63" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="C63" s="1" t="s">
+        <x:v>358</x:v>
+      </x:c>
+      <x:c r="D63" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="E63" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="F63" s="1" t="s">
+        <x:v>359</x:v>
+      </x:c>
+      <x:c r="G63" s="1" t="s">
+        <x:v>360</x:v>
+      </x:c>
+      <x:c r="H63" s="1" t="s">
+        <x:v>17</x:v>
+      </x:c>
+      <x:c r="I63" s="1" t="s">
+        <x:v>361</x:v>
+      </x:c>
+    </x:row>
+    <x:row r="64" spans="1:9" ht="15" customHeight="1">
+      <x:c r="A64" s="2" t="s">
+        <x:v>362</x:v>
+      </x:c>
+      <x:c r="B64" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="C59" s="2" t="s">
+      <x:c r="C64" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="D59" s="2" t="s">
+      <x:c r="D64" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="E59" s="2" t="s">
+      <x:c r="E64" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="F59" s="2" t="s">
+      <x:c r="F64" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="G59" s="2" t="s">
+      <x:c r="G64" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="H59" s="2" t="s">
+      <x:c r="H64" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
-      <x:c r="I59" s="2" t="s">
+      <x:c r="I64" s="2" t="s">
         <x:v>1</x:v>
       </x:c>
     </x:row>
   </x:sheetData>
   <x:mergeCells count="3">
     <x:mergeCell ref="A1:I1"/>
     <x:mergeCell ref="A2:I2"/>
-    <x:mergeCell ref="A59:I59"/>
+    <x:mergeCell ref="A64:I64"/>
   </x:mergeCells>
 </x:worksheet>
 </file>